--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -42,276 +42,276 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Диски по дереву Kranz</t>
   </si>
   <si>
+    <t>KR-92-0101</t>
+  </si>
+  <si>
+    <t>Диск пильный 125 мм х 6 зуб х 22,23 мм Kranz</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-92-0136</t>
+  </si>
+  <si>
+    <t>Диск пильный 305 мм х 100 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0112</t>
+  </si>
+  <si>
+    <t>Диск пильный 190 мм х 18 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0123</t>
+  </si>
+  <si>
+    <t>Диск пильный 210 мм х 56 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0124</t>
+  </si>
+  <si>
+    <t>Диск пильный 235 мм х 40 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0128</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 48 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0116</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 24 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0107</t>
+  </si>
+  <si>
+    <t>Диск пильный 160 мм х 32 зуб х 20/16 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0100</t>
+  </si>
+  <si>
+    <t>Диск пильный 125 мм х 3 зуб х 22,23 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0104</t>
+  </si>
+  <si>
+    <t>Диск пильный 165 мм х 18 зуб х 20/16 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0110</t>
+  </si>
+  <si>
+    <t>Диск пильный 184 мм х 40 зуб х 20/16 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0113</t>
+  </si>
+  <si>
+    <t>Диск пильный 190 мм х 24 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0114</t>
+  </si>
+  <si>
+    <t>Диск пильный 190 мм х 32 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0117</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 36 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0119</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 56 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0127</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 36 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0129</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 60 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0135</t>
+  </si>
+  <si>
+    <t>Диск пильный 305 мм х 60 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0120</t>
+  </si>
+  <si>
+    <t>Диск пильный 210 мм х 24 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0125</t>
+  </si>
+  <si>
+    <t>Диск пильный 235 мм х 48 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0130</t>
+  </si>
+  <si>
+    <t>Диск пильный 254 мм х 48 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0106</t>
+  </si>
+  <si>
+    <t>Диск пильный 165 мм х 30 зуб х 20/16 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0121</t>
+  </si>
+  <si>
+    <t>Диск пильный 210 мм х 36 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0133</t>
+  </si>
+  <si>
+    <t>Диск пильный 300 мм х 48 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0134</t>
   </si>
   <si>
     <t>Диск пильный 305 мм х 24 зуб х 32/30 мм KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>KR-92-0126</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 24 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0132</t>
+  </si>
+  <si>
+    <t>Диск пильный 300 мм х 36 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0105</t>
+  </si>
+  <si>
+    <t>Диск пильный 165 мм х 24 зуб х 20/16 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0118</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 48 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0108</t>
+  </si>
+  <si>
+    <t>Диск пильный 160 мм х 48 зуб х 20/16 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0122</t>
+  </si>
+  <si>
+    <t>Диск пильный  210 мм х 40 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0131</t>
+  </si>
+  <si>
+    <t>Диск пильный 255 мм х 60 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0102</t>
+  </si>
+  <si>
+    <t>Диск пильный 125 мм х 12 зуб х 22.23 мм Kranz</t>
   </si>
   <si>
     <t>KR-92-0103</t>
   </si>
   <si>
     <t>Диск пильный 125 мм х 48 зуб х 22,23 мм  Kranz</t>
   </si>
   <si>
-    <t>KR-92-0101</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-92-0115</t>
   </si>
   <si>
     <t>Диск пильный 190 мм х 48 зуб х 30/20 мм KRANZ</t>
   </si>
   <si>
-    <t>KR-92-0104</t>
-[...164 lines deleted...]
-    <t>Диск пильный 254 мм х 48 зуб х 32/30 мм KRANZ</t>
+    <t>KR-92-0111</t>
+  </si>
+  <si>
+    <t>Диск пильный 185 мм х 40 зуб х 30/20 мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0109</t>
   </si>
   <si>
     <t>Диск пильный 184 мм х 30 зуб х 20/16 мм KRANZ</t>
-  </si>
-[...22 lines deleted...]
-    <t>Диск пильный 255 мм х 60 зуб х 32/30 мм KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -696,51 +696,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-305-mm-h-24-zub-h-32-30-mm-kranz-27147" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-125-mm-h-48-zub-h-22-23-mm-kranz-24602" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-125-mm-h-6-zub-h-22-23-mm-kranz-24603" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-190-mm-h-48-zub-h-30-20-mm-kranz-24487" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-165-mm-h-18-zub-h-20-16-mm-kranz-24482" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-300-mm-h-48-zub-h-32-30-mm-kranz-27146" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-125-mm-h-3-zub-h-22-23-mm-kranz-24601" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-184-mm-h-40-zub-h-20-16-mm-kranz-24484" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-190-mm-h-24-zub-h-30-20-mm-kranz-24485" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-190-mm-h-32-zub-h-30-20-mm-kranz-24486" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-250-mm-h-24-zub-h-30-mm-kranz-27139" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-165-mm-h-24-zub-h-20-16-mm-kranz-27126" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-200-mm-h-48-zub-h-30-20-mm-kranz-27131" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-200-mm-h-56-zub-h-30-20-mm-kranz-27132" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-210-mm-h-24-zub-h-30-mm-kranz-27133" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-210-mm-h-36-zub-h-30-mm-kranz-27134" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-235-mm-h-48-zub-h-30-mm-kranz-27138" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-250-mm-h-36-zub-h-32-30-mm-kranz-27140" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-250-mm-h-48-zub-h-32-30-mm-kranz-27141" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-300-mm-h-36-zub-h-32-30-mm-kranz-27145" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-305-mm-h-60-zub-h-32-30-mm-kranz-27148" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-305-mm-h-100-zub-h-32-30-mm-kranz-27149" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-125-mm-h-12-zub-h-22-23-mm-kranz-24600" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-160-mm-h-32-zub-h-20-16-mm-kranz-24604" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-200-mm-h-24-zub-h-30-20-mm-kranz-24488" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-200-mm-h-36-zub-h-30-20-mm-kranz-24489" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-165-mm-h-30-zub-h-20-16-mm-kranz-27127" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-190-mm-h-18-zub-h-30-20-mm-kranz-27130" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-210-mm-h-56-zub-h-30-mm-kranz-27136" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-235-mm-h-40-zub-h-30-mm-kranz-27137" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-250-mm-h-60-zub-h-32-30-mm-kranz-27142" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-254-mm-h-48-zub-h-32-30-mm-kranz-27143" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-184-mm-h-30-zub-h-20-16-mm-kranz-24483" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-210-mm-h-40-zub-h-30-mm-kranz-27135" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-160-mm-h-48-zub-h-20-16-mm-kranz-27128" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-185-mm-h-40-zub-h-30-20-mm-kranz-27129" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-255-mm-h-60-zub-h-32-30-mm-kranz-27144" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-125-mm-h-6-zub-h-22-23-mm-kranz-24603" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-305-mm-h-100-zub-h-32-30-mm-kranz-27149" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-190-mm-h-18-zub-h-30-20-mm-kranz-27130" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-210-mm-h-56-zub-h-30-mm-kranz-27136" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-235-mm-h-40-zub-h-30-mm-kranz-27137" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-250-mm-h-48-zub-h-32-30-mm-kranz-27141" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-200-mm-h-24-zub-h-30-20-mm-kranz-24488" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-160-mm-h-32-zub-h-20-16-mm-kranz-24604" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-125-mm-h-3-zub-h-22-23-mm-kranz-24601" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-165-mm-h-18-zub-h-20-16-mm-kranz-24482" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-184-mm-h-40-zub-h-20-16-mm-kranz-24484" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-190-mm-h-24-zub-h-30-20-mm-kranz-24485" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-190-mm-h-32-zub-h-30-20-mm-kranz-24486" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-200-mm-h-36-zub-h-30-20-mm-kranz-24489" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-200-mm-h-56-zub-h-30-20-mm-kranz-27132" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-250-mm-h-36-zub-h-32-30-mm-kranz-27140" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-250-mm-h-60-zub-h-32-30-mm-kranz-27142" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-305-mm-h-60-zub-h-32-30-mm-kranz-27148" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-210-mm-h-24-zub-h-30-mm-kranz-27133" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-235-mm-h-48-zub-h-30-mm-kranz-27138" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-254-mm-h-48-zub-h-32-30-mm-kranz-27143" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-165-mm-h-30-zub-h-20-16-mm-kranz-27127" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-210-mm-h-36-zub-h-30-mm-kranz-27134" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-300-mm-h-48-zub-h-32-30-mm-kranz-27146" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-305-mm-h-24-zub-h-32-30-mm-kranz-27147" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-250-mm-h-24-zub-h-30-mm-kranz-27139" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-300-mm-h-36-zub-h-32-30-mm-kranz-27145" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-165-mm-h-24-zub-h-20-16-mm-kranz-27126" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-200-mm-h-48-zub-h-30-20-mm-kranz-27131" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-160-mm-h-48-zub-h-20-16-mm-kranz-27128" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-210-mm-h-40-zub-h-30-mm-kranz-27135" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-255-mm-h-60-zub-h-32-30-mm-kranz-27144" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-125-mm-h-12-zub-h-22-23-mm-kranz-24600" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-125-mm-h-48-zub-h-22-23-mm-kranz-24602" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-190-mm-h-48-zub-h-30-20-mm-kranz-24487" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-185-mm-h-40-zub-h-30-20-mm-kranz-27129" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-184-mm-h-30-zub-h-20-16-mm-kranz-24483" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I39"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -764,1110 +764,1110 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1833.57</v>
+        <v>554.23</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>205</v>
+        <v>284</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>576.92</v>
+        <v>1874.26</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1210</v>
+        <v>576</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>554.23</v>
+        <v>480.77</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>319</v>
+        <v>1038</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>826.92</v>
+        <v>1018.08</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1690</v>
+        <v>1394</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>337.5</v>
+        <v>1037.95</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>34</v>
+        <v>188</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1285.1</v>
+        <v>1230.31</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>614</v>
+        <v>165</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>504.81</v>
+        <v>403.85</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>3671</v>
+        <v>182</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>711.54</v>
+        <v>371.73</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>585</v>
+        <v>453</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>615.23</v>
+        <v>504.81</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1290</v>
+        <v>3657</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>750</v>
+        <v>337.5</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>2844</v>
+        <v>2</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1034.51</v>
+        <v>711.54</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>222</v>
+        <v>575</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>515.36</v>
+        <v>615.23</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1217</v>
+        <v>1241</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>464</v>
+        <v>750</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>555</v>
+        <v>2800</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>892.45</v>
+        <v>481.37</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>339</v>
+        <v>216</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>482.31</v>
+        <v>892.45</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>658</v>
+        <v>332</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>563.9</v>
+        <v>876.98</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1280</v>
+        <v>327</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1028.81</v>
+        <v>1254.41</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>687</v>
+        <v>254</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>25</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>876.98</v>
+        <v>1441.73</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>342</v>
+        <v>298</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1230.31</v>
+        <v>482.31</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>228</v>
+        <v>657</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1112.9</v>
+        <v>1028.81</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>738</v>
+        <v>666</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1441.73</v>
+        <v>1380.6</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>372</v>
+        <v>913</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1874.26</v>
+        <v>697.54</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>611</v>
+        <v>575</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>711.54</v>
+        <v>563.9</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>2036</v>
+        <v>1264</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>371.73</v>
+        <v>1285.1</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>484</v>
+        <v>445</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>403.85</v>
+        <v>1833.57</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>481.37</v>
+        <v>1034.51</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>697.54</v>
+        <v>1112.9</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>621</v>
+        <v>738</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>480.77</v>
+        <v>515.36</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>1075</v>
+        <v>1147</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>1018.08</v>
+        <v>464</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>1493</v>
+        <v>531</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>1037.95</v>
+        <v>708.3</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>339</v>
+        <v>465</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>1254.41</v>
+        <v>893.49</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>259</v>
+        <v>716</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>1380.6</v>
+        <v>1392.4</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>918</v>
+        <v>701</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>25</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>596.15</v>
+        <v>711.54</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>900</v>
+        <v>1952</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>893.49</v>
+        <v>576.92</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>731</v>
+        <v>1033</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>708.3</v>
+        <v>826.92</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>508</v>
+        <v>1592</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>50</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
         <v>711.54</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>1675</v>
+        <v>1556</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>50</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>1392.4</v>
+        <v>596.15</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>724</v>
+        <v>861</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>