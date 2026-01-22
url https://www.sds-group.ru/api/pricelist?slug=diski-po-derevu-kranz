--- v1 (2025-12-06)
+++ v2 (2026-01-22)
@@ -42,276 +42,276 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Диски по дереву Kranz</t>
   </si>
   <si>
+    <t>KR-92-0108</t>
+  </si>
+  <si>
+    <t>Диск пильный 160 мм х 48 зуб х 20/16 мм KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-92-0111</t>
+  </si>
+  <si>
+    <t>Диск пильный 185 мм х 40 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0122</t>
+  </si>
+  <si>
+    <t>Диск пильный  210 мм х 40 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0131</t>
+  </si>
+  <si>
+    <t>Диск пильный 255 мм х 60 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0136</t>
+  </si>
+  <si>
+    <t>Диск пильный 305 мм х 100 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0107</t>
+  </si>
+  <si>
+    <t>Диск пильный 160 мм х 32 зуб х 20/16 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0116</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 24 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0117</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 36 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0113</t>
+  </si>
+  <si>
+    <t>Диск пильный 190 мм х 24 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0110</t>
+  </si>
+  <si>
+    <t>Диск пильный 184 мм х 40 зуб х 20/16 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0114</t>
+  </si>
+  <si>
+    <t>Диск пильный 190 мм х 32 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0100</t>
+  </si>
+  <si>
+    <t>Диск пильный 125 мм х 3 зуб х 22,23 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0106</t>
+  </si>
+  <si>
+    <t>Диск пильный 165 мм х 30 зуб х 20/16 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0118</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 48 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0119</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 56 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0120</t>
+  </si>
+  <si>
+    <t>Диск пильный 210 мм х 24 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0121</t>
+  </si>
+  <si>
+    <t>Диск пильный 210 мм х 36 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0123</t>
+  </si>
+  <si>
+    <t>Диск пильный 210 мм х 56 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0124</t>
+  </si>
+  <si>
+    <t>Диск пильный 235 мм х 40 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0125</t>
+  </si>
+  <si>
+    <t>Диск пильный 235 мм х 48 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0126</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 24 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0127</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 36 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0128</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 48 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0130</t>
+  </si>
+  <si>
+    <t>Диск пильный 254 мм х 48 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0132</t>
+  </si>
+  <si>
+    <t>Диск пильный 300 мм х 36 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0104</t>
+  </si>
+  <si>
+    <t>Диск пильный 165 мм х 18 зуб х 20/16 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0105</t>
+  </si>
+  <si>
+    <t>Диск пильный 165 мм х 24 зуб х 20/16 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0129</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 60 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0133</t>
+  </si>
+  <si>
+    <t>Диск пильный 300 мм х 48 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0135</t>
+  </si>
+  <si>
+    <t>Диск пильный 305 мм х 60 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0102</t>
+  </si>
+  <si>
+    <t>Диск пильный 125 мм х 12 зуб х 22.23 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0112</t>
+  </si>
+  <si>
+    <t>Диск пильный 190 мм х 18 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0134</t>
+  </si>
+  <si>
+    <t>Диск пильный 305 мм х 24 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0103</t>
+  </si>
+  <si>
+    <t>Диск пильный 125 мм х 48 зуб х 22,23 мм  Kranz</t>
+  </si>
+  <si>
     <t>KR-92-0101</t>
   </si>
   <si>
     <t>Диск пильный 125 мм х 6 зуб х 22,23 мм Kranz</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...200 lines deleted...]
-    <t>Диск пильный 125 мм х 48 зуб х 22,23 мм  Kranz</t>
+    <t>KR-92-0109</t>
+  </si>
+  <si>
+    <t>Диск пильный 184 мм х 30 зуб х 20/16 мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0115</t>
   </si>
   <si>
     <t>Диск пильный 190 мм х 48 зуб х 30/20 мм KRANZ</t>
-  </si>
-[...10 lines deleted...]
-    <t>Диск пильный 184 мм х 30 зуб х 20/16 мм KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -696,51 +696,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-125-mm-h-6-zub-h-22-23-mm-kranz-24603" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-305-mm-h-100-zub-h-32-30-mm-kranz-27149" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-190-mm-h-18-zub-h-30-20-mm-kranz-27130" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-210-mm-h-56-zub-h-30-mm-kranz-27136" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-235-mm-h-40-zub-h-30-mm-kranz-27137" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-250-mm-h-48-zub-h-32-30-mm-kranz-27141" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-200-mm-h-24-zub-h-30-20-mm-kranz-24488" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-160-mm-h-32-zub-h-20-16-mm-kranz-24604" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-125-mm-h-3-zub-h-22-23-mm-kranz-24601" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-165-mm-h-18-zub-h-20-16-mm-kranz-24482" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-184-mm-h-40-zub-h-20-16-mm-kranz-24484" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-190-mm-h-24-zub-h-30-20-mm-kranz-24485" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-190-mm-h-32-zub-h-30-20-mm-kranz-24486" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-200-mm-h-36-zub-h-30-20-mm-kranz-24489" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-200-mm-h-56-zub-h-30-20-mm-kranz-27132" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-250-mm-h-36-zub-h-32-30-mm-kranz-27140" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-250-mm-h-60-zub-h-32-30-mm-kranz-27142" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-305-mm-h-60-zub-h-32-30-mm-kranz-27148" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-210-mm-h-24-zub-h-30-mm-kranz-27133" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-235-mm-h-48-zub-h-30-mm-kranz-27138" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-254-mm-h-48-zub-h-32-30-mm-kranz-27143" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-165-mm-h-30-zub-h-20-16-mm-kranz-27127" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-210-mm-h-36-zub-h-30-mm-kranz-27134" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-300-mm-h-48-zub-h-32-30-mm-kranz-27146" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-305-mm-h-24-zub-h-32-30-mm-kranz-27147" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-250-mm-h-24-zub-h-30-mm-kranz-27139" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-300-mm-h-36-zub-h-32-30-mm-kranz-27145" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-165-mm-h-24-zub-h-20-16-mm-kranz-27126" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-200-mm-h-48-zub-h-30-20-mm-kranz-27131" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-160-mm-h-48-zub-h-20-16-mm-kranz-27128" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-210-mm-h-40-zub-h-30-mm-kranz-27135" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-255-mm-h-60-zub-h-32-30-mm-kranz-27144" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-125-mm-h-12-zub-h-22-23-mm-kranz-24600" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-125-mm-h-48-zub-h-22-23-mm-kranz-24602" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-190-mm-h-48-zub-h-30-20-mm-kranz-24487" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-185-mm-h-40-zub-h-30-20-mm-kranz-27129" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilniy-184-mm-h-30-zub-h-20-16-mm-kranz-24483" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-160-mm-h-48-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-185-mm-h-40-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-40-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-255-mm-h-60-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-100-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-160-mm-h-32-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-24-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-36-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-24-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-184-mm-h-40-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-32-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-3-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-30-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-48-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-56-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-24-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-36-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-56-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-235-mm-h-40-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-235-mm-h-48-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-24-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-36-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-48-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-254-mm-h-48-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-300-mm-h-36-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-18-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-24-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-60-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-300-mm-h-48-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-60-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-12-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-18-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-24-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-48-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-6-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-184-mm-h-30-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-48-zub-h-30-20-mm-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I39"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -764,1104 +764,1104 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>554.23</v>
+        <v>720.34</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>284</v>
+        <v>388</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1874.26</v>
+        <v>723.64</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>576</v>
+        <v>1492</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>480.77</v>
+        <v>908.68</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1038</v>
+        <v>715</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1018.08</v>
+        <v>1416.07</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1394</v>
+        <v>698</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1037.95</v>
+        <v>1906.12</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>188</v>
+        <v>478</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1230.31</v>
+        <v>378.05</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>165</v>
+        <v>445</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>403.85</v>
+        <v>410.72</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>371.73</v>
+        <v>489.55</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>453</v>
+        <v>215</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>504.81</v>
+        <v>625.69</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>3657</v>
+        <v>1185</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>337.5</v>
+        <v>723.64</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>2</v>
+        <v>568</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>711.54</v>
+        <v>762.75</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>575</v>
+        <v>2771</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>615.23</v>
+        <v>513.39</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1241</v>
+        <v>3485</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>750</v>
+        <v>709.4</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>2800</v>
+        <v>555</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>481.37</v>
+        <v>471.89</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>216</v>
+        <v>523</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>892.45</v>
+        <v>907.62</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>332</v>
+        <v>279</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>876.98</v>
+        <v>490.51</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>327</v>
+        <v>620</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1254.41</v>
+        <v>516.14</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>254</v>
+        <v>1059</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1441.73</v>
+        <v>1035.39</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>298</v>
+        <v>1298</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>482.31</v>
+        <v>1055.6</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>657</v>
+        <v>183</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1028.81</v>
+        <v>1046.3</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>666</v>
+        <v>658</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>25</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1380.6</v>
+        <v>1052.1</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>913</v>
+        <v>215</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>25</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>697.54</v>
+        <v>891.89</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>575</v>
+        <v>295</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>563.9</v>
+        <v>1251.23</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1264</v>
+        <v>215</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>1285.1</v>
+        <v>1404.07</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>445</v>
+        <v>897</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>1833.57</v>
+        <v>1131.82</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>193</v>
+        <v>697</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>10</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>1034.51</v>
+        <v>343.24</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>1112.9</v>
+        <v>524.12</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>738</v>
+        <v>1140</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>515.36</v>
+        <v>1275.73</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>1147</v>
+        <v>235</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>464</v>
+        <v>1306.95</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>531</v>
+        <v>415</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>708.3</v>
+        <v>1466.24</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>465</v>
+        <v>358</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>893.49</v>
+        <v>723.64</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>716</v>
+        <v>1907</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>1392.4</v>
+        <v>488.94</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>701</v>
+        <v>1014</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>711.54</v>
+        <v>1864.74</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>1952</v>
+        <v>193</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>576.92</v>
+        <v>586.73</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>1033</v>
+        <v>927</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>826.92</v>
+        <v>563.65</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>1592</v>
+        <v>204</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>711.54</v>
+        <v>606.28</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>1556</v>
+        <v>766</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>50</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>596.15</v>
+        <v>840.98</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>861</v>
+        <v>1210</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>