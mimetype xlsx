--- v2 (2026-01-22)
+++ v3 (2026-03-10)
@@ -42,276 +42,276 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Диски по дереву Kranz</t>
   </si>
   <si>
+    <t>KR-92-0100</t>
+  </si>
+  <si>
+    <t>Диск пильный 125 мм х 3 зуб х 22,23 мм Kranz</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-92-0107</t>
+  </si>
+  <si>
+    <t>Диск пильный 160 мм х 32 зуб х 20/16 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0104</t>
+  </si>
+  <si>
+    <t>Диск пильный 165 мм х 18 зуб х 20/16 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0110</t>
+  </si>
+  <si>
+    <t>Диск пильный 184 мм х 40 зуб х 20/16 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0113</t>
+  </si>
+  <si>
+    <t>Диск пильный 190 мм х 24 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0114</t>
+  </si>
+  <si>
+    <t>Диск пильный 190 мм х 32 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0116</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 24 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0117</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 36 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0105</t>
+  </si>
+  <si>
+    <t>Диск пильный 165 мм х 24 зуб х 20/16 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0106</t>
+  </si>
+  <si>
+    <t>Диск пильный 165 мм х 30 зуб х 20/16 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0112</t>
+  </si>
+  <si>
+    <t>Диск пильный 190 мм х 18 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0118</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 48 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0119</t>
+  </si>
+  <si>
+    <t>Диск пильный 200 мм х 56 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0120</t>
+  </si>
+  <si>
+    <t>Диск пильный 210 мм х 24 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0121</t>
+  </si>
+  <si>
+    <t>Диск пильный 210 мм х 36 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0123</t>
+  </si>
+  <si>
+    <t>Диск пильный 210 мм х 56 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0124</t>
+  </si>
+  <si>
+    <t>Диск пильный 235 мм х 40 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0125</t>
+  </si>
+  <si>
+    <t>Диск пильный 235 мм х 48 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0126</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 24 зуб х 30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0127</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 36 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0128</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 48 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0129</t>
+  </si>
+  <si>
+    <t>Диск пильный 250 мм х 60 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0130</t>
+  </si>
+  <si>
+    <t>Диск пильный 254 мм х 48 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0132</t>
+  </si>
+  <si>
+    <t>Диск пильный 300 мм х 36 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0133</t>
+  </si>
+  <si>
+    <t>Диск пильный 300 мм х 48 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0134</t>
+  </si>
+  <si>
+    <t>Диск пильный 305 мм х 24 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0135</t>
+  </si>
+  <si>
+    <t>Диск пильный 305 мм х 60 зуб х 32/30 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0102</t>
+  </si>
+  <si>
+    <t>Диск пильный 125 мм х 12 зуб х 22.23 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0103</t>
+  </si>
+  <si>
+    <t>Диск пильный 125 мм х 48 зуб х 22,23 мм  Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0101</t>
+  </si>
+  <si>
+    <t>Диск пильный 125 мм х 6 зуб х 22,23 мм Kranz</t>
+  </si>
+  <si>
+    <t>KR-92-0109</t>
+  </si>
+  <si>
+    <t>Диск пильный 184 мм х 30 зуб х 20/16 мм KRANZ</t>
+  </si>
+  <si>
+    <t>KR-92-0115</t>
+  </si>
+  <si>
+    <t>Диск пильный 190 мм х 48 зуб х 30/20 мм KRANZ</t>
+  </si>
+  <si>
     <t>KR-92-0108</t>
   </si>
   <si>
     <t>Диск пильный 160 мм х 48 зуб х 20/16 мм KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-92-0111</t>
   </si>
   <si>
     <t>Диск пильный 185 мм х 40 зуб х 30/20 мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0122</t>
   </si>
   <si>
     <t>Диск пильный  210 мм х 40 зуб х 30 мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0131</t>
   </si>
   <si>
     <t>Диск пильный 255 мм х 60 зуб х 32/30 мм KRANZ</t>
   </si>
   <si>
     <t>KR-92-0136</t>
   </si>
   <si>
     <t>Диск пильный 305 мм х 100 зуб х 32/30 мм KRANZ</t>
-  </si>
-[...190 lines deleted...]
-    <t>Диск пильный 190 мм х 48 зуб х 30/20 мм KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -696,51 +696,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-160-mm-h-48-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-185-mm-h-40-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-40-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-255-mm-h-60-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-100-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-160-mm-h-32-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-24-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-36-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-24-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-184-mm-h-40-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-32-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-3-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-30-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-48-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-56-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-24-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-36-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-56-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-235-mm-h-40-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-235-mm-h-48-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-24-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-36-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-48-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-254-mm-h-48-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-300-mm-h-36-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-18-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-24-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-60-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-300-mm-h-48-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-60-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-12-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-18-zub-h-30-20-mm-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-24-zub-h-32-30-mm-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-48-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-6-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-184-mm-h-30-zub-h-20-16-mm-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-48-zub-h-30-20-mm-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-3-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-160-mm-h-32-zub-h-2016-mm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-18-zub-h-2016-mm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-184-mm-h-40-zub-h-2016-mm-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-24-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-32-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-24-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-36-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-24-zub-h-2016-mm-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-165-mm-h-30-zub-h-2016-mm-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-18-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-48-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-200-mm-h-56-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-24-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-36-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-56-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-235-mm-h-40-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-235-mm-h-48-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-24-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-36-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-48-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-250-mm-h-60-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-254-mm-h-48-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-300-mm-h-36-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-300-mm-h-48-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-24-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-60-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-12-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-48-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-125-mm-h-6-zub-h-22-23-mm-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-184-mm-h-30-zub-h-2016-mm-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-190-mm-h-48-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-160-mm-h-48-zub-h-2016-mm-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-185-mm-h-40-zub-h-3020-mm-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-210-mm-h-40-zub-h-30-mm-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-255-mm-h-60-zub-h-3230-mm-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disk-pilnyy-305-mm-h-100-zub-h-3230-mm-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I39"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -764,1110 +764,1110 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>720.34</v>
+        <v>462.05</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>388</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>723.64</v>
+        <v>264.64</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1492</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>908.68</v>
+        <v>240.27</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>715</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1416.07</v>
+        <v>651.28</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>698</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1906.12</v>
+        <v>563.12</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>478</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>378.05</v>
+        <v>686.48</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>445</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>410.72</v>
+        <v>287.5</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>178</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>489.55</v>
+        <v>342.69</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>625.69</v>
+        <v>471.71</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1185</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>723.64</v>
+        <v>638.46</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>568</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>762.75</v>
+        <v>440.05</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>2771</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>513.39</v>
+        <v>330.32</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>3485</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>709.4</v>
+        <v>816.86</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>555</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>471.89</v>
+        <v>343.36</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>523</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>907.62</v>
+        <v>361.3</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>279</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>490.51</v>
+        <v>931.85</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>620</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>516.14</v>
+        <v>950.04</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1059</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1035.39</v>
+        <v>941.67</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1298</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1055.6</v>
+        <v>946.89</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>183</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>25</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1046.3</v>
+        <v>624.32</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>658</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>25</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1052.1</v>
+        <v>1126.11</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>25</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>891.89</v>
+        <v>1148.16</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>295</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>25</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1251.23</v>
+        <v>1249.62</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>25</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>1404.07</v>
+        <v>792.27</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>897</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>1131.82</v>
+        <v>914.87</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>697</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>10</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>343.24</v>
+        <v>1659.62</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>524.12</v>
+        <v>1026.37</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>1140</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>1275.73</v>
+        <v>651.28</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>235</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>1306.95</v>
+        <v>528.06</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>415</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>1466.24</v>
+        <v>507.29</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>358</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>723.64</v>
+        <v>545.65</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>1907</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>488.94</v>
+        <v>756.88</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>1014</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>50</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>1864.74</v>
+        <v>648.31</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>193</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>586.73</v>
+        <v>651.28</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>927</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>563.65</v>
+        <v>817.81</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>204</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>606.28</v>
+        <v>1260.3</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>766</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>840.98</v>
+        <v>1658.32</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>1210</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>