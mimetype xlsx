--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -45,78 +45,78 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Для кухни</t>
   </si>
   <si>
     <t>1.1 Весы кухонные</t>
   </si>
   <si>
+    <t>72-1004</t>
+  </si>
+  <si>
+    <t>Весы настольные электронные, кухонные с чашей до 5 кг  REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>72-1008</t>
+  </si>
+  <si>
+    <t>Весы кухонные электронные, белые/прямоугольные/стекло/до 5 кг REXANT</t>
+  </si>
+  <si>
     <t>72-1011</t>
   </si>
   <si>
     <t>Весы кухонные электронные, термощуп/до 3 кг REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>72-1007</t>
   </si>
   <si>
     <t>Весы кухонные электронные мультифункциональные, белые/стекло/до 5 кг REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Весы настольные электронные, кухонные с чашей до 5 кг  REXANT</t>
   </si>
   <si>
     <t>1.2 Плитки</t>
   </si>
   <si>
     <t>70-0101</t>
   </si>
   <si>
     <t>Электроплитка одноконфорочная, закрытый ТЭН 1,0 кВт/220В СОКОЛ</t>
   </si>
   <si>
     <t>70-0101-1</t>
   </si>
   <si>
     <t>Электроплитка одноконфорочная, ТЭН 1,0 кВт/220В СОКОЛ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
@@ -516,51 +516,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesy-kuhonnye-elektronnye-termoschup-do-3-kg-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesy-kuhonnye-elektronnye-belye-pryamougolnye-steklo-do-5-kg-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesy-kuhonnye-elektronnye-multifunktsionalnye-belye-steklo-do-5-kg-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesy-nastolnye-elektronnye-kuhonnye-s-chashey-do-5-kg-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektroplitka-odnokonforochnaya-zakrytyy-ten-1-0-kvt-220v-sokol.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektroplitka-odnokonforochnaya-ten-1-0-kvt-220v-sokol.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesi-nastolnie-elektronnie-kuhonnie-s-chashey-do-5-kg-rexant-12343" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesi-kuhonnie-elektronnie-belie-pryamougolnie-steklo-do-5-kg-rexant-27755" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesi-kuhonnie-elektronnie-termoschup-do-3-kg-rexant-27758" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesi-kuhonnie-elektronnie-multifunktsionalnie-belie-steklo-do-5-kg-rexant-27754" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektroplitka-odnokonforochnaya-zakritiy-ten-1-0-kvt-220v-sokol-10268" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektroplitka-odnokonforochnaya-ten-1-0-kvt-220v-sokol-14648" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I10"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -597,66 +597,66 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>540</v>
+        <v>929.04</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
         <v>1646.4</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
@@ -670,80 +670,80 @@
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
         <v>540</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>929.04</v>
+        <v>486</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
@@ -764,51 +764,51 @@
       </c>
       <c r="H9" s="3">
         <v>12</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
         <v>790</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>799</v>
+        <v>116</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>12</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A8:I8"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
   </hyperlinks>