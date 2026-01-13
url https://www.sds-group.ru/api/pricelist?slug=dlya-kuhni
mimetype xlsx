--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -45,93 +45,93 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Для кухни</t>
   </si>
   <si>
     <t>1.1 Весы кухонные</t>
   </si>
   <si>
+    <t>72-1011</t>
+  </si>
+  <si>
+    <t>Весы кухонные электронные, термощуп/до 3 кг REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>72-1007</t>
+  </si>
+  <si>
+    <t>Весы кухонные электронные мультифункциональные, белые/стекло/до 5 кг REXANT</t>
+  </si>
+  <si>
+    <t>72-1008</t>
+  </si>
+  <si>
+    <t>Весы кухонные электронные, белые/прямоугольные/стекло/до 5 кг REXANT</t>
+  </si>
+  <si>
     <t>72-1004</t>
   </si>
   <si>
     <t>Весы настольные электронные, кухонные с чашей до 5 кг  REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...22 lines deleted...]
-  <si>
     <t>1.2 Плитки</t>
   </si>
   <si>
+    <t>70-0101-1</t>
+  </si>
+  <si>
+    <t>Электроплитка одноконфорочная, ТЭН 1,0 кВт/220В СОКОЛ</t>
+  </si>
+  <si>
     <t>70-0101</t>
   </si>
   <si>
     <t>Электроплитка одноконфорочная, закрытый ТЭН 1,0 кВт/220В СОКОЛ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Электроплитка одноконфорочная, ТЭН 1,0 кВт/220В СОКОЛ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -516,51 +516,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesi-nastolnie-elektronnie-kuhonnie-s-chashey-do-5-kg-rexant-12343" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesi-kuhonnie-elektronnie-belie-pryamougolnie-steklo-do-5-kg-rexant-27755" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesi-kuhonnie-elektronnie-termoschup-do-3-kg-rexant-27758" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesi-kuhonnie-elektronnie-multifunktsionalnie-belie-steklo-do-5-kg-rexant-27754" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektroplitka-odnokonforochnaya-zakritiy-ten-1-0-kvt-220v-sokol-10268" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektroplitka-odnokonforochnaya-ten-1-0-kvt-220v-sokol-14648" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesy-kuhonnye-elektronnye-termoschup-do-3-kg-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesy-kuhonnye-elektronnye-multifunktsionalnye-belye-steklo-do-5-kg-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesy-kuhonnye-elektronnye-belye-pryamougolnye-steklo-do-5-kg-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesy-nastolnye-elektronnye-kuhonnye-s-chashey-do-5-kg-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektroplitka-odnokonforochnaya-ten-1-0-kvt-220v-sokol" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektroplitka-odnokonforochnaya-zakrytyy-ten-1-0-kvt-220v-sokol" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I10"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -597,218 +597,218 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>929.04</v>
+        <v>549.18</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1646.4</v>
+        <v>444.84</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>540</v>
+        <v>1674.39</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>486</v>
+        <v>944.83</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>1300</v>
+        <v>803.43</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>12</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>790</v>
+        <v>1322.1</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>116</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>12</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A8:I8"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
   </hyperlinks>