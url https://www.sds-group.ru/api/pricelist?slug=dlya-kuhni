--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -57,81 +57,81 @@
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Для кухни</t>
   </si>
   <si>
     <t>1.1 Весы кухонные</t>
   </si>
   <si>
     <t>72-1011</t>
   </si>
   <si>
     <t>Весы кухонные электронные, термощуп/до 3 кг REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>72-1004</t>
+  </si>
+  <si>
+    <t>Весы настольные электронные, кухонные с чашей до 5 кг  REXANT</t>
+  </si>
+  <si>
     <t>72-1007</t>
   </si>
   <si>
     <t>Весы кухонные электронные мультифункциональные, белые/стекло/до 5 кг REXANT</t>
   </si>
   <si>
     <t>72-1008</t>
   </si>
   <si>
     <t>Весы кухонные электронные, белые/прямоугольные/стекло/до 5 кг REXANT</t>
   </si>
   <si>
-    <t>72-1004</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Плитки</t>
   </si>
   <si>
+    <t>70-0101</t>
+  </si>
+  <si>
+    <t>Электроплитка одноконфорочная, закрытый ТЭН 1,0 кВт/220В СОКОЛ</t>
+  </si>
+  <si>
     <t>70-0101-1</t>
   </si>
   <si>
     <t>Электроплитка одноконфорочная, ТЭН 1,0 кВт/220В СОКОЛ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Электроплитка одноконфорочная, закрытый ТЭН 1,0 кВт/220В СОКОЛ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -516,51 +516,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesy-kuhonnye-elektronnye-termoschup-do-3-kg-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesy-kuhonnye-elektronnye-multifunktsionalnye-belye-steklo-do-5-kg-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesy-kuhonnye-elektronnye-belye-pryamougolnye-steklo-do-5-kg-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesy-nastolnye-elektronnye-kuhonnye-s-chashey-do-5-kg-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektroplitka-odnokonforochnaya-ten-1-0-kvt-220v-sokol" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektroplitka-odnokonforochnaya-zakrytyy-ten-1-0-kvt-220v-sokol" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesy-kuhonnye-elektronnye-termoshchupdo-3-kg-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesy-nastolnye-elektronnye-kuhonnye-s-chashey-do-5-kg-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesy-kuhonnye-elektronnye-multifunktsionalnye-belyesteklodo-5-kg-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vesy-kuhonnye-elektronnye-belyepryamougolnyesteklodo-5-kg-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektroplitka-odnokonforochnaya-zakrytyy-ten-1-0-kvt220v-sokol" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektroplitka-odnokonforochnaya-ten-1-0-kvt220v-sokol" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I10"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -626,180 +626,180 @@
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>24</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>444.84</v>
+        <v>944.83</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1674.39</v>
+        <v>444.84</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>944.83</v>
+        <v>1674.39</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>803.43</v>
+        <v>1322.1</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>12</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>1322.1</v>
+        <v>803.43</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>12</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A8:I8"/>