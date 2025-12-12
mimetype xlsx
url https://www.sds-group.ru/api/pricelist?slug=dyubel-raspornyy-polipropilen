--- v0 (2025-10-22)
+++ v1 (2025-12-12)
@@ -42,144 +42,144 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Дюбель распорный полипропилен</t>
   </si>
   <si>
+    <t>KR-01-3618-015</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 10х50мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-01-3618-011</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 8х40мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3618-013</t>
   </si>
   <si>
     <t>Дюбель распорный 8х60мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>KR-01-3618-012</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 8х50мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-014</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 8х80мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-004</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 6х25мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-016</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 10х60мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-009</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 6х60мм, синий, полипропилен, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-005</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 6х30мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3618-008</t>
   </si>
   <si>
     <t>Дюбель распорный 6х50мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3618-012</t>
-[...26 lines deleted...]
-    <t>Дюбель распорный 6х60мм, синий, полипропилен, пакет (100 шт/уп) KRANZ</t>
+    <t>KR-01-3618-006</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 6х35мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-007</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 6х40мм, синий, полипропилен, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-010</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 8х30мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-018</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 12х60мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3618-019</t>
   </si>
   <si>
     <t>Дюбель распорный 12х70мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
-  </si>
-[...40 lines deleted...]
-    <t>Дюбель распорный 6х35мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -564,51 +564,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h60-siniy-paket-50-sht-up-23067" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h50-siniy-paket-50-sht-up-23062" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h50-siniy-paket-50-sht-up-23066" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-10h50-siniy-paket-50-sht-up-23069" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h40-siniy-paket-50-sht-up-23065" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h80-siniy-paket-50-sht-up-23068" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h60-siniy-paket-100-sht-up-23063" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-12h70-siniy-paket-50-sht-up-23073" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-12h60-siniy-paket-50-sht-up-23072" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h40-siniy-paket-100-sht-up-23061" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h30-siniy-paket-50-sht-up-23064" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-10h60-siniy-paket-50-sht-up-23070" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h25-siniy-paket-50-sht-up-23058" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h30-siniy-paket-50-sht-up-23059" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h35-siniy-paket-50-sht-up-23060" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-10h50-siniy-paket-50-sht-up-23069" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h40-siniy-paket-50-sht-up-23065" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h60-siniy-paket-50-sht-up-23067" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h50-siniy-paket-50-sht-up-23066" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h80-siniy-paket-50-sht-up-23068" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h25-siniy-paket-50-sht-up-23058" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-10h60-siniy-paket-50-sht-up-23070" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h60-siniy-paket-100-sht-up-23063" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h30-siniy-paket-50-sht-up-23059" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h50-siniy-paket-50-sht-up-23062" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h35-siniy-paket-50-sht-up-23060" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h40-siniy-paket-100-sht-up-23061" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h30-siniy-paket-50-sht-up-23064" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-12h60-siniy-paket-50-sht-up-23072" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-12h70-siniy-paket-50-sht-up-23073" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I17"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -632,472 +632,472 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>154.68</v>
+        <v>243.68</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="I3" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>103.11</v>
+        <v>108.86</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>171</v>
+        <v>81</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="I4" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>129.47</v>
+        <v>154.68</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I5" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>243.68</v>
+        <v>129.47</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>423</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="I6" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>108.86</v>
+        <v>200.78</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>195</v>
+        <v>52</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>200.78</v>
+        <v>75.63</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>64</v>
+        <v>476</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>140</v>
       </c>
       <c r="I8" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>184.46</v>
+        <v>275</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I9" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>403.6</v>
+        <v>184.46</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>351.38</v>
+        <v>79.05</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>128</v>
+        <v>315</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>25</v>
+        <v>1000</v>
       </c>
       <c r="I11" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>156.98</v>
+        <v>103.11</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="I12" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>96.25</v>
+        <v>84.8</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>382</v>
+        <v>53</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>275</v>
+        <v>156.98</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>68</v>
+        <v>986</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I14" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>75.63</v>
+        <v>96.25</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>376</v>
+        <v>286</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>140</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>79.05</v>
+        <v>351.38</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>629</v>
+        <v>415</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>1000</v>
+        <v>25</v>
       </c>
       <c r="I16" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>84.8</v>
+        <v>403.6</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>274</v>
+        <v>216</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I17" s="3">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>