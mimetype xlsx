--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -42,336 +42,336 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Дюбельная Техника</t>
   </si>
   <si>
-    <t>1.1 Дюбель универсальный</t>
+    <t>1.1 Крюк с дюбелем</t>
+  </si>
+  <si>
+    <t>1416-0006-4</t>
+  </si>
+  <si>
+    <t>Дюбель с прямым крюком 6мм, пакет (2 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-01-3641-001</t>
+  </si>
+  <si>
+    <t>Дюбель с прямым крюком 6мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3641-004</t>
+  </si>
+  <si>
+    <t>Дюбель с полукольцом 8мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3641-005</t>
+  </si>
+  <si>
+    <t>Дюбель с прямым крюком 10мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3641-006</t>
+  </si>
+  <si>
+    <t>Дюбель с полукольцом 10мм, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3641-002</t>
+  </si>
+  <si>
+    <t>Дюбель с полукольцом 6мм, короб (200 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3641-007</t>
+  </si>
+  <si>
+    <t>Дюбель с прямым крюком 12мм, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.2 Дюбель для газобетона</t>
+  </si>
+  <si>
+    <t>KR-01-3616-003</t>
+  </si>
+  <si>
+    <t>Дюбель для газобетона 8х55мм, пакет (20 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3616-002</t>
+  </si>
+  <si>
+    <t>Дюбель для газобетона 14х80мм, пакет (10 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.3 Дюбель-гвоздь</t>
+  </si>
+  <si>
+    <t>KR-01-3621-007</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь потайной бортик, полипропилен 6х40мм, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-02-3621-001</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь грибовидный бортик, полипропилен 6х40мм, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3621-0016</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь потайной бортик, полипропилен 10х100мм, короб (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3621-008</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь потайной бортик, полипропилен 6х60мм, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3621-010</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь грибовидный бортик, полипропилен 6х40мм, черный, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3621-0012</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь потайной бортик, полипропилен 8х100мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3621-0013</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь потайной бортик, полипропилен 8х120мм, короб (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3621-013</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь грибовидный бортик, полипропилен 6х60мм, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3621-011</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь потайной бортик, полипропилен 6х40мм, черный, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>1.4 Дюбель универсальный</t>
+  </si>
+  <si>
+    <t>KR-01-3612-003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дюбель универсальный 6х37, пакет (100 шт/уп) KRANZ </t>
+  </si>
+  <si>
+    <t>KR-01-3612-011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дюбель универсальный 8х52, пакет (100 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>1402-0852-4</t>
   </si>
   <si>
     <t xml:space="preserve">Дюбель универсальный с бортиком, 8х52, пакет (5 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-01-3612-007</t>
   </si>
   <si>
     <t xml:space="preserve">Дюбель универсальный 6х52, пакет (100 шт/уп) KRANZ </t>
   </si>
   <si>
-    <t>KR-01-3612-011</t>
-[...11 lines deleted...]
-    <t>1.2 Дюбель DRIVA</t>
+    <t>1.5 Дюбель DRIVA</t>
   </si>
   <si>
     <t>KR-01-3613-002</t>
   </si>
   <si>
     <t>Дюбель DRIVA PA 14х32 пластиковый со сверлом, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1.3 Дюбель бабочка</t>
+    <t>1.6 Дюбель бабочка</t>
   </si>
   <si>
     <t>KR-01-3615-001</t>
   </si>
   <si>
     <t>Дюбель для гипсокартона бабочка 10х50мм, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>1.4 Дюбель для газобетона</t>
-[...14 lines deleted...]
-    <t>1.5 Дюбель распорный полипропилен</t>
+    <t>1.7 Дюбель распорный полипропилен</t>
+  </si>
+  <si>
+    <t>KR-01-3618-011</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 8х40мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3618-013</t>
   </si>
   <si>
     <t>Дюбель распорный 8х60мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
+    <t>KR-01-3618-012</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 8х50мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-014</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 8х80мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-015</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 10х50мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-004</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 6х25мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-016</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 10х60мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-009</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 6х60мм, синий, полипропилен, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-005</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 6х30мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3618-008</t>
   </si>
   <si>
     <t>Дюбель распорный 6х50мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3618-012</t>
-[...26 lines deleted...]
-    <t>Дюбель распорный 6х60мм, синий, полипропилен, пакет (100 шт/уп) KRANZ</t>
+    <t>KR-01-3618-006</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 6х35мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-007</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 6х40мм, синий, полипропилен, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-010</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 8х30мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3618-018</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 12х60мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3618-019</t>
   </si>
   <si>
     <t>Дюбель распорный 12х70мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3618-018</t>
-[...41 lines deleted...]
-    <t>1.6 Дюбель распорный нейлон</t>
+    <t>1.8 Дюбель распорный нейлон</t>
+  </si>
+  <si>
+    <t>KR-01-3619-005</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 6х30мм, серый, нейлон, пакет (100 шт/уп) KRANZ</t>
+  </si>
+  <si>
+    <t>KR-01-3619-016</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 10х60мм, серый, нейлон, пакет (100 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3619-011</t>
   </si>
   <si>
     <t>Дюбель распорный 8х40мм, серый, нейлон, пакет (100 шт/уп) KRANZ</t>
   </si>
   <si>
-    <t>KR-01-3619-005</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-01-3619-012</t>
   </si>
   <si>
     <t>Дюбель распорный 8х50мм, серый, нейлон, пакет (100 шт/уп) KRANZ</t>
-  </si>
-[...100 lines deleted...]
-    <t>Дюбель с полукольцом 10мм, короб (50 шт/уп) KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -756,51 +756,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-s-bortikom-8h52-paket-5sht-22629" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-6h52-korob-100-sht-up-22981" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-8h52-korob-100-sht-up-22984" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-6h37-korob-100-sht-up-22978" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-driva-pa-14h32-plastikoviy-so-sverlom-paket-50-sht-up-kranz-22991" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gipsokartona-babochka-10h50-paket-50-sht-up-kranz-22998" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gazobetona-8h55-paket-20-sht-up-kranz-23000" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gazobetona-14h80-paket-10-sht-up-kranz-23002" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h60-siniy-paket-50-sht-up-23067" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h50-siniy-paket-50-sht-up-23062" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h50-siniy-paket-50-sht-up-23066" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-10h50-siniy-paket-50-sht-up-23069" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h40-siniy-paket-50-sht-up-23065" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h80-siniy-paket-50-sht-up-23068" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h60-siniy-paket-100-sht-up-23063" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-12h70-siniy-paket-50-sht-up-23073" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-12h60-siniy-paket-50-sht-up-23072" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h40-siniy-paket-100-sht-up-23061" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h30-siniy-paket-50-sht-up-23064" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-10h60-siniy-paket-50-sht-up-23070" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h25-siniy-paket-50-sht-up-23058" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h30-siniy-paket-50-sht-up-23059" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h35-siniy-paket-50-sht-up-23060" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-8h40mm-seriy-neylon-paket-100-sht-up-kranz-30853" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-6h30mm-seriy-neylon-paket-100-sht-up-kranz-30852" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-10h60mm-seriy-neylon-paket-100-sht-up-kranz-30855" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-8h50mm-seriy-neylon-paket-100-sht-up-kranz-30854" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h40-paket-100-sht-up-kranz-23009" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidniy-bortik-polipropilen-6h40-paket-100-sht-up-kranz-27987" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidniy-bortik-polipropilen-6h60-paket-100-sht-up-kranz-29429" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h40mm-cherniy-paket-100-sht-up-kranz-30958" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-8h100-korob-100-sht-up-kranz-23014" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-10h100-korob-50-sht-up-kranz-23018" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidniy-bortik-polipropilen-6h40mm-cherniy-paket-100-sht-up-kranz-30957" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h60-paket-100-sht-up-kranz-23010" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-8h120-korob-100-sht-up-kranz-23015" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-6-paket-2sht-22663" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-polukoltsom-8-korob-100-sht-up-23045" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-10-korob-100-sht-up-23046" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-12-korob-50-sht-up-23048" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-6-korob-200-sht-up-23042" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-polukoltsom-6-korob-200-sht-up-23043" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-polukoltsom-10-korob-50-sht-up-23047" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-6-paket-2sht-22663" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-6-korob-200-sht-up-23042" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-polukoltsom-8-korob-100-sht-up-23045" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-10-korob-100-sht-up-23046" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-polukoltsom-10-korob-50-sht-up-23047" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-polukoltsom-6-korob-200-sht-up-23043" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-12-korob-50-sht-up-23048" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gazobetona-8h55-paket-20-sht-up-kranz-23000" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gazobetona-14h80-paket-10-sht-up-kranz-23002" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h40-paket-100-sht-up-kranz-23009" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidniy-bortik-polipropilen-6h40-paket-100-sht-up-kranz-27987" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-10h100-korob-50-sht-up-kranz-23018" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h60-paket-100-sht-up-kranz-23010" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidniy-bortik-polipropilen-6h40mm-cherniy-paket-100-sht-up-kranz-30957" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-8h100-korob-100-sht-up-kranz-23014" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-8h120-korob-100-sht-up-kranz-23015" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidniy-bortik-polipropilen-6h60-paket-100-sht-up-kranz-29429" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h40mm-cherniy-paket-100-sht-up-kranz-30958" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-6h37-korob-100-sht-up-22978" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-8h52-korob-100-sht-up-22984" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-s-bortikom-8h52-paket-5sht-22629" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-6h52-korob-100-sht-up-22981" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-driva-pa-14h32-plastikoviy-so-sverlom-paket-50-sht-up-kranz-22991" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gipsokartona-babochka-10h50-paket-50-sht-up-kranz-22998" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h40-siniy-paket-50-sht-up-23065" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h60-siniy-paket-50-sht-up-23067" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h50-siniy-paket-50-sht-up-23066" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h80-siniy-paket-50-sht-up-23068" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-10h50-siniy-paket-50-sht-up-23069" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h25-siniy-paket-50-sht-up-23058" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-10h60-siniy-paket-50-sht-up-23070" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h60-siniy-paket-100-sht-up-23063" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h30-siniy-paket-50-sht-up-23059" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h50-siniy-paket-50-sht-up-23062" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h35-siniy-paket-50-sht-up-23060" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h40-siniy-paket-100-sht-up-23061" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h30-siniy-paket-50-sht-up-23064" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-12h60-siniy-paket-50-sht-up-23072" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-12h70-siniy-paket-50-sht-up-23073" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-6h30mm-seriy-neylon-paket-100-sht-up-kranz-30852" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-10h60mm-seriy-neylon-paket-100-sht-up-kranz-30855" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-8h40mm-seriy-neylon-paket-100-sht-up-kranz-30853" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-8h50mm-seriy-neylon-paket-100-sht-up-kranz-30854" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I53"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -837,1432 +837,1432 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>21.05</v>
+        <v>41.17</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>205.62</v>
+        <v>1523.86</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="I5" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>252.15</v>
+        <v>826.96</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>302</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>141.97</v>
+        <v>1510.78</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>80</v>
+        <v>6</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="2" t="s">
+      <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="2"/>
-[...6 lines deleted...]
-      <c r="I8" s="2"/>
+      <c r="B8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="3">
+        <v>883.16</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="3">
+        <v>91</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>6</v>
+      </c>
+      <c r="I8" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>165.5</v>
+        <v>1524.05</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
+        <v>3</v>
+      </c>
+      <c r="G9" s="3">
+        <v>1</v>
+      </c>
+      <c r="H9" s="3">
+        <v>6</v>
+      </c>
+      <c r="I9" s="3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="3">
+        <v>1074.25</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" s="3">
+        <v>4</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>8</v>
+      </c>
+      <c r="I10" s="3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="3">
+        <v>262.27</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="3">
         <v>0</v>
       </c>
-      <c r="G9" s="3">
-[...62 lines deleted...]
-      <c r="I12" s="2"/>
+      <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
+        <v>20</v>
+      </c>
+      <c r="I12" s="3">
+        <v>20</v>
+      </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>262.27</v>
+        <v>296.63</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="3" t="s">
+      <c r="A14" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15" s="3">
+        <v>298.03</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F15" s="3">
+        <v>0</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
         <v>30</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I15" s="2"/>
+      <c r="I15" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>154.68</v>
+        <v>266.54</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>182</v>
+        <v>2447</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I16" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>103.11</v>
+        <v>1502.01</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>171</v>
+        <v>110</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>90</v>
+        <v>6</v>
       </c>
       <c r="I17" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>129.47</v>
+        <v>316.45</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>1632</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>60</v>
+        <v>6</v>
       </c>
       <c r="I18" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>243.68</v>
+        <v>252.32</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>108.86</v>
+        <v>998.9</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>195</v>
+        <v>269</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>80</v>
+        <v>6</v>
       </c>
       <c r="I20" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>200.78</v>
+        <v>1020.63</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>64</v>
+        <v>1273</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="I21" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>184.46</v>
+        <v>446.84</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
+        <v>30</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>6</v>
+      </c>
+      <c r="I22" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>403.6</v>
+        <v>270.55</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>21</v>
+        <v>177</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A24" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A24" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C25" s="3">
-        <v>156.98</v>
+        <v>141.97</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I25" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>96.25</v>
+        <v>252.15</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>382</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I26" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>275</v>
+        <v>21.05</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>75.63</v>
+        <v>205.62</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>376</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>140</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A29" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B29" s="3" t="s">
+      <c r="A29" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="C29" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B29" s="2"/>
+      <c r="C29" s="2"/>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2"/>
+      <c r="G29" s="2"/>
+      <c r="H29" s="2"/>
+      <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>84.8</v>
+        <v>165.5</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>274</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C32" s="3">
-        <v>253.33</v>
+        <v>260.98</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>324</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A33" s="3" t="s">
+      <c r="A33" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>548.58</v>
+        <v>108.86</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>48</v>
+        <v>81</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>7</v>
+        <v>80</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B35" s="3" t="s">
+      <c r="C35" s="3">
+        <v>154.68</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F35" s="3">
+        <v>48</v>
+      </c>
+      <c r="G35" s="3">
+        <v>1</v>
+      </c>
+      <c r="H35" s="3">
+        <v>30</v>
+      </c>
+      <c r="I35" s="3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="C35" s="3">
-[...22 lines deleted...]
-      <c r="A36" s="2" t="s">
+      <c r="B36" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B36" s="2"/>
-[...6 lines deleted...]
-      <c r="I36" s="2"/>
+      <c r="C36" s="3">
+        <v>129.47</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F36" s="3">
+        <v>423</v>
+      </c>
+      <c r="G36" s="3">
+        <v>1</v>
+      </c>
+      <c r="H36" s="3">
+        <v>60</v>
+      </c>
+      <c r="I36" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="3">
-        <v>298.03</v>
+        <v>200.78</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I37" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="3">
-        <v>266.54</v>
+        <v>243.68</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="I38" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="3">
-        <v>446.84</v>
+        <v>75.63</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>476</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>6</v>
+        <v>140</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="3">
-        <v>270.55</v>
+        <v>275</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="I40" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="3">
-        <v>998.9</v>
+        <v>184.46</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>280</v>
+        <v>47</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="3">
-        <v>1502.01</v>
+        <v>79.05</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>112</v>
+        <v>315</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>6</v>
+        <v>1000</v>
       </c>
       <c r="I42" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C43" s="3">
-        <v>252.32</v>
+        <v>103.11</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="I43" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="3">
-        <v>316.45</v>
+        <v>84.8</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>1864</v>
+        <v>53</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>6</v>
+        <v>50</v>
       </c>
       <c r="I44" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="3">
-        <v>1020.63</v>
+        <v>156.98</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1284</v>
+        <v>986</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="I45" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A46" s="2" t="s">
+      <c r="A46" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B46" s="2"/>
-[...6 lines deleted...]
-      <c r="I46" s="2"/>
+      <c r="B46" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C46" s="3">
+        <v>96.25</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" s="3">
+        <v>286</v>
+      </c>
+      <c r="G46" s="3">
+        <v>1</v>
+      </c>
+      <c r="H46" s="3">
+        <v>50</v>
+      </c>
+      <c r="I46" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C47" s="3">
-        <v>41.17</v>
+        <v>351.38</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>415</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I47" s="3">
-        <v>2</v>
+        <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C48" s="3">
-        <v>826.96</v>
+        <v>403.6</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>309</v>
+        <v>216</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="I48" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A49" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B49" s="3" t="s">
+      <c r="A49" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="C49" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C50" s="3">
-        <v>1074.25</v>
+        <v>198.71</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="I50" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C51" s="3">
-        <v>1523.86</v>
+        <v>548.58</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
+        <v>27</v>
+      </c>
+      <c r="G51" s="3">
+        <v>1</v>
+      </c>
+      <c r="H51" s="3">
+        <v>7</v>
+      </c>
+      <c r="I51" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C52" s="3">
-        <v>1524.05</v>
+        <v>253.33</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>3</v>
+        <v>293</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="I52" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C53" s="3">
-        <v>883.16</v>
+        <v>281.04</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>119</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I53" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A8:I8"/>
-[...2 lines deleted...]
-    <mergeCell ref="A15:I15"/>
+    <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A14:I14"/>
+    <mergeCell ref="A24:I24"/>
+    <mergeCell ref="A29:I29"/>
     <mergeCell ref="A31:I31"/>
-    <mergeCell ref="A36:I36"/>
-    <mergeCell ref="A46:I46"/>
+    <mergeCell ref="A33:I33"/>
+    <mergeCell ref="A49:I49"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
-    <hyperlink ref="D9" r:id="rId5"/>
-[...16 lines deleted...]
-    <hyperlink ref="D29" r:id="rId22"/>
+    <hyperlink ref="D8" r:id="rId5"/>
+    <hyperlink ref="D9" r:id="rId6"/>
+    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D25" r:id="rId19"/>
+    <hyperlink ref="D26" r:id="rId20"/>
+    <hyperlink ref="D27" r:id="rId21"/>
+    <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D30" r:id="rId23"/>
     <hyperlink ref="D32" r:id="rId24"/>
-    <hyperlink ref="D33" r:id="rId25"/>
-[...1 lines deleted...]
-    <hyperlink ref="D35" r:id="rId27"/>
+    <hyperlink ref="D34" r:id="rId25"/>
+    <hyperlink ref="D35" r:id="rId26"/>
+    <hyperlink ref="D36" r:id="rId27"/>
     <hyperlink ref="D37" r:id="rId28"/>
     <hyperlink ref="D38" r:id="rId29"/>
     <hyperlink ref="D39" r:id="rId30"/>
     <hyperlink ref="D40" r:id="rId31"/>
     <hyperlink ref="D41" r:id="rId32"/>
     <hyperlink ref="D42" r:id="rId33"/>
     <hyperlink ref="D43" r:id="rId34"/>
     <hyperlink ref="D44" r:id="rId35"/>
     <hyperlink ref="D45" r:id="rId36"/>
-    <hyperlink ref="D47" r:id="rId37"/>
-[...1 lines deleted...]
-    <hyperlink ref="D49" r:id="rId39"/>
+    <hyperlink ref="D46" r:id="rId37"/>
+    <hyperlink ref="D47" r:id="rId38"/>
+    <hyperlink ref="D48" r:id="rId39"/>
     <hyperlink ref="D50" r:id="rId40"/>
     <hyperlink ref="D51" r:id="rId41"/>
     <hyperlink ref="D52" r:id="rId42"/>
     <hyperlink ref="D53" r:id="rId43"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>