--- v1 (2025-12-12)
+++ v2 (2025-12-12)
@@ -213,78 +213,78 @@
   <si>
     <t xml:space="preserve">Дюбель универсальный 6х52, пакет (100 шт/уп) KRANZ </t>
   </si>
   <si>
     <t>1.5 Дюбель DRIVA</t>
   </si>
   <si>
     <t>KR-01-3613-002</t>
   </si>
   <si>
     <t>Дюбель DRIVA PA 14х32 пластиковый со сверлом, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1.6 Дюбель бабочка</t>
   </si>
   <si>
     <t>KR-01-3615-001</t>
   </si>
   <si>
     <t>Дюбель для гипсокартона бабочка 10х50мм, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>1.7 Дюбель распорный полипропилен</t>
   </si>
   <si>
+    <t>KR-01-3618-015</t>
+  </si>
+  <si>
+    <t>Дюбель распорный 10х50мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
+  </si>
+  <si>
     <t>KR-01-3618-011</t>
   </si>
   <si>
     <t>Дюбель распорный 8х40мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3618-013</t>
   </si>
   <si>
     <t>Дюбель распорный 8х60мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3618-012</t>
   </si>
   <si>
     <t>Дюбель распорный 8х50мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3618-014</t>
   </si>
   <si>
     <t>Дюбель распорный 8х80мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Дюбель распорный 10х50мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3618-004</t>
   </si>
   <si>
     <t>Дюбель распорный 6х25мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3618-016</t>
   </si>
   <si>
     <t>Дюбель распорный 10х60мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3618-009</t>
   </si>
   <si>
     <t>Дюбель распорный 6х60мм, синий, полипропилен, пакет (100 шт/уп) KRANZ</t>
   </si>
   <si>
     <t>KR-01-3618-005</t>
   </si>
   <si>
     <t>Дюбель распорный 6х30мм, синий, полипропилен, пакет (50 шт/уп) KRANZ</t>
   </si>
@@ -756,51 +756,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-6-paket-2sht-22663" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-6-korob-200-sht-up-23042" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-polukoltsom-8-korob-100-sht-up-23045" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-10-korob-100-sht-up-23046" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-polukoltsom-10-korob-50-sht-up-23047" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-polukoltsom-6-korob-200-sht-up-23043" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-12-korob-50-sht-up-23048" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gazobetona-8h55-paket-20-sht-up-kranz-23000" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gazobetona-14h80-paket-10-sht-up-kranz-23002" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h40-paket-100-sht-up-kranz-23009" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidniy-bortik-polipropilen-6h40-paket-100-sht-up-kranz-27987" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-10h100-korob-50-sht-up-kranz-23018" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h60-paket-100-sht-up-kranz-23010" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidniy-bortik-polipropilen-6h40mm-cherniy-paket-100-sht-up-kranz-30957" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-8h100-korob-100-sht-up-kranz-23014" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-8h120-korob-100-sht-up-kranz-23015" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidniy-bortik-polipropilen-6h60-paket-100-sht-up-kranz-29429" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h40mm-cherniy-paket-100-sht-up-kranz-30958" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-6h37-korob-100-sht-up-22978" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-8h52-korob-100-sht-up-22984" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-s-bortikom-8h52-paket-5sht-22629" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-6h52-korob-100-sht-up-22981" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-driva-pa-14h32-plastikoviy-so-sverlom-paket-50-sht-up-kranz-22991" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gipsokartona-babochka-10h50-paket-50-sht-up-kranz-22998" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h40-siniy-paket-50-sht-up-23065" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h60-siniy-paket-50-sht-up-23067" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h50-siniy-paket-50-sht-up-23066" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h80-siniy-paket-50-sht-up-23068" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-10h50-siniy-paket-50-sht-up-23069" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h25-siniy-paket-50-sht-up-23058" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-10h60-siniy-paket-50-sht-up-23070" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h60-siniy-paket-100-sht-up-23063" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h30-siniy-paket-50-sht-up-23059" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h50-siniy-paket-50-sht-up-23062" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h35-siniy-paket-50-sht-up-23060" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h40-siniy-paket-100-sht-up-23061" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h30-siniy-paket-50-sht-up-23064" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-12h60-siniy-paket-50-sht-up-23072" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-12h70-siniy-paket-50-sht-up-23073" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-6h30mm-seriy-neylon-paket-100-sht-up-kranz-30852" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-10h60mm-seriy-neylon-paket-100-sht-up-kranz-30855" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-8h40mm-seriy-neylon-paket-100-sht-up-kranz-30853" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-8h50mm-seriy-neylon-paket-100-sht-up-kranz-30854" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-6-paket-2sht-22663" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-6-korob-200-sht-up-23042" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-polukoltsom-8-korob-100-sht-up-23045" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-10-korob-100-sht-up-23046" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-polukoltsom-10-korob-50-sht-up-23047" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-polukoltsom-6-korob-200-sht-up-23043" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-kranz-s-pryamim-kryukom-12-korob-50-sht-up-23048" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gazobetona-8h55-paket-20-sht-up-kranz-23000" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gazobetona-14h80-paket-10-sht-up-kranz-23002" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h40-paket-100-sht-up-kranz-23009" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidniy-bortik-polipropilen-6h40-paket-100-sht-up-kranz-27987" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-10h100-korob-50-sht-up-kranz-23018" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h60-paket-100-sht-up-kranz-23010" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidniy-bortik-polipropilen-6h40mm-cherniy-paket-100-sht-up-kranz-30957" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-8h100-korob-100-sht-up-kranz-23014" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-8h120-korob-100-sht-up-kranz-23015" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-gribovidniy-bortik-polipropilen-6h60-paket-100-sht-up-kranz-29429" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-gvozd-potaynoy-bortik-polipropilen-6h40mm-cherniy-paket-100-sht-up-kranz-30958" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-6h37-korob-100-sht-up-22978" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-8h52-korob-100-sht-up-22984" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-s-bortikom-8h52-paket-5sht-22629" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-universalniy-kranz-6h52-korob-100-sht-up-22981" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-driva-pa-14h32-plastikoviy-so-sverlom-paket-50-sht-up-kranz-22991" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-dlya-gipsokartona-babochka-10h50-paket-50-sht-up-kranz-22998" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-10h50-siniy-paket-50-sht-up-23069" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h40-siniy-paket-50-sht-up-23065" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h60-siniy-paket-50-sht-up-23067" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h50-siniy-paket-50-sht-up-23066" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h80-siniy-paket-50-sht-up-23068" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h25-siniy-paket-50-sht-up-23058" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-10h60-siniy-paket-50-sht-up-23070" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h60-siniy-paket-100-sht-up-23063" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h30-siniy-paket-50-sht-up-23059" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h50-siniy-paket-50-sht-up-23062" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h35-siniy-paket-50-sht-up-23060" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-6h40-siniy-paket-100-sht-up-23061" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-8h30-siniy-paket-50-sht-up-23064" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-12h60-siniy-paket-50-sht-up-23072" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-kranz-12h70-siniy-paket-50-sht-up-23073" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-6h30mm-seriy-neylon-paket-100-sht-up-kranz-30852" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-10h60mm-seriy-neylon-paket-100-sht-up-kranz-30855" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-8h40mm-seriy-neylon-paket-100-sht-up-kranz-30853" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyubel-rasporniy-8h50mm-seriy-neylon-paket-100-sht-up-kranz-30854" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I53"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1611,182 +1611,182 @@
       <c r="I32" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="2"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="3">
-        <v>108.86</v>
+        <v>243.68</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>81</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>80</v>
+        <v>26</v>
       </c>
       <c r="I34" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="3">
-        <v>154.68</v>
+        <v>108.86</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>48</v>
+        <v>81</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="I35" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="3">
-        <v>129.47</v>
+        <v>154.68</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>423</v>
+        <v>48</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I36" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="3">
-        <v>200.78</v>
+        <v>129.47</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>52</v>
+        <v>423</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I37" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="3">
-        <v>243.68</v>
+        <v>200.78</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="I38" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="3">
         <v>75.63</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
         <v>476</v>
       </c>
       <c r="G39" s="3">