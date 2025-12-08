--- v0 (2025-10-15)
+++ v1 (2025-12-08)
@@ -8,424 +8,436 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="128">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Дюралайт</t>
   </si>
   <si>
-    <t>1.1 Дюралайт с постоянным свечением</t>
+    <t>1.1 Аксессуары для дюралайта</t>
+  </si>
+  <si>
+    <t>124-021-3</t>
+  </si>
+  <si>
+    <t>Установочный набор для дюралайта 2W диаметр 10мм (блок питания ПВХ с диодным мостом и вилкой, заглушка, игла, термоусадка) до 100м</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>124-311</t>
+  </si>
+  <si>
+    <t>L - коннектор для двухжильного дюралайта ∅13мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>124-321</t>
+  </si>
+  <si>
+    <t>L - коннектор для трехжильного дюралайта ∅13мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>124-121</t>
+  </si>
+  <si>
+    <t>Коннектор для трехжильного дюралайта ∅13мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>123-032</t>
+  </si>
+  <si>
+    <t>Контроллер для трехжильного светодиодного дюралайта ∅13 мм, до 50 м</t>
+  </si>
+  <si>
+    <t>124-011</t>
+  </si>
+  <si>
+    <t>Установочный набор для дюралайта 2W диаметр 13мм (блок питания ПВХ с диодным мостом и вилкой, заглушка, игла, термоусадка) до 100м</t>
+  </si>
+  <si>
+    <t>124-021</t>
+  </si>
+  <si>
+    <t>Установочный набор для дюралайта 3W диаметр 13мм (блок питания ПВХ с диодным мостом и вилкой, заглушка, игла, термоусадка) до 100м</t>
+  </si>
+  <si>
+    <t>104-201</t>
+  </si>
+  <si>
+    <t>Заглушка для дюралайта ∅13 мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>104-411</t>
+  </si>
+  <si>
+    <t>Профиль пластиковый для дюралайта, круглого гибкого неона 16мм, 1 м (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>123-034</t>
+  </si>
+  <si>
+    <t>Контроллер для трехжильного светодиодного дюралайта ∅13 мм, до 100 м</t>
+  </si>
+  <si>
+    <t>124-221</t>
+  </si>
+  <si>
+    <t>T - коннектор для трехжильного дюралайта ∅13мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>124-018</t>
+  </si>
+  <si>
+    <t>Коннектор с проводом для двухжильного дюралайта, диаметр 13мм (коннектор с иголкой, заглушка) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>124-111</t>
+  </si>
+  <si>
+    <t>Коннектор для двухжильного дюралайта ∅13мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>123-013</t>
+  </si>
+  <si>
+    <t>Контроллер для двухжильного светодиодного дюралайта ∅13 мм, до 100 м</t>
+  </si>
+  <si>
+    <t>104-200</t>
+  </si>
+  <si>
+    <t>Заглушка для дюралайта ∅10 мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-039</t>
+  </si>
+  <si>
+    <t>Заглушка для дюралайта диаметр 13 мм, гибкого неона 12х12мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>124-113</t>
+  </si>
+  <si>
+    <t>Коннектор для двухжильного дюралайта ∅10мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>104-312</t>
+  </si>
+  <si>
+    <t>Клипсы крокодил ∅13 мм (100 шт. в упаковке)</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>1.2 Дюралайт с динамикой</t>
+  </si>
+  <si>
+    <t>121-329</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 36 LED/м МУЛЬТИ (RYGB) свечение с динамикой модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>121-325-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 24 LED/м БЕЛЫЙ свечение с динамикой модуль 4м бухта 100м NEON-NIGHT Эконом</t>
+  </si>
+  <si>
+    <t>121-323-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 24 LED/м СИНИЙ свечение с динамикой модуль 4м бухта 100м NEON-NIGHT Эконом</t>
+  </si>
+  <si>
+    <t>121-329-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 24 LED/м МУЛЬТИ (RYGB) свечение с динамикой модуль 4м бухта 100м NEON-NIGHT Эконом</t>
+  </si>
+  <si>
+    <t>121-321</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 36 LED/м ЖЕЛТЫЙ свечение с динамикой модуль 4м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-329-6</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 30 LED/м МУЛЬТИ (RYGB) свечение с динамикой модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-326-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 24 LED/м ТЕПЛЫЙ БЕЛЫЙ свечение с динамикой модуль 4м бухта 100м NEON-NIGHT Эконом</t>
+  </si>
+  <si>
+    <t>121-322</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 36 LED/м КРАСНЫЙ свечение с динамикой модуль 4м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-325</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 36 LED/м БЕЛЫЙ свечение с динамикой модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-323</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 36LED/м СИНИЙ свечение с динамикой модуль 4м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-324</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 36 LED/м ЗЕЛЕНЫЙ свечение с динамикой модуль1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.3 Дюралайт с мерцанием</t>
+  </si>
+  <si>
+    <t>121-255-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 24 LED/м БЕЛЫЙ эффект мерцания модуль 2м бухта 100м NEON-NIGHT Эконом</t>
+  </si>
+  <si>
+    <t>121-256</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м ТЕПЛЫЙ БЕЛЫЙ эффект мерцания модуль 2м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-255</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м БЕЛЫЙ эффект мерцания модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-253</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м СИНИЙ эффект мерцания модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.4 Дюралайт с постоянным свечением</t>
+  </si>
+  <si>
+    <t>121-123-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 24 LED/м СИНИЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
   </si>
   <si>
     <t>121-135</t>
   </si>
   <si>
     <t xml:space="preserve">Дюралайт LED двухжильный 230В 13мм 36 LED/м БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT  </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>121-156</t>
   </si>
   <si>
     <t>Дюралайт LED двухжильный 24В 13мм 36 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 0,42м бухта 100м NEON-NIGHT</t>
   </si>
   <si>
+    <t>121-126-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 24 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-123</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м СИНИЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-136</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дюралайт LED двухжильный 230В 13мм 36 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT </t>
+  </si>
+  <si>
     <t>121-125-4</t>
   </si>
   <si>
     <t>Дюралайт LED двухжильный 230В 13мм 24 LED/м БЕЛЫЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
   </si>
   <si>
+    <t>121-124-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 24 LED/м ЗЕЛЕНЫЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-155</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 24В 13мм 36 LED/м БЕЛЫЙ постоянное свечение модуль 0,5м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-166</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 24В 13мм 36 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 0,5м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-125</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-123-3</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 10мм 24 LED/м СИНИЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
     <t>121-126-3</t>
   </si>
   <si>
     <t>Дюралайт LED двухжильный 230В 10мм 24 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
   </si>
   <si>
-    <t>121-155</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Дюралайт LED двухжильный 230В 13мм 36 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT </t>
+    <t>121-125-3</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 10мм 24 LED/м БЕЛЫЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
   </si>
   <si>
     <t>121-125-6</t>
   </si>
   <si>
     <t>Дюралайт LED двухжильный 230В 13мм 30 LED/м БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
   </si>
   <si>
+    <t>121-126</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
     <t>121-123-6</t>
   </si>
   <si>
     <t>Дюралайт LED двухжильный 230В 13мм 30 LED/м СИНИЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
   </si>
   <si>
+    <t>121-122-6</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 30 LED/м КРАСНЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
     <t>121-124</t>
   </si>
   <si>
     <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м ЗЕЛЕНЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
   </si>
   <si>
-    <t>121-126-4</t>
-[...40 lines deleted...]
-  <si>
     <t>121-122</t>
   </si>
   <si>
     <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м КРАСНЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
   </si>
   <si>
     <t>121-121</t>
   </si>
   <si>
     <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м ЖЕЛТЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
   </si>
   <si>
     <t>121-126-6</t>
   </si>
   <si>
     <t>Дюралайт LED двухжильный 230В 13мм 30 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
-  </si>
-[...217 lines deleted...]
-    <t>упак</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -810,56 +822,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-belyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-24v-13mm-36-led-m-teplyy-belyy-postoyannoe-svechenie-modul-0-42m-buhta-100.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-24-led-m-belyy-postoyannoe-svechenie-modul-2m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-10mm-24-led-m-teplyy-belyy-postoyannoe-svechenie-modul-2m-buhta-100m-.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-24v-13mm-36-led-m-belyy-postoyannoe-svechenie-modul-0-5m-buhta-100m-neon-n.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-teplyy-belyy-postoyannoe-svechenie-modul-1m-buhta-100m-.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-30-led-m-belyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-30-led-m-siniy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-zelenyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-24-led-m-teplyy-belyy-postoyannoe-svechenie-modul-2m-buhta-100m-.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-24-led-m-siniy-postoyannoe-svechenie-modul-2m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-24-led-m-zelenyy-postoyannoe-svechenie-modul-2m-buhta-100m-neon-.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-siniy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-10mm-24-led-m-siniy-postoyannoe-svechenie-modul-2m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-10mm-24-led-m-belyy-postoyannoe-svechenie-modul-2m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-30-led-m-krasnyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-krasnyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-zheltyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-30-led-m-teplyy-belyy-postoyannoe-svechenie-modul-1m-buhta-100m-.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-24v-13mm-36-led-m-teplyy-belyy-postoyannoe-svechenie-modul-0-5m-buhta-100m.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-24-led-m-belyy-svechenie-s-dinamikoy-modul-4m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-24-led-m-siniy-svechenie-s-dinamikoy-modul-4m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-24-led-m-multi-rygb-svechenie-s-dinamikoy-modul-4m-buhta-100m-ne.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-36-led-m-belyy-svechenie-s-dinamikoy-modul-1m-buhta-100m-neon-ni.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-36-led-m-multi-rygb-svechenie-s-dinamikoy-modul-1m-buhta-100m-ne.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-36led-m-siniy-svechenie-s-dinamikoy-modul-4m-buhta-100m-neon-nig.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-24-led-m-teplyy-belyy-svechenie-s-dinamikoy-modul-4m-buhta-100m-.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-30-led-m-multi-rygb-svechenie-s-dinamikoy-modul-1m-buhta-100m-ne.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-36-led-m-zheltyy-svechenie-s-dinamikoy-modul-4m-buhta-100m-neon-.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-36-led-m-krasnyy-svechenie-s-dinamikoy-modul-4m-buhta-100m-neon-.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-36-led-m-zelenyy-svechenie-s-dinamikoy-modul1m-buhta-100m-neon-n.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-24-led-m-belyy-effekt-mertsaniya-modul-2m-buhta-100m-neon-night-.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-teplyy-belyy-effekt-mertsaniya-modul-2m-buhta-100m-neon.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-belyy-effekt-mertsaniya-modul-1m-buhta-100m-neon-night.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-led-m-siniy-effekt-mertsaniya-modul-1m-buhta-100m-neon-night.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-dyuralayta-2w-diametr-10mm-blok-pitaniya-pvh-s-diodnym-mostom-i-vilkoy-zagl.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-trehzhilnogo-dyuralayta-13mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-dvuhzhilnogo-dyuralayta-13mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-trehzhilnogo-dyuralayta-13mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-dyuralayta-3w-diametr-13mm-blok-pitaniya-pvh-s-diodnym-mostom-i-vilkoy-zagl.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-13-mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-10-mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-plastikovyy-dlya-dyuralayta-kruglogo-gibkogo-neona-16mm-1-m-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-trehzhilnogo-svetodiodnogo-dyuralayta-13-mm-do-100-m.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-trehzhilnogo-dyuralayta-13mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhzhilnogo-dyuralayta-13mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-dvuhzhilnogo-svetodiodnogo-dyuralayta-13-mm-do-100-m.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-dyuralayta-2w-diametr-13mm-blok-pitaniya-pvh-s-diodnym-mostom-i-vilkoy-zagl.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-trehzhilnogo-svetodiodnogo-dyuralayta-13-mm-do-50-m.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-diametr-13-mm-gibkogo-neona-12h12mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhzhilnogo-dyuralayta-10mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-dvuhzhilnogo-dyuralayta-diametr-13mm-konnektor-s-igolkoy-zaglushka-neon-ni.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsy-krokodil-13-mm-100-sht-v-upakovke.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-dyuralayta-2w-empty-10mm-konnektor-s-igolkoy-vipryamitel-zaglushka-do-100m-14498" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-dvuhjilnogo-dyuralayta-empty-13mm-tsena-za-1-sht-17145" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-trehjilnogo-dyuralayta-empty-13mm-tsena-za-1-sht-17142" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-trehjilnogo-dyuralayta-empty-13mm-tsena-za-1-sht-1426" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-trehjilnogo-svetodiodnogo-dyuralayta-empty-13-mm-do-50-m-1421" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-dyuralayta-2w-empty-13mm-konnektor-s-igolkoy-vipryamitel-zaglushka-do-100m-377" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-dyuralayta-3w-empty-13mm-konnektor-s-igolkoy-vipryamitel-zaglushka-do-100m-305" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-empty-13-mm-tsena-za-1-sht-4456" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozrachniy-p-obrazniy-korob-1m-plastik-tsena-za-1-sht-2605" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-trehjilnogo-svetodiodnogo-dyuralayta-empty-13-mm-do-100-m-1422" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-trehjilnogo-dyuralayta-empty-13mm-tsena-za-1-sht-1427" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-dvuhjilnogo-dyuralayta-diametr-13mm-konnektor-s-igolkoy-zaglushka-neon-night-30027" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhjilnogo-dyuralayta-empty-13mm-tsena-za-1-sht-313" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-dvuhjilnogo-svetodiodnogo-dyuralayta-empty-13-mm-do-100-m-1420" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-empty-10-mm-tsena-za-1-sht-2597" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-12h12-mm-tsena-za-1-sht-14298" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhjilnogo-dyuralayta-empty-10mm-tsena-za-1-sht-17838" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsi-krokodil-empty-13-mm-100-sht-v-upakovke-2603" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-multi-rygb-36-led-m-buhta-100m-1408" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-beliy-ekonom-24-led-m-buhta-100m-14053" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-siniy-24-led-m-buhta-100m-14050" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-multi-rygb-24-led-m-buhta-100m-14048" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-jeltiy-36-led-m-buhta-100m-363" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-multi-rygb-30-led-m-buhta-100m-6495" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-tepliy-beliy-24-led-m-buhta-100m-14056" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-krasniy-36-led-m-buhta-100m-362" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-beliy-36-led-m-buhta-100m-361" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-siniy-buhta-100m-364" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-zeleniy-36-led-m-buhta-100m-365" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-effekt-mertsaniya-2w-beliy-ekonom-24-led-m-buhta-100m-14054" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-effekt-mertsaniya-2w-tepliy-beliy-36-led-m-buhta-100m-18996" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-effekt-mertsaniya-2w-beliy-36-led-m-buhta-100m-2616" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-effekt-mertsaniya-2w-siniy-36-led-m-buhta-100m-2614" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-siniy-ekonom-24-led-m-buhta-100m-12155" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-36-led-m-buhta-100-m-neon-night-27938" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-36-led-m-buhta-100-m-1-27941" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-ekonom-24-led-m-buhta-100m-12154" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-siniy-36-led-m-buhta-100m-358" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-36-led-m-buhta-100-m-27939" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-ekonom-24-led-m-buhta-100m-12153" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-zeleniy-ekonom-24-led-m-buhta-100m-14051" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-36-led-m-buhta-100-m-neon-night-1-27940" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhjilniy-24v-13mm-36-led-m-tepliy-beliy-postoyannoe-svechenie-modul-0-5m-buhta-100m-neon-night-31543" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-36-led-m-buhta-100m-neon-night-360" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-siniy-24-led-m-oslash-10mm-buhta-100m-14494" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-24-led-m-oslash-10mm-buhta-100m-14495" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-24-led-m-oslash-10mm-buhta-100m-14496" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-30-led-m-buhta-100m-3798" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-36-led-m-buhta-100m-3493" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-siniy-30-led-m-buhta-100m-3706" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-krasniy-30-led-m-buhta-100m-3705" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-zeleniy-36-led-m-buhta-100m-neon-night-359" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-krasniy-36-led-m-buhta-100m-neon-night-357" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-jeltiy-36-led-m-buhta-100m-neon-night-348" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-30-led-m-buhta-100m-6494" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I59"/>
+  <dimension ref="A1:I61"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -891,1680 +903,1740 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>363.61</v>
+        <v>742.19</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>328</v>
       </c>
       <c r="G4" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>445.46</v>
+        <v>222.44</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>900</v>
+        <v>50</v>
       </c>
       <c r="G5" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>320.83</v>
+        <v>222.44</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>660</v>
       </c>
       <c r="G6" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>288.75</v>
+        <v>183.41</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>2200</v>
+        <v>640</v>
       </c>
       <c r="G7" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>490</v>
+        <v>1219.17</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>3800</v>
+        <v>28</v>
       </c>
       <c r="G8" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>363.61</v>
+        <v>742.19</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>100</v>
+        <v>3091</v>
       </c>
       <c r="G9" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>352.92</v>
+        <v>742.19</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>842</v>
       </c>
       <c r="G10" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>363.61</v>
+        <v>11.77</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>3480</v>
       </c>
       <c r="G11" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>3000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>410</v>
+        <v>134.75</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>320.83</v>
+        <v>1578.5</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>600</v>
+        <v>644</v>
       </c>
       <c r="G13" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>320.83</v>
+        <v>352.98</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>900</v>
+        <v>125</v>
       </c>
       <c r="G14" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>320.83</v>
+        <v>394.9</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>410</v>
+        <v>159.56</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>3100</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>288.75</v>
+        <v>1518.61</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>288.75</v>
+        <v>7.72</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>100</v>
+        <v>7450</v>
       </c>
       <c r="G18" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>363.61</v>
+        <v>31.15</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G19" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>410</v>
+        <v>166.75</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1000</v>
+        <v>124</v>
       </c>
       <c r="G20" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>410</v>
+        <v>1176.39</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>4100</v>
+        <v>46</v>
       </c>
       <c r="G21" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B22" s="3" t="s">
+      <c r="A22" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="C22" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>490</v>
+        <v>506</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="G23" s="3">
         <v>100</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A24" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I24" s="2"/>
+      <c r="A24" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C24" s="3">
+        <v>406.39</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F24" s="3">
+        <v>0</v>
+      </c>
+      <c r="G24" s="3">
+        <v>100</v>
+      </c>
+      <c r="H24" s="3">
+        <v>100</v>
+      </c>
+      <c r="I24" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C25" s="3">
         <v>406.39</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="F25" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="G25" s="3">
         <v>100</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C26" s="3">
         <v>406.39</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="F26" s="3">
-        <v>800</v>
+        <v>900</v>
       </c>
       <c r="G26" s="3">
         <v>100</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>406.39</v>
+        <v>455.4</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="F27" s="3">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>100</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>506</v>
+        <v>438</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="F28" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>100</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>506</v>
+        <v>406.39</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="F29" s="3">
-        <v>3500</v>
+        <v>200</v>
       </c>
       <c r="G29" s="3">
         <v>100</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C30" s="3">
         <v>506</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>100</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>406.39</v>
+        <v>506</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="F31" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>100</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>438</v>
+        <v>506</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="F32" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>100</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>455.4</v>
+        <v>506</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="F33" s="3">
         <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>100</v>
       </c>
       <c r="H33" s="3">
         <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A34" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A34" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>506</v>
+        <v>385</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="F35" s="3">
         <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>100</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A36" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I36" s="2"/>
+      <c r="A36" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="C36" s="3">
+        <v>518.59</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F36" s="3">
+        <v>0</v>
+      </c>
+      <c r="G36" s="3">
+        <v>100</v>
+      </c>
+      <c r="H36" s="3">
+        <v>100</v>
+      </c>
+      <c r="I36" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>385</v>
+        <v>518.59</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="F37" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>100</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C38" s="3">
         <v>518.59</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="F38" s="3">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>100</v>
       </c>
       <c r="H38" s="3">
         <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A39" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A39" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B39" s="2"/>
+      <c r="C39" s="2"/>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2"/>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2"/>
+      <c r="H39" s="2"/>
+      <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>518.59</v>
+        <v>320.83</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="F40" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>100</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A41" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I41" s="2"/>
+      <c r="A41" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C41" s="3">
+        <v>363.61</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F41" s="3">
+        <v>0</v>
+      </c>
+      <c r="G41" s="3">
+        <v>100</v>
+      </c>
+      <c r="H41" s="3">
+        <v>100</v>
+      </c>
+      <c r="I41" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>742.19</v>
+        <v>445.46</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F42" s="3">
-        <v>403</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>222.44</v>
+        <v>320.83</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F43" s="3">
-        <v>680</v>
+        <v>100</v>
       </c>
       <c r="G43" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H43" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>222.44</v>
+        <v>410</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F44" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H44" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>183.41</v>
+        <v>363.61</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F45" s="3">
-        <v>878</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H45" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>742.19</v>
+        <v>320.83</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F46" s="3">
-        <v>1369</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H46" s="3">
         <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>11.77</v>
+        <v>320.83</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F47" s="3">
-        <v>7250</v>
+        <v>600</v>
       </c>
       <c r="G47" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H47" s="3">
-        <v>3000</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>7.72</v>
+        <v>490</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F48" s="3">
-        <v>7600</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H48" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>134.75</v>
+        <v>490</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F49" s="3">
-        <v>1419</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H49" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I49" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>1578.5</v>
+        <v>410</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F50" s="3">
-        <v>846</v>
+        <v>1300</v>
       </c>
       <c r="G50" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H50" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>352.98</v>
+        <v>288.75</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F51" s="3">
-        <v>171</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H51" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>159.56</v>
+        <v>288.75</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F52" s="3">
-        <v>982</v>
+        <v>800</v>
       </c>
       <c r="G52" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H52" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>1518.61</v>
+        <v>288.75</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H53" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>742.19</v>
+        <v>352.92</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F54" s="3">
-        <v>5666</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H54" s="3">
         <v>100</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55" s="3">
-        <v>1219.17</v>
+        <v>410</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F55" s="3">
-        <v>136</v>
+        <v>18300</v>
       </c>
       <c r="G55" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H55" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56" s="3">
-        <v>31.15</v>
+        <v>363.61</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H56" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>166.75</v>
+        <v>363.61</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F57" s="3">
-        <v>236</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H57" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C58" s="3">
-        <v>394.9</v>
+        <v>410</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="F58" s="3">
-        <v>377</v>
+        <v>400</v>
       </c>
       <c r="G58" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H58" s="3">
         <v>100</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59" s="3">
-        <v>1176.39</v>
+        <v>410</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>123</v>
+        <v>53</v>
       </c>
       <c r="F59" s="3">
-        <v>177</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H59" s="3">
         <v>100</v>
       </c>
       <c r="I59" s="3">
-        <v>100</v>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A60" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="C60" s="3">
+        <v>410</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F60" s="3">
+        <v>0</v>
+      </c>
+      <c r="G60" s="3">
+        <v>100</v>
+      </c>
+      <c r="H60" s="3">
+        <v>100</v>
+      </c>
+      <c r="I60" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="C61" s="3">
+        <v>352.92</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F61" s="3">
+        <v>0</v>
+      </c>
+      <c r="G61" s="3">
+        <v>100</v>
+      </c>
+      <c r="H61" s="3">
+        <v>100</v>
+      </c>
+      <c r="I61" s="3">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A24:I24"/>
-[...1 lines deleted...]
-    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A34:I34"/>
+    <mergeCell ref="A39:I39"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
-    <hyperlink ref="D22" r:id="rId19"/>
-    <hyperlink ref="D23" r:id="rId20"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
-    <hyperlink ref="D34" r:id="rId30"/>
-    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
-    <hyperlink ref="D39" r:id="rId34"/>
-    <hyperlink ref="D40" r:id="rId35"/>
+    <hyperlink ref="D40" r:id="rId34"/>
+    <hyperlink ref="D41" r:id="rId35"/>
     <hyperlink ref="D42" r:id="rId36"/>
     <hyperlink ref="D43" r:id="rId37"/>
     <hyperlink ref="D44" r:id="rId38"/>
     <hyperlink ref="D45" r:id="rId39"/>
     <hyperlink ref="D46" r:id="rId40"/>
     <hyperlink ref="D47" r:id="rId41"/>
     <hyperlink ref="D48" r:id="rId42"/>
     <hyperlink ref="D49" r:id="rId43"/>
     <hyperlink ref="D50" r:id="rId44"/>
     <hyperlink ref="D51" r:id="rId45"/>
     <hyperlink ref="D52" r:id="rId46"/>
     <hyperlink ref="D53" r:id="rId47"/>
     <hyperlink ref="D54" r:id="rId48"/>
     <hyperlink ref="D55" r:id="rId49"/>
     <hyperlink ref="D56" r:id="rId50"/>
     <hyperlink ref="D57" r:id="rId51"/>
     <hyperlink ref="D58" r:id="rId52"/>
     <hyperlink ref="D59" r:id="rId53"/>
+    <hyperlink ref="D60" r:id="rId54"/>
+    <hyperlink ref="D61" r:id="rId55"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>