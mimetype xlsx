--- v1 (2025-12-08)
+++ v2 (2026-02-28)
@@ -8,436 +8,424 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="124">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Дюралайт</t>
   </si>
   <si>
-    <t>1.1 Аксессуары для дюралайта</t>
+    <t>1.1 Дюралайт с постоянным свечением</t>
+  </si>
+  <si>
+    <t>121-155</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 24В 13мм 36 LED/м БЕЛЫЙ постоянное свечение модуль 0,5м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>121-121</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м ЖЕЛТЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-135</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дюралайт LED двухжильный 230В 13мм 36 LED/м БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT  </t>
+  </si>
+  <si>
+    <t>121-136</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Дюралайт LED двухжильный 230В 13мм 36 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>121-123-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 24 LED/м СИНИЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-126-3</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 10мм 24 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-124-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 24 LED/м ЗЕЛЕНЫЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-123-3</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 10мм 24 LED/м СИНИЙ постоянное свечение модуль 2м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-125-3</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 10мм 24 LED/м БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-126-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 24 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-122-6</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 30 LED/м КРАСНЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-124</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м ЗЕЛЕНЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-123</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м СИНИЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-125-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 24 LED/м БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-122</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м КРАСНЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-166</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 24В 13мм 36 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 0,5м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-126-6</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 30 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-126</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-125</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-125-6</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 30 LED/м БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-123-6</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 30 LED/м СИНИЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.2 Дюралайт с динамикой</t>
+  </si>
+  <si>
+    <t>121-323-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 24 LED/м СИНИЙ свечение с динамикой модуль 4м бухта 100м NEON-NIGHT Эконом</t>
+  </si>
+  <si>
+    <t>121-325-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 24 LED/м БЕЛЫЙ свечение с динамикой модуль 2м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-326-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 24 LED/м ТЕПЛЫЙ БЕЛЫЙ свечение с динамикой модуль 4м бухта 100м NEON-NIGHT Эконом</t>
+  </si>
+  <si>
+    <t>121-321</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 36 LED/м ЖЕЛТЫЙ свечение с динамикой модуль 4м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-322</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 36 LED/м КРАСНЫЙ свечение с динамикой модуль 4м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-323</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 36LED/м СИНИЙ свечение с динамикой модуль 4м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-325</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 36 LED/м БЕЛЫЙ свечение с динамикой модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-329-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 24 LED/м МУЛЬТИ (RYGB) свечение с динамикой модуль 4м бухта 100м NEON-NIGHT Эконом</t>
+  </si>
+  <si>
+    <t>121-329-6</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 30 LED/м МУЛЬТИ (RYGB) свечение с динамикой модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-329</t>
+  </si>
+  <si>
+    <t>Дюралайт LED трехжильный 230В 13мм 36 LED/м МУЛЬТИ (RYGB) свечение с динамикой модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.3 Дюралайт с мерцанием</t>
+  </si>
+  <si>
+    <t>121-255-4</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 24 LED/м БЕЛЫЙ эффект мерцания модуль 2м бухта 100м NEON-NIGHT Эконом</t>
+  </si>
+  <si>
+    <t>121-253</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м СИНИЙ эффект мерцания модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-255</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м БЕЛЫЙ эффект мерцания модуль 1м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>121-256</t>
+  </si>
+  <si>
+    <t>Дюралайт LED двухжильный 230В 13мм 36 LED/м ТЕПЛЫЙ БЕЛЫЙ эффект мерцания модуль 2м бухта 100м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.4 Аксессуары для дюралайта</t>
+  </si>
+  <si>
+    <t>104-411</t>
+  </si>
+  <si>
+    <t>Профиль пластиковый для дюралайта, круглого гибкого неона 16мм, 1 м (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>123-034</t>
+  </si>
+  <si>
+    <t>Контроллер для трехжильного светодиодного дюралайта ∅13 мм, до 100 м</t>
+  </si>
+  <si>
+    <t>123-013</t>
+  </si>
+  <si>
+    <t>Контроллер для двухжильного светодиодного дюралайта ∅13 мм, до 100 м</t>
+  </si>
+  <si>
+    <t>134-039</t>
+  </si>
+  <si>
+    <t>Заглушка для дюралайта диаметр 13 мм, гибкого неона 12х12мм (цена за 1 шт.)</t>
   </si>
   <si>
     <t>124-021-3</t>
   </si>
   <si>
     <t>Установочный набор для дюралайта 2W диаметр 10мм (блок питания ПВХ с диодным мостом и вилкой, заглушка, игла, термоусадка) до 100м</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>124-311</t>
   </si>
   <si>
     <t>L - коннектор для двухжильного дюралайта ∅13мм (цена за 1 шт.)</t>
   </si>
   <si>
+    <t>124-011</t>
+  </si>
+  <si>
+    <t>Установочный набор для дюралайта 2W диаметр 13мм (блок питания ПВХ с диодным мостом и вилкой, заглушка, игла, термоусадка) до 100м</t>
+  </si>
+  <si>
+    <t>124-121</t>
+  </si>
+  <si>
+    <t>Коннектор для трехжильного дюралайта ∅13мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>124-018</t>
+  </si>
+  <si>
+    <t>Коннектор с проводом для двухжильного дюралайта, диаметр 13мм (коннектор с иголкой, заглушка) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>124-321</t>
   </si>
   <si>
     <t>L - коннектор для трехжильного дюралайта ∅13мм (цена за 1 шт.)</t>
   </si>
   <si>
-    <t>124-121</t>
-[...2 lines deleted...]
-    <t>Коннектор для трехжильного дюралайта ∅13мм (цена за 1 шт.)</t>
+    <t>124-021</t>
+  </si>
+  <si>
+    <t>Установочный набор для дюралайта 3W диаметр 13мм (блок питания ПВХ с диодным мостом и вилкой, заглушка, игла, термоусадка) до 100м</t>
+  </si>
+  <si>
+    <t>124-221</t>
+  </si>
+  <si>
+    <t>T - коннектор для трехжильного дюралайта ∅13мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>104-201</t>
+  </si>
+  <si>
+    <t>Заглушка для дюралайта ∅13 мм (цена за 1 шт.)</t>
   </si>
   <si>
     <t>123-032</t>
   </si>
   <si>
     <t>Контроллер для трехжильного светодиодного дюралайта ∅13 мм, до 50 м</t>
   </si>
   <si>
-    <t>124-011</t>
-[...38 lines deleted...]
-    <t>Коннектор с проводом для двухжильного дюралайта, диаметр 13мм (коннектор с иголкой, заглушка) NEON-NIGHT</t>
+    <t>104-312</t>
+  </si>
+  <si>
+    <t>Клипсы крокодил ∅13 мм (100 шт. в упаковке)</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>124-113</t>
+  </si>
+  <si>
+    <t>Коннектор для двухжильного дюралайта ∅10мм (цена за 1 шт.)</t>
   </si>
   <si>
     <t>124-111</t>
   </si>
   <si>
     <t>Коннектор для двухжильного дюралайта ∅13мм (цена за 1 шт.)</t>
   </si>
   <si>
-    <t>123-013</t>
-[...4 lines deleted...]
-  <si>
     <t>104-200</t>
   </si>
   <si>
     <t>Заглушка для дюралайта ∅10 мм (цена за 1 шт.)</t>
-  </si>
-[...253 lines deleted...]
-    <t>Дюралайт LED двухжильный 230В 13мм 30 LED/м ТЕПЛЫЙ БЕЛЫЙ постоянное свечение модуль 1м бухта 100м NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -822,56 +810,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-dyuralayta-2w-empty-10mm-konnektor-s-igolkoy-vipryamitel-zaglushka-do-100m-14498" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-dvuhjilnogo-dyuralayta-empty-13mm-tsena-za-1-sht-17145" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-trehjilnogo-dyuralayta-empty-13mm-tsena-za-1-sht-17142" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-trehjilnogo-dyuralayta-empty-13mm-tsena-za-1-sht-1426" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-trehjilnogo-svetodiodnogo-dyuralayta-empty-13-mm-do-50-m-1421" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-dyuralayta-2w-empty-13mm-konnektor-s-igolkoy-vipryamitel-zaglushka-do-100m-377" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-dyuralayta-3w-empty-13mm-konnektor-s-igolkoy-vipryamitel-zaglushka-do-100m-305" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-empty-13-mm-tsena-za-1-sht-4456" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prozrachniy-p-obrazniy-korob-1m-plastik-tsena-za-1-sht-2605" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-trehjilnogo-svetodiodnogo-dyuralayta-empty-13-mm-do-100-m-1422" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-trehjilnogo-dyuralayta-empty-13mm-tsena-za-1-sht-1427" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-dvuhjilnogo-dyuralayta-diametr-13mm-konnektor-s-igolkoy-zaglushka-neon-night-30027" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhjilnogo-dyuralayta-empty-13mm-tsena-za-1-sht-313" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-dvuhjilnogo-svetodiodnogo-dyuralayta-empty-13-mm-do-100-m-1420" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-empty-10-mm-tsena-za-1-sht-2597" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-12h12-mm-tsena-za-1-sht-14298" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhjilnogo-dyuralayta-empty-10mm-tsena-za-1-sht-17838" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsi-krokodil-empty-13-mm-100-sht-v-upakovke-2603" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-multi-rygb-36-led-m-buhta-100m-1408" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-beliy-ekonom-24-led-m-buhta-100m-14053" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-siniy-24-led-m-buhta-100m-14050" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-multi-rygb-24-led-m-buhta-100m-14048" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-jeltiy-36-led-m-buhta-100m-363" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-multi-rygb-30-led-m-buhta-100m-6495" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-tepliy-beliy-24-led-m-buhta-100m-14056" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-krasniy-36-led-m-buhta-100m-362" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-beliy-36-led-m-buhta-100m-361" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-siniy-buhta-100m-364" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-svechenie-s-dinamikoy-3w-zeleniy-36-led-m-buhta-100m-365" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-effekt-mertsaniya-2w-beliy-ekonom-24-led-m-buhta-100m-14054" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-effekt-mertsaniya-2w-tepliy-beliy-36-led-m-buhta-100m-18996" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-effekt-mertsaniya-2w-beliy-36-led-m-buhta-100m-2616" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-effekt-mertsaniya-2w-siniy-36-led-m-buhta-100m-2614" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-siniy-ekonom-24-led-m-buhta-100m-12155" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-36-led-m-buhta-100-m-neon-night-27938" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-36-led-m-buhta-100-m-1-27941" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-ekonom-24-led-m-buhta-100m-12154" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-siniy-36-led-m-buhta-100m-358" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-36-led-m-buhta-100-m-27939" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-ekonom-24-led-m-buhta-100m-12153" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-zeleniy-ekonom-24-led-m-buhta-100m-14051" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-36-led-m-buhta-100-m-neon-night-1-27940" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhjilniy-24v-13mm-36-led-m-tepliy-beliy-postoyannoe-svechenie-modul-0-5m-buhta-100m-neon-night-31543" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-36-led-m-buhta-100m-neon-night-360" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-siniy-24-led-m-oslash-10mm-buhta-100m-14494" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-24-led-m-oslash-10mm-buhta-100m-14495" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-24-led-m-oslash-10mm-buhta-100m-14496" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-beliy-30-led-m-buhta-100m-3798" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-36-led-m-buhta-100m-3493" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-siniy-30-led-m-buhta-100m-3706" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-krasniy-30-led-m-buhta-100m-3705" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-zeleniy-36-led-m-buhta-100m-neon-night-359" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-krasniy-36-led-m-buhta-100m-neon-night-357" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-jeltiy-36-led-m-buhta-100m-neon-night-348" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-postoyannoe-svechenie-2w-tepliy-beliy-30-led-m-buhta-100m-6494" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-24v-13mm-36-ledm-belyy-postoyannoe-svechenie-modul-0-5m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-ledm-zheltyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-ledm-belyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-ledm-teplyy-belyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-24-ledm-siniy-postoyannoe-svechenie-modul-2m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-10mm-24-ledm-teplyy-belyy-postoyannoe-svechenie-modul-2m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-24-ledm-zelenyy-postoyannoe-svechenie-modul-2m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-10mm-24-ledm-siniy-postoyannoe-svechenie-modul-2m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-10mm-24-ledm-belyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-24-ledm-teplyy-belyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-30-ledm-krasnyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-ledm-zelenyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-ledm-siniy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-24-ledm-belyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-ledm-krasnyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-24v-13mm-36-ledm-teplyy-belyy-postoyannoe-svechenie-modul-0-5m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-30-ledm-teplyy-belyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-ledm-teplyy-belyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-night-2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-ledm-belyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-night-2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-30-ledm-belyy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-30-ledm-siniy-postoyannoe-svechenie-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-24-ledm-siniy-svechenie-s-dinamikoy-modul-4m-buhta-100m-neon-night-ekonom" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-24-ledm-belyy-svechenie-s-dinamikoy-modul-2m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-24-ledm-teplyy-belyy-svechenie-s-dinamikoy-modul-4m-buhta-100m-neon-night-ekonom" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-36-ledm-zheltyy-svechenie-s-dinamikoy-modul-4m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-36-ledm-krasnyy-svechenie-s-dinamikoy-modul-4m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-36ledm-siniy-svechenie-s-dinamikoy-modul-4m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-36-ledm-belyy-svechenie-s-dinamikoy-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-24-ledm-multi-rygb-svechenie-s-dinamikoy-modul-4m-buhta-100m-neon-night-ekonom" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-30-ledm-multi-rygb-svechenie-s-dinamikoy-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-trehzhilnyy-230v-13mm-36-ledm-multi-rygb-svechenie-s-dinamikoy-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-24-ledm-belyy-effekt-mertsaniya-modul-2m-buhta-100m-neon-night-ekonom" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-ledm-siniy-effekt-mertsaniya-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-ledm-belyy-effekt-mertsaniya-modul-1m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyuralayt-led-dvuhzhilnyy-230v-13mm-36-ledm-teplyy-belyy-effekt-mertsaniya-modul-2m-buhta-100m-neon-night" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-plastikovyy-dlya-dyuralayta-kruglogo-gibkogo-neona-16mm-1-m-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-trehzhilnogo-svetodiodnogo-dyuralayta-13-mm-do-100-m" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-dvuhzhilnogo-svetodiodnogo-dyuralayta-13-mm-do-100-m" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-diametr-13-mm-gibkogo-neona-12h12mm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-dyuralayta-2w-diametr-10mm-blok-pitaniya-pvh-s-diodnym-mostom-i-vilkoy-zaglushka-igla-termousadka-do-100m" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-dvuhzhilnogo-dyuralayta-13mm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-dyuralayta-2w-diametr-13mm-blok-pitaniya-pvh-s-diodnym-mostom-i-vilkoy-zaglushka-igla-termousadka-do-100m" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-trehzhilnogo-dyuralayta-13mm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-dvuhzhilnogo-dyuralayta-diametr-13mm-konnektor-s-igolkoy-zaglushka-neon-night" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-trehzhilnogo-dyuralayta-13mm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-dyuralayta-3w-diametr-13mm-blok-pitaniya-pvh-s-diodnym-mostom-i-vilkoy-zaglushka-igla-termousadka-do-100m" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-trehzhilnogo-dyuralayta-13mm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-13-mm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-trehzhilnogo-svetodiodnogo-dyuralayta-13-mm-do-50-m" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsy-krokodil-13-mm-100-sht-v-upakovke" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhzhilnogo-dyuralayta-10mm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhzhilnogo-dyuralayta-13mm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-10-mm-tsena-za-1-sht" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I61"/>
+  <dimension ref="A1:I59"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -903,1740 +891,1680 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>742.19</v>
+        <v>498.33</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>328</v>
+        <v>1900</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>222.44</v>
+        <v>416.97</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>222.44</v>
+        <v>369.79</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>660</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>183.41</v>
+        <v>369.79</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>640</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>1219.17</v>
+        <v>326.28</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>742.19</v>
+        <v>293.66</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>3091</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>742.19</v>
+        <v>326.28</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>842</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>11.77</v>
+        <v>293.66</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>3480</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H11" s="3">
-        <v>3000</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>134.75</v>
+        <v>293.66</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>1578.5</v>
+        <v>326.28</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>644</v>
+        <v>100</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H13" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>352.98</v>
+        <v>369.79</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>125</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H14" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>394.9</v>
+        <v>416.97</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>159.56</v>
+        <v>416.97</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>1518.61</v>
+        <v>326.28</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>7.72</v>
+        <v>416.97</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>7450</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H18" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>31.15</v>
+        <v>498.33</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>20</v>
+        <v>4000</v>
       </c>
       <c r="G19" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>166.75</v>
+        <v>323.03</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>124</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H20" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>1176.39</v>
+        <v>416.97</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="3">
+        <v>200</v>
+      </c>
+      <c r="G21" s="3">
+        <v>100</v>
+      </c>
+      <c r="H21" s="3">
+        <v>100</v>
+      </c>
+      <c r="I21" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="F21" s="3">
-[...13 lines deleted...]
-      <c r="A22" s="2" t="s">
+      <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B22" s="2"/>
-[...6 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="C22" s="3">
+        <v>416.97</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="3">
+        <v>4500</v>
+      </c>
+      <c r="G22" s="3">
+        <v>100</v>
+      </c>
+      <c r="H22" s="3">
+        <v>100</v>
+      </c>
+      <c r="I22" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>506</v>
+        <v>323.03</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>100</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B24" s="3" t="s">
+      <c r="C24" s="3">
+        <v>369.79</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" s="3">
+        <v>0</v>
+      </c>
+      <c r="G24" s="3">
+        <v>100</v>
+      </c>
+      <c r="H24" s="3">
+        <v>100</v>
+      </c>
+      <c r="I24" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="C24" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>406.39</v>
+        <v>413.3</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>900</v>
+        <v>200</v>
       </c>
       <c r="G26" s="3">
         <v>100</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>455.4</v>
+        <v>413.3</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>100</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>438</v>
+        <v>413.3</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G28" s="3">
         <v>100</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>406.39</v>
+        <v>416.83</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>100</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>506</v>
+        <v>514.6</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>100</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>506</v>
+        <v>514.6</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>100</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>506</v>
+        <v>514.6</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G32" s="3">
         <v>100</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C33" s="3">
+        <v>413.3</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="3">
+        <v>600</v>
+      </c>
+      <c r="G33" s="3">
+        <v>100</v>
+      </c>
+      <c r="H33" s="3">
+        <v>100</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B33" s="3" t="s">
+      <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="C33" s="3">
-[...32 lines deleted...]
-      <c r="I34" s="2"/>
+      <c r="C34" s="3">
+        <v>445.45</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" s="3">
+        <v>0</v>
+      </c>
+      <c r="G34" s="3">
+        <v>100</v>
+      </c>
+      <c r="H34" s="3">
+        <v>100</v>
+      </c>
+      <c r="I34" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B35" s="3" t="s">
+      <c r="C35" s="3">
+        <v>514.6</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F35" s="3">
+        <v>700</v>
+      </c>
+      <c r="G35" s="3">
+        <v>100</v>
+      </c>
+      <c r="H35" s="3">
+        <v>100</v>
+      </c>
+      <c r="I35" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="C35" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>518.59</v>
+        <v>391.55</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="F37" s="3">
         <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>100</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C38" s="3">
+        <v>527.41</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F38" s="3">
+        <v>0</v>
+      </c>
+      <c r="G38" s="3">
+        <v>100</v>
+      </c>
+      <c r="H38" s="3">
+        <v>100</v>
+      </c>
+      <c r="I38" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B38" s="3" t="s">
+      <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="C38" s="3">
-[...32 lines deleted...]
-      <c r="I39" s="2"/>
+      <c r="C39" s="3">
+        <v>527.41</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F39" s="3">
+        <v>0</v>
+      </c>
+      <c r="G39" s="3">
+        <v>100</v>
+      </c>
+      <c r="H39" s="3">
+        <v>100</v>
+      </c>
+      <c r="I39" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B40" s="3" t="s">
+      <c r="C40" s="3">
+        <v>527.41</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" s="3">
+        <v>0</v>
+      </c>
+      <c r="G40" s="3">
+        <v>100</v>
+      </c>
+      <c r="H40" s="3">
+        <v>100</v>
+      </c>
+      <c r="I40" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="C40" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B41" s="2"/>
+      <c r="C41" s="2"/>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2"/>
+      <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C42" s="3">
+        <v>137.04</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F42" s="3">
         <v>0</v>
       </c>
       <c r="G42" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H42" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>320.83</v>
+        <v>1605.33</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F43" s="3">
-        <v>100</v>
+        <v>466</v>
       </c>
       <c r="G43" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>410</v>
+        <v>1544.43</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>363.61</v>
+        <v>31.68</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>520</v>
       </c>
       <c r="G45" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>320.83</v>
+        <v>754.81</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>165</v>
       </c>
       <c r="G46" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>320.83</v>
+        <v>226.22</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F47" s="3">
-        <v>600</v>
+        <v>50</v>
       </c>
       <c r="G47" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H47" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>490</v>
+        <v>754.81</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>2098</v>
       </c>
       <c r="G48" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>490</v>
+        <v>186.53</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>501</v>
       </c>
       <c r="G49" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>410</v>
+        <v>401.61</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F50" s="3">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>100</v>
       </c>
       <c r="I50" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>288.75</v>
+        <v>226.22</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>660</v>
       </c>
       <c r="G51" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="H51" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>288.75</v>
+        <v>754.81</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F52" s="3">
-        <v>800</v>
+        <v>401</v>
       </c>
       <c r="G52" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>288.75</v>
+        <v>358.98</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F53" s="3">
-        <v>0</v>
+        <v>123</v>
       </c>
       <c r="G53" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>352.92</v>
+        <v>11.97</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>2750</v>
       </c>
       <c r="G54" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H54" s="3">
-        <v>100</v>
+        <v>3000</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>410</v>
+        <v>1239.9</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F55" s="3">
-        <v>18300</v>
+        <v>14</v>
       </c>
       <c r="G55" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B56" s="3" t="s">
+      <c r="C56" s="3">
+        <v>1196.39</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="C56" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G56" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>100</v>
       </c>
       <c r="I56" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>363.61</v>
+        <v>169.58</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G57" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C58" s="3">
-        <v>410</v>
+        <v>162.27</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F58" s="3">
-        <v>400</v>
+        <v>8</v>
       </c>
       <c r="G58" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C59" s="3">
-        <v>410</v>
+        <v>7.07</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>7210</v>
       </c>
       <c r="G59" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H59" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I59" s="3">
-        <v>1</v>
-[...56 lines deleted...]
-      <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A22:I22"/>
-[...1 lines deleted...]
-    <mergeCell ref="A39:I39"/>
+    <mergeCell ref="A25:I25"/>
+    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="A41:I41"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
-    <hyperlink ref="D23" r:id="rId19"/>
-[...1 lines deleted...]
-    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D22" r:id="rId19"/>
+    <hyperlink ref="D23" r:id="rId20"/>
+    <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
-    <hyperlink ref="D35" r:id="rId30"/>
-    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D34" r:id="rId30"/>
+    <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
-    <hyperlink ref="D40" r:id="rId34"/>
-    <hyperlink ref="D41" r:id="rId35"/>
+    <hyperlink ref="D39" r:id="rId34"/>
+    <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D42" r:id="rId36"/>
     <hyperlink ref="D43" r:id="rId37"/>
     <hyperlink ref="D44" r:id="rId38"/>
     <hyperlink ref="D45" r:id="rId39"/>
     <hyperlink ref="D46" r:id="rId40"/>
     <hyperlink ref="D47" r:id="rId41"/>
     <hyperlink ref="D48" r:id="rId42"/>
     <hyperlink ref="D49" r:id="rId43"/>
     <hyperlink ref="D50" r:id="rId44"/>
     <hyperlink ref="D51" r:id="rId45"/>
     <hyperlink ref="D52" r:id="rId46"/>
     <hyperlink ref="D53" r:id="rId47"/>
     <hyperlink ref="D54" r:id="rId48"/>
     <hyperlink ref="D55" r:id="rId49"/>
     <hyperlink ref="D56" r:id="rId50"/>
     <hyperlink ref="D57" r:id="rId51"/>
     <hyperlink ref="D58" r:id="rId52"/>
     <hyperlink ref="D59" r:id="rId53"/>
-    <hyperlink ref="D60" r:id="rId54"/>
-    <hyperlink ref="D61" r:id="rId55"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>