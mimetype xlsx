--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -42,153 +42,153 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 ECO Line 10 Вт/м (в трубу)</t>
   </si>
   <si>
+    <t>51-0603-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 6м/60Вт PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>51-0604-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 8м/80Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0607-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 20м/200Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0601-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 2м/20Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0602-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 4м/40Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0605-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 10м/100Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0606-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 15м/150Вт PROconnect</t>
+  </si>
+  <si>
     <t>51-0608-4</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 25м/250Вт PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...44 lines deleted...]
-    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 20м/200Вт PROconnect</t>
+    <t>51-0604</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 8м/80Вт REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>51-0603</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 6м/60Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0608</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 25м/250Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0606</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 15м/150Вт REXANT</t>
   </si>
   <si>
     <t>51-0602</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 4м/40Вт REXANT</t>
   </si>
   <si>
-    <t>комплект</t>
-[...5 lines deleted...]
-    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 8м/80Вт REXANT</t>
+    <t>51-0605</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 10м/100Вт REXANT</t>
   </si>
   <si>
     <t>51-0607</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 20м/200Вт REXANT</t>
   </si>
   <si>
-    <t>51-0608</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0601</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 2м/20Вт REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 15м/150Вт REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -573,51 +573,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-25m.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-8m-.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-10m.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-15m.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-4m-.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-6m-.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-2m-.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-20m.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-4m-40.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-8m-80.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-20m-2.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-25m-2.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-2m-20.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-10m-1.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-6m-60.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-15m-1.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-6m-60vt-proconnect-30187" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-8m-80vt-proconnect-30188" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-20m-200vt-proconnect-30191" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-2m-20vt-proconnect-30185" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-4m-40vt-proconnect-30186" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-10m-100vt-proconnect-30189" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-15m-150vt-proconnect-30190" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-25m-250vt-proconnect-30192" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-8m-80vt-rexant-10698" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-6m-60vt-rexant-10699" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-25m-250vt-rexant-10695" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-15m-150vt-rexant-10692" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-4m-40vt-rexant-10697" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-10m-100vt-rexant-10700" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-20m-200vt-rexant-10696" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-2m-20vt-rexant-10691" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I18"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -641,504 +641,504 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>9000</v>
+        <v>2945</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>283</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
         <v>3230</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>168</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>12</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>3990</v>
+        <v>7125</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>149</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>5681</v>
+        <v>1862</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>337</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
         <v>2280</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>146</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>2945</v>
+        <v>3990</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1862</v>
+        <v>5681</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>7125</v>
+        <v>9000</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>3060</v>
+        <v>4330</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>1992</v>
+        <v>475</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>16</v>
       </c>
       <c r="I11" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>4330</v>
+        <v>3750</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>685</v>
+        <v>971</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>16</v>
       </c>
       <c r="I12" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>9040</v>
+        <v>10580</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>356</v>
+        <v>203</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>16</v>
       </c>
       <c r="I13" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>10580</v>
+        <v>7148.5</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="3">
-        <v>239</v>
+        <v>451</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>16</v>
       </c>
       <c r="I14" s="3">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>2400</v>
+        <v>3060</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F15" s="3">
-        <v>1265</v>
+        <v>1519</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>16</v>
       </c>
       <c r="I15" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
         <v>5312.5</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F16" s="3">
-        <v>1395</v>
+        <v>1195</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>16</v>
       </c>
       <c r="I16" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>3750</v>
+        <v>9040</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F17" s="3">
-        <v>1260</v>
+        <v>283</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>16</v>
       </c>
       <c r="I17" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>7148.5</v>
+        <v>2400</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F18" s="3">
-        <v>560</v>
+        <v>934</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>16</v>
       </c>
       <c r="I18" s="3">
-        <v>15</v>
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>