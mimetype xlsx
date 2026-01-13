--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,153 +42,153 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 ECO Line 10 Вт/м (в трубу)</t>
   </si>
   <si>
+    <t>51-0602-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 4м/40Вт PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>51-0608-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 25м/250Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0601-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 2м/20Вт PROconnect</t>
+  </si>
+  <si>
     <t>51-0603-4</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 6м/60Вт PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0604-4</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 8м/80Вт PROconnect</t>
   </si>
   <si>
+    <t>51-0605-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 10м/100Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0606-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 15м/150Вт PROconnect</t>
+  </si>
+  <si>
     <t>51-0607-4</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 20м/200Вт PROconnect</t>
   </si>
   <si>
-    <t>51-0601-4</t>
-[...26 lines deleted...]
-    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 25м/250Вт PROconnect</t>
+    <t>51-0606</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 15м/150Вт REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>51-0601</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 2м/20Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0602</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 4м/40Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0603</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 6м/60Вт REXANT</t>
   </si>
   <si>
     <t>51-0604</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 8м/80Вт REXANT</t>
   </si>
   <si>
-    <t>комплект</t>
-[...5 lines deleted...]
-    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 6м/60Вт REXANT</t>
+    <t>51-0605</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 10м/100Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0607</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 20м/200Вт REXANT</t>
   </si>
   <si>
     <t>51-0608</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 25м/250Вт REXANT</t>
-  </si>
-[...28 lines deleted...]
-    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 2м/20Вт REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -573,51 +573,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-6m-60vt-proconnect-30187" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-8m-80vt-proconnect-30188" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-20m-200vt-proconnect-30191" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-2m-20vt-proconnect-30185" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-4m-40vt-proconnect-30186" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-10m-100vt-proconnect-30189" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-15m-150vt-proconnect-30190" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10-kkns-2lpp-el-65-85-v-trubu-25m-250vt-proconnect-30192" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-8m-80vt-rexant-10698" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-6m-60vt-rexant-10699" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-25m-250vt-rexant-10695" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-15m-150vt-rexant-10692" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-4m-40vt-rexant-10697" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-10m-100vt-rexant-10700" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-20m-200vt-rexant-10696" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-10htm2-ct-v-trubu-2m-20vt-rexant-10691" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-4m" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-25m" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-2m" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-6m" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-8m" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-10m" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-15m" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-20m" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-15m-1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-2m-20" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-4m-40" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-6m-60" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-8m-80" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-10m-1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-20m-2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-25m-2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I18"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -641,504 +641,504 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>2945</v>
+        <v>2318.76</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>283</v>
+        <v>45</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>3230</v>
+        <v>9153</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>168</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>7125</v>
+        <v>1893.65</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>149</v>
+        <v>303</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1862</v>
+        <v>2995.07</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>337</v>
+        <v>200</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>2280</v>
+        <v>3284.91</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>3990</v>
+        <v>4057.83</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>1</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>5681</v>
+        <v>5777.58</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>1</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>9000</v>
+        <v>7246.12</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>124</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>4330</v>
+        <v>7270.02</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>475</v>
+        <v>428</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>16</v>
       </c>
       <c r="I11" s="3">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>3750</v>
+        <v>2440.8</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>971</v>
+        <v>799</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>16</v>
       </c>
       <c r="I12" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>10580</v>
+        <v>3112.02</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>203</v>
+        <v>1306</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>16</v>
       </c>
       <c r="I13" s="3">
-        <v>25</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>7148.5</v>
+        <v>3813.75</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="3">
-        <v>451</v>
+        <v>819</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>16</v>
       </c>
       <c r="I14" s="3">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>3060</v>
+        <v>4403.61</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F15" s="3">
-        <v>1519</v>
+        <v>394</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>16</v>
       </c>
       <c r="I15" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>5312.5</v>
+        <v>5402.81</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F16" s="3">
-        <v>1195</v>
+        <v>1105</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>16</v>
       </c>
       <c r="I16" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>9040</v>
+        <v>9193.68</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F17" s="3">
-        <v>283</v>
+        <v>238</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>16</v>
       </c>
       <c r="I17" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>2400</v>
+        <v>10759.86</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F18" s="3">
-        <v>934</v>
+        <v>164</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>16</v>
       </c>
       <c r="I18" s="3">
-        <v>2</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>