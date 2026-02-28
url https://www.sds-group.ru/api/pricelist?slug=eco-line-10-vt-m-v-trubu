--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -42,117 +42,117 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 ECO Line 10 Вт/м (в трубу)</t>
   </si>
   <si>
+    <t>51-0601-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 2м/20Вт PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>51-0602-4</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 4м/40Вт PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>51-0604-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 8м/80Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0605-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 10м/100Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0606-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 15м/150Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0607-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 20м/200Вт PROconnect</t>
+  </si>
+  <si>
+    <t>51-0603-4</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 6м/60Вт PROconnect</t>
   </si>
   <si>
     <t>51-0608-4</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 25м/250Вт PROconnect</t>
   </si>
   <si>
-    <t>51-0601-4</t>
-[...32 lines deleted...]
-    <t>Кабель греющий саморегулирующийся пищевой 10 ККНС 2ЛПп-ЭЛ 65/85, готовый комплект в трубу, 20м/200Вт PROconnect</t>
+    <t>51-0601</t>
+  </si>
+  <si>
+    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 2м/20Вт REXANT</t>
+  </si>
+  <si>
+    <t>комплект</t>
   </si>
   <si>
     <t>51-0606</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 15м/150Вт REXANT</t>
-  </si>
-[...7 lines deleted...]
-    <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 2м/20Вт REXANT</t>
   </si>
   <si>
     <t>51-0602</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 4м/40Вт REXANT</t>
   </si>
   <si>
     <t>51-0603</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 6м/60Вт REXANT</t>
   </si>
   <si>
     <t>51-0604</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 8м/80Вт REXANT</t>
   </si>
   <si>
     <t>51-0605</t>
   </si>
   <si>
     <t>Кабель греющий саморегулирующийся пищевой модель SRP 10HTM2-CT, готовый комплект в трубу, 10м/100Вт REXANT</t>
   </si>
@@ -573,51 +573,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-4m" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-25m" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-2m" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-6m" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-8m" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-10m" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-15m" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-20m" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-15m-1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-2m-20" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-4m-40" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-6m-60" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-8m-80" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-10m-1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-20m-2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-25m-2" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-2m" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-4m" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-8m" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-10m" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-15m" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-20m" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-6m" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyuschiy-samoreguliruyuschiysya-pischevoy-10-kkns-2lpp-el-65-85-gotovyy-komplekt-v-trubu-25m" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-2m20vt-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-15m150vt-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-4m40vt-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-6m60vt-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-8m80vt-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-10m100vt-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-20m200vt-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-greyushchiy-samoreguliruyushchiysya-pishchevoy-model-srp-10htm2-ct-gotovyy-komplekt-v-trubu-25m250vt-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I18"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -641,495 +641,495 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>2318.76</v>
+        <v>1893.65</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>9153</v>
+        <v>2318.76</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1893.65</v>
+        <v>3284.91</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>303</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>2995.07</v>
+        <v>4057.83</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>3284.91</v>
+        <v>5777.58</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>147</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>4057.83</v>
+        <v>7246.12</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>5777.58</v>
+        <v>2995.07</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>91</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>7246.12</v>
+        <v>9153</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>124</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>7270.02</v>
+        <v>2440.8</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>428</v>
+        <v>214</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>16</v>
       </c>
       <c r="I11" s="3">
-        <v>15</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>2440.8</v>
+        <v>7270.02</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>799</v>
+        <v>323</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>16</v>
       </c>
       <c r="I12" s="3">
-        <v>2</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
         <v>3112.02</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>1306</v>
+        <v>467</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>16</v>
       </c>
       <c r="I13" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
         <v>3813.75</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="3">
-        <v>819</v>
+        <v>256</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>16</v>
       </c>
       <c r="I14" s="3">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
         <v>4403.61</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F15" s="3">
-        <v>394</v>
+        <v>129</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>16</v>
       </c>
       <c r="I15" s="3">
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
         <v>5402.81</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F16" s="3">
-        <v>1105</v>
+        <v>896</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>16</v>
       </c>
       <c r="I16" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
         <v>9193.68</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F17" s="3">
-        <v>238</v>
+        <v>175</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>16</v>
       </c>
       <c r="I17" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
         <v>10759.86</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F18" s="3">
-        <v>164</v>
+        <v>98</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>16</v>
       </c>
       <c r="I18" s="3">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>