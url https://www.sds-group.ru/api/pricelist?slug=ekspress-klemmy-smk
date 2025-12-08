--- v0 (2025-10-14)
+++ v1 (2025-12-08)
@@ -8,397 +8,391 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="214" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="113">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Экспресс клеммы СМК</t>
   </si>
   <si>
+    <t>07-3216</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-242, 2-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-3218</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-244, 4-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5242-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-203R проходная разъемная 3 полюса 0,5-2,5мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>07-5242</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-203R проходная разъемная 3 полюса 0,5-2,5мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0209-B5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-308, 8-проводная до 2,5 мм² серая, (блистер 5шт.)  REXANT</t>
+  </si>
+  <si>
+    <t>07-3215</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-208, 8-проводная 0,5-2,5 мм², прозрачная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5275</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-604 с пастой, 4-проводная 0,75-4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0206-A5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-302, 2-проводная до 2,5 мм² серая, (блистер 5шт.)  REXANT</t>
+  </si>
+  <si>
+    <t>07-3211-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-202, 2-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3219</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-245, 5-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5230-6</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-248, 8-проводная 0.5-2.5 мм², прозрачная, блистер (6 шт./уп.)</t>
+  </si>
+  <si>
     <t>07-3212-5</t>
   </si>
   <si>
     <t>Экспресс-клемма REXANT СМК 2273-203, 3-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>07-3219-6</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-245, 5-проводная 0.5-2.5 мм², прозрачная, блистер (6 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5244</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-2x3R проходная разъемная 3 полюса 3х2-проводная 0,5-2,5мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0208-B5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-306, 6-проводная до 2,5 мм² серая, (блистер 5шт.)  REXANT</t>
+  </si>
+  <si>
+    <t>07-5275-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-604 с пастой, 4-проводная 0,75-4 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3280</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Экспресс-клемма, 8-проводная до 2,5 мм², прозрачная (50 шт./уп.) (773-328) REXANT </t>
+  </si>
+  <si>
+    <t>07-3218-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-244, 4-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3216-20</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-242, 2-проводная 0.5-2.5 мм², прозрачная, блистер (20 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3214</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-205, 5-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5241-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-202R проходная разъемная 2 полюса 0,5-2,5мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5276-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-606 с пастой, 6-проводная 0,75-4 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5243-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-2x2R проходная разъемная 2 полюса 2х2-проводная 0,5-2,5мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5244-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-2x3R проходная разъемная 3 полюса 3х2-проводная 0,5-2,5мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5279-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-174 с пастой, 4-проводная 0,75-6 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3213-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-204, 4-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
   </si>
   <si>
     <t>07-3216-5</t>
   </si>
   <si>
     <t>Экспресс-клемма с пастой REXANT СМК 2273-242, 2-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
   </si>
   <si>
-    <t>07-3211-5</t>
-[...2 lines deleted...]
-    <t>Экспресс-клемма REXANT СМК 2273-202, 2-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
+    <t>07-3217-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-243, 3-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3218-20</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-244, 4-проводная 0.5-2.5 мм², прозрачная, блистер (20 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3080</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-308, 8-проводная до 2,5 мм², серая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5243</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-2x2R проходная разъемная 2 полюса 2х2-проводная 0,5-2,5мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3211</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-202, 2-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3212</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-203, 3-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5230</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-248, 8-проводная 0.5-2.5 мм², прозрачная (50 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3209</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-206, 6-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3210</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-246, 6-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>06-0209-B10</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-308, 8-проводная до 2,5 мм² серая, (блистер 10шт) REXANT</t>
+  </si>
+  <si>
+    <t>07-5241</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-202R проходная разъемная 2 полюса 0,5-2,5мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5274</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-602 с пастой, 2-проводная 0,75-4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5276</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-606 с пастой, 6-проводная 0,75-4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5274-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-602 с пастой, 2-проводная 0,75-4 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0207-A5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-304, 4-проводная до 2,5 мм² серая, (блистер 5шт.)  REXANT</t>
   </si>
   <si>
     <t>07-3214-5</t>
   </si>
   <si>
     <t>Экспресс-клемма REXANT СМК 2273-205, 5-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
   </si>
   <si>
-    <t>07-3218-5</t>
-[...95 lines deleted...]
-    <t>Экспресс-клемма СМК 773-602 с пастой, 2-проводная 0,75-4 мм² (50 шт/уп) REXANT</t>
+    <t>07-3215-6</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-208, 8-проводная 0.5-2.5 мм², прозрачная, блистер (6 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3213</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-204, 4-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3217</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-243, 3-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
   </si>
   <si>
     <t>07-5279</t>
   </si>
   <si>
     <t>Экспресс-клемма СМК 773-174 с пастой, 4-проводная 0,75-6 мм² (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>06-0207-A5</t>
-[...22 lines deleted...]
-  <si>
     <t>07-3020</t>
   </si>
   <si>
     <t>Экспресс-клемма с пастой СМК 773-302, 2-проводная до 2,5 мм², серая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-3080</t>
-[...100 lines deleted...]
-  <si>
     <t>07-3040</t>
   </si>
   <si>
     <t>Экспресс-клемма с пастой СМК 773-304, 4-проводная до 2,5 мм², серая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-3060</t>
   </si>
   <si>
     <t>Экспресс-клемма с пастой СМК 773-306, 6-проводная до 2,5 мм², серая (50 шт/уп) REXANT</t>
-  </si>
-[...34 lines deleted...]
-    <t>Экспресс-клемма СМК 773-174 с пастой, 4-проводная 0,75-6 мм² (блистер 5 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -783,56 +777,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-203-3-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-202-2-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-205-5-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-245-5-provodnaya-0-5-2-5-mm-prozrachnaya-blister-6-sht-up.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-243-3-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-248-8-provodnaya-0-5-2-5-mm-prozrachnaya-blister-6-sht-up.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-prozrachnaya-blister-20-sht-up.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-202-2-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-203-3-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-208-8-provodnaya-0-5-2-5-mm-prozrachnaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-245-5-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-248-8-provodnaya-0-5-2-5-mm-prozrachnaya-50-sht-up.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-206-6-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x2r-prohodnaya-razemnaya-2-polyusa-2h2-provodnaya-0-5-2-5mm-50-sht-up-rexa.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-606-s-pastoy-6-provodnaya-0-75-4-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-602-s-pastoy-2-provodnaya-0-75-4-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-174-s-pastoy-4-provodnaya-0-75-6-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-304-4-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-302-2-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-306-6-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-302-2-provodnaya-do-2-5-mm-seraya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-seraya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-203r-prohodnaya-razemnaya-3-polyusa-0-5-2-5mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-246-6-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-202-2-provodnaya-0-5-2-5-mm-prozrachnaya-blister-20-sht-up.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-243-3-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-204-4-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-208-8-provodnaya-0-5-2-5-mm-prozrachnaya-blister-6-sht-up.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-205-5-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-prozrachnaya-blister-20-sht-up.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-204-4-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-8-provodnaya-do-2-5-mm-prozrachnaya-50-sht-up-773-328-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x3r-prohodnaya-razemnaya-3-polyusa-3h2-provodnaya-0-5-2-5mm-50-sht-up-rexa.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x3r-prohodnaya-razemnaya-3-polyusa-3h2-provodnaya-0-5-2-5mm-blister-5-sht-.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x2r-prohodnaya-razemnaya-2-polyusa-2h2-provodnaya-0-5-2-5mm-blister-5-sht-.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-606-s-pastoy-6-provodnaya-0-75-4-mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-604-s-pastoy-4-provodnaya-0-75-4-mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-seraya-blister-10sht-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-304-4-provodnaya-do-2-5-mm-seraya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-306-6-provodnaya-do-2-5-mm-seraya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-202r-prohodnaya-razemnaya-2-polyusa-0-5-2-5mm-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-202r-prohodnaya-razemnaya-2-polyusa-0-5-2-5mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-604-s-pastoy-4-provodnaya-0-75-4-mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-203r-prohodnaya-razemnaya-3-polyusa-0-5-2-5mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-602-s-pastoy-2-provodnaya-0-75-4-mm-blister-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-174-s-pastoy-4-provodnaya-0-75-6-mm-blister-5-sht-up-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27649" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27651" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-203r-prohodnaya-razemnaya-3-polyusa-0-5-2-5mm-sup2-blister-5-sht-up-rexant-31706" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-203r-prohodnaya-razemnaya-3-polyusa-0-5-2-5mm-sup2-50-sht-up-rexant-30420" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-sup2-seraya-blister-5sht-rexant-18074" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-208-8-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-50-sht-up-rexant-27648" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-604-s-pastoy-4-provodnaya-0-75-4-mm-sup2-50-sht-up-rexant-30146" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-302-2-provodnaya-do-2-5-mm-sup2-seraya-blister-5sht-rexant-18087" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-202-2-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27626" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-245-5-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27652" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-248-8-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-6-sht-up-27635" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-203-3-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27627" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-245-5-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-6-sht-up-27633" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x3r-prohodnaya-razemnaya-3-polyusa-3h2-provodnaya-0-5-2-5mm-sup2-50-sht-up-rexant-30144" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-306-6-provodnaya-do-2-5-mm-sup2-seraya-blister-5sht-rexant-18102" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-604-s-pastoy-4-provodnaya-0-75-4-mm-sup2-blister-5-sht-up-rexant-31693" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-8-provodnaya-do-2-5-mm-sup2-prozrachnaya-50-sht-up-773-328-rexant-6872" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27632" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-20-sht-up-27637" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-205-5-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27647" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-202r-prohodnaya-razemnaya-2-polyusa-0-5-2-5mm-sup2-blister-5-sht-up-rexant-31705" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-606-s-pastoy-6-provodnaya-0-75-4-mm-sup2-blister-5-sht-up-rexant-31710" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x2r-prohodnaya-razemnaya-2-polyusa-2h2-provodnaya-0-5-2-5mm-sup2-blister-5-sht-up-rexant-31707" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x3r-prohodnaya-razemnaya-3-polyusa-3h2-provodnaya-0-5-2-5mm-sup2-blister-5-sht-up-rexant-31708" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-174-s-pastoy-4-provodnaya-0-75-6-mm-sup2-blister-5-sht-up-rexant-31711" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-204-4-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27628" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27630" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-243-3-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27631" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-20-sht-up-27641" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-sup2-seraya-50-sht-up-rexant-6876" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x2r-prohodnaya-razemnaya-2-polyusa-2h2-provodnaya-0-5-2-5mm-sup2-50-sht-up-rexant-30143" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-202-2-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27644" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-203-3-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27645" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-248-8-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-50-sht-up-27653" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-206-6-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-28745" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-246-6-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-28930" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-sup2-seraya-blister-10sht-rexant-18092" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-202r-prohodnaya-razemnaya-2-polyusa-0-5-2-5mm-sup2-50-sht-up-rexant-30419" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-602-s-pastoy-2-provodnaya-0-75-4-mm-sup2-50-sht-up-rexant-30145" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-606-s-pastoy-6-provodnaya-0-75-4-mm-sup2-50-sht-up-rexant-30147" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-602-s-pastoy-2-provodnaya-0-75-4-mm-sup2-blister-5-sht-up-rexant-31709" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-304-4-provodnaya-do-2-5-mm-sup2-seraya-blister-5sht-rexant-18089" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-205-5-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27629" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-208-8-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-6-sht-up-27634" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-204-4-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27646" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-243-3-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27650" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-174-s-pastoy-4-provodnaya-0-75-6-mm-sup2-50-sht-up-rexant-30148" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-302-2-provodnaya-do-2-5-mm-sup2-seraya-100-sht-up-rexant-6873" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-304-4-provodnaya-do-2-5-mm-sup2-seraya-100-sht-up-rexant-6874" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-306-6-provodnaya-do-2-5-mm-sup2-seraya-50-sht-up-rexant-6875" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I53"/>
+  <dimension ref="A1:I52"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -851,1519 +845,1490 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>76</v>
+        <v>8.16</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>32</v>
+        <v>64500</v>
       </c>
       <c r="G3" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H3" s="3">
-        <v>60</v>
+        <v>10000</v>
       </c>
       <c r="I3" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>73.55</v>
+        <v>11.09</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>187</v>
+        <v>142200</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H4" s="3">
-        <v>60</v>
+        <v>5000</v>
       </c>
       <c r="I4" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>44.23</v>
+        <v>559.06</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>101</v>
+        <v>50</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>63.27</v>
+        <v>120.53</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>858</v>
+        <v>4700</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H6" s="3">
-        <v>60</v>
+        <v>2500</v>
       </c>
       <c r="I6" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>95.76</v>
+        <v>105.98</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>56</v>
+        <v>152</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I7" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>99.83</v>
+        <v>17.98</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>44950</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H8" s="3">
-        <v>60</v>
+        <v>2500</v>
       </c>
       <c r="I8" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>74.87</v>
+        <v>20.71</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>266</v>
+        <v>13000</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H9" s="3">
-        <v>60</v>
+        <v>2500</v>
       </c>
       <c r="I9" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>184.39</v>
+        <v>176.58</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>64</v>
+        <v>1</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>304.92</v>
+        <v>46.44</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F11" s="3">
-        <v>1</v>
+        <v>33</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>60</v>
       </c>
       <c r="I11" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>5.9</v>
+        <v>12.32</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>200000</v>
+        <v>45500</v>
       </c>
       <c r="G12" s="3">
         <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>8.51</v>
+        <v>184.39</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F13" s="3">
-        <v>56000</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>6000</v>
+        <v>60</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>17.98</v>
+        <v>76</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F14" s="3">
-        <v>48600</v>
+        <v>27</v>
       </c>
       <c r="G14" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>2500</v>
+        <v>60</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>7.77</v>
+        <v>104.82</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>76100</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>10000</v>
+        <v>60</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>10.56</v>
+        <v>150.46</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>171900</v>
+        <v>1700</v>
       </c>
       <c r="G16" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H16" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>11.73</v>
+        <v>237.26</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>63300</v>
+        <v>97</v>
       </c>
       <c r="G17" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>19.99</v>
+        <v>141.1</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>26500</v>
+        <v>120</v>
       </c>
       <c r="G18" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>12.38</v>
+        <v>21.25</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>25700</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H19" s="3">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>82</v>
+        <v>100.55</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>4300</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>2500</v>
+        <v>60</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>31.1</v>
+        <v>198.33</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>600</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>2500</v>
+        <v>60</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>16.08</v>
+        <v>12.58</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>4400</v>
+        <v>143500</v>
       </c>
       <c r="G22" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H22" s="3">
         <v>5000</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>34.17</v>
+        <v>494.07</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F23" s="3">
-        <v>7800</v>
+        <v>49</v>
       </c>
       <c r="G23" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>220.91</v>
+        <v>205.93</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F24" s="3">
-        <v>255</v>
+        <v>121</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>10</v>
       </c>
       <c r="I24" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>105.98</v>
+        <v>443.41</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F25" s="3">
-        <v>164</v>
+        <v>48</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>10</v>
       </c>
       <c r="I25" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>176.58</v>
+        <v>658.59</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F26" s="3">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>10</v>
       </c>
       <c r="I26" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>237.26</v>
+        <v>295.12</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F27" s="3">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>10</v>
       </c>
       <c r="I27" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>7.92</v>
+        <v>72.08</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F28" s="3">
-        <v>34400</v>
+        <v>10</v>
       </c>
       <c r="G28" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>5000</v>
+        <v>60</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>16.99</v>
+        <v>73.55</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F29" s="3">
-        <v>7300</v>
+        <v>58</v>
       </c>
       <c r="G29" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>3000</v>
+        <v>60</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>120.53</v>
+        <v>78.61</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F30" s="3">
-        <v>5700</v>
+        <v>173</v>
       </c>
       <c r="G30" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>2500</v>
+        <v>60</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>16.08</v>
+        <v>304.92</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F31" s="3">
-        <v>13900</v>
+        <v>1</v>
       </c>
       <c r="G31" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>10000</v>
+        <v>60</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>190.33</v>
+        <v>16.99</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>5</v>
+        <v>6800</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H32" s="3">
-        <v>60</v>
+        <v>3000</v>
       </c>
       <c r="I32" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>10.33</v>
+        <v>82</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>48600</v>
+        <v>3550</v>
       </c>
       <c r="G33" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H33" s="3">
-        <v>10000</v>
+        <v>2500</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>68.65</v>
+        <v>6.2</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>66</v>
+        <v>181200</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H34" s="3">
-        <v>60</v>
+        <v>10000</v>
       </c>
       <c r="I34" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>115.62</v>
+        <v>8.94</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>41</v>
+        <v>3700</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H35" s="3">
-        <v>60</v>
+        <v>6000</v>
       </c>
       <c r="I35" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>12.58</v>
+        <v>20.99</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>208400</v>
+        <v>22200</v>
       </c>
       <c r="G36" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H36" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>198.33</v>
+        <v>12.38</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>26</v>
+        <v>23800</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H37" s="3">
-        <v>60</v>
+        <v>3000</v>
       </c>
       <c r="I37" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>10.86</v>
+        <v>16.88</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>153400</v>
+        <v>12300</v>
       </c>
       <c r="G38" s="3">
         <v>100</v>
       </c>
       <c r="H38" s="3">
-        <v>6000</v>
+        <v>10000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>23.61</v>
+        <v>270.67</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>141</v>
       </c>
       <c r="G39" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>150.46</v>
+        <v>55.21</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>2200</v>
+        <v>5850</v>
       </c>
       <c r="G40" s="3">
         <v>50</v>
       </c>
       <c r="H40" s="3">
         <v>2500</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>658.59</v>
+        <v>16.08</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>33</v>
+        <v>8850</v>
       </c>
       <c r="G41" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H41" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>443.41</v>
+        <v>31.1</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>350</v>
       </c>
       <c r="G42" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H42" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>205.93</v>
+        <v>119.18</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F43" s="3">
-        <v>121</v>
+        <v>86</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>10</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C44" s="3">
-        <v>20.71</v>
+        <v>220.91</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F44" s="3">
-        <v>14850</v>
+        <v>147</v>
       </c>
       <c r="G44" s="3">
+        <v>1</v>
+      </c>
+      <c r="H44" s="3">
+        <v>10</v>
+      </c>
+      <c r="I44" s="3">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>300.74</v>
+        <v>63.27</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F45" s="3">
-        <v>140</v>
+        <v>775</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I45" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>9.31</v>
+        <v>121.4</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F46" s="3">
-        <v>63100</v>
+        <v>28</v>
       </c>
       <c r="G46" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>5000</v>
+        <v>60</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C47" s="3">
-        <v>14.15</v>
+        <v>11.4</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>24000</v>
+        <v>38900</v>
       </c>
       <c r="G47" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H47" s="3">
-        <v>3000</v>
+        <v>6000</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="3">
-        <v>55.21</v>
+        <v>10.85</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>6650</v>
+        <v>49900</v>
       </c>
       <c r="G48" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H48" s="3">
-        <v>2500</v>
+        <v>10000</v>
       </c>
       <c r="I48" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C49" s="3">
-        <v>494.07</v>
+        <v>37.59</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>3</v>
+        <v>7100</v>
       </c>
       <c r="G49" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H49" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C50" s="3">
-        <v>141.1</v>
+        <v>7.92</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>124</v>
+        <v>26900</v>
       </c>
       <c r="G50" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H50" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C51" s="3">
-        <v>559.06</v>
+        <v>9.78</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>2</v>
+        <v>27400</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H51" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I51" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C52" s="3">
-        <v>119.18</v>
+        <v>14.15</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>94</v>
+        <v>21550</v>
       </c>
       <c r="G52" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H52" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I52" s="3">
-        <v>0</v>
-[...28 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
@@ -2377,51 +2342,50 @@
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
     <hyperlink ref="D34" r:id="rId32"/>
     <hyperlink ref="D35" r:id="rId33"/>
     <hyperlink ref="D36" r:id="rId34"/>
     <hyperlink ref="D37" r:id="rId35"/>
     <hyperlink ref="D38" r:id="rId36"/>
     <hyperlink ref="D39" r:id="rId37"/>
     <hyperlink ref="D40" r:id="rId38"/>
     <hyperlink ref="D41" r:id="rId39"/>
     <hyperlink ref="D42" r:id="rId40"/>
     <hyperlink ref="D43" r:id="rId41"/>
     <hyperlink ref="D44" r:id="rId42"/>
     <hyperlink ref="D45" r:id="rId43"/>
     <hyperlink ref="D46" r:id="rId44"/>
     <hyperlink ref="D47" r:id="rId45"/>
     <hyperlink ref="D48" r:id="rId46"/>
     <hyperlink ref="D49" r:id="rId47"/>
     <hyperlink ref="D50" r:id="rId48"/>
     <hyperlink ref="D51" r:id="rId49"/>
     <hyperlink ref="D52" r:id="rId50"/>
-    <hyperlink ref="D53" r:id="rId51"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>