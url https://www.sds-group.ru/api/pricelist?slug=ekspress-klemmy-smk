--- v1 (2025-12-08)
+++ v2 (2026-02-27)
@@ -8,391 +8,367 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="105">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Экспресс клеммы СМК</t>
   </si>
   <si>
+    <t>07-3212</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-203, 3-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-3217</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-243, 3-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3209</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-206, 6-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3210</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-246, 6-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>06-0208-B5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-306, 6-проводная до 2,5 мм² серая, (блистер 5шт.)  REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>07-3218</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-244, 4-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3080</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-308, 8-проводная до 2,5 мм², серая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5242</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-203R проходная разъемная 3 полюса 0,5-2,5мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0207-A5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-304, 4-проводная до 2,5 мм² серая, (блистер 5шт.)  REXANT</t>
+  </si>
+  <si>
+    <t>07-3216-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-242, 2-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3217-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-243, 3-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3215</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-208, 8-проводная 0,5-2,5 мм², прозрачная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5241</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-202R проходная разъемная 2 полюса 0,5-2,5мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3211-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-202, 2-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3213-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-204, 4-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3214-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-205, 5-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3219-6</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-245, 5-проводная 0.5-2.5 мм², прозрачная, блистер (6 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3215-6</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-208, 8-проводная 0.5-2.5 мм², прозрачная, блистер (6 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5230-6</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-248, 8-проводная 0.5-2.5 мм², прозрачная, блистер (6 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3218-20</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-244, 4-проводная 0.5-2.5 мм², прозрачная, блистер (20 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5242-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-203R проходная разъемная 3 полюса 0,5-2,5мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-3216</t>
   </si>
   <si>
     <t>Экспресс-клемма с пастой REXANT СМК 2273-242, 2-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...25 lines deleted...]
-  <si>
     <t>06-0209-B5</t>
   </si>
   <si>
     <t>Экспресс-клемма с пастой СМК 773-308, 8-проводная до 2,5 мм² серая, (блистер 5шт.)  REXANT</t>
   </si>
   <si>
-    <t>07-3215</t>
-[...2 lines deleted...]
-    <t>Экспресс-клемма СМК 2273-208, 8-проводная 0,5-2,5 мм², прозрачная (50 шт/уп) REXANT</t>
+    <t>06-0209-B10</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-308, 8-проводная до 2,5 мм² серая, (блистер 10шт) REXANT</t>
+  </si>
+  <si>
+    <t>07-3219</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-245, 5-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3040</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-304, 4-проводная до 2,5 мм², серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3060</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-306, 6-проводная до 2,5 мм², серая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5230</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-248, 8-проводная 0.5-2.5 мм², прозрачная (50 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5276</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-606 с пастой, 6-проводная 0,75-4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5241-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-202R проходная разъемная 2 полюса 0,5-2,5мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5244-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-2x3R проходная разъемная 3 полюса 3х2-проводная 0,5-2,5мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0206-A5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-302, 2-проводная до 2,5 мм² серая, (блистер 5шт.)  REXANT</t>
+  </si>
+  <si>
+    <t>07-5279</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-174 с пастой, 4-проводная 0,75-6 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3020</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-302, 2-проводная до 2,5 мм², серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5243-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-2x2R проходная разъемная 2 полюса 2х2-проводная 0,5-2,5мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5274-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-602 с пастой, 2-проводная 0,75-4 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5279-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-174 с пастой, 4-проводная 0,75-6 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5275-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-604 с пастой, 4-проводная 0,75-4 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5274</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-602 с пастой, 2-проводная 0,75-4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5244</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-2x3R проходная разъемная 3 полюса 3х2-проводная 0,5-2,5мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5243</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-2x2R проходная разъемная 2 полюса 2х2-проводная 0,5-2,5мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3211</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-202, 2-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3213</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-204, 4-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5276-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-606 с пастой, 6-проводная 0,75-4 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3214</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-205, 5-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
   </si>
   <si>
     <t>07-5275</t>
   </si>
   <si>
     <t>Экспресс-клемма СМК 773-604 с пастой, 4-проводная 0,75-4 мм² (50 шт/уп) REXANT</t>
-  </si>
-[...256 lines deleted...]
-    <t>Экспресс-клемма с пастой СМК 773-306, 6-проводная до 2,5 мм², серая (50 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -777,56 +753,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27649" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27651" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-203r-prohodnaya-razemnaya-3-polyusa-0-5-2-5mm-sup2-blister-5-sht-up-rexant-31706" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-203r-prohodnaya-razemnaya-3-polyusa-0-5-2-5mm-sup2-50-sht-up-rexant-30420" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-sup2-seraya-blister-5sht-rexant-18074" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-208-8-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-50-sht-up-rexant-27648" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-604-s-pastoy-4-provodnaya-0-75-4-mm-sup2-50-sht-up-rexant-30146" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-302-2-provodnaya-do-2-5-mm-sup2-seraya-blister-5sht-rexant-18087" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-202-2-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27626" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-245-5-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27652" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-248-8-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-6-sht-up-27635" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-203-3-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27627" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-245-5-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-6-sht-up-27633" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x3r-prohodnaya-razemnaya-3-polyusa-3h2-provodnaya-0-5-2-5mm-sup2-50-sht-up-rexant-30144" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-306-6-provodnaya-do-2-5-mm-sup2-seraya-blister-5sht-rexant-18102" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-604-s-pastoy-4-provodnaya-0-75-4-mm-sup2-blister-5-sht-up-rexant-31693" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-8-provodnaya-do-2-5-mm-sup2-prozrachnaya-50-sht-up-773-328-rexant-6872" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27632" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-20-sht-up-27637" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-205-5-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27647" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-202r-prohodnaya-razemnaya-2-polyusa-0-5-2-5mm-sup2-blister-5-sht-up-rexant-31705" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-606-s-pastoy-6-provodnaya-0-75-4-mm-sup2-blister-5-sht-up-rexant-31710" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x2r-prohodnaya-razemnaya-2-polyusa-2h2-provodnaya-0-5-2-5mm-sup2-blister-5-sht-up-rexant-31707" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x3r-prohodnaya-razemnaya-3-polyusa-3h2-provodnaya-0-5-2-5mm-sup2-blister-5-sht-up-rexant-31708" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-174-s-pastoy-4-provodnaya-0-75-6-mm-sup2-blister-5-sht-up-rexant-31711" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-204-4-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27628" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27630" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-243-3-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27631" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-20-sht-up-27641" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-sup2-seraya-50-sht-up-rexant-6876" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x2r-prohodnaya-razemnaya-2-polyusa-2h2-provodnaya-0-5-2-5mm-sup2-50-sht-up-rexant-30143" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-202-2-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27644" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-203-3-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27645" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-248-8-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-50-sht-up-27653" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-206-6-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-28745" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-246-6-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-28930" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-sup2-seraya-blister-10sht-rexant-18092" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-202r-prohodnaya-razemnaya-2-polyusa-0-5-2-5mm-sup2-50-sht-up-rexant-30419" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-602-s-pastoy-2-provodnaya-0-75-4-mm-sup2-50-sht-up-rexant-30145" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-606-s-pastoy-6-provodnaya-0-75-4-mm-sup2-50-sht-up-rexant-30147" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-602-s-pastoy-2-provodnaya-0-75-4-mm-sup2-blister-5-sht-up-rexant-31709" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-304-4-provodnaya-do-2-5-mm-sup2-seraya-blister-5sht-rexant-18089" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-205-5-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27629" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-208-8-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-6-sht-up-27634" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-204-4-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27646" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-243-3-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27650" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-174-s-pastoy-4-provodnaya-0-75-6-mm-sup2-50-sht-up-rexant-30148" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-302-2-provodnaya-do-2-5-mm-sup2-seraya-100-sht-up-rexant-6873" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-304-4-provodnaya-do-2-5-mm-sup2-seraya-100-sht-up-rexant-6874" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-306-6-provodnaya-do-2-5-mm-sup2-seraya-50-sht-up-rexant-6875" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-203-3-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-243-3-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-206-6-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-246-6-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-306-6-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-203r-prohodnaya-razemnaya-3-polyusa-0-5-2-5mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-304-4-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-243-3-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-208-8-provodnaya-0-5-2-5-mm-prozrachnaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-202r-prohodnaya-razemnaya-2-polyusa-0-5-2-5mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-202-2-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-204-4-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-205-5-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-245-5-provodnaya-0-5-2-5-mm-prozrachnaya-blister-6-sht-up" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-208-8-provodnaya-0-5-2-5-mm-prozrachnaya-blister-6-sht-up" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-248-8-provodnaya-0-5-2-5-mm-prozrachnaya-blister-6-sht-up" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-prozrachnaya-blister-20-sht-up" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-203r-prohodnaya-razemnaya-3-polyusa-0-5-2-5mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-seraya-blister-10sht-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-245-5-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-304-4-provodnaya-do-2-5-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-306-6-provodnaya-do-2-5-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-248-8-provodnaya-0-5-2-5-mm-prozrachnaya-50-sht-up" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-606-s-pastoy-6-provodnaya-0-75-4-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-202r-prohodnaya-razemnaya-2-polyusa-0-5-2-5mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x3r-prohodnaya-razemnaya-3-polyusa-3h2-provodnaya-0-5-2-5mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-302-2-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-174-s-pastoy-4-provodnaya-0-75-6-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-302-2-provodnaya-do-2-5-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x2r-prohodnaya-razemnaya-2-polyusa-2h2-provodnaya-0-5-2-5mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-602-s-pastoy-2-provodnaya-0-75-4-mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-174-s-pastoy-4-provodnaya-0-75-6-mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-604-s-pastoy-4-provodnaya-0-75-4-mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-602-s-pastoy-2-provodnaya-0-75-4-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x3r-prohodnaya-razemnaya-3-polyusa-3h2-provodnaya-0-5-2-5mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x2r-prohodnaya-razemnaya-2-polyusa-2h2-provodnaya-0-5-2-5mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-202-2-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-204-4-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-606-s-pastoy-6-provodnaya-0-75-4-mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-205-5-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-604-s-pastoy-4-provodnaya-0-75-4-mm-50-shtup-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I52"/>
+  <dimension ref="A1:I48"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -845,1490 +821,1374 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>8.16</v>
+        <v>10</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>64500</v>
+        <v>46700</v>
       </c>
       <c r="G3" s="3">
         <v>100</v>
       </c>
       <c r="H3" s="3">
-        <v>10000</v>
+        <v>6000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>11.09</v>
+        <v>11.81</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>142200</v>
+        <v>49500</v>
       </c>
       <c r="G4" s="3">
         <v>100</v>
       </c>
       <c r="H4" s="3">
-        <v>5000</v>
+        <v>6000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>559.06</v>
+        <v>12.59</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>50</v>
+        <v>17500</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>120.53</v>
+        <v>19.74</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>4700</v>
+        <v>6800</v>
       </c>
       <c r="G6" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>2500</v>
+        <v>10000</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="C7" s="3">
+        <v>241.29</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="C7" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>152</v>
+        <v>112</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>17.98</v>
+        <v>13.53</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>44950</v>
+        <v>111900</v>
       </c>
       <c r="G8" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>20.71</v>
+        <v>17.28</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>13000</v>
+        <v>5700</v>
       </c>
       <c r="G9" s="3">
         <v>50</v>
       </c>
       <c r="H9" s="3">
-        <v>2500</v>
+        <v>3000</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>176.58</v>
+        <v>122.58</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1</v>
+        <v>3950</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I10" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>46.44</v>
+        <v>224.67</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F11" s="3">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>12.32</v>
+        <v>83.78</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F12" s="3">
-        <v>45500</v>
+        <v>198</v>
       </c>
       <c r="G12" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>5000</v>
+        <v>60</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>184.39</v>
+        <v>91.94</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>384</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>60</v>
       </c>
       <c r="I13" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>76</v>
+        <v>19.2</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>27</v>
+        <v>35200</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H14" s="3">
-        <v>60</v>
+        <v>2500</v>
       </c>
       <c r="I14" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>104.82</v>
+        <v>56.15</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F15" s="3">
+        <v>5200</v>
+      </c>
+      <c r="G15" s="3">
+        <v>50</v>
+      </c>
+      <c r="H15" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I15" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>150.46</v>
+        <v>47.23</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F16" s="3">
-        <v>1700</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>2500</v>
+        <v>60</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>237.26</v>
+        <v>73.31</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F17" s="3">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I17" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>141.1</v>
+        <v>61.13</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F18" s="3">
-        <v>120</v>
+        <v>757</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>21.25</v>
+        <v>106.6</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>113</v>
       </c>
       <c r="G19" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>2500</v>
+        <v>60</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>100.55</v>
+        <v>123.46</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>60</v>
       </c>
       <c r="I20" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>198.33</v>
+        <v>187.52</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>129</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>60</v>
       </c>
       <c r="I21" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>12.58</v>
+        <v>310.1</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F22" s="3">
-        <v>143500</v>
+        <v>1</v>
       </c>
       <c r="G22" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>5000</v>
+        <v>60</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>494.07</v>
+        <v>568.56</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F23" s="3">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>205.93</v>
+        <v>9.96</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>121</v>
+        <v>50800</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H24" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>443.41</v>
+        <v>107.78</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F25" s="3">
-        <v>48</v>
+        <v>121</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>10</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>658.59</v>
+        <v>247.74</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F26" s="3">
-        <v>42</v>
+        <v>141</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>10</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>295.12</v>
+        <v>14.41</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>28</v>
+        <v>5600</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>72.08</v>
+        <v>12.63</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>10</v>
+        <v>400</v>
       </c>
       <c r="G28" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H28" s="3">
-        <v>60</v>
+        <v>5000</v>
       </c>
       <c r="I28" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>73.55</v>
+        <v>17.99</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>58</v>
+        <v>19700</v>
       </c>
       <c r="G29" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H29" s="3">
-        <v>60</v>
+        <v>3000</v>
       </c>
       <c r="I29" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>78.61</v>
+        <v>24.76</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>173</v>
+        <v>17800</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H30" s="3">
-        <v>60</v>
+        <v>2500</v>
       </c>
       <c r="I30" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>304.92</v>
+        <v>31.63</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>1</v>
+        <v>5000</v>
       </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H31" s="3">
-        <v>60</v>
+        <v>2500</v>
       </c>
       <c r="I31" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>16.99</v>
+        <v>502.47</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F32" s="3">
-        <v>6800</v>
+        <v>18</v>
       </c>
       <c r="G32" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>3000</v>
+        <v>10</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>82</v>
+        <v>669.79</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F33" s="3">
-        <v>3550</v>
+        <v>50</v>
       </c>
       <c r="G33" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>6.2</v>
+        <v>179.58</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F34" s="3">
-        <v>181200</v>
+        <v>55</v>
       </c>
       <c r="G34" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>8.94</v>
+        <v>38.23</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>3700</v>
+        <v>3850</v>
       </c>
       <c r="G35" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H35" s="3">
-        <v>6000</v>
+        <v>2500</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>20.99</v>
+        <v>9.75</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>22200</v>
+        <v>14500</v>
       </c>
       <c r="G36" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H36" s="3">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>12.38</v>
+        <v>450.95</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F37" s="3">
-        <v>23800</v>
+        <v>12</v>
       </c>
       <c r="G37" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>3000</v>
+        <v>10</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>16.88</v>
+        <v>121.21</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F38" s="3">
-        <v>12300</v>
+        <v>55</v>
       </c>
       <c r="G38" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>270.67</v>
+        <v>300.14</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F39" s="3">
-        <v>141</v>
+        <v>76</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>10</v>
       </c>
       <c r="I39" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>55.21</v>
+        <v>143.5</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F40" s="3">
-        <v>5850</v>
+        <v>110</v>
       </c>
       <c r="G40" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>16.08</v>
+        <v>16.35</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>8850</v>
+        <v>8400</v>
       </c>
       <c r="G41" s="3">
         <v>50</v>
       </c>
       <c r="H41" s="3">
         <v>5000</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>31.1</v>
+        <v>153.02</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>350</v>
+        <v>1450</v>
       </c>
       <c r="G42" s="3">
         <v>50</v>
       </c>
       <c r="H42" s="3">
         <v>2500</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>119.18</v>
+        <v>83.39</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>86</v>
+        <v>2850</v>
       </c>
       <c r="G43" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H43" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C44" s="3">
-        <v>220.91</v>
+        <v>6.87</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>147</v>
+        <v>163300</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H44" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I44" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>63.27</v>
+        <v>11.59</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>775</v>
+        <v>58400</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H45" s="3">
-        <v>60</v>
+        <v>6000</v>
       </c>
       <c r="I45" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>121.4</v>
+        <v>209.43</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F46" s="3">
-        <v>28</v>
+        <v>110</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I46" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C47" s="3">
-        <v>11.4</v>
+        <v>13.69</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>38900</v>
+        <v>82800</v>
       </c>
       <c r="G47" s="3">
         <v>100</v>
       </c>
       <c r="H47" s="3">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="3">
-        <v>10.85</v>
+        <v>21.06</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>49900</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H48" s="3">
-        <v>10000</v>
+        <v>2500</v>
       </c>
       <c r="I48" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I49" s="3">
         <v>0</v>
-      </c>
-[...85 lines deleted...]
-        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
@@ -2338,54 +2198,50 @@
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
     <hyperlink ref="D34" r:id="rId32"/>
     <hyperlink ref="D35" r:id="rId33"/>
     <hyperlink ref="D36" r:id="rId34"/>
     <hyperlink ref="D37" r:id="rId35"/>
     <hyperlink ref="D38" r:id="rId36"/>
     <hyperlink ref="D39" r:id="rId37"/>
     <hyperlink ref="D40" r:id="rId38"/>
     <hyperlink ref="D41" r:id="rId39"/>
     <hyperlink ref="D42" r:id="rId40"/>
     <hyperlink ref="D43" r:id="rId41"/>
     <hyperlink ref="D44" r:id="rId42"/>
     <hyperlink ref="D45" r:id="rId43"/>
     <hyperlink ref="D46" r:id="rId44"/>
     <hyperlink ref="D47" r:id="rId45"/>
     <hyperlink ref="D48" r:id="rId46"/>
-    <hyperlink ref="D49" r:id="rId47"/>
-[...2 lines deleted...]
-    <hyperlink ref="D52" r:id="rId50"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>