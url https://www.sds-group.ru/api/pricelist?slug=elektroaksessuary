--- v0 (2025-11-27)
+++ v1 (2026-01-12)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="834" uniqueCount="435">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="822" uniqueCount="429">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
@@ -60,1305 +60,1287 @@
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Электроаксессуары</t>
   </si>
   <si>
     <t>1.1 Сетевые вилки и кабельные розетки</t>
   </si>
   <si>
     <t>1.1.1 Сетевые вилки и кабельные розетки REXANT</t>
   </si>
   <si>
     <t>11-8933</t>
   </si>
   <si>
     <t>Вилка прямая без з/к 6А белая REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>11-8934</t>
+  </si>
+  <si>
+    <t>Вилка прямая без з/к 6А черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0728</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А белая IP20 REXANT</t>
+  </si>
+  <si>
+    <t>11-8948</t>
+  </si>
+  <si>
+    <t>Вилка Евро прямая с з/к 16А усиленная белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8950</t>
+  </si>
+  <si>
+    <t>Вилка Евро прямая с з/к 16А черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0734</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16 А плоская за шкаф белая REXANT</t>
+  </si>
+  <si>
+    <t>16-0736</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16 А плоская за шкаф черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8954</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А белая REXANT</t>
+  </si>
+  <si>
+    <t>16-0730</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А белая с кнопкой REXANT</t>
+  </si>
+  <si>
+    <t>11-8951</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А с кольцом белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8528</t>
+  </si>
+  <si>
+    <t>Розетка разборная Евро с з/к 16А белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8529</t>
+  </si>
+  <si>
+    <t>Розетка разборная Евро с з/к 16А черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0726</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А черная REXANT</t>
+  </si>
+  <si>
     <t>11-8526</t>
   </si>
   <si>
     <t>Розетка разборная без з/к 6А плоская белая REXANT</t>
   </si>
   <si>
-    <t>11-8948</t>
-[...2 lines deleted...]
-    <t>Вилка Евро прямая с з/к 16А усиленная белая REXANT</t>
+    <t>11-8527</t>
+  </si>
+  <si>
+    <t>Розетка разборная без з/к 10А белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8953</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А с кольцом черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8540</t>
+  </si>
+  <si>
+    <t>Розетка разборная без з/к 10А черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0732</t>
+  </si>
+  <si>
+    <t>Вилка Евро прямая с з/к 16А белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8949</t>
+  </si>
+  <si>
+    <t>Вилка Евро прямая с з/к 16А усиленная черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8952</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А с кольцом бело-черная REXANT</t>
   </si>
   <si>
     <t>11-8946</t>
   </si>
   <si>
     <t>Вилка прямая без з/к 6А плоская белая REXANT</t>
   </si>
   <si>
-    <t>11-8954</t>
-[...40 lines deleted...]
-  <si>
     <t>11-8947</t>
   </si>
   <si>
     <t>Вилка прямая без з/к 6А плоская черная REXANT</t>
   </si>
   <si>
-    <t>11-8952</t>
-[...58 lines deleted...]
-  <si>
     <t>1.2 Разъемы РШ-ВШ</t>
   </si>
   <si>
+    <t>11-8984</t>
+  </si>
+  <si>
+    <t>Розетка РШ для электрической плиты 32А, 250В, 2Р+РЕ (ОУ) белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8519</t>
+  </si>
+  <si>
+    <t>Вилка ВШ для электрической плиты 40А, 250В 2Р+РЕ (ОУ) белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8982</t>
+  </si>
+  <si>
+    <t>Розетка РШ/Евро двойная для электрической плиты 32А/16A, 250В, 2Р+РЕ (ОУ) белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8927</t>
+  </si>
+  <si>
+    <t>Вилка ВШ для электрической плиты 32А, 380В, 3Р+РЕ (ОУ) черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8525</t>
+  </si>
+  <si>
+    <t>Розетка РШ для электрической плиты 32А, 380В, 3Р+РЕ (ОУ) черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8983</t>
+  </si>
+  <si>
+    <t>Розетка РШ для электрической плиты 32А, 250В, 2Р+РЕ (ОУ) черная REXANT</t>
+  </si>
+  <si>
     <t>11-8931</t>
   </si>
   <si>
     <t>Вилка ВШ для электрической плиты 32А, 250В, 2Р+РЕ (ОУ) белая REXANT</t>
   </si>
   <si>
-    <t>11-8984</t>
-[...28 lines deleted...]
-  <si>
     <t>11-8985</t>
   </si>
   <si>
     <t>Розетка РШ для электрической плиты 32А, 250В, 2Р+РЕ (СУ) белая REXANT</t>
   </si>
   <si>
     <t>11-8520</t>
   </si>
   <si>
     <t>Розетка РШ для электрической плиты 40А, 250В 2Р+РЕ (ОУ) белая REXANT</t>
   </si>
   <si>
     <t>11-8930</t>
   </si>
   <si>
     <t>Вилка ВШ для электрической плиты 32А, 250В, 2Р+РЕ (ОУ) черная REXANT</t>
   </si>
   <si>
-    <t>11-8519</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3 Сетевые переходники и адаптеры</t>
   </si>
   <si>
+    <t>11-1067-9</t>
+  </si>
+  <si>
+    <t>Адаптер сетевой (переходник) с Евро А/F на вилку С1 CEE 7/2 «Питер» 6А б/з черный PROconnect (пакет БОПП 1 шт/уп.)</t>
+  </si>
+  <si>
+    <t>11-1042-9</t>
+  </si>
+  <si>
+    <t>Адаптер сетевой (переходник) с Евро А/F на тонкую вилку С1 плоский «Тефаль» 6А б/з черный PROCONNECT (пакет БОПП 1 шт/уп.)</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>11-1031-9</t>
+  </si>
+  <si>
+    <t>Адаптер сетевой (переходник) с Евро А/F на вилку С1 CEE 7/2 «Питер» 10А б/з белый PROconnect (пакет БОПП 1 шт/уп.)</t>
+  </si>
+  <si>
     <t>11-1041-9</t>
   </si>
   <si>
     <t>Адаптер сетевой (переходник) с Евро А/F на тонкую вилку С1 плоский «Тефаль» 6А б/з белый PROCONNECT (пакет БОПП 1 шт/уп.)</t>
   </si>
   <si>
-    <t>упак</t>
-[...17 lines deleted...]
-    <t>Адаптер сетевой (переходник) с Евро А/F на вилку С1 CEE 7/2 «Питер» 6А б/з черный PROconnect (пакет БОПП 1 шт/уп.)</t>
+    <t>11-1052</t>
+  </si>
+  <si>
+    <t>Адаптер сетевой «Путешественник» REXANT</t>
+  </si>
+  <si>
+    <t>11-1021</t>
+  </si>
+  <si>
+    <t>Адаптер сетевой (переходник) с Евро А/F на тонкую вилку С1 «Стакан» с бортами 6 А б/з REXANT</t>
+  </si>
+  <si>
+    <t>11-1042</t>
+  </si>
+  <si>
+    <t>Адаптер сетевой (переходник) с Евро А/F на тонкую вилку С1 плоский «Тефаль» 6А б/з черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1067</t>
+  </si>
+  <si>
+    <t>Адаптер сетевой (переходник) с Евро А/F на вилку С1 CEE 7/2 «Питер» 6А б/з черный REXANT</t>
   </si>
   <si>
     <t>11-1065</t>
   </si>
   <si>
     <t>Адаптер сетевой (переходник) с Евро А/F на тонкую вилку С1 «Козья ножка» 10А б/з REXANT</t>
   </si>
   <si>
     <t>11-1011</t>
   </si>
   <si>
     <t>Адаптер сетевой (переходник) универсальный на Евро вилку F/C2 «Квадрат» 10А б/з белый REXANT</t>
   </si>
   <si>
+    <t>11-1041</t>
+  </si>
+  <si>
+    <t>Адаптер сетевой (переходник) с Евро А/F на тонкую вилку С1 плоский «Тефаль» 6А б/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1031</t>
+  </si>
+  <si>
+    <t>Адаптер сетевой (переходник) с Евро А/F на вилку С1 CEE 7/2 «Питер» 10А б/з белый REXANT</t>
+  </si>
+  <si>
     <t>11-1051</t>
   </si>
   <si>
     <t>Адаптер сетевой «Путешественник» с USB REXANT</t>
   </si>
   <si>
-    <t>11-1041</t>
-[...34 lines deleted...]
-  <si>
     <t>1.4 Выключатели для светильников</t>
   </si>
   <si>
+    <t>32-0103</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c проводом и деревянным наконечником «Silver» REXANT</t>
+  </si>
+  <si>
+    <t>32-0103-1</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c проводом и деревянным наконечником «Silver», индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>32-0106-1</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c деревянным наконечником «Gold», индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>36-3025</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А ON-OFF черный (напольный - для лампы) REXANT</t>
+  </si>
+  <si>
+    <t>32-0101</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника с цепочкой 270мм «Silver» REXANT</t>
+  </si>
+  <si>
+    <t>36-3015</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А ON-OFF белый (напольный - для лампы) REXANT</t>
+  </si>
+  <si>
     <t>36-3016</t>
   </si>
   <si>
     <t>Выключатель-кнопка 250V 6А ON-OFF белый на электропровод (для настольной лампы / для бра) REXANT</t>
   </si>
   <si>
+    <t>32-0102</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника с цепочкой 270мм «Gold» REXANT</t>
+  </si>
+  <si>
     <t>32-0102-1</t>
   </si>
   <si>
     <t>Выключатель для настенного светильника с цепочкой 270мм «Gold», индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
-    <t>36-3015</t>
-[...8 lines deleted...]
-    <t>Выключатель-кнопка 250V 2А ON-OFF черный (напольный - для лампы) REXANT</t>
+    <t>32-0101-1</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника с цепочкой 270мм «Silver», индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0242-A</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c проводом и деревянным наконечником, серебряный, 1 шт. REXANT</t>
   </si>
   <si>
     <t>06-0244-A</t>
   </si>
   <si>
     <t>Выключатель для настенного светильника c деревянным наконечником, серебряный, 1 шт. REXANT</t>
   </si>
   <si>
+    <t>06-0245-A</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c деревянным наконечником, золотой, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>32-0105</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c деревянным наконечником «Silver» REXANT</t>
+  </si>
+  <si>
+    <t>32-0106</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c деревянным наконечником «Gold» REXANT</t>
+  </si>
+  <si>
+    <t>06-0243-A</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c проводом и деревянным наконечником, золотой, 1 шт. REXANT</t>
+  </si>
+  <si>
     <t>36-3018</t>
   </si>
   <si>
     <t>Выключатель-кнопка 250V 2А ON-OFF черный на электропровод (для настольной лампы) REXANT</t>
   </si>
   <si>
-    <t>06-0242-A</t>
-[...8 lines deleted...]
-    <t>Выключатель для настенного светильника c деревянным наконечником, золотой, 1 шт. REXANT</t>
+    <t>32-0105-1</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c деревянным наконечником «Silver», индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
     <t>32-0104-1</t>
   </si>
   <si>
     <t>Выключатель для настенного светильника c проводом и деревянным наконечником «Gold», индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
-    <t>32-0103</t>
-[...22 lines deleted...]
-  <si>
     <t>32-0104</t>
   </si>
   <si>
     <t>Выключатель для настенного светильника c проводом и деревянным наконечником «Gold» REXANT</t>
   </si>
   <si>
-    <t>32-0105</t>
-[...34 lines deleted...]
-  <si>
     <t>1.5 Сетевые штекеры и гнезда</t>
   </si>
   <si>
+    <t>11-0004</t>
+  </si>
+  <si>
+    <t>Сетевой штекер на шнур ("мама" контакт) REXANT</t>
+  </si>
+  <si>
+    <t>11-0003</t>
+  </si>
+  <si>
+    <t>Сетевой штекер на шнур ("папа" контакт) REXANT</t>
+  </si>
+  <si>
+    <t>36-2282</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250 V 6 А (4с) ON-OFF красный с подсветкой и штекером C14 3PIN  REXANT</t>
+  </si>
+  <si>
+    <t>11-0004-9</t>
+  </si>
+  <si>
+    <t>Сетевой штекер на шнур (1 шт.) (пакет БОПП) REXANT</t>
+  </si>
+  <si>
+    <t>11-0001</t>
+  </si>
+  <si>
+    <t>Сетевое гнездо на корпус ("папа" контакт) REXANT</t>
+  </si>
+  <si>
     <t>11-0002-9</t>
   </si>
   <si>
     <t>Сетевое гнездо на корпус (1 шт. ) (пакет БОПП) REXANT</t>
   </si>
   <si>
-    <t>36-2282</t>
-[...2 lines deleted...]
-    <t>Выключатель клавишный 250 V 6 А (4с) ON-OFF красный с подсветкой и штекером C14 3PIN  REXANT</t>
+    <t>11-0002</t>
+  </si>
+  <si>
+    <t>Сетевое гнездо на корпус ("мама" контакт) REXANT</t>
   </si>
   <si>
     <t>36-2270</t>
   </si>
   <si>
     <t>Выключатель клавишный 250V 10А (4с) ON-OFF красный с подсветкой и штекером C14 3PIN  REXANT</t>
   </si>
   <si>
-    <t>11-0004</t>
-[...34 lines deleted...]
-  <si>
     <t>1.6 Электропатроны</t>
   </si>
   <si>
     <t>1.6.1 Патроны карболитовые и пластиковые</t>
   </si>
   <si>
+    <t>11-8872</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый настенный Е27 наклонный, белый, c этикеткой REXANT</t>
+  </si>
+  <si>
     <t>11-8826</t>
   </si>
   <si>
     <t>Патрон пластиковый термостойкий подвесной с кольцом Е27 черный REXANT</t>
   </si>
   <si>
+    <t>11-8870</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый настенный Е27 прямой, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8817</t>
+  </si>
+  <si>
+    <t>Патрон карболитовый настенный Е27 черный, c этикеткой, наклонный REXANT</t>
+  </si>
+  <si>
+    <t>11-8816</t>
+  </si>
+  <si>
+    <t>Патрон карболитовый с кольцом Е27 черный, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8801</t>
+  </si>
+  <si>
+    <t>Патрон подвесной с клеммной колодкой E27 белый, с этикеткой, индивидуальный пакет REXANT</t>
+  </si>
+  <si>
+    <t>11-8828</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е27 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8843-4</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е14 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8819</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е27 белый, c этикеткой REXANT</t>
+  </si>
+  <si>
     <t>11-8895</t>
   </si>
   <si>
     <t>Цоколь «патрон» пластиковый G4 с проводом 15см, черный REXANT</t>
   </si>
   <si>
-    <t>11-8801</t>
-[...14 lines deleted...]
-    <t>Патрон пластиковый термостойкий подвесной Е27 белый, c этикеткой REXANT</t>
+    <t>11-8815</t>
+  </si>
+  <si>
+    <t>Патрон карболитовый подвесной Е27 черный, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8818</t>
+  </si>
+  <si>
+    <t>Патрон карболитовый потолочный Е27 черный, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8822</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е14 белый, c этикеткой REXANT</t>
   </si>
   <si>
     <t>11-8823</t>
   </si>
   <si>
     <t>Патрон пластиковый термостойкий с кольцом Е14 белый, c этикеткой REXANT</t>
   </si>
   <si>
+    <t>11-8825</t>
+  </si>
+  <si>
+    <t>Патрон подвесной с клеммной колодкой E27 черный, с этикеткой, индивидуальный пакет REXANT</t>
+  </si>
+  <si>
+    <t>11-8855</t>
+  </si>
+  <si>
+    <t>Патрон-розетка карболитовый Е27 черный, с этикеткой REXANT</t>
+  </si>
+  <si>
     <t>11-8875</t>
   </si>
   <si>
     <t>Патрон E27 с проводом 20см бело-бежевый REXANT</t>
   </si>
   <si>
-    <t>11-8815</t>
-[...32 lines deleted...]
-    <t>Патрон пластиковый настенный Е27 прямой, белый REXANT</t>
+    <t>11-8876</t>
+  </si>
+  <si>
+    <t>Патрон E27 с проводом 20см черный REXANT</t>
   </si>
   <si>
     <t>11-8827</t>
   </si>
   <si>
     <t>Патрон пластиковый термостойкий подвесной с кольцом Е14 черный REXANT</t>
   </si>
   <si>
-    <t>11-8822</t>
-[...28 lines deleted...]
-  <si>
     <t>1.6.2 Патроны керамические</t>
   </si>
   <si>
+    <t>11-8866</t>
+  </si>
+  <si>
+    <t>Патрон керамический E40 REXANT</t>
+  </si>
+  <si>
+    <t>11-8867</t>
+  </si>
+  <si>
+    <t>Патрон керамический E27 с держателем REXANT</t>
+  </si>
+  <si>
     <t>11-8880</t>
   </si>
   <si>
     <t>Цоколь «патрон» керамический G4 с проводом 15см, белый REXANT</t>
   </si>
   <si>
+    <t>11-8893</t>
+  </si>
+  <si>
+    <t>Патрон керамический E14 с этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8891</t>
+  </si>
+  <si>
+    <t>Патрон керамический E27 с этикеткой REXANT</t>
+  </si>
+  <si>
     <t>11-8804</t>
   </si>
   <si>
     <t>Цоколь «патрон» GU-10 с проводом REXANT</t>
   </si>
   <si>
-    <t>11-8891</t>
-[...4 lines deleted...]
-  <si>
     <t>11-8879</t>
   </si>
   <si>
     <t>Цоколь «патрон» G9 с проводом 15см, белый, c этикеткой REXANT</t>
   </si>
   <si>
-    <t>11-8866</t>
-[...10 lines deleted...]
-  <si>
     <t>11-8805</t>
   </si>
   <si>
     <t>Цоколь «патрон» GU-5.3 с проводом REXANT</t>
   </si>
   <si>
-    <t>11-8893</t>
-[...4 lines deleted...]
-  <si>
     <t>1.6.3 Разветвители цокольные и переходники</t>
   </si>
   <si>
+    <t>11-8813</t>
+  </si>
+  <si>
+    <t>Переходник цокольный E27-E14 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8834</t>
+  </si>
+  <si>
+    <t>Переходник цокольный E14-GU10 белый REXANT</t>
+  </si>
+  <si>
+    <t>80-1194</t>
+  </si>
+  <si>
+    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный гибкий 220В-Е27 150 мм с выключателем REXANT</t>
+  </si>
+  <si>
+    <t>11-8863</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-3хЕ27 (поворотный цоколь) белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8864</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-4хЕ27 (поворотный цоколь) белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8843</t>
+  </si>
+  <si>
+    <t>Переходник цокольный GU10-Е14 REXANT</t>
+  </si>
+  <si>
+    <t>11-8860</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-2хЕ27 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8821</t>
+  </si>
+  <si>
+    <t>Переходник цокольный E40-E27 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8854-9</t>
+  </si>
+  <si>
+    <t>Переходник цокольный GU5,3- GU10 (пакет БОПП) 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>11-8854</t>
+  </si>
+  <si>
+    <t>Переходник цокольный GU5.3- GU10 REXANT</t>
+  </si>
+  <si>
+    <t>11-8812</t>
+  </si>
+  <si>
+    <t>Переходник цокольный Е27-Е40 REXANT</t>
+  </si>
+  <si>
+    <t>11-8811</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный  Е27-2хЕ27 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8881</t>
+  </si>
+  <si>
+    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный AC 220В-Е27 с выключателем REXANT</t>
+  </si>
+  <si>
+    <t>11-8883</t>
+  </si>
+  <si>
+    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный AC 220В-Е14 с выключателем REXANT</t>
+  </si>
+  <si>
+    <t>11-8871</t>
+  </si>
+  <si>
+    <t>Переходник цокольный E14-E27 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8868</t>
+  </si>
+  <si>
+    <t>Переходник Е27-Е27 гибкий 150 мм REXANT</t>
+  </si>
+  <si>
+    <t>11-8841</t>
+  </si>
+  <si>
+    <t>Переходник  цокольный GU10-Е27 REXANT</t>
+  </si>
+  <si>
+    <t>11-8831</t>
+  </si>
+  <si>
+    <t>Переходник цокольный Е14-Е27 белый REXANT</t>
+  </si>
+  <si>
     <t>11-8861</t>
   </si>
   <si>
     <t>Разветвитель цокольный Е27-3хЕ27 белый REXANT</t>
   </si>
   <si>
-    <t>11-8864</t>
-[...2 lines deleted...]
-    <t>Разветвитель цокольный Е27-4хЕ27 (поворотный цоколь) белый REXANT</t>
+    <t>11-8865</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-5хЕ27 белый REXANT</t>
   </si>
   <si>
     <t>11-8869</t>
   </si>
   <si>
     <t>Переходник Е27-Е27 гибкий 300 мм REXANT</t>
   </si>
   <si>
-    <t>11-8811</t>
-[...58 lines deleted...]
-  <si>
     <t>11-8856</t>
   </si>
   <si>
     <t>Переходник цокольный E14-G9 белый REXANT</t>
   </si>
   <si>
     <t>11-8862</t>
   </si>
   <si>
     <t>Разветвитель цокольный Е27-4хЕ27 белый REXANT</t>
   </si>
   <si>
-    <t>80-1194</t>
-[...46 lines deleted...]
-  <si>
     <t>1.6.4 Патроны со шнуром</t>
   </si>
   <si>
+    <t>11-8890</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8885</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м синий REXANT</t>
+  </si>
+  <si>
+    <t>11-8886</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м зеленый REXANT</t>
+  </si>
+  <si>
+    <t>11-8889</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м желтый REXANT</t>
+  </si>
+  <si>
+    <t>11-8887</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м фиолетовый REXANT</t>
+  </si>
+  <si>
     <t>11-8888</t>
   </si>
   <si>
     <t>Патрон E27 силиконовый со шнуром 1м красный REXANT</t>
   </si>
   <si>
-    <t>11-8885</t>
-[...4 lines deleted...]
-  <si>
     <t>11-8884</t>
   </si>
   <si>
     <t>Патрон E27 силиконовый со шнуром 1м белый REXANT</t>
   </si>
   <si>
-    <t>11-8890</t>
-[...22 lines deleted...]
-  <si>
     <t>1.7 Умные розетки</t>
   </si>
   <si>
     <t>1.7.1 Розетки таймеры</t>
   </si>
   <si>
+    <t>11-6001</t>
+  </si>
+  <si>
+    <t>Розетка с механическим таймером суточный 30мин/24ч 48 ON/OFF REXANT RX - 21</t>
+  </si>
+  <si>
+    <t>11-6003</t>
+  </si>
+  <si>
+    <t>Розетка с механическим таймером суточный 30мин/24ч 48 ON/OFF в защитном корпусе IP44 REXANT RX - 23</t>
+  </si>
+  <si>
+    <t>11-6005</t>
+  </si>
+  <si>
+    <t>Розетка с механическим таймером суточный 15мин/24ч 96 ON/OFF REXANT RX - 28</t>
+  </si>
+  <si>
     <t>11-6010</t>
   </si>
   <si>
     <t>Розетка с электронным таймером недельный 1мин/7дн 20 программ ON/OFF REXANT RX - 31А</t>
   </si>
   <si>
-    <t>11-6001</t>
-[...16 lines deleted...]
-  <si>
     <t>1.7.2 Радиоуправляемые розетки</t>
   </si>
   <si>
+    <t>10-6025</t>
+  </si>
+  <si>
+    <t>Радиоуправляемая  розетка c пультом RX-002 (один пульт, две розетки) 10А/30м REXANT</t>
+  </si>
+  <si>
+    <t>11-6009</t>
+  </si>
+  <si>
+    <t>Умная Wi-Fi розетка/дистанционное управление бытовыми приборами 16 А</t>
+  </si>
+  <si>
+    <t>11-6008</t>
+  </si>
+  <si>
+    <t>Умная Wi-Fi розетка/дистанционное управление бытовыми приборами 10 А</t>
+  </si>
+  <si>
+    <t>10-6020</t>
+  </si>
+  <si>
+    <t>Радиоуправляемая  розетка c пультом RX-001 (один пульт, одна розетка) 10А/30м REXANT</t>
+  </si>
+  <si>
+    <t>11-9033</t>
+  </si>
+  <si>
+    <t>Умный цоколь для дистанционного управления освещением RX-15 с пультом REXANT</t>
+  </si>
+  <si>
     <t>10-6030</t>
   </si>
   <si>
     <t>Радиоуправляемая  розетка c пультом RX-003 (один пульт, три розетки) 10А/30м REXANT</t>
   </si>
   <si>
-    <t>10-6025</t>
-[...28 lines deleted...]
-  <si>
     <t>1.7.3 Реле напряжения</t>
   </si>
   <si>
+    <t>10-6045</t>
+  </si>
+  <si>
+    <t>Реле напряжения «вилка-розетка»  16А</t>
+  </si>
+  <si>
     <t>10-6040</t>
   </si>
   <si>
     <t>Реле напряжения «вилка-розетка» c дисплеем 16А</t>
   </si>
   <si>
-    <t>10-6045</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7.4 Ваттметры</t>
   </si>
   <si>
     <t>10-6103</t>
   </si>
   <si>
     <t>Ваттметр PC-7 вертикальный 1-тарифный 16А PROconnect</t>
   </si>
   <si>
     <t>10-6100</t>
   </si>
   <si>
     <t>Ваттметр с подсветкой RX-11 вертикальный 2х тарифный 16А REXANT</t>
   </si>
   <si>
     <t>10-6102</t>
   </si>
   <si>
     <t>Ваттметр RX-8 горизонтальный 2х тарифный 16А REXANT</t>
   </si>
   <si>
     <t>1.8 Звонки дверные</t>
   </si>
   <si>
     <t>1.8.1 Звонки проводные</t>
   </si>
   <si>
     <t>73-0110</t>
   </si>
   <si>
     <t>Звонок электрический без кнопки 1 мелодия 220В с регулятором громкости REXANT</t>
   </si>
   <si>
+    <t>73-0080</t>
+  </si>
+  <si>
+    <t>Звонок электрический RX-8 с проводом и кнопкой 36 мелодий REXANT</t>
+  </si>
+  <si>
     <t>73-0100</t>
   </si>
   <si>
     <t>Звонок электрический без кнопки 1 мелодия 220В REXANT</t>
   </si>
   <si>
-    <t>73-0080</t>
-[...4 lines deleted...]
-  <si>
     <t>1.8.2 Звонки беспроводные</t>
   </si>
   <si>
+    <t>73-0090</t>
+  </si>
+  <si>
+    <t>Беспроводной дверной звонок в розетку c цифровым кодированием мигающий 36 мелодий 150м IP44 (белый/серый) REXANT</t>
+  </si>
+  <si>
+    <t>73-0040</t>
+  </si>
+  <si>
+    <t>Беспроводной дверной звонок RX-4 с двумя кнопками вызова 32 мелодии 100м IP44 (белый/синий) REXANT</t>
+  </si>
+  <si>
     <t>73-0016</t>
   </si>
   <si>
     <t>Беспроводной дверной звонок c цифровым кодированием переливающийся 38 мелодий 150м IP44 (белый/красный) REXANT</t>
   </si>
   <si>
+    <t>73-0010</t>
+  </si>
+  <si>
+    <t>Беспроводной дверной звонок RX-1 32 мелодии 100м (белый) REXANT</t>
+  </si>
+  <si>
+    <t>73-0020</t>
+  </si>
+  <si>
+    <t>Беспроводной дверной звонок RX-2 32 мелодии 100м кнопка IP44 (белый/синий) REXANT</t>
+  </si>
+  <si>
+    <t>73-0017</t>
+  </si>
+  <si>
+    <t>Беспроводной дверной звонок c цифровым кодированием 52 мелодии 150м IP56 (черный) REXANT</t>
+  </si>
+  <si>
+    <t>73-0015</t>
+  </si>
+  <si>
+    <t>Беспроводной дверной звонок RX-30 c цифровым кодированием 25 мелодий 150м кнопка IP44 (черный) REXANT</t>
+  </si>
+  <si>
+    <t>73-0050</t>
+  </si>
+  <si>
+    <t>Беспроводной дверной звонок RX-5 с двумя вызывными панелями 32 мелодии 100м кнопка IP44 (белый/синий) REXANT</t>
+  </si>
+  <si>
     <t>73-0060</t>
   </si>
   <si>
     <t>Беспроводной дверной звонок RX-6 в розетку 32 мелодии 100м кнопка IP44 (белый/синий) REXANT</t>
   </si>
   <si>
-    <t>73-0020</t>
-[...8 lines deleted...]
-    <t>Беспроводной дверной звонок в розетку c цифровым кодированием мигающий 36 мелодий 150м IP44 (белый/серый) REXANT</t>
+    <t>73-0018</t>
+  </si>
+  <si>
+    <t>Беспроводной дверной звонок c цифровым кодированием 52 мелодии 150м IP56 (белый) REXANT</t>
   </si>
   <si>
     <t>73-0030</t>
   </si>
   <si>
     <t>Беспроводной дверной звонок RX-3 32 мелодии 100м кнопка IP44 (белый/синий) REXANT</t>
   </si>
   <si>
-    <t>73-0050</t>
-[...16 lines deleted...]
-  <si>
     <t>73-0070</t>
   </si>
   <si>
     <t>Беспроводной дверной звонок RX-7 в розетку с ночной подсветкой и индикацией 36 мелодий 80м IP44 (белый/серый) REXANT</t>
   </si>
   <si>
-    <t>73-0015</t>
-[...16 lines deleted...]
-  <si>
     <t>1.9 Удлинительные шнуры</t>
   </si>
   <si>
+    <t>11-1111</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка плоская без розетки, кабель 2x0,5 мм² 1,5м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1310</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 3м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1321</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х1,0 мм² 5м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1139</t>
+  </si>
+  <si>
+    <t>Шнур сетевой с диммером, 2х0,75 мм² 2м белый REXANT</t>
+  </si>
+  <si>
     <t>11-1142</t>
   </si>
   <si>
     <t>Шнур сетевой 2х0,75 мм² 1,8м черный REXANT</t>
   </si>
   <si>
-    <t>11-1139</t>
-[...8 lines deleted...]
-    <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 3м белый REXANT</t>
+    <t>11-1144</t>
+  </si>
+  <si>
+    <t>Шнур сетевой с напольным переключателем 2х0,75 мм² 2,5м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1311</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 3м черный REXANT</t>
   </si>
   <si>
     <t>11-1318</t>
   </si>
   <si>
     <t>Шнур электрический с вилкой ПВС 3х1,0 мм² 1,5м черный REXANT</t>
   </si>
   <si>
+    <t>11-1319</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х1,0 мм² 3м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1325</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х1,5 мм² 3м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1330</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х1,5 мм² 5м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1312</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 1,5м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1313</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 1,5м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1315</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 2м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1320</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х1,0 мм² 3м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1324</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х1,5 мм² 1,5м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1326</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х1,5 мм² 3м черный REXANT</t>
+  </si>
+  <si>
     <t>11-1327</t>
   </si>
   <si>
     <t>Шнур электрический с вилкой ПВС 3х1,5 мм² 2м белый REXANT</t>
   </si>
   <si>
-    <t>11-1312</t>
-[...2 lines deleted...]
-    <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 1,5м белый REXANT</t>
+    <t>11-1329</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х1,5 мм² 5м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1137</t>
+  </si>
+  <si>
+    <t>Шнур сетевой с диммером, 2х0,75 мм² 2м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1300</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 2х0,75 мм² 5м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1323</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х1,5 мм² 1,5м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1112</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка плоская без розетки, кабель 2x0,5 мм² 1,8м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1306</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 2х0,75 мм² 2м белый REXANT</t>
+  </si>
+  <si>
+    <t>06-3251</t>
+  </si>
+  <si>
+    <t>Шнур сетевой 1,8м с выключателем без розетки белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1308</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 5м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1309</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 5м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1314</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 2м белый REXANT</t>
   </si>
   <si>
     <t>11-1328</t>
   </si>
   <si>
     <t>Шнур электрический с вилкой ПВС 3х1,5 мм² 2м черный REXANT</t>
   </si>
   <si>
+    <t>11-1133</t>
+  </si>
+  <si>
+    <t>Шнур сетевой с выключателем 2х0,75 мм² 1,8м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1145</t>
+  </si>
+  <si>
+    <t>Шнур сетевой с напольным переключателем 2х0,75 мм² 2,5м белый REXANT</t>
+  </si>
+  <si>
     <t>11-1134</t>
   </si>
   <si>
     <t>Шнур сетевой с выключателем 2х0,75 мм² 1,8м черный REXANT</t>
   </si>
   <si>
-    <t>11-1301</t>
-[...2 lines deleted...]
-    <t>Шнур электрический с вилкой ПВС 2х0,75 мм² 5м черный REXANT</t>
+    <t>11-1147</t>
+  </si>
+  <si>
+    <t>Шнур сетевой 2х0,75 мм² 1,8м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1322</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х1,0 мм² 5м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1115</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка плоская с выключателем, без розетки, кабель 2x0,5 мм² 1,8м 2,5A белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1302</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 2х0,75 мм² 3м белый REXANT</t>
   </si>
   <si>
     <t>11-1304</t>
   </si>
   <si>
     <t>Шнур электрический с вилкой ПВС 2х0,75 мм² 1,5м белый REXANT</t>
   </si>
   <si>
-    <t>11-1308</t>
-[...106 lines deleted...]
-  <si>
     <t>11-1305</t>
   </si>
   <si>
     <t>Шнур электрический с вилкой ПВС 2х0,75 мм² 1,5м черный REXANT</t>
-  </si>
-[...64 lines deleted...]
-    <t>Шнур сетевой с напольным переключателем 2х0,75 мм² 2,5м белый REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1743,56 +1725,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-belaya-rexant-28139" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-6a-ploskaya-belaya-rexant-28320" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-usilennaya-belaya-rexant-28142" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-ploskaya-belaya-rexant-28318" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-rexant-1-28143" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-z-k-16a-chernaya-rexant-28535" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-belaya-rexant-28534" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-chernaya-rexant-29763" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-z-k-16a-belaya-rexant-28144" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-chernaya-rexant-28931" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-chernaya-rexant-29583" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-ploskaya-chernaya-rexant-28531" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-ushkom-koltsom-belo-chernaya-rexant-28319" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-rexant-28140" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-usilennaya-chernaya-rexant-28533" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-chernaya-rexant-29584" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-10a-chernaya-rexant-29585" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-10a-belaya-rexant-29643" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-s-knopkoy-rexant-28141" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-belaya-rexant-28317" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16-a-ploskaya-za-shkaf-belaya-rexant-28527" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16-a-ploskaya-za-shkaf-chernaya-rexant-28532" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vsh-dlya-elektricheskoy-pliti-32-a-250-v-2r-re-belaya-rexant-24787" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-pliti-32-a-250-v-2r-re-ou-belaya-rexant-24788" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vsh-dlya-elektricheskoy-pliti-32-a-380-v-3r-re-ou-chernaya-rexant-24783" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-pliti-32-a-250-v-2r-re-ou-chernaya-rexant-24786" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-evro-dvoynaya-dlya-elektricheskoy-pliti-32-a-16-a-250-v-2r-re-ou-belaya-rexant-28321" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-pliti-32-a-380-v-3r-re-ou-chernaya-rexant-24784" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-pliti-32-a-250-v-2r-re-su-belaya-rexant-24790" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-pliti-40a-250v-2r-re-rexant-11768" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vsh-dlya-elektricheskoy-pliti-32-a-250-v-2r-re-ou-chernaya-rexant-24785" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vsh-dlya-elektricheskoy-pliti-40a-250v-2r-re-rexant-11759" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-perehodnik-ploskiy-tefal-proconnect-beliy-individualnaya-upakovka-1-sht-11742" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-perehodnik-piter-proconnect-beliy-individualnaya-upakovka-1-sht-11734" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-perehodnik-ploskiy-tefal-proconnect-cherniy-individualnaya-upakovka-1-sht-11739" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-perehodnik-piter-proconnect-cherniy-6a-individualnaya-upakovka-1-sht-19523" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-kozya-nojka-220v-10a-rexant-11508" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-perehodnik-kvadrat-beliy-rexant-120" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-puteshestvennik-s-usb-rexant-2067" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-perehodnik-ploskiy-tefal-beliy-rexant-2241" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-perehodnik-ploskiy-tefal-cherniy-rexant-826" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-puteshestvennik-rexant-2242" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-stakan-s-bortami-220-v-6-a-rexant-11504" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-perehodnik-piter-cherniy-6a-rexant-12605" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-perehodnik-piter-beliy-rexant-121" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-6a-on-off-beliy-na-elektroprovod-dlya-nastolnoy-lampi-dlya-bra-rexant-28138" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-s-tsepochkoy-270-mm-gold-individualnaya-upakovka-1-sht-rexant-29641" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-on-off-beliy-napolniy-dlya-lampi-rexant-28417" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-on-off-cherniy-napolniy-dlya-lampi-rexant-17676" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dlya-nastennogo-svetilnika-rexant-c-derevyannim-nakonechnikom-serebryaniy-1-sht-18195" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-knopka-250v-2a-on-off-cherniy-na-elektroprovod-dlya-nastolnoy-lampi-rexant-17673" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dlya-nastennogo-svetilnika-rexant-c-provodom-i-derevyannim-nakonechnikom-serebryaniy-1-sht-18192" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dlya-nastennogo-svetilnika-rexant-c-derevyannim-nakonechnikom-zolotoy-1-sht-18193" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannim-nakonechnikom-gold-individualnaya-upakovka-1-sht-rexant-29613" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannim-nakonechnikom-silver-rexant-6263" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dlya-nastennogo-svetilnika-s-tsepochkoy-270-mm-silver-rexant-3635" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-s-tsepochkoy-270-mm-silver-individualnaya-upakovka-1-sht-rexant-29642" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dlya-nastennogo-svetilnika-s-tsepochkoy-270-mm-gold-rexant-3636" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannim-nakonechnikom-gold-rexant-6264" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dlya-nastennogo-svetilnika-c-derevyannim-nakonechnikom-silver-rexant-6265" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dlya-nastennogo-svetilnika-c-derevyannim-nakonechnikom-gold-rexant-6266" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dlya-nastennogo-svetilnika-c-derevyannim-nakonechnikom-silver-individualnaya-upakovka-1-sht-rexant-29351" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dlya-nastennogo-svetilnika-rexant-c-provodom-i-derevyannim-nakonechnikom-zolotoy-1-sht-18197" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dlya-nastennogo-svetilnika-c-derevyannim-nakonechnikom-gold-individualnaya-upakovka-1-sht-rexant-29612" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-silver-individualnaya-upakovka-1-sht-rexant-29640" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-gnezdo-na-korpus-1-sht-paket-bopp-rexant-20372" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250-v-6-a-4s-on-off-krasniy-s-podsvetkoy-i-shtekerom-c14-3pin-rexant-19508" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250v-10a-4s-on-off-krasniy-s-podsvetkoy-i-shtekerom-c14-3pin-rexant-11988" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shteker-na-shnur-mama-kontakt-rexant-822" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shteker-na-shnur-1-sht-paket-bopp-rexant-20371" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-gnezdo-na-korpus-mama-kontakt-rexant-821" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-250-v-6-a-4s-on-off-krasniy-s-podsvetkoy-i-shtekerom-c8-2pin-rexant-19505" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-gnezdo-na-korpus-papa-kontakt-rexant-820" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shteker-na-shnur-papa-kontakt-rexant-823" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-s-koltsom-e27-cherniy-rexant-24774" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-plastikoviy-g4-s-provodom-15-sm-cherniy-rexant-24778" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-beliy-s-etiketkoy-individualniy-paket-rexant-10174" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitoviy-nastenniy-e27-cherniy-c-etiketkoy-naklonniy-rexant-18672" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-e27-beliy-c-etiketkoy-rexant-18668" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-s-koltsom-e14-beliy-c-etiketkoy-rexant-18665" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20-sm-beliy-rexant-20039" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitoviy-podvesnoy-e27-cherniy-c-etiketkoy-rexant-18667" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitoviy-potolochniy-e27-cherniy-c-etiketkoy-rexant-18664" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-rozetka-karbolitoviy-e27-cherniy-s-etiketkoy-rexant-18671" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-cherniy-s-etiketkoy-individualniy-paket-rexant-18666" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-e27-cherniy-rexant-24773" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-nastenniy-e27-pryamoy-beliy-rexant-24775" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-s-koltsom-e14-cherniy-rexant-24777" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-e14-beliy-c-etiketkoy-rexant-18670" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20-sm-cherniy-rexant-20038" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-e14-cherniy-rexant-24776" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitoviy-s-koltsom-e27-cherniy-c-etiketkoy-rexant-18669" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-nastenniy-e27-naklonniy-beliy-c-etiketkoy-rexant-22173" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-keramicheskiy-g4-s-provodom-15-sm-beliy-rexant-24779" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-10-s-provodom-rexant-10171" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-etiketkoy-rexant-11603" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-g9-s-provodom-15-sm-beliy-c-etiketkoy-rexant-22177" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e40-rexant-19599" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-derjatelem-rexant-19598" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-5-3-s-provodom-rexant-10172" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e14-s-etiketkoy-rexant-11602" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-3he27-beliy-rexant-19593" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-4he27-povorotniy-tsokol-beliy-rexant-19596" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-300-mm-rexant-19586" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-2he27-beliy-rexant-10173" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-gu10-e27-rexant-8021" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolniy-ac-220v-e14-s-viklyuchatelem-rexant-9384" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-5he27-beliy-rexant-19597" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolniy-ac-220v-e27-s-viklyuchatelem-rexant-9383" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e14-gu10-beliy-rexant-8024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-2he27-cherniy-rexant-19588" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e14-e27-cherniy-rexant-19592" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e14-e27-beliy-rexant-8019" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-gu5-3-gu10-paket-bopp-1-sht-rexant-12358" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e14-g9-beliy-rexant-19585" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-4he27-beliy-rexant-19587" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolniy-gibkiy-220v-e27-150-mm-s-viklyuchatelem-rexant-19594" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-150-mm-rexant-19590" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e27-e14-beliy-rexant-8018" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e40-e27-beliy-rexant-8020" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-gu10-e14-rexant-8023" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-gu5-3-gu10-rexant-8026" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e27-e40-rexant-8017" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-3he27-povorotniy-tsokol-beliy-rexant-19589" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-krasniy-rexant-18682" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-siniy-rexant-18679" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-beliy-rexant-18685" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-cherniy-rexant-18680" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-zeleniy-rexant-18683" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-fioletoviy-rexant-18681" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-jeltiy-rexant-18684" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-s-elektronnim-taymerom-nedelniy-1min-7dn-20-programm-on-off-rexant-rx-31a-10688" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-s-mehanicheskim-taymerom-sutochniy-30min-24ch-48-on-off-rexant-rx-21-10687" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-s-mehanicheskim-taymerom-sutochniy-15min-24ch-96-on-off-rexant-rx-28-10686" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-s-mehanicheskim-taymerom-sutochniy-30min-24ch-48-on-off-v-zaschitnom-korpuse-ip-44-rexant-rx-23-17683" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radioupravlyaemaya-rozetka-c-pultom-rx-003-odin-pult-tri-rozetki-10a-30m-rexant-12574" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radioupravlyaemaya-rozetka-c-pultom-rx-002-odin-pult-dve-rozetki-10a-30m-rexant-12591" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radioupravlyaemaya-rozetka-c-pultom-rx-001-odin-pult-odna-rozetka-10a-30m-rexant-12570" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-rozetka-distantsionnoe-upravlenie-bitovimi-priborami-10-a-20397" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-rozetka-distantsionnoe-upravlenie-bitovimi-priborami-16-a-20398" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umniy-tsokol-dlya-distantsionnogo-upravleniya-osvescheniem-rx-15-s-pultom-rexant-28801" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rele-napryajeniya-vilka-rozetka-c-displeem-16a-13701" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rele-napryajeniya-vilka-rozetka-16a-13699" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vattmetr-pc-7-vertikalniy-1-tarifniy-16a-proconnect-19959" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vattmetr-s-podsvetkoy-rx-11-vertikalniy-2h-tarifniy-16a-rexant-19956" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vattmetr-rx-8-gorizontalniy-2h-tarifniy-16a-rexant-19957" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvonok-elektricheskiy-bez-knopki-1-melodiya-220-volt-s-regulyatorom-gromkosti-rexant-12065" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvonok-elektricheskiy-bez-knopki-1-melodiya-220-volt-rexant-12071" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvonok-elektricheskiy-s-provodom-i-knopkoy-36-melodiy-rexant-rx-8-14550" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-c-tsifrovim-kodirovaniem-perelivayuschiysya-38-melodiy-150m-ip44-beliy-krasniy-rexant-28553" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-v-rozetku-32-melodii-100m-knopka-ip44-beliy-siniy-rexant-rx-6-12566" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-32-melodii-100m-knopka-ip-44-beliy-siniy-rexant-rx-2-9323" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-v-rozetku-c-tsifrovim-kodirovaniem-migayuschiy-36-melodiy-150m-ip44-beliy-seriy-rexant-28594" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-32-melodii-100m-knopka-ip44-beliy-siniy-rexant-rx-3-9324" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-s-dvumya-vizivnimi-panelyami-32-melodii-100m-knopka-ip44-beliy-siniy-rexant-rx-5-12594" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-c-tsifrovim-kodirovaniem-52-melodii-150m-ip56-cherniy-rexant-28554" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-s-dvumya-knopkami-vizova-32-melodii-100m-ip44-beliy-siniy-rexant-rx-4-9454" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-v-rozetku-s-nochnoy-podsvetkoy-i-indikatsiey-36-melodiy-80m-beliy-seriy-rexant-rx-7-14558" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-c-tsifrovim-kodirovaniem-25-melodiy-150m-knopka-ip44-cherniy-rexant-rx-30-19851" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-c-tsifrovim-kodirovaniem-52-melodii-150m-ip56-beliy-rexant-28555" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-32-melodii-100m-beliy-rexant-rx-1-9322" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shnur-2h0-75-mm-sup2-1-8-m-cherniy-rexant-22108" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shnur-s-dimmerom-2h0-75-mm-sup2-2-m-beliy-rexant-22106" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm2-3m-beliy-rexant-29524" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm2-1-5m-cherniy-rexant-29532" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm2-2m-beliy-rexant-29500" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm2-1-5m-beliy-rexant-29526" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm2-2m-cherniy-rexant-29501" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shnur-s-viklyuchatelem-2h0-75-mm-sup2-1-8-m-cherniy-rexant-22103" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm2-5m-cherniy-rexant-29515" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm2-1-5m-beliy-rexant-29518" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm2-5m-beliy-rexant-29522" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm2-3m-beliy-rexant-29533" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm2-1-5m-beliy-rexant-29496" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm2-3m-beliy-rexant-29498" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shnur-s-viklyuchatelem-2h0-75-mm-sup2-1-8-m-beliy-rexant-22102" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm2-3m-beliy-rexant-29516" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm2-3m-cherniy-rexant-29517" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm2-5m-cherniy-rexant-29523" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm2-2m-cherniy-rexant-29529" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm2-3m-cherniy-rexant-29534" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm2-5m-cherniy-rexant-29495" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm2-5m-cherniy-rexant-29503" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shnur-2h0-75-mm-sup2-1-8-m-beliy-rexant-23768" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-ploskaya-bez-rozetki-kabel-2x0-5-mm-sup2-dlina-1-5-metra-beliy-rexant-2244" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-ploskaya-bez-rozetki-kabel-2x0-5-mm-sup2-dlina-1-8-metra-beliy-rexant-2245" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-ploskaya-s-viklyuchatelem-bez-rozetki-kabel-2x0-5-mm-sup2-dlina-1-8-metra-2-5-a-beliy-rexant-2246" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm2-2m-beliy-rexant-29520" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm2-5m-beliy-rexant-29514" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm2-1-5m-cherniy-rexant-29519" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm2-3m-cherniy-rexant-29525" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm2-1-5m-cherniy-rexant-29527" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm2-2m-beliy-rexant-29528" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm2-5m-beliy-rexant-29535" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm2-1-5m-cherniy-rexant-29497" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-1-8m-s-viklyuchatelem-bez-rozetki-beliy-rexant-17927" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm2-3m-cherniy-rexant-29499" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm2-5m-beliy-rexant-29502" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shnur-s-dimmerom-2h0-75-mm-sup2-2-m-cherniy-rexant-22105" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shnur-s-napolnim-pereklyuchatelem-2h0-75-mm-sup2-2-5-m-cherniy-rexant-22110" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shnur-s-napolnim-pereklyuchatelem-2h0-75-mm-sup2-2-5-m-beliy-rexant-22111" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-belaya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-ip20-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-usilennaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16-a-ploskaya-za-shkaf-belaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16-a-ploskaya-za-shkaf-chernaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-s-knopkoy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-belaya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-z-k-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-z-k-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-6a-ploskaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-10a-belaya-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-chernaya-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-10a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-usilennaya-chernaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-belo-chernaya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-ploskaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-ploskaya-chernaya-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-plity-32a-250v-2r-re-ou-belaya-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vsh-dlya-elektricheskoy-plity-40a-250v-2r-re-ou-belaya-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-evro-dvoynaya-dlya-elektricheskoy-plity-32a-16a-250v-2r-re-ou-belaya-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vsh-dlya-elektricheskoy-plity-32a-380v-3r-re-ou-chernaya-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-plity-32a-380v-3r-re-ou-chernaya-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-plity-32a-250v-2r-re-ou-chernaya-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vsh-dlya-elektricheskoy-plity-32a-250v-2r-re-ou-belaya-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-plity-32a-250v-2r-re-su-belaya-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-plity-40a-250v-2r-re-ou-belaya-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vsh-dlya-elektricheskoy-plity-32a-250v-2r-re-ou-chernaya-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-vilku-s1-cee-7-2-piter-6a-b-z-chernyy-proconnect-paket-bopp" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-tonkuyu-vilku-s1-ploskiy-tefal-6a-b-z-chernyy-proconnect-pa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-vilku-s1-cee-7-2-piter-10a-b-z-belyy-proconnect-paket-bopp" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-tonkuyu-vilku-s1-ploskiy-tefal-6a-b-z-belyy-proconnect-pake" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-puteshestvennik-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-tonkuyu-vilku-s1-stakan-s-bortami-6-a-b-z-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-tonkuyu-vilku-s1-ploskiy-tefal-6a-b-z-chernyy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-vilku-s1-cee-7-2-piter-6a-b-z-chernyy-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-tonkuyu-vilku-s1-kozya-nozhka-10a-b-z-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-universalnyy-na-evro-vilku-f-c2-kvadrat-10a-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-tonkuyu-vilku-s1-ploskiy-tefal-6a-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-vilku-s1-cee-7-2-piter-10a-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-puteshestvennik-s-usb-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-silver-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-silver-individualnaya" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-gold-individualnaya-upakovka-1-s" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-on-off-chernyy-napolnyy-dlya-lampy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-s-tsepochkoy-270mm-silver-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-on-off-belyy-napolnyy-dlya-lampy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-6a-on-off-belyy-na-elektroprovod-dlya-nastolnoy-lampy-dlya-bra-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-s-tsepochkoy-270mm-gold-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-s-tsepochkoy-270mm-gold-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-s-tsepochkoy-270mm-silver-individualnaya-upakovka-1-sht-rexa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-serebryanyy-1-sht-rex" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-serebryanyy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-zolotoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-silver-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-gold-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-zolotoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-on-off-chernyy-na-elektroprovod-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-silver-individualnaya-upakovka-1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-gold-individualnaya-u" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-gold-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shteker-na-shnur-mama-kontakt-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shteker-na-shnur-papa-kontakt-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250-v-6-a-4s-on-off-krasnyy-s-podsvetkoy-i-shtekerom-c14-3pin-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shteker-na-shnur-1-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-gnezdo-na-korpus-papa-kontakt-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-gnezdo-na-korpus-1-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-gnezdo-na-korpus-mama-kontakt-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-10a-4s-on-off-krasnyy-s-podsvetkoy-i-shtekerom-c14-3pin-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-nastennyy-e27-naklonnyy-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-s-koltsom-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-nastennyy-e27-pryamoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-nastennyy-e27-chernyy-c-etiketkoy-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-s-koltsom-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-belyy-s-etiketkoy-individualnyy-paket-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e14-chernyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e27-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-plastikovyy-g4-s-provodom-15sm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-podvesnoy-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-potolochnyy-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e14-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-s-koltsom-e14-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-chernyy-s-etiketkoy-individualnyy-paket-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-rozetka-karbolitovyy-e27-chernyy-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20sm-belo-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20sm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-s-koltsom-e14-chernyy-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e40-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-derzhatelem-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-keramicheskiy-g4-s-provodom-15sm-belyy-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e14-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-10-s-provodom-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-g9-s-provodom-15sm-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-5-3-s-provodom-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e27-e14-belyy-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-gu10-belyy-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-gibkiy-220v" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-3he27-povorotnyy-tsokol-belyy-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-4he27-povorotnyy-tsokol-belyy-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu10-e14-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-2he27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e40-e27-belyy-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu5-3-gu10-paket-bopp-1-sht-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu5-3-gu10-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e27-e40-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-2he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-ac-220v-e27" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-ac-220v-e14" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-150-mm-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu10-e27-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-e27-belyy-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-3he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-5he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-300-mm-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-g9-belyy-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-4he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-siniy-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-fioletovyy-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-belyy-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-s-mehanicheskim-taymerom-sutochnyy-30min-24ch-48-on-off-rexant-rx-21" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-s-mehanicheskim-taymerom-sutochnyy-30min-24ch-48-on-off-v-zaschitnom-korpuse-ip44-rexant-rx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-s-mehanicheskim-taymerom-sutochnyy-15min-24ch-96-on-off-rexant-rx-28" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-s-elektronnym-taymerom-nedelnyy-1min-7dn-20-programm-on-off-rexant-rx-31a" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radioupravlyaemaya-rozetka-c-pultom-rx-002-odin-pult-dve-rozetki-10a-30m-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-rozetka-distantsionnoe-upravlenie-bytovymi-priborami-16-a" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-rozetka-distantsionnoe-upravlenie-bytovymi-priborami-10-a" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radioupravlyaemaya-rozetka-c-pultom-rx-001-odin-pult-odna-rozetka-10a-30m-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnyy-tsokol-dlya-distantsionnogo-upravleniya-osvescheniem-rx-15-s-pultom-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radioupravlyaemaya-rozetka-c-pultom-rx-003-odin-pult-tri-rozetki-10a-30m-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rele-napryazheniya-vilka-rozetka-16a" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rele-napryazheniya-vilka-rozetka-c-displeem-16a" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vattmetr-pc-7-vertikalnyy-1-tarifnyy-16a-proconnect" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vattmetr-s-podsvetkoy-rx-11-vertikalnyy-2h-tarifnyy-16a-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vattmetr-rx-8-gorizontalnyy-2h-tarifnyy-16a-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvonok-elektricheskiy-bez-knopki-1-melodiya-220v-s-regulyatorom-gromkosti-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvonok-elektricheskiy-rx-8-s-provodom-i-knopkoy-36-melodiy-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvonok-elektricheskiy-bez-knopki-1-melodiya-220v-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-v-rozetku-c-tsifrovym-kodirovaniem-migayuschiy-36-melodiy-150m-ip44-bely" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-4-s-dvumya-knopkami-vyzova-32-melodii-100m-ip44-belyy-siniy-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-c-tsifrovym-kodirovaniem-perelivayuschiysya-38-melodiy-150m-ip44-belyy-k" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-1-32-melodii-100m-belyy-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-2-32-melodii-100m-knopka-ip44-belyy-siniy-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-c-tsifrovym-kodirovaniem-52-melodii-150m-ip56-chernyy-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-30-c-tsifrovym-kodirovaniem-25-melodiy-150m-knopka-ip44-chernyy-rexan" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-5-s-dvumya-vyzyvnymi-panelyami-32-melodii-100m-knopka-ip44-belyy-sini" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-6-v-rozetku-32-melodii-100m-knopka-ip44-belyy-siniy-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-c-tsifrovym-kodirovaniem-52-melodii-150m-ip56-belyy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-3-32-melodii-100m-knopka-ip44-belyy-siniy-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-7-v-rozetku-s-nochnoy-podsvetkoy-i-indikatsiey-36-melodiy-80m-ip44-be" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-ploskaya-bez-rozetki-kabel-2x0-5-mm-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-dimmerom-2h0-75-mm-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-2h0-75-mm-1-8m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-napolnym-pereklyuchatelem-2h0-75-mm-2-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-2m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-dimmerom-2h0-75-mm-2m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-ploskaya-bez-rozetki-kabel-2x0-5-mm-1-8m-belyy-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-1-8m-s-vyklyuchatelem-bez-rozetki-belyy-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-2m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-vyklyuchatelem-2h0-75-mm-1-8m-belyy-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-napolnym-pereklyuchatelem-2h0-75-mm-2-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-vyklyuchatelem-2h0-75-mm-1-8m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-2h0-75-mm-1-8m-belyy-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-ploskaya-s-vyklyuchatelem-bez-rozetki-kabel-2x0-5-mm-1-8m-2-5a-belyy-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm-1-5m-chernyy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I223"/>
+  <dimension ref="A1:I220"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1837,6128 +1819,6041 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>53.47</v>
+        <v>54.38</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>6166</v>
+        <v>4554</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>500</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>55.74</v>
+        <v>52.17</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>7149</v>
+        <v>3734</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>81.35</v>
+        <v>68.06</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>12966</v>
+        <v>6896</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>300</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>55.29</v>
+        <v>82.73</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>17851</v>
+        <v>9828</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>80.97</v>
+        <v>75.74</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>18421</v>
+        <v>3198</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>300</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>111.38</v>
+        <v>168.5</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>4729</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>85.97</v>
+        <v>168.44</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>8875</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>74.47</v>
+        <v>76.57</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>3341</v>
+        <v>14669</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>86.91</v>
+        <v>140.67</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>232</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>51.3</v>
+        <v>87.43</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>4188</v>
+        <v>7628</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>500</v>
+        <v>350</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>69.24</v>
+        <v>88.39</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>2915</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>53.53</v>
+        <v>113.27</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>2800</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>85.1</v>
+        <v>70.42</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>4607</v>
+        <v>1810</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>350</v>
+        <v>300</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>66.92</v>
+        <v>56.69</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>9225</v>
+        <v>4521</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>82.26</v>
+        <v>60.95</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>793</v>
+        <v>48</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>300</v>
+        <v>480</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>87.63</v>
+        <v>89.12</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>6031</v>
+        <v>5447</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>350</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>84.06</v>
+        <v>76.94</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>2808</v>
+        <v>2754</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>480</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>59.93</v>
+        <v>83.4</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>603</v>
+        <v>4401</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>480</v>
+        <v>300</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>138.32</v>
+        <v>83.66</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>3539</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>240</v>
+        <v>300</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>82.01</v>
+        <v>86.55</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>5005</v>
+        <v>3359</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>165.68</v>
+        <v>56.23</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>6718</v>
+        <v>14285</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>165.62</v>
+        <v>54.44</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>3558</v>
+        <v>1</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>225.81</v>
+        <v>144.92</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>4532</v>
+        <v>4001</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>200</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>142.5</v>
+        <v>423.15</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>4465</v>
+        <v>183</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>225.42</v>
+        <v>479.6</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>1570</v>
+        <v>2288</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>165.33</v>
+        <v>229.25</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>1256</v>
+        <v>1501</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>200</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>471.58</v>
+        <v>203.25</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>2756</v>
+        <v>2455</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>199.85</v>
+        <v>168.14</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>2498</v>
+        <v>1161</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>200</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>172.04</v>
+        <v>229.65</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>1886</v>
+        <v>3288</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>304.68</v>
+        <v>174.96</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>1179</v>
+        <v>1787</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>263.88</v>
+        <v>309.86</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>1839</v>
+        <v>503</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>416.08</v>
+        <v>268.37</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>436</v>
+        <v>1728</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>38.81</v>
+        <v>28.09</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>1132</v>
+        <v>538</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B40" s="3" t="s">
+      <c r="C40" s="3">
+        <v>47.4</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="C40" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F40" s="3">
-        <v>1083</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>46.61</v>
+        <v>49.46</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F41" s="3">
-        <v>294</v>
+        <v>520</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>50</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>27.62</v>
+        <v>39.47</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="F42" s="3">
-        <v>862</v>
+        <v>1214</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>50</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>144.72</v>
+        <v>724.89</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>2325</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>83.21</v>
+        <v>74.12</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>45850</v>
+        <v>220</v>
       </c>
       <c r="G44" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>891.6</v>
+        <v>29.6</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>47650</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H45" s="3">
-        <v>50</v>
+        <v>2000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>27.98</v>
+        <v>27.34</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>67800</v>
+        <v>9850</v>
       </c>
       <c r="G46" s="3">
         <v>50</v>
       </c>
       <c r="H46" s="3">
         <v>2000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>29.11</v>
+        <v>147.18</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>60300</v>
+        <v>758</v>
       </c>
       <c r="G47" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>712.77</v>
+        <v>84.62</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>414</v>
+        <v>42954</v>
       </c>
       <c r="G48" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H48" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>72.88</v>
+        <v>28.46</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>957</v>
+        <v>18750</v>
       </c>
       <c r="G49" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H49" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>26.88</v>
+        <v>28.27</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>10900</v>
+        <v>13416</v>
       </c>
       <c r="G50" s="3">
         <v>50</v>
       </c>
       <c r="H50" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>27.8</v>
+        <v>906.76</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>25600</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
+        <v>1</v>
+      </c>
+      <c r="H51" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="2"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>56.35</v>
+        <v>136.22</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>13015</v>
+        <v>13530</v>
       </c>
       <c r="G53" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H53" s="3">
         <v>1000</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>107.1</v>
+        <v>152.16</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F54" s="3">
-        <v>4398</v>
+        <v>2695</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>50</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>168.31</v>
+        <v>97.88</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="F55" s="3">
-        <v>734</v>
+        <v>5176</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>269.17</v>
+        <v>273.75</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>3627</v>
+        <v>887</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>300</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>154.2</v>
+        <v>151.4</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>139</v>
+        <v>11742</v>
       </c>
       <c r="G57" s="3">
         <v>10</v>
       </c>
       <c r="H57" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>56.35</v>
+        <v>171.17</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>1212</v>
+        <v>636</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>162.7</v>
+        <v>57.31</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>790</v>
+        <v>9211</v>
       </c>
       <c r="G59" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C60" s="3">
-        <v>154.15</v>
+        <v>151.06</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>230</v>
+        <v>6550</v>
       </c>
       <c r="G60" s="3">
         <v>10</v>
       </c>
       <c r="H60" s="3">
-        <v>10</v>
+        <v>1500</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C61" s="3">
-        <v>149.62</v>
+        <v>92.58</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F61" s="3">
-        <v>4218</v>
+        <v>4309</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>50</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>133.94</v>
+        <v>152.26</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="F62" s="3">
-        <v>14800</v>
+        <v>1307</v>
       </c>
       <c r="G62" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>1000</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>148.87</v>
+        <v>165.47</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>13002</v>
+        <v>1653</v>
       </c>
       <c r="G63" s="3">
         <v>10</v>
       </c>
       <c r="H63" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>149.71</v>
+        <v>148.97</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>1797</v>
+        <v>160</v>
       </c>
       <c r="G64" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H64" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>148.53</v>
+        <v>156.77</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>8040</v>
+        <v>260</v>
       </c>
       <c r="G65" s="3">
         <v>10</v>
       </c>
       <c r="H65" s="3">
-        <v>1500</v>
+        <v>10</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>148.83</v>
+        <v>151.69</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>3000</v>
+        <v>5480</v>
       </c>
       <c r="G66" s="3">
         <v>10</v>
       </c>
       <c r="H66" s="3">
         <v>1000</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>149.15</v>
+        <v>151.69</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>7160</v>
+        <v>3950</v>
       </c>
       <c r="G67" s="3">
         <v>10</v>
       </c>
       <c r="H67" s="3">
         <v>1000</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>149.15</v>
+        <v>164.63</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>3800</v>
+        <v>469</v>
       </c>
       <c r="G68" s="3">
         <v>10</v>
       </c>
       <c r="H68" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>107.1</v>
+        <v>57.31</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>5254</v>
+        <v>3558</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>161.88</v>
+        <v>98.03</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="F70" s="3">
-        <v>480</v>
+        <v>4921</v>
       </c>
       <c r="G70" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>106.94</v>
+        <v>152.16</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F71" s="3">
-        <v>5377</v>
+        <v>3578</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>50</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>149.62</v>
+        <v>151.36</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>3377</v>
+        <v>2280</v>
       </c>
       <c r="G72" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="2"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
       <c r="I73" s="2"/>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C74" s="3">
-        <v>29.3</v>
+        <v>49.98</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>65</v>
+        <v>15325</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H74" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C75" s="3">
-        <v>215.14</v>
+        <v>98.88</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>1310</v>
+        <v>3125</v>
       </c>
       <c r="G75" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H75" s="3">
         <v>500</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C76" s="3">
-        <v>238.86</v>
+        <v>218.8</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>2200</v>
+        <v>450</v>
       </c>
       <c r="G76" s="3">
         <v>10</v>
       </c>
       <c r="H76" s="3">
         <v>500</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C77" s="3">
-        <v>49.14</v>
+        <v>101.49</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>16100</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C78" s="3">
-        <v>99.79</v>
+        <v>55.07</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>253</v>
+        <v>6350</v>
       </c>
       <c r="G78" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H78" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C79" s="3">
-        <v>26.72</v>
+        <v>29.8</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>1650</v>
+        <v>65</v>
       </c>
       <c r="G79" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C80" s="3">
-        <v>106.92</v>
+        <v>23.09</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>0</v>
+        <v>1550</v>
       </c>
       <c r="G80" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H80" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C81" s="3">
-        <v>54.15</v>
+        <v>242.92</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>6350</v>
+        <v>2130</v>
       </c>
       <c r="G81" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H81" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A82" s="3" t="s">
+      <c r="A82" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B82" s="2"/>
+      <c r="C82" s="2"/>
+      <c r="D82" s="2"/>
+      <c r="E82" s="2"/>
+      <c r="F82" s="2"/>
+      <c r="G82" s="2"/>
+      <c r="H82" s="2"/>
+      <c r="I82" s="2"/>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="2"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
       <c r="I83" s="2"/>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A84" s="2" t="s">
+      <c r="A84" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B84" s="2"/>
-[...6 lines deleted...]
-      <c r="I84" s="2"/>
+      <c r="C84" s="3">
+        <v>52.96</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F84" s="3">
+        <v>1338</v>
+      </c>
+      <c r="G84" s="3">
+        <v>1</v>
+      </c>
+      <c r="H84" s="3">
+        <v>200</v>
+      </c>
+      <c r="I84" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C85" s="3">
-        <v>39.59</v>
+        <v>40.26</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>6546</v>
+        <v>5130</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>200</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C86" s="3">
-        <v>20.41</v>
+        <v>55.16</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>5600</v>
+        <v>7950</v>
       </c>
       <c r="G86" s="3">
+        <v>1</v>
+      </c>
+      <c r="H86" s="3">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>2000</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C87" s="3">
-        <v>81.44</v>
+        <v>58.75</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>9091</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>200</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C88" s="3">
-        <v>57.77</v>
+        <v>75.21</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>9930</v>
+        <v>3753</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>200</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C89" s="3">
-        <v>31.65</v>
+        <v>82.82</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>7026</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>200</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="3">
-        <v>27.34</v>
+        <v>31.86</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>4024</v>
+        <v>6897</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>200</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C91" s="3">
-        <v>43.56</v>
+        <v>17.4</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>18410</v>
+        <v>3382</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>200</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C92" s="3">
-        <v>39.7</v>
+        <v>32.19</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>23067</v>
+        <v>4498</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>200</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C93" s="3">
-        <v>59.02</v>
+        <v>20.76</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>12435</v>
+        <v>5400</v>
       </c>
       <c r="G93" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H93" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C94" s="3">
-        <v>75.1</v>
+        <v>40.37</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>7797</v>
+        <v>18521</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C95" s="3">
-        <v>81.66</v>
+        <v>60.02</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>0</v>
+        <v>10351</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>200</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C96" s="3">
-        <v>31.33</v>
+        <v>18.85</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>9011</v>
+        <v>943</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C97" s="3">
-        <v>54.24</v>
+        <v>27.8</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>10877</v>
+        <v>495</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>200</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C98" s="3">
-        <v>22.84</v>
+        <v>83.05</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>2203</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C99" s="3">
-        <v>20.6</v>
+        <v>76.38</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>2115</v>
+        <v>7249</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>1000</v>
+        <v>240</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C100" s="3">
-        <v>48.83</v>
+        <v>44.3</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>6064</v>
+        <v>14229</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>200</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C101" s="3">
-        <v>17.11</v>
+        <v>49.66</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>3702</v>
+        <v>4834</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>200</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C102" s="3">
-        <v>73.95</v>
+        <v>23.23</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>4300</v>
+        <v>1736</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A103" s="3" t="s">
+      <c r="A103" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="B103" s="3" t="s">
+      <c r="B103" s="2"/>
+      <c r="C103" s="2"/>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2"/>
+      <c r="H103" s="2"/>
+      <c r="I103" s="2"/>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A104" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="C103" s="3">
-[...22 lines deleted...]
-      <c r="A104" s="2" t="s">
+      <c r="B104" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B104" s="2"/>
-[...6 lines deleted...]
-      <c r="I104" s="2"/>
+      <c r="C104" s="3">
+        <v>153.39</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F104" s="3">
+        <v>1539</v>
+      </c>
+      <c r="G104" s="3">
+        <v>1</v>
+      </c>
+      <c r="H104" s="3">
+        <v>120</v>
+      </c>
+      <c r="I104" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C105" s="3">
-        <v>27.02</v>
+        <v>42.22</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>0</v>
+        <v>17617</v>
       </c>
       <c r="G105" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>2000</v>
+        <v>400</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C106" s="3">
-        <v>36.11</v>
+        <v>24.73</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>6125</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H106" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C107" s="3">
-        <v>49.8</v>
+        <v>42.2</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>22473</v>
+        <v>5641</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C108" s="3">
-        <v>61.13</v>
+        <v>50.65</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>3400</v>
+        <v>21444</v>
       </c>
       <c r="G108" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C109" s="3">
-        <v>150.83</v>
+        <v>36.72</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>1320</v>
+        <v>2946</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>120</v>
+        <v>1000</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C110" s="3">
-        <v>41.51</v>
+        <v>62.17</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>20160</v>
+        <v>3200</v>
       </c>
       <c r="G110" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H110" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C111" s="3">
-        <v>27.94</v>
+        <v>28.41</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>19394</v>
+        <v>16154</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>2000</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A112" s="3" t="s">
+      <c r="A112" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="B112" s="3" t="s">
+      <c r="B112" s="2"/>
+      <c r="C112" s="2"/>
+      <c r="D112" s="2"/>
+      <c r="E112" s="2"/>
+      <c r="F112" s="2"/>
+      <c r="G112" s="2"/>
+      <c r="H112" s="2"/>
+      <c r="I112" s="2"/>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A113" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="C112" s="3">
-[...14 lines deleted...]
-      <c r="H112" s="3">
+      <c r="B113" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="C113" s="3">
+        <v>68.18</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F113" s="3">
+        <v>4002</v>
+      </c>
+      <c r="G113" s="3">
+        <v>50</v>
+      </c>
+      <c r="H113" s="3">
         <v>400</v>
       </c>
-      <c r="I112" s="3">
-[...14 lines deleted...]
-      <c r="I113" s="2"/>
+      <c r="I113" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C114" s="3">
-        <v>621.39</v>
+        <v>84.9</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>1341</v>
+        <v>1402</v>
       </c>
       <c r="G114" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H114" s="3">
-        <v>60</v>
+        <v>600</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C115" s="3">
-        <v>1275.25</v>
+        <v>297.56</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>862</v>
+        <v>1396</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C116" s="3">
-        <v>285.78</v>
+        <v>1304.01</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>1038</v>
+        <v>0</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C117" s="3">
-        <v>98.61</v>
+        <v>1296.93</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>6547</v>
+        <v>815</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>360</v>
+        <v>60</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C118" s="3">
-        <v>75.03</v>
+        <v>94.64</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>440</v>
+        <v>13</v>
       </c>
       <c r="G118" s="3">
         <v>25</v>
       </c>
       <c r="H118" s="3">
         <v>500</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C119" s="3">
-        <v>169.12</v>
+        <v>96.98</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>1028</v>
+        <v>680</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>360</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C120" s="3">
-        <v>561.41</v>
+        <v>43.63</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>970</v>
+        <v>3128</v>
       </c>
       <c r="G120" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H120" s="3">
-        <v>30</v>
+        <v>600</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C121" s="3">
-        <v>173.01</v>
+        <v>418.38</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>957</v>
+        <v>64</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>360</v>
+        <v>600</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C122" s="3">
-        <v>87.87</v>
+        <v>296.37</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>1414</v>
+        <v>1591</v>
       </c>
       <c r="G122" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="H122" s="3">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C123" s="3">
-        <v>112.19</v>
+        <v>123.71</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>6669</v>
+        <v>2363</v>
       </c>
       <c r="G123" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H123" s="3">
-        <v>360</v>
+        <v>400</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C124" s="3">
-        <v>130.23</v>
+        <v>100.29</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>1689</v>
+        <v>5269</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>360</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C125" s="3">
-        <v>75.4</v>
+        <v>149.57</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>7398</v>
+        <v>760</v>
       </c>
       <c r="G125" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>360</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C126" s="3">
-        <v>411.39</v>
+        <v>172</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>109</v>
+        <v>872</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>600</v>
+        <v>360</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C127" s="3">
-        <v>97.2</v>
+        <v>132.44</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>0</v>
+        <v>179</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>600</v>
+        <v>360</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C128" s="3">
-        <v>392.7</v>
+        <v>342.3</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>810</v>
+        <v>95</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>85</v>
+        <v>120</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C129" s="3">
-        <v>307.99</v>
+        <v>76.31</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>1652</v>
+        <v>390</v>
       </c>
       <c r="G129" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H129" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C130" s="3">
-        <v>336.58</v>
+        <v>76.68</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>327</v>
+        <v>6241</v>
       </c>
       <c r="G130" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H130" s="3">
-        <v>120</v>
+        <v>360</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C131" s="3">
-        <v>67.04</v>
+        <v>631.95</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>4520</v>
+        <v>1303</v>
       </c>
       <c r="G131" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>400</v>
+        <v>60</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C132" s="3">
-        <v>45.16</v>
+        <v>570.95</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>4251</v>
+        <v>897</v>
       </c>
       <c r="G132" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>600</v>
+        <v>30</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C133" s="3">
-        <v>109.48</v>
+        <v>276.11</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>563</v>
+        <v>549</v>
       </c>
       <c r="G133" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C134" s="3">
-        <v>291.42</v>
+        <v>84.02</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>1741</v>
+        <v>0</v>
       </c>
       <c r="G134" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C135" s="3">
-        <v>121.64</v>
+        <v>399.38</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>2823</v>
+        <v>694</v>
       </c>
       <c r="G135" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>400</v>
+        <v>85</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A136" s="3" t="s">
+      <c r="A136" s="2" t="s">
         <v>269</v>
       </c>
-      <c r="B136" s="3" t="s">
+      <c r="B136" s="2"/>
+      <c r="C136" s="2"/>
+      <c r="D136" s="2"/>
+      <c r="E136" s="2"/>
+      <c r="F136" s="2"/>
+      <c r="G136" s="2"/>
+      <c r="H136" s="2"/>
+      <c r="I136" s="2"/>
+    </row>
+    <row r="137" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A137" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="C136" s="3">
-[...14 lines deleted...]
-      <c r="H136" s="3">
+      <c r="B137" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="C137" s="3">
+        <v>249.61</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F137" s="3">
+        <v>2675</v>
+      </c>
+      <c r="G137" s="3">
+        <v>1</v>
+      </c>
+      <c r="H137" s="3">
         <v>60</v>
       </c>
-      <c r="I136" s="3">
-[...14 lines deleted...]
-      <c r="I137" s="2"/>
+      <c r="I137" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C138" s="3">
-        <v>267.72</v>
+        <v>226.86</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>536</v>
+        <v>918</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
         <v>60</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C139" s="3">
-        <v>234.81</v>
+        <v>216.14</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>913</v>
+        <v>444</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
         <v>60</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C140" s="3">
-        <v>247.84</v>
+        <v>255.93</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>2916</v>
+        <v>529</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>60</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C141" s="3">
-        <v>245.44</v>
+        <v>217.81</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>1999</v>
+        <v>411</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
         <v>60</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C142" s="3">
-        <v>256.06</v>
+        <v>217.81</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>458</v>
+        <v>555</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>60</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C143" s="3">
-        <v>267.72</v>
+        <v>252.05</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>423</v>
+        <v>2684</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
         <v>60</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A144" s="3" t="s">
+      <c r="A144" s="2" t="s">
         <v>284</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B144" s="2"/>
+      <c r="C144" s="2"/>
+      <c r="D144" s="2"/>
+      <c r="E144" s="2"/>
+      <c r="F144" s="2"/>
+      <c r="G144" s="2"/>
+      <c r="H144" s="2"/>
+      <c r="I144" s="2"/>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="2" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="B145" s="2"/>
       <c r="C145" s="2"/>
       <c r="D145" s="2"/>
       <c r="E145" s="2"/>
       <c r="F145" s="2"/>
       <c r="G145" s="2"/>
       <c r="H145" s="2"/>
       <c r="I145" s="2"/>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A146" s="2" t="s">
+      <c r="A146" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="B146" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="B146" s="2"/>
-[...6 lines deleted...]
-      <c r="I146" s="2"/>
+      <c r="C146" s="3">
+        <v>520.25</v>
+      </c>
+      <c r="D146" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F146" s="3">
+        <v>468</v>
+      </c>
+      <c r="G146" s="3">
+        <v>1</v>
+      </c>
+      <c r="H146" s="3">
+        <v>48</v>
+      </c>
+      <c r="I146" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C147" s="3">
-        <v>1279.83</v>
+        <v>811.19</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
         <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>48</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C148" s="3">
-        <v>511.55</v>
+        <v>616.64</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
         <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
         <v>48</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C149" s="3">
-        <v>606.33</v>
+        <v>1301.59</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
         <v>0</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
         <v>48</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A150" s="3" t="s">
+      <c r="A150" s="2" t="s">
         <v>294</v>
       </c>
-      <c r="B150" s="3" t="s">
+      <c r="B150" s="2"/>
+      <c r="C150" s="2"/>
+      <c r="D150" s="2"/>
+      <c r="E150" s="2"/>
+      <c r="F150" s="2"/>
+      <c r="G150" s="2"/>
+      <c r="H150" s="2"/>
+      <c r="I150" s="2"/>
+    </row>
+    <row r="151" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A151" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="C150" s="3">
-[...22 lines deleted...]
-      <c r="A151" s="2" t="s">
+      <c r="B151" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="B151" s="2"/>
-[...6 lines deleted...]
-      <c r="I151" s="2"/>
+      <c r="C151" s="3">
+        <v>2186.11</v>
+      </c>
+      <c r="D151" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F151" s="3">
+        <v>628</v>
+      </c>
+      <c r="G151" s="3">
+        <v>1</v>
+      </c>
+      <c r="H151" s="3">
+        <v>24</v>
+      </c>
+      <c r="I151" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C152" s="3">
-        <v>2783.86</v>
+        <v>1785.8</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>465</v>
+        <v>3</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C153" s="3">
-        <v>2149.57</v>
+        <v>1691.06</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>1304</v>
+        <v>0</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C154" s="3">
-        <v>1452.6</v>
+        <v>1477.29</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F154" s="3">
-        <v>0</v>
+        <v>875</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>20</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C155" s="3">
-        <v>1662.79</v>
+        <v>766.84</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C156" s="3">
-        <v>1755.95</v>
+        <v>2831.19</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="F156" s="3">
         <v>0</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A157" s="3" t="s">
+      <c r="A157" s="2" t="s">
         <v>307</v>
       </c>
-      <c r="B157" s="3" t="s">
+      <c r="B157" s="2"/>
+      <c r="C157" s="2"/>
+      <c r="D157" s="2"/>
+      <c r="E157" s="2"/>
+      <c r="F157" s="2"/>
+      <c r="G157" s="2"/>
+      <c r="H157" s="2"/>
+      <c r="I157" s="2"/>
+    </row>
+    <row r="158" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A158" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="C157" s="3">
-[...22 lines deleted...]
-      <c r="A158" s="2" t="s">
+      <c r="B158" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="B158" s="2"/>
-[...6 lines deleted...]
-      <c r="I158" s="2"/>
+      <c r="C158" s="3">
+        <v>1141.64</v>
+      </c>
+      <c r="D158" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F158" s="3">
+        <v>0</v>
+      </c>
+      <c r="G158" s="3">
+        <v>1</v>
+      </c>
+      <c r="H158" s="3">
+        <v>80</v>
+      </c>
+      <c r="I158" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C159" s="3">
-        <v>1351.78</v>
+        <v>1374.76</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
         <v>0</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
         <v>80</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A160" s="3" t="s">
+      <c r="A160" s="2" t="s">
         <v>312</v>
       </c>
-      <c r="B160" s="3" t="s">
+      <c r="B160" s="2"/>
+      <c r="C160" s="2"/>
+      <c r="D160" s="2"/>
+      <c r="E160" s="2"/>
+      <c r="F160" s="2"/>
+      <c r="G160" s="2"/>
+      <c r="H160" s="2"/>
+      <c r="I160" s="2"/>
+    </row>
+    <row r="161" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A161" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="C160" s="3">
-[...8 lines deleted...]
-      <c r="F160" s="3">
+      <c r="B161" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="C161" s="3">
+        <v>1828.13</v>
+      </c>
+      <c r="D161" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F161" s="3">
         <v>0</v>
       </c>
-      <c r="G160" s="3">
-[...20 lines deleted...]
-      <c r="I161" s="2"/>
+      <c r="G161" s="3">
+        <v>1</v>
+      </c>
+      <c r="H161" s="3">
+        <v>48</v>
+      </c>
+      <c r="I161" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C162" s="3">
-        <v>1797.57</v>
+        <v>2267.54</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
         <v>0</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C163" s="3">
-        <v>2229.64</v>
+        <v>1883.28</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>10</v>
+        <v>144</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A164" s="3" t="s">
+      <c r="A164" s="2" t="s">
         <v>319</v>
       </c>
-      <c r="B164" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B164" s="2"/>
+      <c r="C164" s="2"/>
+      <c r="D164" s="2"/>
+      <c r="E164" s="2"/>
+      <c r="F164" s="2"/>
+      <c r="G164" s="2"/>
+      <c r="H164" s="2"/>
+      <c r="I164" s="2"/>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="2" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="B165" s="2"/>
       <c r="C165" s="2"/>
       <c r="D165" s="2"/>
       <c r="E165" s="2"/>
       <c r="F165" s="2"/>
       <c r="G165" s="2"/>
       <c r="H165" s="2"/>
       <c r="I165" s="2"/>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A166" s="2" t="s">
+      <c r="A166" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="B166" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="B166" s="2"/>
-[...6 lines deleted...]
-      <c r="I166" s="2"/>
+      <c r="C166" s="3">
+        <v>851.96</v>
+      </c>
+      <c r="D166" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F166" s="3">
+        <v>1491</v>
+      </c>
+      <c r="G166" s="3">
+        <v>1</v>
+      </c>
+      <c r="H166" s="3">
+        <v>20</v>
+      </c>
+      <c r="I166" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>323</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>324</v>
       </c>
       <c r="C167" s="3">
-        <v>837.72</v>
+        <v>599.41</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>104</v>
+        <v>0</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>325</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>326</v>
       </c>
       <c r="C168" s="3">
-        <v>457.63</v>
+        <v>465.41</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>0</v>
+        <v>967</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
         <v>20</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A169" s="3" t="s">
+      <c r="A169" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="B169" s="3" t="s">
+      <c r="B169" s="2"/>
+      <c r="C169" s="2"/>
+      <c r="D169" s="2"/>
+      <c r="E169" s="2"/>
+      <c r="F169" s="2"/>
+      <c r="G169" s="2"/>
+      <c r="H169" s="2"/>
+      <c r="I169" s="2"/>
+    </row>
+    <row r="170" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A170" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="C169" s="3">
-[...22 lines deleted...]
-      <c r="A170" s="2" t="s">
+      <c r="B170" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="B170" s="2"/>
-[...6 lines deleted...]
-      <c r="I170" s="2"/>
+      <c r="C170" s="3">
+        <v>1346.07</v>
+      </c>
+      <c r="D170" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F170" s="3">
+        <v>447</v>
+      </c>
+      <c r="G170" s="3">
+        <v>1</v>
+      </c>
+      <c r="H170" s="3">
+        <v>50</v>
+      </c>
+      <c r="I170" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C171" s="3">
-        <v>1400.5</v>
+        <v>1136.83</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>835</v>
+        <v>0</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C172" s="3">
-        <v>716.4</v>
+        <v>1424.31</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>2799</v>
+        <v>607</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C173" s="3">
-        <v>558.3</v>
+        <v>552.08</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>2118</v>
+        <v>1183</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
         <v>60</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C174" s="3">
-        <v>1323.57</v>
+        <v>567.79</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F174" s="3">
-        <v>589</v>
+        <v>1450</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C175" s="3">
-        <v>607.82</v>
+        <v>1469.07</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>502</v>
+        <v>5</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C176" s="3">
-        <v>1440.94</v>
+        <v>1082.07</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>2127</v>
+        <v>1468</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
         <v>60</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C177" s="3">
-        <v>1444.51</v>
+        <v>1465.44</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>0</v>
+        <v>1988</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C178" s="3">
-        <v>1117.83</v>
+        <v>728.58</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>0</v>
+        <v>2438</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
         <v>60</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C179" s="3">
-        <v>890.18</v>
+        <v>1472.74</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>1143</v>
+        <v>0</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C180" s="3">
-        <v>1063.98</v>
+        <v>618.15</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>578</v>
+        <v>1031</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
         <v>60</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C181" s="3">
-        <v>1448.12</v>
+        <v>905.31</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>0</v>
+        <v>777</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
+        <v>60</v>
+      </c>
+      <c r="I181" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A182" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="B182" s="2"/>
+      <c r="C182" s="2"/>
+      <c r="D182" s="2"/>
+      <c r="E182" s="2"/>
+      <c r="F182" s="2"/>
+      <c r="G182" s="2"/>
+      <c r="H182" s="2"/>
+      <c r="I182" s="2"/>
+    </row>
+    <row r="183" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A183" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="B183" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="C183" s="3">
+        <v>118.98</v>
+      </c>
+      <c r="D183" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F183" s="3">
+        <v>11587</v>
+      </c>
+      <c r="G183" s="3">
         <v>50</v>
       </c>
-      <c r="I181" s="3">
-[...43 lines deleted...]
-      <c r="I183" s="2"/>
+      <c r="H183" s="3">
+        <v>400</v>
+      </c>
+      <c r="I183" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>355</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C184" s="3">
-        <v>135.09</v>
+        <v>419.63</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
+        <v>134</v>
+      </c>
+      <c r="G184" s="3">
+        <v>1</v>
+      </c>
+      <c r="H184" s="3">
+        <v>40</v>
+      </c>
+      <c r="I184" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>357</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C185" s="3">
-        <v>294.08</v>
+        <v>690.98</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>386</v>
+        <v>45</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I185" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C186" s="3">
-        <v>412.62</v>
+        <v>299.08</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>139</v>
+        <v>1</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I186" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C187" s="3">
-        <v>332.13</v>
+        <v>137.39</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>59</v>
+        <v>1192</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>40</v>
+        <v>300</v>
       </c>
       <c r="I187" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C188" s="3">
-        <v>444.78</v>
+        <v>338.05</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>127</v>
+        <v>0</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>30</v>
+        <v>150</v>
       </c>
       <c r="I188" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>365</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C189" s="3">
-        <v>308.17</v>
+        <v>432.15</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>425</v>
+        <v>160</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="I189" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C190" s="3">
-        <v>449.72</v>
+        <v>337.78</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>29</v>
+        <v>166</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C191" s="3">
-        <v>190.99</v>
+        <v>420.21</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>2392</v>
+        <v>0</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>200</v>
+        <v>35</v>
       </c>
       <c r="I191" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C192" s="3">
-        <v>389.36</v>
+        <v>626.09</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>0</v>
+        <v>730</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C193" s="3">
-        <v>238.68</v>
+        <v>973.92</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>148</v>
+        <v>97</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="I193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C194" s="3">
-        <v>575.71</v>
+        <v>313.41</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>18</v>
+        <v>369</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="I194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C195" s="3">
-        <v>459.1</v>
+        <v>269.46</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>11</v>
+        <v>1767</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="I195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C196" s="3">
-        <v>353.16</v>
+        <v>330.49</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>13</v>
+        <v>587</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="I196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C197" s="3">
-        <v>615.62</v>
+        <v>482.11</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>661</v>
+        <v>68</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="I197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>383</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C198" s="3">
-        <v>191.31</v>
+        <v>359.16</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>12614</v>
+        <v>831</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>200</v>
+        <v>35</v>
       </c>
       <c r="I198" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C199" s="3">
-        <v>320.8</v>
+        <v>626.09</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>0</v>
+        <v>358</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="I199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>388</v>
       </c>
       <c r="C200" s="3">
-        <v>330.59</v>
+        <v>452.34</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>0</v>
+        <v>320</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>389</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>390</v>
       </c>
       <c r="C201" s="3">
-        <v>594.99</v>
+        <v>973.92</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>0</v>
+        <v>124</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="I201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>391</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>392</v>
       </c>
       <c r="C202" s="3">
-        <v>324.97</v>
+        <v>502.36</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>44</v>
+        <v>665</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I202" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>393</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>394</v>
       </c>
       <c r="C203" s="3">
-        <v>474.05</v>
+        <v>401.82</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="I203" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>395</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>396</v>
       </c>
       <c r="C204" s="3">
-        <v>707.33</v>
+        <v>359.16</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>355</v>
+        <v>980</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="I204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>397</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C205" s="3">
-        <v>957.64</v>
+        <v>114.61</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>109</v>
+        <v>17293</v>
       </c>
       <c r="G205" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H205" s="3">
-        <v>25</v>
+        <v>300</v>
       </c>
       <c r="I205" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C206" s="3">
-        <v>138.94</v>
+        <v>312.12</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>3644</v>
+        <v>193</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I206" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C207" s="3">
-        <v>116.99</v>
+        <v>211.35</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>29687</v>
+        <v>347</v>
       </c>
       <c r="G207" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H207" s="3">
-        <v>400</v>
+        <v>20</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C208" s="3">
-        <v>112.69</v>
+        <v>556.22</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>25323</v>
+        <v>18</v>
       </c>
       <c r="G208" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H208" s="3">
-        <v>300</v>
+        <v>35</v>
       </c>
       <c r="I208" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C209" s="3">
-        <v>219.64</v>
+        <v>605.1</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>22009</v>
+        <v>249</v>
       </c>
       <c r="G209" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>300</v>
+        <v>35</v>
       </c>
       <c r="I209" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>407</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>408</v>
       </c>
       <c r="C210" s="3">
-        <v>306.9</v>
+        <v>313.24</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>185</v>
+        <v>344</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
         <v>40</v>
       </c>
       <c r="I210" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>409</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C211" s="3">
-        <v>439</v>
+        <v>457.37</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>4</v>
+        <v>543</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I211" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>412</v>
       </c>
       <c r="C212" s="3">
-        <v>229.35</v>
+        <v>194.56</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I212" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>413</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>414</v>
       </c>
       <c r="C213" s="3">
-        <v>424.93</v>
+        <v>270.19</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F213" s="3">
-        <v>103</v>
+        <v>0</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>40</v>
+        <v>150</v>
       </c>
       <c r="I213" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>415</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C214" s="3">
-        <v>264.96</v>
+        <v>194.24</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>1168</v>
+        <v>1</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>45</v>
+        <v>200</v>
       </c>
       <c r="I214" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>417</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>418</v>
       </c>
       <c r="C215" s="3">
-        <v>308</v>
+        <v>141.3</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>367</v>
+        <v>0</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I215" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
         <v>419</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>420</v>
       </c>
       <c r="C216" s="3">
-        <v>715.19</v>
+        <v>719.35</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>62</v>
+        <v>344</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
         <v>30</v>
       </c>
       <c r="I216" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>421</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>422</v>
       </c>
       <c r="C217" s="3">
-        <v>353.16</v>
+        <v>223.37</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>309</v>
+        <v>20009</v>
       </c>
       <c r="G217" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H217" s="3">
-        <v>35</v>
+        <v>300</v>
       </c>
       <c r="I217" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C218" s="3">
-        <v>207.82</v>
+        <v>309.95</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G218" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="I218" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
         <v>425</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>426</v>
       </c>
       <c r="C219" s="3">
-        <v>615.62</v>
+        <v>242.74</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>617</v>
+        <v>79</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="I219" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>427</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>428</v>
       </c>
       <c r="C220" s="3">
-        <v>957.64</v>
+        <v>233.25</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F220" s="3">
-        <v>87</v>
+        <v>168</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I220" s="3">
         <v>0</v>
-      </c>
-[...85 lines deleted...]
-        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A27:I27"/>
     <mergeCell ref="A38:I38"/>
     <mergeCell ref="A52:I52"/>
     <mergeCell ref="A73:I73"/>
+    <mergeCell ref="A82:I82"/>
     <mergeCell ref="A83:I83"/>
-    <mergeCell ref="A84:I84"/>
-[...2 lines deleted...]
-    <mergeCell ref="A137:I137"/>
+    <mergeCell ref="A103:I103"/>
+    <mergeCell ref="A112:I112"/>
+    <mergeCell ref="A136:I136"/>
+    <mergeCell ref="A144:I144"/>
     <mergeCell ref="A145:I145"/>
-    <mergeCell ref="A146:I146"/>
-[...2 lines deleted...]
-    <mergeCell ref="A161:I161"/>
+    <mergeCell ref="A150:I150"/>
+    <mergeCell ref="A157:I157"/>
+    <mergeCell ref="A160:I160"/>
+    <mergeCell ref="A164:I164"/>
     <mergeCell ref="A165:I165"/>
-    <mergeCell ref="A166:I166"/>
-[...1 lines deleted...]
-    <mergeCell ref="A183:I183"/>
+    <mergeCell ref="A169:I169"/>
+    <mergeCell ref="A182:I182"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
@@ -7990,178 +7885,175 @@
     <hyperlink ref="D56" r:id="rId49"/>
     <hyperlink ref="D57" r:id="rId50"/>
     <hyperlink ref="D58" r:id="rId51"/>
     <hyperlink ref="D59" r:id="rId52"/>
     <hyperlink ref="D60" r:id="rId53"/>
     <hyperlink ref="D61" r:id="rId54"/>
     <hyperlink ref="D62" r:id="rId55"/>
     <hyperlink ref="D63" r:id="rId56"/>
     <hyperlink ref="D64" r:id="rId57"/>
     <hyperlink ref="D65" r:id="rId58"/>
     <hyperlink ref="D66" r:id="rId59"/>
     <hyperlink ref="D67" r:id="rId60"/>
     <hyperlink ref="D68" r:id="rId61"/>
     <hyperlink ref="D69" r:id="rId62"/>
     <hyperlink ref="D70" r:id="rId63"/>
     <hyperlink ref="D71" r:id="rId64"/>
     <hyperlink ref="D72" r:id="rId65"/>
     <hyperlink ref="D74" r:id="rId66"/>
     <hyperlink ref="D75" r:id="rId67"/>
     <hyperlink ref="D76" r:id="rId68"/>
     <hyperlink ref="D77" r:id="rId69"/>
     <hyperlink ref="D78" r:id="rId70"/>
     <hyperlink ref="D79" r:id="rId71"/>
     <hyperlink ref="D80" r:id="rId72"/>
     <hyperlink ref="D81" r:id="rId73"/>
-    <hyperlink ref="D82" r:id="rId74"/>
+    <hyperlink ref="D84" r:id="rId74"/>
     <hyperlink ref="D85" r:id="rId75"/>
     <hyperlink ref="D86" r:id="rId76"/>
     <hyperlink ref="D87" r:id="rId77"/>
     <hyperlink ref="D88" r:id="rId78"/>
     <hyperlink ref="D89" r:id="rId79"/>
     <hyperlink ref="D90" r:id="rId80"/>
     <hyperlink ref="D91" r:id="rId81"/>
     <hyperlink ref="D92" r:id="rId82"/>
     <hyperlink ref="D93" r:id="rId83"/>
     <hyperlink ref="D94" r:id="rId84"/>
     <hyperlink ref="D95" r:id="rId85"/>
     <hyperlink ref="D96" r:id="rId86"/>
     <hyperlink ref="D97" r:id="rId87"/>
     <hyperlink ref="D98" r:id="rId88"/>
     <hyperlink ref="D99" r:id="rId89"/>
     <hyperlink ref="D100" r:id="rId90"/>
     <hyperlink ref="D101" r:id="rId91"/>
     <hyperlink ref="D102" r:id="rId92"/>
-    <hyperlink ref="D103" r:id="rId93"/>
+    <hyperlink ref="D104" r:id="rId93"/>
     <hyperlink ref="D105" r:id="rId94"/>
     <hyperlink ref="D106" r:id="rId95"/>
     <hyperlink ref="D107" r:id="rId96"/>
     <hyperlink ref="D108" r:id="rId97"/>
     <hyperlink ref="D109" r:id="rId98"/>
     <hyperlink ref="D110" r:id="rId99"/>
     <hyperlink ref="D111" r:id="rId100"/>
-    <hyperlink ref="D112" r:id="rId101"/>
+    <hyperlink ref="D113" r:id="rId101"/>
     <hyperlink ref="D114" r:id="rId102"/>
     <hyperlink ref="D115" r:id="rId103"/>
     <hyperlink ref="D116" r:id="rId104"/>
     <hyperlink ref="D117" r:id="rId105"/>
     <hyperlink ref="D118" r:id="rId106"/>
     <hyperlink ref="D119" r:id="rId107"/>
     <hyperlink ref="D120" r:id="rId108"/>
     <hyperlink ref="D121" r:id="rId109"/>
     <hyperlink ref="D122" r:id="rId110"/>
     <hyperlink ref="D123" r:id="rId111"/>
     <hyperlink ref="D124" r:id="rId112"/>
     <hyperlink ref="D125" r:id="rId113"/>
     <hyperlink ref="D126" r:id="rId114"/>
     <hyperlink ref="D127" r:id="rId115"/>
     <hyperlink ref="D128" r:id="rId116"/>
     <hyperlink ref="D129" r:id="rId117"/>
     <hyperlink ref="D130" r:id="rId118"/>
     <hyperlink ref="D131" r:id="rId119"/>
     <hyperlink ref="D132" r:id="rId120"/>
     <hyperlink ref="D133" r:id="rId121"/>
     <hyperlink ref="D134" r:id="rId122"/>
     <hyperlink ref="D135" r:id="rId123"/>
-    <hyperlink ref="D136" r:id="rId124"/>
+    <hyperlink ref="D137" r:id="rId124"/>
     <hyperlink ref="D138" r:id="rId125"/>
     <hyperlink ref="D139" r:id="rId126"/>
     <hyperlink ref="D140" r:id="rId127"/>
     <hyperlink ref="D141" r:id="rId128"/>
     <hyperlink ref="D142" r:id="rId129"/>
     <hyperlink ref="D143" r:id="rId130"/>
-    <hyperlink ref="D144" r:id="rId131"/>
+    <hyperlink ref="D146" r:id="rId131"/>
     <hyperlink ref="D147" r:id="rId132"/>
     <hyperlink ref="D148" r:id="rId133"/>
     <hyperlink ref="D149" r:id="rId134"/>
-    <hyperlink ref="D150" r:id="rId135"/>
+    <hyperlink ref="D151" r:id="rId135"/>
     <hyperlink ref="D152" r:id="rId136"/>
     <hyperlink ref="D153" r:id="rId137"/>
     <hyperlink ref="D154" r:id="rId138"/>
     <hyperlink ref="D155" r:id="rId139"/>
     <hyperlink ref="D156" r:id="rId140"/>
-    <hyperlink ref="D157" r:id="rId141"/>
+    <hyperlink ref="D158" r:id="rId141"/>
     <hyperlink ref="D159" r:id="rId142"/>
-    <hyperlink ref="D160" r:id="rId143"/>
+    <hyperlink ref="D161" r:id="rId143"/>
     <hyperlink ref="D162" r:id="rId144"/>
     <hyperlink ref="D163" r:id="rId145"/>
-    <hyperlink ref="D164" r:id="rId146"/>
+    <hyperlink ref="D166" r:id="rId146"/>
     <hyperlink ref="D167" r:id="rId147"/>
     <hyperlink ref="D168" r:id="rId148"/>
-    <hyperlink ref="D169" r:id="rId149"/>
+    <hyperlink ref="D170" r:id="rId149"/>
     <hyperlink ref="D171" r:id="rId150"/>
     <hyperlink ref="D172" r:id="rId151"/>
     <hyperlink ref="D173" r:id="rId152"/>
     <hyperlink ref="D174" r:id="rId153"/>
     <hyperlink ref="D175" r:id="rId154"/>
     <hyperlink ref="D176" r:id="rId155"/>
     <hyperlink ref="D177" r:id="rId156"/>
     <hyperlink ref="D178" r:id="rId157"/>
     <hyperlink ref="D179" r:id="rId158"/>
     <hyperlink ref="D180" r:id="rId159"/>
     <hyperlink ref="D181" r:id="rId160"/>
-    <hyperlink ref="D182" r:id="rId161"/>
+    <hyperlink ref="D183" r:id="rId161"/>
     <hyperlink ref="D184" r:id="rId162"/>
     <hyperlink ref="D185" r:id="rId163"/>
     <hyperlink ref="D186" r:id="rId164"/>
     <hyperlink ref="D187" r:id="rId165"/>
     <hyperlink ref="D188" r:id="rId166"/>
     <hyperlink ref="D189" r:id="rId167"/>
     <hyperlink ref="D190" r:id="rId168"/>
     <hyperlink ref="D191" r:id="rId169"/>
     <hyperlink ref="D192" r:id="rId170"/>
     <hyperlink ref="D193" r:id="rId171"/>
     <hyperlink ref="D194" r:id="rId172"/>
     <hyperlink ref="D195" r:id="rId173"/>
     <hyperlink ref="D196" r:id="rId174"/>
     <hyperlink ref="D197" r:id="rId175"/>
     <hyperlink ref="D198" r:id="rId176"/>
     <hyperlink ref="D199" r:id="rId177"/>
     <hyperlink ref="D200" r:id="rId178"/>
     <hyperlink ref="D201" r:id="rId179"/>
     <hyperlink ref="D202" r:id="rId180"/>
     <hyperlink ref="D203" r:id="rId181"/>
     <hyperlink ref="D204" r:id="rId182"/>
     <hyperlink ref="D205" r:id="rId183"/>
     <hyperlink ref="D206" r:id="rId184"/>
     <hyperlink ref="D207" r:id="rId185"/>
     <hyperlink ref="D208" r:id="rId186"/>
     <hyperlink ref="D209" r:id="rId187"/>
     <hyperlink ref="D210" r:id="rId188"/>
     <hyperlink ref="D211" r:id="rId189"/>
     <hyperlink ref="D212" r:id="rId190"/>
     <hyperlink ref="D213" r:id="rId191"/>
     <hyperlink ref="D214" r:id="rId192"/>
     <hyperlink ref="D215" r:id="rId193"/>
     <hyperlink ref="D216" r:id="rId194"/>
     <hyperlink ref="D217" r:id="rId195"/>
     <hyperlink ref="D218" r:id="rId196"/>
     <hyperlink ref="D219" r:id="rId197"/>
     <hyperlink ref="D220" r:id="rId198"/>
-    <hyperlink ref="D221" r:id="rId199"/>
-[...1 lines deleted...]
-    <hyperlink ref="D223" r:id="rId201"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>