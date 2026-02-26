--- v1 (2026-01-12)
+++ v2 (2026-02-26)
@@ -8,1339 +8,1327 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="822" uniqueCount="429">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="814" uniqueCount="425">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Электроаксессуары</t>
   </si>
   <si>
     <t>1.1 Сетевые вилки и кабельные розетки</t>
   </si>
   <si>
     <t>1.1.1 Сетевые вилки и кабельные розетки REXANT</t>
   </si>
   <si>
+    <t>11-8529</t>
+  </si>
+  <si>
+    <t>Розетка разборная Евро с з/к 16А черная REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-8934</t>
+  </si>
+  <si>
+    <t>Вилка прямая без з/к 6А черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8946</t>
+  </si>
+  <si>
+    <t>Вилка прямая без з/к 6А плоская белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8948</t>
+  </si>
+  <si>
+    <t>Вилка Евро прямая с з/к 16А усиленная белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8540</t>
+  </si>
+  <si>
+    <t>Розетка разборная без з/к 10А черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0728</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А белая IP20 REXANT</t>
+  </si>
+  <si>
+    <t>16-0730</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А белая с кнопкой REXANT</t>
+  </si>
+  <si>
+    <t>11-8949</t>
+  </si>
+  <si>
+    <t>Вилка Евро прямая с з/к 16А усиленная черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8952</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А с кольцом бело-черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0734</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16 А плоская за шкаф белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8954</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А белая REXANT</t>
+  </si>
+  <si>
     <t>11-8933</t>
   </si>
   <si>
     <t>Вилка прямая без з/к 6А белая REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...22 lines deleted...]
-  <si>
     <t>11-8950</t>
   </si>
   <si>
     <t>Вилка Евро прямая с з/к 16А черная REXANT</t>
   </si>
   <si>
-    <t>16-0734</t>
-[...4 lines deleted...]
-  <si>
     <t>16-0736</t>
   </si>
   <si>
     <t>Вилка Евро угловая с з/к 16 А плоская за шкаф черная REXANT</t>
   </si>
   <si>
-    <t>11-8954</t>
-[...10 lines deleted...]
-  <si>
     <t>11-8951</t>
   </si>
   <si>
     <t>Вилка Евро угловая с з/к 16А с кольцом белая REXANT</t>
   </si>
   <si>
     <t>11-8528</t>
   </si>
   <si>
     <t>Розетка разборная Евро с з/к 16А белая REXANT</t>
   </si>
   <si>
-    <t>11-8529</t>
-[...4 lines deleted...]
-  <si>
     <t>16-0726</t>
   </si>
   <si>
     <t>Вилка Евро угловая с з/к 16А черная REXANT</t>
   </si>
   <si>
+    <t>11-8527</t>
+  </si>
+  <si>
+    <t>Розетка разборная без з/к 10А белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8953</t>
+  </si>
+  <si>
+    <t>Вилка Евро угловая с з/к 16А с кольцом черная REXANT</t>
+  </si>
+  <si>
+    <t>16-0732</t>
+  </si>
+  <si>
+    <t>Вилка Евро прямая с з/к 16А белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8947</t>
+  </si>
+  <si>
+    <t>Вилка прямая без з/к 6А плоская черная REXANT</t>
+  </si>
+  <si>
     <t>11-8526</t>
   </si>
   <si>
     <t>Розетка разборная без з/к 6А плоская белая REXANT</t>
   </si>
   <si>
-    <t>11-8527</t>
-[...46 lines deleted...]
-  <si>
     <t>1.2 Разъемы РШ-ВШ</t>
   </si>
   <si>
+    <t>11-8983</t>
+  </si>
+  <si>
+    <t>Розетка РШ для электрической плиты 32А, 250В, 2Р+РЕ (ОУ) черная REXANT</t>
+  </si>
+  <si>
+    <t>11-8931</t>
+  </si>
+  <si>
+    <t>Вилка ВШ для электрической плиты 32А, 250В, 2Р+РЕ (ОУ) белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8985</t>
+  </si>
+  <si>
+    <t>Розетка РШ для электрической плиты 32А, 250В, 2Р+РЕ (СУ) белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8982</t>
+  </si>
+  <si>
+    <t>Розетка РШ/Евро двойная для электрической плиты 32А/16A, 250В, 2Р+РЕ (ОУ) белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8520</t>
+  </si>
+  <si>
+    <t>Розетка РШ для электрической плиты 40А, 250В 2Р+РЕ (ОУ) белая REXANT</t>
+  </si>
+  <si>
+    <t>11-8525</t>
+  </si>
+  <si>
+    <t>Розетка РШ для электрической плиты 32А, 380В, 3Р+РЕ (ОУ) черная REXANT</t>
+  </si>
+  <si>
     <t>11-8984</t>
   </si>
   <si>
     <t>Розетка РШ для электрической плиты 32А, 250В, 2Р+РЕ (ОУ) белая REXANT</t>
   </si>
   <si>
     <t>11-8519</t>
   </si>
   <si>
     <t>Вилка ВШ для электрической плиты 40А, 250В 2Р+РЕ (ОУ) белая REXANT</t>
   </si>
   <si>
-    <t>11-8982</t>
-[...4 lines deleted...]
-  <si>
     <t>11-8927</t>
   </si>
   <si>
     <t>Вилка ВШ для электрической плиты 32А, 380В, 3Р+РЕ (ОУ) черная REXANT</t>
   </si>
   <si>
-    <t>11-8525</t>
-[...28 lines deleted...]
-  <si>
     <t>11-8930</t>
   </si>
   <si>
     <t>Вилка ВШ для электрической плиты 32А, 250В, 2Р+РЕ (ОУ) черная REXANT</t>
   </si>
   <si>
     <t>1.3 Сетевые переходники и адаптеры</t>
   </si>
   <si>
+    <t>11-1041-9</t>
+  </si>
+  <si>
+    <t>Адаптер сетевой (переходник) с Евро А/F на тонкую вилку С1 плоский «Тефаль» 6А б/з белый PROCONNECT (пакет БОПП 1 шт/уп.)</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
     <t>11-1067-9</t>
   </si>
   <si>
     <t>Адаптер сетевой (переходник) с Евро А/F на вилку С1 CEE 7/2 «Питер» 6А б/з черный PROconnect (пакет БОПП 1 шт/уп.)</t>
   </si>
   <si>
     <t>11-1042-9</t>
   </si>
   <si>
     <t>Адаптер сетевой (переходник) с Евро А/F на тонкую вилку С1 плоский «Тефаль» 6А б/з черный PROCONNECT (пакет БОПП 1 шт/уп.)</t>
   </si>
   <si>
-    <t>упак</t>
-[...1 lines deleted...]
-  <si>
     <t>11-1031-9</t>
   </si>
   <si>
     <t>Адаптер сетевой (переходник) с Евро А/F на вилку С1 CEE 7/2 «Питер» 10А б/з белый PROconnect (пакет БОПП 1 шт/уп.)</t>
   </si>
   <si>
-    <t>11-1041-9</t>
-[...2 lines deleted...]
-    <t>Адаптер сетевой (переходник) с Евро А/F на тонкую вилку С1 плоский «Тефаль» 6А б/з белый PROCONNECT (пакет БОПП 1 шт/уп.)</t>
+    <t>11-1051</t>
+  </si>
+  <si>
+    <t>Адаптер сетевой «Путешественник» с USB REXANT</t>
+  </si>
+  <si>
+    <t>11-1065</t>
+  </si>
+  <si>
+    <t>Адаптер сетевой (переходник) с Евро А/F на тонкую вилку С1 «Козья ножка» 10А б/з REXANT</t>
+  </si>
+  <si>
+    <t>11-1011</t>
+  </si>
+  <si>
+    <t>Адаптер сетевой (переходник) универсальный на Евро вилку F/C2 «Квадрат» 10А б/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1041</t>
+  </si>
+  <si>
+    <t>Адаптер сетевой (переходник) с Евро А/F на тонкую вилку С1 плоский «Тефаль» 6А б/з белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1067</t>
+  </si>
+  <si>
+    <t>Адаптер сетевой (переходник) с Евро А/F на вилку С1 CEE 7/2 «Питер» 6А б/з черный REXANT</t>
   </si>
   <si>
     <t>11-1052</t>
   </si>
   <si>
     <t>Адаптер сетевой «Путешественник» REXANT</t>
   </si>
   <si>
     <t>11-1021</t>
   </si>
   <si>
     <t>Адаптер сетевой (переходник) с Евро А/F на тонкую вилку С1 «Стакан» с бортами 6 А б/з REXANT</t>
   </si>
   <si>
     <t>11-1042</t>
   </si>
   <si>
     <t>Адаптер сетевой (переходник) с Евро А/F на тонкую вилку С1 плоский «Тефаль» 6А б/з черный REXANT</t>
   </si>
   <si>
-    <t>11-1067</t>
-[...22 lines deleted...]
-  <si>
     <t>11-1031</t>
   </si>
   <si>
     <t>Адаптер сетевой (переходник) с Евро А/F на вилку С1 CEE 7/2 «Питер» 10А б/з белый REXANT</t>
   </si>
   <si>
-    <t>11-1051</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Выключатели для светильников</t>
   </si>
   <si>
+    <t>36-3015</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А ON-OFF белый (напольный - для лампы) REXANT</t>
+  </si>
+  <si>
+    <t>06-0245-A</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c деревянным наконечником, золотой, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>32-0104</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c проводом и деревянным наконечником «Gold» REXANT</t>
+  </si>
+  <si>
+    <t>32-0105</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c деревянным наконечником «Silver» REXANT</t>
+  </si>
+  <si>
+    <t>36-3018</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А ON-OFF черный на электропровод (для настольной лампы) REXANT</t>
+  </si>
+  <si>
+    <t>36-3025</t>
+  </si>
+  <si>
+    <t>Выключатель-кнопка 250V 2А ON-OFF черный (напольный - для лампы) REXANT</t>
+  </si>
+  <si>
+    <t>32-0105-1</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c деревянным наконечником «Silver», индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>32-0103-1</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c проводом и деревянным наконечником «Silver», индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>32-0101-1</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника с цепочкой 270мм «Silver», индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0242-A</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c проводом и деревянным наконечником, серебряный, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0243-A</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c проводом и деревянным наконечником, золотой, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0244-A</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c деревянным наконечником, серебряный, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>32-0106</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c деревянным наконечником «Gold» REXANT</t>
+  </si>
+  <si>
+    <t>32-0104-1</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника c проводом и деревянным наконечником «Gold», индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>32-0101</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника с цепочкой 270мм «Silver» REXANT</t>
+  </si>
+  <si>
     <t>32-0103</t>
   </si>
   <si>
     <t>Выключатель для настенного светильника c проводом и деревянным наконечником «Silver» REXANT</t>
   </si>
   <si>
-    <t>32-0103-1</t>
-[...2 lines deleted...]
-    <t>Выключатель для настенного светильника c проводом и деревянным наконечником «Silver», индивидуальная упаковка, 1 шт. REXANT</t>
+    <t>32-0102-1</t>
+  </si>
+  <si>
+    <t>Выключатель для настенного светильника с цепочкой 270мм «Gold», индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
     <t>32-0106-1</t>
   </si>
   <si>
     <t>Выключатель для настенного светильника c деревянным наконечником «Gold», индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
-    <t>36-3025</t>
-[...16 lines deleted...]
-  <si>
     <t>36-3016</t>
   </si>
   <si>
     <t>Выключатель-кнопка 250V 6А ON-OFF белый на электропровод (для настольной лампы / для бра) REXANT</t>
   </si>
   <si>
     <t>32-0102</t>
   </si>
   <si>
     <t>Выключатель для настенного светильника с цепочкой 270мм «Gold» REXANT</t>
   </si>
   <si>
-    <t>32-0102-1</t>
-[...70 lines deleted...]
-  <si>
     <t>1.5 Сетевые штекеры и гнезда</t>
   </si>
   <si>
+    <t>36-2282</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250 V 6 А (4с) ON-OFF красный с подсветкой и штекером C14 3PIN  REXANT</t>
+  </si>
+  <si>
+    <t>11-0004-9</t>
+  </si>
+  <si>
+    <t>Сетевой штекер на шнур (1 шт.) (пакет БОПП) REXANT</t>
+  </si>
+  <si>
+    <t>11-0001</t>
+  </si>
+  <si>
+    <t>Сетевое гнездо на корпус ("папа" контакт) REXANT</t>
+  </si>
+  <si>
+    <t>36-2270</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 250V 10А (4с) ON-OFF красный с подсветкой и штекером C14 3PIN  REXANT</t>
+  </si>
+  <si>
     <t>11-0004</t>
   </si>
   <si>
     <t>Сетевой штекер на шнур ("мама" контакт) REXANT</t>
   </si>
   <si>
+    <t>11-0002</t>
+  </si>
+  <si>
+    <t>Сетевое гнездо на корпус ("мама" контакт) REXANT</t>
+  </si>
+  <si>
     <t>11-0003</t>
   </si>
   <si>
     <t>Сетевой штекер на шнур ("папа" контакт) REXANT</t>
   </si>
   <si>
-    <t>36-2282</t>
-[...16 lines deleted...]
-  <si>
     <t>11-0002-9</t>
   </si>
   <si>
-    <t>Сетевое гнездо на корпус (1 шт. ) (пакет БОПП) REXANT</t>
-[...11 lines deleted...]
-    <t>Выключатель клавишный 250V 10А (4с) ON-OFF красный с подсветкой и штекером C14 3PIN  REXANT</t>
+    <t>Сетевое гнездо на корпус (1 шт.) (пакет БОПП) REXANT</t>
   </si>
   <si>
     <t>1.6 Электропатроны</t>
   </si>
   <si>
     <t>1.6.1 Патроны карболитовые и пластиковые</t>
   </si>
   <si>
+    <t>11-8826</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной с кольцом Е27 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8895</t>
+  </si>
+  <si>
+    <t>Цоколь «патрон» пластиковый G4 с проводом 15см, черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8818</t>
+  </si>
+  <si>
+    <t>Патрон карболитовый потолочный Е27 черный, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8823</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий с кольцом Е14 белый, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8825</t>
+  </si>
+  <si>
+    <t>Патрон подвесной с клеммной колодкой E27 черный, с этикеткой, индивидуальный пакет REXANT</t>
+  </si>
+  <si>
+    <t>11-8855</t>
+  </si>
+  <si>
+    <t>Патрон-розетка карболитовый Е27 черный, с этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8828</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е27 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8843-4</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е14 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8801</t>
+  </si>
+  <si>
+    <t>Патрон подвесной с клеммной колодкой E27 белый, с этикеткой, индивидуальный пакет REXANT</t>
+  </si>
+  <si>
+    <t>11-8870</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый настенный Е27 прямой, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8816</t>
+  </si>
+  <si>
+    <t>Патрон карболитовый с кольцом Е27 черный, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8815</t>
+  </si>
+  <si>
+    <t>Патрон карболитовый подвесной Е27 черный, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8817</t>
+  </si>
+  <si>
+    <t>Патрон карболитовый настенный Е27 черный, c этикеткой, наклонный REXANT</t>
+  </si>
+  <si>
+    <t>11-8822</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е14 белый, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8875</t>
+  </si>
+  <si>
+    <t>Патрон E27 с проводом 20см бело-бежевый REXANT</t>
+  </si>
+  <si>
+    <t>11-8876</t>
+  </si>
+  <si>
+    <t>Патрон E27 с проводом 20см черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8819</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е27 белый, c этикеткой REXANT</t>
+  </si>
+  <si>
     <t>11-8872</t>
   </si>
   <si>
     <t>Патрон пластиковый настенный Е27 наклонный, белый, c этикеткой REXANT</t>
   </si>
   <si>
-    <t>11-8826</t>
-[...100 lines deleted...]
-  <si>
     <t>11-8827</t>
   </si>
   <si>
     <t>Патрон пластиковый термостойкий подвесной с кольцом Е14 черный REXANT</t>
   </si>
   <si>
     <t>1.6.2 Патроны керамические</t>
   </si>
   <si>
+    <t>11-8804</t>
+  </si>
+  <si>
+    <t>Цоколь «патрон» GU-10 с проводом REXANT</t>
+  </si>
+  <si>
+    <t>11-8805</t>
+  </si>
+  <si>
+    <t>Цоколь «патрон» GU-5.3 с проводом REXANT</t>
+  </si>
+  <si>
+    <t>11-8893</t>
+  </si>
+  <si>
+    <t>Патрон керамический E14 с этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8867</t>
+  </si>
+  <si>
+    <t>Патрон керамический E27 с держателем REXANT</t>
+  </si>
+  <si>
+    <t>11-8879</t>
+  </si>
+  <si>
+    <t>Цоколь «патрон» G9 с проводом 15см, белый, c этикеткой REXANT</t>
+  </si>
+  <si>
     <t>11-8866</t>
   </si>
   <si>
     <t>Патрон керамический E40 REXANT</t>
   </si>
   <si>
-    <t>11-8867</t>
-[...2 lines deleted...]
-    <t>Патрон керамический E27 с держателем REXANT</t>
+    <t>11-8891</t>
+  </si>
+  <si>
+    <t>Патрон керамический E27 с этикеткой REXANT</t>
   </si>
   <si>
     <t>11-8880</t>
   </si>
   <si>
     <t>Цоколь «патрон» керамический G4 с проводом 15см, белый REXANT</t>
   </si>
   <si>
-    <t>11-8893</t>
-[...28 lines deleted...]
-  <si>
     <t>1.6.3 Разветвители цокольные и переходники</t>
   </si>
   <si>
+    <t>11-8831</t>
+  </si>
+  <si>
+    <t>Переходник цокольный Е14-Е27 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8854-9</t>
+  </si>
+  <si>
+    <t>Переходник цокольный GU5,3- GU10 (пакет БОПП) 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>11-8860</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-2хЕ27 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8862</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-4хЕ27 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8881</t>
+  </si>
+  <si>
+    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный AC 220В-Е27 с выключателем REXANT</t>
+  </si>
+  <si>
+    <t>11-8883</t>
+  </si>
+  <si>
+    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный AC 220В-Е14 с выключателем REXANT</t>
+  </si>
+  <si>
+    <t>11-8812</t>
+  </si>
+  <si>
+    <t>Переходник цокольный Е27-Е40 REXANT</t>
+  </si>
+  <si>
+    <t>11-8821</t>
+  </si>
+  <si>
+    <t>Переходник цокольный E40-E27 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8843</t>
+  </si>
+  <si>
+    <t>Переходник цокольный GU10-Е14 REXANT</t>
+  </si>
+  <si>
+    <t>11-8854</t>
+  </si>
+  <si>
+    <t>Переходник цокольный GU5.3- GU10 REXANT</t>
+  </si>
+  <si>
+    <t>11-8864</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-4хЕ27 (поворотный цоколь) белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8865</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-5хЕ27 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8869</t>
+  </si>
+  <si>
+    <t>Переходник Е27-Е27 гибкий 300 мм REXANT</t>
+  </si>
+  <si>
+    <t>80-1194</t>
+  </si>
+  <si>
+    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный гибкий 220В-Е27 150 мм с выключателем REXANT</t>
+  </si>
+  <si>
+    <t>11-8871</t>
+  </si>
+  <si>
+    <t>Переходник цокольный E14-E27 черный REXANT</t>
+  </si>
+  <si>
     <t>11-8813</t>
   </si>
   <si>
     <t>Переходник цокольный E27-E14 белый REXANT</t>
   </si>
   <si>
+    <t>11-8841</t>
+  </si>
+  <si>
+    <t>Переходник  цокольный GU10-Е27 REXANT</t>
+  </si>
+  <si>
     <t>11-8834</t>
   </si>
   <si>
     <t>Переходник цокольный E14-GU10 белый REXANT</t>
   </si>
   <si>
-    <t>80-1194</t>
-[...2 lines deleted...]
-    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный гибкий 220В-Е27 150 мм с выключателем REXANT</t>
+    <t>11-8861</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-3хЕ27 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8868</t>
+  </si>
+  <si>
+    <t>Переходник Е27-Е27 гибкий 150 мм REXANT</t>
   </si>
   <si>
     <t>11-8863</t>
   </si>
   <si>
     <t>Разветвитель цокольный Е27-3хЕ27 (поворотный цоколь) белый REXANT</t>
   </si>
   <si>
-    <t>11-8864</t>
-[...40 lines deleted...]
-  <si>
     <t>11-8811</t>
   </si>
   <si>
-    <t>Разветвитель цокольный  Е27-2хЕ27 белый REXANT</t>
-[...65 lines deleted...]
-    <t>Разветвитель цокольный Е27-4хЕ27 белый REXANT</t>
+    <t>Разветвитель цокольный Е27-2хЕ27 белый REXANT</t>
   </si>
   <si>
     <t>1.6.4 Патроны со шнуром</t>
   </si>
   <si>
+    <t>11-8884</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м белый REXANT</t>
+  </si>
+  <si>
     <t>11-8890</t>
   </si>
   <si>
     <t>Патрон E27 силиконовый со шнуром 1м черный REXANT</t>
   </si>
   <si>
     <t>11-8885</t>
   </si>
   <si>
     <t>Патрон E27 силиконовый со шнуром 1м синий REXANT</t>
   </si>
   <si>
     <t>11-8886</t>
   </si>
   <si>
     <t>Патрон E27 силиконовый со шнуром 1м зеленый REXANT</t>
   </si>
   <si>
+    <t>11-8887</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м фиолетовый REXANT</t>
+  </si>
+  <si>
     <t>11-8889</t>
   </si>
   <si>
     <t>Патрон E27 силиконовый со шнуром 1м желтый REXANT</t>
   </si>
   <si>
-    <t>11-8887</t>
-[...4 lines deleted...]
-  <si>
     <t>11-8888</t>
   </si>
   <si>
     <t>Патрон E27 силиконовый со шнуром 1м красный REXANT</t>
   </si>
   <si>
-    <t>11-8884</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7 Умные розетки</t>
   </si>
   <si>
     <t>1.7.1 Розетки таймеры</t>
   </si>
   <si>
+    <t>11-6003</t>
+  </si>
+  <si>
+    <t>Розетка с механическим таймером суточный 30мин/24ч 48 ON/OFF в защитном корпусе IP44 REXANT RX-23</t>
+  </si>
+  <si>
+    <t>11-6010</t>
+  </si>
+  <si>
+    <t>Розетка с электронным таймером недельный 1мин/7дн 20 программ ON/OFF REXANT RX-31А</t>
+  </si>
+  <si>
+    <t>11-6005</t>
+  </si>
+  <si>
+    <t>Розетка с механическим таймером суточный 15мин/24ч 96 ON/OFF REXANT RX-28</t>
+  </si>
+  <si>
     <t>11-6001</t>
   </si>
   <si>
-    <t>Розетка с механическим таймером суточный 30мин/24ч 48 ON/OFF REXANT RX - 21</t>
-[...17 lines deleted...]
-    <t>Розетка с электронным таймером недельный 1мин/7дн 20 программ ON/OFF REXANT RX - 31А</t>
+    <t>Розетка с механическим таймером суточный 30мин/24ч 48 ON/OFF REXANT RX-21</t>
   </si>
   <si>
     <t>1.7.2 Радиоуправляемые розетки</t>
   </si>
   <si>
+    <t>10-6020</t>
+  </si>
+  <si>
+    <t>Радиоуправляемая  розетка c пультом RX-001 (один пульт, одна розетка) 10А/30м REXANT</t>
+  </si>
+  <si>
+    <t>11-9033</t>
+  </si>
+  <si>
+    <t>Умный цоколь для дистанционного управления освещением RX-15 с пультом REXANT</t>
+  </si>
+  <si>
+    <t>10-6030</t>
+  </si>
+  <si>
+    <t>Радиоуправляемая  розетка c пультом RX-003 (один пульт, три розетки) 10А/30м REXANT</t>
+  </si>
+  <si>
+    <t>11-6008</t>
+  </si>
+  <si>
+    <t>Умная Wi-Fi розетка/дистанционное управление бытовыми приборами 10 А</t>
+  </si>
+  <si>
+    <t>11-6009</t>
+  </si>
+  <si>
+    <t>Умная Wi-Fi розетка/дистанционное управление бытовыми приборами 16 А</t>
+  </si>
+  <si>
     <t>10-6025</t>
   </si>
   <si>
     <t>Радиоуправляемая  розетка c пультом RX-002 (один пульт, две розетки) 10А/30м REXANT</t>
   </si>
   <si>
-    <t>11-6009</t>
-[...28 lines deleted...]
-  <si>
     <t>1.7.3 Реле напряжения</t>
   </si>
   <si>
+    <t>10-6040</t>
+  </si>
+  <si>
+    <t>Реле напряжения «вилка-розетка» c дисплеем 16А</t>
+  </si>
+  <si>
     <t>10-6045</t>
   </si>
   <si>
-    <t>Реле напряжения «вилка-розетка»  16А</t>
-[...5 lines deleted...]
-    <t>Реле напряжения «вилка-розетка» c дисплеем 16А</t>
+    <t>Реле напряжения «вилка-розетка» 16А</t>
   </si>
   <si>
     <t>1.7.4 Ваттметры</t>
   </si>
   <si>
     <t>10-6103</t>
   </si>
   <si>
     <t>Ваттметр PC-7 вертикальный 1-тарифный 16А PROconnect</t>
   </si>
   <si>
     <t>10-6100</t>
   </si>
   <si>
     <t>Ваттметр с подсветкой RX-11 вертикальный 2х тарифный 16А REXANT</t>
   </si>
   <si>
     <t>10-6102</t>
   </si>
   <si>
     <t>Ваттметр RX-8 горизонтальный 2х тарифный 16А REXANT</t>
   </si>
   <si>
     <t>1.8 Звонки дверные</t>
   </si>
   <si>
     <t>1.8.1 Звонки проводные</t>
   </si>
   <si>
     <t>73-0110</t>
   </si>
   <si>
     <t>Звонок электрический без кнопки 1 мелодия 220В с регулятором громкости REXANT</t>
   </si>
   <si>
+    <t>73-0100</t>
+  </si>
+  <si>
+    <t>Звонок электрический без кнопки 1 мелодия 220В REXANT</t>
+  </si>
+  <si>
     <t>73-0080</t>
   </si>
   <si>
     <t>Звонок электрический RX-8 с проводом и кнопкой 36 мелодий REXANT</t>
   </si>
   <si>
-    <t>73-0100</t>
-[...4 lines deleted...]
-  <si>
     <t>1.8.2 Звонки беспроводные</t>
   </si>
   <si>
+    <t>73-0017</t>
+  </si>
+  <si>
+    <t>Беспроводной дверной звонок c цифровым кодированием 52 мелодии 150м IP56 (черный) REXANT</t>
+  </si>
+  <si>
+    <t>73-0018</t>
+  </si>
+  <si>
+    <t>Беспроводной дверной звонок c цифровым кодированием 52 мелодии 150м IP56 (белый) REXANT</t>
+  </si>
+  <si>
     <t>73-0090</t>
   </si>
   <si>
     <t>Беспроводной дверной звонок в розетку c цифровым кодированием мигающий 36 мелодий 150м IP44 (белый/серый) REXANT</t>
   </si>
   <si>
+    <t>73-0020</t>
+  </si>
+  <si>
+    <t>Беспроводной дверной звонок RX-2 32 мелодии 100м кнопка IP44 (белый/синий) REXANT</t>
+  </si>
+  <si>
+    <t>73-0030</t>
+  </si>
+  <si>
+    <t>Беспроводной дверной звонок RX-3 с цифровым кодированием 32 мелодии 100м кнопка IP44 (белый/синий) REXANT</t>
+  </si>
+  <si>
+    <t>73-0050</t>
+  </si>
+  <si>
+    <t>Беспроводной дверной звонок RX-5 с двумя вызывными панелями 32 мелодии 100м кнопка IP44 (белый/синий) REXANT</t>
+  </si>
+  <si>
+    <t>73-0015</t>
+  </si>
+  <si>
+    <t>Беспроводной дверной звонок RX-30 c цифровым кодированием 25 мелодий 150м кнопка IP44 (черный) REXANT</t>
+  </si>
+  <si>
+    <t>73-0070</t>
+  </si>
+  <si>
+    <t>Беспроводной дверной звонок RX-7 в розетку с ночной подсветкой и индикацией 36 мелодий 80м IP44 (белый/серый) REXANT</t>
+  </si>
+  <si>
+    <t>73-0010</t>
+  </si>
+  <si>
+    <t>Беспроводной дверной звонок RX-1 32 мелодии 100м (белый) REXANT</t>
+  </si>
+  <si>
     <t>73-0040</t>
   </si>
   <si>
-    <t>Беспроводной дверной звонок RX-4 с двумя кнопками вызова 32 мелодии 100м IP44 (белый/синий) REXANT</t>
+    <t>Беспроводной дверной звонок RX-4 с цифровым кодированием и двумя кнопками вызова 32 мелодии 100м IP44 (белый/синий) REXANT</t>
+  </si>
+  <si>
+    <t>73-0060</t>
+  </si>
+  <si>
+    <t>Беспроводной дверной звонок RX-6 с цифровым кодированием и подключением в розетку 32 мелодии 100м кнопка IP44 (белый/синий) REXANT</t>
   </si>
   <si>
     <t>73-0016</t>
   </si>
   <si>
     <t>Беспроводной дверной звонок c цифровым кодированием переливающийся 38 мелодий 150м IP44 (белый/красный) REXANT</t>
   </si>
   <si>
-    <t>73-0010</t>
-[...52 lines deleted...]
-  <si>
     <t>1.9 Удлинительные шнуры</t>
   </si>
   <si>
+    <t>11-1147</t>
+  </si>
+  <si>
+    <t>Шнур сетевой 2х0,75 мм² 1,8м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1305</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 2х0,75 мм² 1,5м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1306</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 2х0,75 мм² 2м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1308</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 5м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1309</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 5м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1311</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 3м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1313</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 1,5м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1314</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 2м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1318</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х1,0 мм² 1,5м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1322</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х1,0 мм² 5м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1323</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х1,5 мм² 1,5м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1324</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х1,5 мм² 1,5м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1328</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х1,5 мм² 2м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-1329</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х1,5 мм² 5м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1304</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 2х0,75 мм² 1,5м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1145</t>
+  </si>
+  <si>
+    <t>Шнур сетевой с напольным переключателем 2х0,75 мм² 2,5м белый REXANT</t>
+  </si>
+  <si>
+    <t>06-3251</t>
+  </si>
+  <si>
+    <t>Шнур сетевой 1,8м с выключателем без розетки белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1134</t>
+  </si>
+  <si>
+    <t>Шнур сетевой с выключателем 2х0,75 мм² 1,8м черный REXANT</t>
+  </si>
+  <si>
     <t>11-1111</t>
   </si>
   <si>
     <t>Шнур сетевой, вилка плоская без розетки, кабель 2x0,5 мм² 1,5м белый REXANT</t>
   </si>
   <si>
+    <t>11-1112</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка плоская без розетки, кабель 2x0,5 мм² 1,8м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1115</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка плоская с выключателем, без розетки, кабель 2x0,5 мм² 1,8м 2,5A белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1133</t>
+  </si>
+  <si>
+    <t>Шнур сетевой с выключателем 2х0,75 мм² 1,8м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1319</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 3х1,0 мм² 3м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1139</t>
+  </si>
+  <si>
+    <t>Шнур сетевой с диммером, 2х0,75 мм² 2м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-1142</t>
+  </si>
+  <si>
+    <t>Шнур сетевой 2х0,75 мм² 1,8м черный REXANT</t>
+  </si>
+  <si>
     <t>11-1310</t>
   </si>
   <si>
     <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 3м белый REXANT</t>
   </si>
   <si>
     <t>11-1321</t>
   </si>
   <si>
     <t>Шнур электрический с вилкой ПВС 3х1,0 мм² 5м белый REXANT</t>
   </si>
   <si>
-    <t>11-1139</t>
-[...10 lines deleted...]
-  <si>
     <t>11-1144</t>
   </si>
   <si>
     <t>Шнур сетевой с напольным переключателем 2х0,75 мм² 2,5м черный REXANT</t>
   </si>
   <si>
-    <t>11-1311</t>
-[...16 lines deleted...]
-  <si>
     <t>11-1325</t>
   </si>
   <si>
     <t>Шнур электрический с вилкой ПВС 3х1,5 мм² 3м белый REXANT</t>
   </si>
   <si>
     <t>11-1330</t>
   </si>
   <si>
     <t>Шнур электрический с вилкой ПВС 3х1,5 мм² 5м черный REXANT</t>
   </si>
   <si>
+    <t>11-1300</t>
+  </si>
+  <si>
+    <t>Шнур электрический с вилкой ПВС 2х0,75 мм² 5м белый REXANT</t>
+  </si>
+  <si>
     <t>11-1312</t>
   </si>
   <si>
     <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 1,5м белый REXANT</t>
   </si>
   <si>
-    <t>11-1313</t>
-[...4 lines deleted...]
-  <si>
     <t>11-1315</t>
   </si>
   <si>
     <t>Шнур электрический с вилкой ПВС 3х0,75 мм² 2м черный REXANT</t>
   </si>
   <si>
     <t>11-1320</t>
   </si>
   <si>
     <t>Шнур электрический с вилкой ПВС 3х1,0 мм² 3м черный REXANT</t>
   </si>
   <si>
-    <t>11-1324</t>
-[...4 lines deleted...]
-  <si>
     <t>11-1326</t>
   </si>
   <si>
     <t>Шнур электрический с вилкой ПВС 3х1,5 мм² 3м черный REXANT</t>
   </si>
   <si>
     <t>11-1327</t>
   </si>
   <si>
     <t>Шнур электрический с вилкой ПВС 3х1,5 мм² 2м белый REXANT</t>
   </si>
   <si>
-    <t>11-1329</t>
-[...4 lines deleted...]
-  <si>
     <t>11-1137</t>
   </si>
   <si>
     <t>Шнур сетевой с диммером, 2х0,75 мм² 2м черный REXANT</t>
-  </si>
-[...106 lines deleted...]
-    <t>Шнур электрический с вилкой ПВС 2х0,75 мм² 1,5м черный REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1725,56 +1713,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-belaya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-ip20-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-usilennaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16-a-ploskaya-za-shkaf-belaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16-a-ploskaya-za-shkaf-chernaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-belaya-s-knopkoy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-belaya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-z-k-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-z-k-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-6a-ploskaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-10a-belaya-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-chernaya-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-z-k-10a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-z-k-16a-usilennaya-chernaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-z-k-16a-s-koltsom-belo-chernaya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-ploskaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-z-k-6a-ploskaya-chernaya-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-plity-32a-250v-2r-re-ou-belaya-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vsh-dlya-elektricheskoy-plity-40a-250v-2r-re-ou-belaya-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-evro-dvoynaya-dlya-elektricheskoy-plity-32a-16a-250v-2r-re-ou-belaya-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vsh-dlya-elektricheskoy-plity-32a-380v-3r-re-ou-chernaya-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-plity-32a-380v-3r-re-ou-chernaya-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-plity-32a-250v-2r-re-ou-chernaya-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vsh-dlya-elektricheskoy-plity-32a-250v-2r-re-ou-belaya-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-plity-32a-250v-2r-re-su-belaya-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-plity-40a-250v-2r-re-ou-belaya-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vsh-dlya-elektricheskoy-plity-32a-250v-2r-re-ou-chernaya-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-vilku-s1-cee-7-2-piter-6a-b-z-chernyy-proconnect-paket-bopp" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-tonkuyu-vilku-s1-ploskiy-tefal-6a-b-z-chernyy-proconnect-pa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-vilku-s1-cee-7-2-piter-10a-b-z-belyy-proconnect-paket-bopp" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-tonkuyu-vilku-s1-ploskiy-tefal-6a-b-z-belyy-proconnect-pake" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-puteshestvennik-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-tonkuyu-vilku-s1-stakan-s-bortami-6-a-b-z-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-tonkuyu-vilku-s1-ploskiy-tefal-6a-b-z-chernyy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-vilku-s1-cee-7-2-piter-6a-b-z-chernyy-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-tonkuyu-vilku-s1-kozya-nozhka-10a-b-z-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-universalnyy-na-evro-vilku-f-c2-kvadrat-10a-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-tonkuyu-vilku-s1-ploskiy-tefal-6a-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-vilku-s1-cee-7-2-piter-10a-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-puteshestvennik-s-usb-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-silver-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-silver-individualnaya" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-gold-individualnaya-upakovka-1-s" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-on-off-chernyy-napolnyy-dlya-lampy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-s-tsepochkoy-270mm-silver-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-on-off-belyy-napolnyy-dlya-lampy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-6a-on-off-belyy-na-elektroprovod-dlya-nastolnoy-lampy-dlya-bra-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-s-tsepochkoy-270mm-gold-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-s-tsepochkoy-270mm-gold-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-s-tsepochkoy-270mm-silver-individualnaya-upakovka-1-sht-rexa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-serebryanyy-1-sht-rex" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-serebryanyy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-zolotoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-silver-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-gold-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-zolotoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-on-off-chernyy-na-elektroprovod-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-silver-individualnaya-upakovka-1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-gold-individualnaya-u" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-gold-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shteker-na-shnur-mama-kontakt-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shteker-na-shnur-papa-kontakt-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250-v-6-a-4s-on-off-krasnyy-s-podsvetkoy-i-shtekerom-c14-3pin-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shteker-na-shnur-1-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-gnezdo-na-korpus-papa-kontakt-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-gnezdo-na-korpus-1-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-gnezdo-na-korpus-mama-kontakt-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-10a-4s-on-off-krasnyy-s-podsvetkoy-i-shtekerom-c14-3pin-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-nastennyy-e27-naklonnyy-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-s-koltsom-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-nastennyy-e27-pryamoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-nastennyy-e27-chernyy-c-etiketkoy-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-s-koltsom-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-belyy-s-etiketkoy-individualnyy-paket-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e14-chernyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e27-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-plastikovyy-g4-s-provodom-15sm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-podvesnoy-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-potolochnyy-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e14-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-s-koltsom-e14-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-chernyy-s-etiketkoy-individualnyy-paket-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-rozetka-karbolitovyy-e27-chernyy-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20sm-belo-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20sm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-s-koltsom-e14-chernyy-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e40-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-derzhatelem-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-keramicheskiy-g4-s-provodom-15sm-belyy-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e14-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-10-s-provodom-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-g9-s-provodom-15sm-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-5-3-s-provodom-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e27-e14-belyy-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-gu10-belyy-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-gibkiy-220v" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-3he27-povorotnyy-tsokol-belyy-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-4he27-povorotnyy-tsokol-belyy-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu10-e14-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-2he27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e40-e27-belyy-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu5-3-gu10-paket-bopp-1-sht-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu5-3-gu10-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e27-e40-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-2he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-ac-220v-e27" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-ac-220v-e14" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-150-mm-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu10-e27-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-e27-belyy-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-3he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-5he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-300-mm-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-g9-belyy-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-4he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-siniy-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-fioletovyy-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-belyy-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-s-mehanicheskim-taymerom-sutochnyy-30min-24ch-48-on-off-rexant-rx-21" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-s-mehanicheskim-taymerom-sutochnyy-30min-24ch-48-on-off-v-zaschitnom-korpuse-ip44-rexant-rx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-s-mehanicheskim-taymerom-sutochnyy-15min-24ch-96-on-off-rexant-rx-28" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-s-elektronnym-taymerom-nedelnyy-1min-7dn-20-programm-on-off-rexant-rx-31a" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radioupravlyaemaya-rozetka-c-pultom-rx-002-odin-pult-dve-rozetki-10a-30m-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-rozetka-distantsionnoe-upravlenie-bytovymi-priborami-16-a" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-rozetka-distantsionnoe-upravlenie-bytovymi-priborami-10-a" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radioupravlyaemaya-rozetka-c-pultom-rx-001-odin-pult-odna-rozetka-10a-30m-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnyy-tsokol-dlya-distantsionnogo-upravleniya-osvescheniem-rx-15-s-pultom-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radioupravlyaemaya-rozetka-c-pultom-rx-003-odin-pult-tri-rozetki-10a-30m-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rele-napryazheniya-vilka-rozetka-16a" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rele-napryazheniya-vilka-rozetka-c-displeem-16a" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vattmetr-pc-7-vertikalnyy-1-tarifnyy-16a-proconnect" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vattmetr-s-podsvetkoy-rx-11-vertikalnyy-2h-tarifnyy-16a-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vattmetr-rx-8-gorizontalnyy-2h-tarifnyy-16a-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvonok-elektricheskiy-bez-knopki-1-melodiya-220v-s-regulyatorom-gromkosti-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvonok-elektricheskiy-rx-8-s-provodom-i-knopkoy-36-melodiy-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvonok-elektricheskiy-bez-knopki-1-melodiya-220v-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-v-rozetku-c-tsifrovym-kodirovaniem-migayuschiy-36-melodiy-150m-ip44-bely" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-4-s-dvumya-knopkami-vyzova-32-melodii-100m-ip44-belyy-siniy-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-c-tsifrovym-kodirovaniem-perelivayuschiysya-38-melodiy-150m-ip44-belyy-k" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-1-32-melodii-100m-belyy-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-2-32-melodii-100m-knopka-ip44-belyy-siniy-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-c-tsifrovym-kodirovaniem-52-melodii-150m-ip56-chernyy-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-30-c-tsifrovym-kodirovaniem-25-melodiy-150m-knopka-ip44-chernyy-rexan" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-5-s-dvumya-vyzyvnymi-panelyami-32-melodii-100m-knopka-ip44-belyy-sini" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-6-v-rozetku-32-melodii-100m-knopka-ip44-belyy-siniy-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-c-tsifrovym-kodirovaniem-52-melodii-150m-ip56-belyy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-3-32-melodii-100m-knopka-ip44-belyy-siniy-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-7-v-rozetku-s-nochnoy-podsvetkoy-i-indikatsiey-36-melodiy-80m-ip44-be" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-ploskaya-bez-rozetki-kabel-2x0-5-mm-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-dimmerom-2h0-75-mm-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-2h0-75-mm-1-8m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-napolnym-pereklyuchatelem-2h0-75-mm-2-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-2m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-dimmerom-2h0-75-mm-2m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-ploskaya-bez-rozetki-kabel-2x0-5-mm-1-8m-belyy-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-1-8m-s-vyklyuchatelem-bez-rozetki-belyy-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-2m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-vyklyuchatelem-2h0-75-mm-1-8m-belyy-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-napolnym-pereklyuchatelem-2h0-75-mm-2-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-vyklyuchatelem-2h0-75-mm-1-8m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-2h0-75-mm-1-8m-belyy-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-ploskaya-s-vyklyuchatelem-bez-rozetki-kabel-2x0-5-mm-1-8m-2-5a-belyy-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm-1-5m-chernyy-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-zk-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-zk-6a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-zk-6a-ploskaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-zk-16a-usilennaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-zk-10a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16a-belaya-ip20-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16a-belaya-s-knopkoy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-zk-16a-usilennaya-chernaya-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16a-s-koltsom-belo-chernaya-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16-a-ploskaya-za-shkaf-belaya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-zk-6a-belaya-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-zk-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16-a-ploskaya-za-shkaf-chernaya-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16a-s-koltsom-belaya-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-evro-s-zk-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-zk-10a-belaya-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-uglovaya-s-zk-16a-s-koltsom-chernaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-evro-pryamaya-s-zk-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-pryamaya-bez-zk-6a-ploskaya-chernaya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-razbornaya-bez-zk-6a-ploskaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-plity-32a-250v-2r-re-ou-chernaya-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vsh-dlya-elektricheskoy-plity-32a-250v-2r-re-ou-belaya-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-plity-32a-250v-2r-re-su-belaya-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rshevro-dvoynaya-dlya-elektricheskoy-plity-32a16a-250v-2r-re-ou-belaya-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-plity-40a-250v-2r-re-ou-belaya-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-plity-32a-380v-3r-re-ou-chernaya-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-rsh-dlya-elektricheskoy-plity-32a-250v-2r-re-ou-belaya-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vsh-dlya-elektricheskoy-plity-40a-250v-2r-re-ou-belaya-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vsh-dlya-elektricheskoy-plity-32a-380v-3r-re-ou-chernaya-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-vsh-dlya-elektricheskoy-plity-32a-250v-2r-re-ou-chernaya-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-tonkuyu-vilku-s1-ploskiy-tefal-6a-b-z-belyy-proconnect-pake" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-vilku-s1-cee-7-2-piter-6a-b-z-chernyy-proconnect-paket-bopp" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-tonkuyu-vilku-s1-ploskiy-tefal-6a-b-z-chernyy-proconnect-pa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-vilku-s1-cee-7-2-piter-10a-b-z-belyy-proconnect-paket-bopp" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-puteshestvennik-s-usb-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-af-na-tonkuyu-vilku-s1-kozya-nozhka-10a-bz-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-universalnyy-na-evro-vilku-fc2-kvadrat-10a-bz-belyy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-af-na-tonkuyu-vilku-s1-ploskiy-tefal-6a-bz-belyy-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-af-na-vilku-s1-cee-72-piter-6a-bz-chernyy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-puteshestvennik-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-af-na-tonkuyu-vilku-s1-stakan-s-bortami-6-a-bz-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-af-na-tonkuyu-vilku-s1-ploskiy-tefal-6a-bz-chernyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-setevoy-perehodnik-s-evro-a-f-na-vilku-s1-cee-7-2-piter-10a-b-z-belyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-on-off-belyy-napolnyy-dlya-lampy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-zolotoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-gold-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-silver-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-on-off-chernyy-na-elektroprovod-dlya-nastolnoy-lampy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-2a-on-off-chernyy-napolnyy-dlya-lampy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-silver-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-silver-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-s-tsepochkoy-270mm-silver-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-serebryanyy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-zolotoy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-serebryanyy-1-sht-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-gold-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-gold-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-s-tsepochkoy-270mm-silver-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-provodom-i-derevyannym-nakonechnikom-silver-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-s-tsepochkoy-270mm-gold-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-c-derevyannym-nakonechnikom-gold-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-knopka-250v-6a-on-off-belyy-na-elektroprovod-dlya-nastolnoy-lampy-dlya-bra-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dlya-nastennogo-svetilnika-s-tsepochkoy-270mm-gold-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250-v-6-a-4s-on-off-krasnyy-s-podsvetkoy-i-shtekerom-c14-3pin-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shteker-na-shnur-1-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-gnezdo-na-korpus-papa-kontakt-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-250v-10a-4s-on-off-krasnyy-s-podsvetkoy-i-shtekerom-c14-3pin-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shteker-na-shnur-mama-kontakt-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-gnezdo-na-korpus-mama-kontakt-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoy-shteker-na-shnur-papa-kontakt-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/setevoe-gnezdo-na-korpus-1-sht-paket-bopp-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-s-koltsom-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-plastikovyy-g4-s-provodom-15sm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-potolochnyy-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-s-koltsom-e14-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-chernyy-s-etiketkoy-individualnyy-paket-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-rozetka-karbolitovyy-e27-chernyy-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e14-chernyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-belyy-s-etiketkoy-individualnyy-paket-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-nastennyy-e27-pryamoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-s-koltsom-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-podvesnoy-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-nastennyy-e27-chernyy-c-etiketkoy-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e14-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20sm-belo-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20sm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e27-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-nastennyy-e27-naklonnyy-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-s-koltsom-e14-chernyy-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-10-s-provodom-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-5-3-s-provodom-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e14-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-derzhatelem-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-g9-s-provodom-15sm-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e40-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-keramicheskiy-g4-s-provodom-15sm-belyy-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-e27-belyy-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu5-3-gu10-paket-bopp-1-sht-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-2he27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-4he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-ac-220v-e27-s-vyklyuchatelem-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-ac-220v-e14-s-vyklyuchatelem-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e27-e40-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e40-e27-belyy-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu10-e14-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu5-3-gu10-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-4he27-povorotnyy-tsokol-belyy-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-5he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-300-mm-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-gibkiy-220v-e27-150-mm-s-vyklyuchatelem-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e27-e14-belyy-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu10-e27-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-gu10-belyy-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-3he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-150-mm-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-3he27-povorotnyy-tsokol-belyy-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-2he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-belyy-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-siniy-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-fioletovyy-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-s-mehanicheskim-taymerom-sutochnyy-30min24ch-48-onoff-v-zashchitnom-korpuse-ip44-rexant-rx-23" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-s-elektronnym-taymerom-nedelnyy-1min7dn-20-programm-onoff-rexant-rx-31a" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-s-mehanicheskim-taymerom-sutochnyy-15min24ch-96-onoff-rexant-rx-28" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-s-mehanicheskim-taymerom-sutochnyy-30min24ch-48-onoff-rexant-rx-21" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radioupravlyaemaya-rozetka-c-pultom-rx-001-odin-pult-odna-rozetka-10a30m-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnyy-tsokol-dlya-distantsionnogo-upravleniya-osveshcheniem-rx-15-s-pultom-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radioupravlyaemaya-rozetka-c-pultom-rx-003-odin-pult-tri-rozetki-10a30m-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-rozetkadistantsionnoe-upravlenie-bytovymi-priborami-10-a" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-rozetkadistantsionnoe-upravlenie-bytovymi-priborami-16-a" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/radioupravlyaemaya-rozetka-c-pultom-rx-002-odin-pult-dve-rozetki-10a30m-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rele-napryazheniya-vilka-rozetka-c-displeem-16a" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rele-napryazheniya-vilka-rozetka-16a" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vattmetr-pc-7-vertikalnyy-1-tarifnyy-16a-proconnect" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vattmetr-s-podsvetkoy-rx-11-vertikalnyy-2h-tarifnyy-16a-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vattmetr-rx-8-gorizontalnyy-2h-tarifnyy-16a-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvonok-elektricheskiy-bez-knopki-1-melodiya-220v-s-regulyatorom-gromkosti-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvonok-elektricheskiy-bez-knopki-1-melodiya-220v-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvonok-elektricheskiy-rx-8-s-provodom-i-knopkoy-36-melodiy-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-c-tsifrovym-kodirovaniem-52-melodii-150m-ip56-chernyy-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-c-tsifrovym-kodirovaniem-52-melodii-150m-ip56-belyy-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-v-rozetku-c-tsifrovym-kodirovaniem-migayushchiy-36-melodiy-150m-ip44-belyyseryy-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-2-32-melodii-100m-knopka-ip44-belyysiniy-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-3-s-tsifrovym-kodirovaniem-32-melodii-100m-knopka-ip44-belyysiniy-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-5-s-dvumya-vyzyvnymi-panelyami-32-melodii-100m-knopka-ip44-belyysiniy-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-30-c-tsifrovym-kodirovaniem-25-melodiy-150m-knopka-ip44-chernyy-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-7-v-rozetku-s-nochnoy-podsvetkoy-i-indikatsiey-36-melodiy-80m-ip44-belyyseryy-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-1-32-melodii-100m-belyy-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-4-s-tsifrovym-kodirovaniem-i-dvumya-knopkami-vyzova-32-melodii-100m-ip44-belyysiniy-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-rx-6-s-tsifrovym-kodirovaniem-i-podklyucheniem-v-rozetku-32-melodii-100m-knopka-ip44-belyysiniy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-dvernoy-zvonok-c-tsifrovym-kodirovaniem-perelivayushchiysya-38-melodiy-150m-ip44-belyykrasnyy-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-2h0-75-mm-1-8m-belyy-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-1-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-2m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-napolnym-pereklyuchatelem-2h0-75-mm-2-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-1-8m-s-vyklyuchatelem-bez-rozetki-belyy-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-vyklyuchatelem-2h0-75-mm-1-8m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-ploskaya-bez-rozetki-kabel-2x0-5-mm-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-ploskaya-bez-rozetki-kabel-2x0-5-mm-1-8m-belyy-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-ploskaya-s-vyklyuchatelem-bez-rozetki-kabel-2x0-5-mm-1-8m-2-5a-belyy-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-vyklyuchatelem-2h0-75-mm-1-8m-belyy-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-dimmerom-2h0-75-mm-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-2h0-75-mm-1-8m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-napolnym-pereklyuchatelem-2h0-75-mm-2-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-5m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-2h0-75-mm-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-1-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h0-75-mm-2m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-0-mm-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-3m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-elektricheskiy-s-vilkoy-pvs-3h1-5-mm-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-s-dimmerom-2h0-75-mm-2m-chernyy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I220"/>
+  <dimension ref="A1:I218"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1819,6041 +1807,5983 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>54.38</v>
+        <v>113.27</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>4554</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
         <v>52.17</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>3734</v>
+        <v>3031</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>68.06</v>
+        <v>56.23</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>6896</v>
+        <v>9035</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
         <v>82.73</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>9828</v>
+        <v>6092</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>300</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>75.74</v>
+        <v>76.94</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>3198</v>
+        <v>2563</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>300</v>
+        <v>480</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>168.5</v>
+        <v>68.06</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>4729</v>
+        <v>3904</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>168.44</v>
+        <v>140.67</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>76.57</v>
+        <v>83.66</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>14669</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>140.67</v>
+        <v>86.55</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>1093</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>240</v>
+        <v>350</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>87.43</v>
+        <v>168.5</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>7628</v>
+        <v>3421</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>88.39</v>
+        <v>76.57</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>12118</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>113.27</v>
+        <v>54.38</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>1739</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>70.42</v>
+        <v>75.74</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>1810</v>
+        <v>2276</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>300</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>56.69</v>
+        <v>168.44</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>4521</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>60.95</v>
+        <v>87.43</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>48</v>
+        <v>5012</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>480</v>
+        <v>350</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>89.12</v>
+        <v>88.39</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>5447</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>76.94</v>
+        <v>70.42</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>2754</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>480</v>
+        <v>300</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>83.4</v>
+        <v>60.95</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>4401</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>300</v>
+        <v>480</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>83.66</v>
+        <v>89.12</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>4722</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>86.55</v>
+        <v>83.4</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>3359</v>
+        <v>1453</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>350</v>
+        <v>300</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>56.23</v>
+        <v>54.44</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>14285</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>500</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>54.44</v>
+        <v>56.69</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>1</v>
+        <v>3221</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>500</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>144.92</v>
+        <v>168.14</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>4001</v>
+        <v>781</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>200</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>423.15</v>
+        <v>229.65</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>183</v>
+        <v>2063</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>479.6</v>
+        <v>174.96</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>2288</v>
+        <v>979</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>229.25</v>
+        <v>479.6</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>1501</v>
+        <v>1515</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>203.25</v>
+        <v>309.86</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>2455</v>
+        <v>247</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>168.14</v>
+        <v>203.25</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>1161</v>
+        <v>2166</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>200</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>229.65</v>
+        <v>144.92</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>3288</v>
+        <v>2518</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>174.96</v>
+        <v>423.15</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>1787</v>
+        <v>830</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>309.86</v>
+        <v>229.25</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>503</v>
+        <v>1040</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
         <v>268.37</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>1728</v>
+        <v>1210</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>200</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>28.09</v>
+        <v>39.47</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="F39" s="3">
-        <v>538</v>
+        <v>1808</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>47.4</v>
+        <v>28.09</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>49.46</v>
+        <v>47.4</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F41" s="3">
-        <v>520</v>
+        <v>719</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>50</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>39.47</v>
+        <v>49.46</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F42" s="3">
-        <v>1214</v>
+        <v>693</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>50</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>724.89</v>
+        <v>906.76</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>112</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>74.12</v>
+        <v>147.18</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>220</v>
+        <v>2732</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>29.6</v>
+        <v>84.62</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>47650</v>
+        <v>38530</v>
       </c>
       <c r="G45" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H45" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>27.34</v>
+        <v>28.46</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>9850</v>
+        <v>41150</v>
       </c>
       <c r="G46" s="3">
         <v>50</v>
       </c>
       <c r="H46" s="3">
         <v>2000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>147.18</v>
+        <v>27.34</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>758</v>
+        <v>14660</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H47" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>84.62</v>
+        <v>724.89</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>42954</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>28.46</v>
+        <v>74.12</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>18750</v>
+        <v>707</v>
       </c>
       <c r="G49" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>28.27</v>
+        <v>29.6</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>13416</v>
+        <v>48050</v>
       </c>
       <c r="G50" s="3">
         <v>50</v>
       </c>
       <c r="H50" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>906.76</v>
+        <v>28.27</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>15050</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H51" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="2"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>136.22</v>
+        <v>171.17</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>13530</v>
+        <v>393</v>
       </c>
       <c r="G53" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>152.16</v>
+        <v>156.77</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>2695</v>
+        <v>10</v>
       </c>
       <c r="G54" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H54" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>97.88</v>
+        <v>151.36</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>5176</v>
+        <v>6510</v>
       </c>
       <c r="G55" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H55" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>273.75</v>
+        <v>151.69</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>887</v>
+        <v>5300</v>
       </c>
       <c r="G56" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>151.4</v>
+        <v>57.31</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>11742</v>
+        <v>1445</v>
       </c>
       <c r="G57" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>171.17</v>
+        <v>273.75</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>636</v>
+        <v>767</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>300</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>57.31</v>
+        <v>98.03</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="F59" s="3">
-        <v>9211</v>
+        <v>4360</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C60" s="3">
-        <v>151.06</v>
+        <v>152.16</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="F60" s="3">
-        <v>6550</v>
+        <v>2201</v>
       </c>
       <c r="G60" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>1500</v>
+        <v>50</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C61" s="3">
-        <v>92.58</v>
+        <v>152.26</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F61" s="3">
-        <v>4309</v>
+        <v>736</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>152.26</v>
+        <v>165.47</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>1307</v>
+        <v>1464</v>
       </c>
       <c r="G62" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H62" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>165.47</v>
+        <v>164.63</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>1653</v>
+        <v>786</v>
       </c>
       <c r="G63" s="3">
         <v>10</v>
       </c>
       <c r="H63" s="3">
         <v>10</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C64" s="3">
         <v>148.97</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>10</v>
       </c>
       <c r="H64" s="3">
         <v>10</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>156.77</v>
+        <v>151.69</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>260</v>
+        <v>6530</v>
       </c>
       <c r="G65" s="3">
         <v>10</v>
       </c>
       <c r="H65" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>151.69</v>
+        <v>152.16</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="F66" s="3">
-        <v>5480</v>
+        <v>2513</v>
       </c>
       <c r="G66" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>151.69</v>
+        <v>151.4</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>3950</v>
+        <v>10492</v>
       </c>
       <c r="G67" s="3">
         <v>10</v>
       </c>
       <c r="H67" s="3">
         <v>1000</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>164.63</v>
+        <v>136.22</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>469</v>
+        <v>11670</v>
       </c>
       <c r="G68" s="3">
         <v>10</v>
       </c>
       <c r="H68" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>57.31</v>
+        <v>92.58</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="F69" s="3">
-        <v>3558</v>
+        <v>4024</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>98.03</v>
+        <v>97.88</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F70" s="3">
-        <v>4921</v>
+        <v>4702</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>50</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>152.16</v>
+        <v>57.31</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>3578</v>
+        <v>1601</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>151.36</v>
+        <v>151.06</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>2280</v>
+        <v>5140</v>
       </c>
       <c r="G72" s="3">
         <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="2"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
       <c r="I73" s="2"/>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C74" s="3">
-        <v>49.98</v>
+        <v>218.8</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>15325</v>
+        <v>760</v>
       </c>
       <c r="G74" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H74" s="3">
         <v>500</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C75" s="3">
-        <v>98.88</v>
+        <v>101.49</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>3125</v>
+        <v>122</v>
       </c>
       <c r="G75" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C76" s="3">
-        <v>218.8</v>
+        <v>55.07</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>450</v>
+        <v>7550</v>
       </c>
       <c r="G76" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H76" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C77" s="3">
-        <v>101.49</v>
+        <v>242.92</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>2070</v>
       </c>
       <c r="G77" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H77" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C78" s="3">
-        <v>55.07</v>
+        <v>49.98</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>6350</v>
+        <v>13650</v>
       </c>
       <c r="G78" s="3">
         <v>25</v>
       </c>
       <c r="H78" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C79" s="3">
-        <v>29.8</v>
+        <v>23.09</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>65</v>
+        <v>1175</v>
       </c>
       <c r="G79" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H79" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C80" s="3">
-        <v>23.09</v>
+        <v>98.88</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>1550</v>
+        <v>3750</v>
       </c>
       <c r="G80" s="3">
         <v>25</v>
       </c>
       <c r="H80" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C81" s="3">
-        <v>242.92</v>
+        <v>29.8</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>2130</v>
+        <v>35</v>
       </c>
       <c r="G81" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="2" t="s">
         <v>165</v>
       </c>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="2"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
       <c r="I82" s="2"/>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
         <v>166</v>
       </c>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="2"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
       <c r="I83" s="2"/>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C84" s="3">
-        <v>52.96</v>
+        <v>40.26</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>200</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C85" s="3">
-        <v>40.26</v>
+        <v>20.76</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>5130</v>
+        <v>4200</v>
       </c>
       <c r="G85" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H85" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C86" s="3">
-        <v>55.16</v>
+        <v>60.02</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>7950</v>
+        <v>8159</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>200</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C87" s="3">
-        <v>58.75</v>
+        <v>27.8</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>9091</v>
+        <v>11</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>200</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C88" s="3">
-        <v>75.21</v>
+        <v>83.05</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>3753</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>200</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C89" s="3">
-        <v>82.82</v>
+        <v>76.38</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>0</v>
+        <v>6600</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="3">
         <v>31.86</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>6897</v>
+        <v>4984</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>200</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C91" s="3">
         <v>17.4</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>3382</v>
+        <v>2661</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>200</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C92" s="3">
-        <v>32.19</v>
+        <v>82.82</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>4498</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>200</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C93" s="3">
-        <v>20.76</v>
+        <v>55.16</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>5400</v>
+        <v>5714</v>
       </c>
       <c r="G93" s="3">
+        <v>1</v>
+      </c>
+      <c r="H93" s="3">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>2000</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C94" s="3">
-        <v>40.37</v>
+        <v>75.21</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>18521</v>
+        <v>3500</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>200</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C95" s="3">
-        <v>60.02</v>
+        <v>40.37</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>10351</v>
+        <v>3508</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>200</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C96" s="3">
-        <v>18.85</v>
+        <v>58.75</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>943</v>
+        <v>7209</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C97" s="3">
-        <v>27.8</v>
+        <v>18.85</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>495</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C98" s="3">
-        <v>83.05</v>
+        <v>44.3</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>0</v>
+        <v>4642</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>200</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C99" s="3">
-        <v>76.38</v>
+        <v>49.66</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>7249</v>
+        <v>3795</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C100" s="3">
-        <v>44.3</v>
+        <v>32.19</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>14229</v>
+        <v>3568</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>200</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C101" s="3">
-        <v>49.66</v>
+        <v>52.96</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>4834</v>
+        <v>360</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>200</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C102" s="3">
         <v>23.23</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>1736</v>
+        <v>1447</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>250</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
         <v>205</v>
       </c>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="2"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
       <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C104" s="3">
-        <v>153.39</v>
+        <v>36.72</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>1539</v>
+        <v>414</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>120</v>
+        <v>1000</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C105" s="3">
-        <v>42.22</v>
+        <v>28.41</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>17617</v>
+        <v>12266</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>400</v>
+        <v>2000</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C106" s="3">
-        <v>24.73</v>
+        <v>42.2</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>0</v>
+        <v>5896</v>
       </c>
       <c r="G106" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>2000</v>
+        <v>400</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C107" s="3">
-        <v>42.2</v>
+        <v>42.22</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>5641</v>
+        <v>13299</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>400</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C108" s="3">
-        <v>50.65</v>
+        <v>62.17</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>21444</v>
+        <v>2800</v>
       </c>
       <c r="G108" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H108" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C109" s="3">
-        <v>36.72</v>
+        <v>153.39</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>2946</v>
+        <v>1576</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>1000</v>
+        <v>120</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C110" s="3">
-        <v>62.17</v>
+        <v>50.65</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>3200</v>
+        <v>19594</v>
       </c>
       <c r="G110" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C111" s="3">
-        <v>28.41</v>
+        <v>24.73</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>16154</v>
+        <v>0</v>
       </c>
       <c r="G111" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H111" s="3">
         <v>2000</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="2" t="s">
         <v>222</v>
       </c>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="2"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
       <c r="I112" s="2"/>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C113" s="3">
-        <v>68.18</v>
+        <v>76.68</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>4002</v>
+        <v>5613</v>
       </c>
       <c r="G113" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="H113" s="3">
-        <v>400</v>
+        <v>360</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C114" s="3">
-        <v>84.9</v>
+        <v>418.38</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>1402</v>
+        <v>293</v>
       </c>
       <c r="G114" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>600</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C115" s="3">
-        <v>297.56</v>
+        <v>96.98</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>1396</v>
+        <v>515</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>120</v>
+        <v>360</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C116" s="3">
-        <v>1304.01</v>
+        <v>399.38</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>0</v>
+        <v>472</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C117" s="3">
-        <v>1296.93</v>
+        <v>149.57</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>815</v>
+        <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>60</v>
+        <v>360</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C118" s="3">
-        <v>94.64</v>
+        <v>172</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>13</v>
+        <v>667</v>
       </c>
       <c r="G118" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>500</v>
+        <v>360</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C119" s="3">
-        <v>96.98</v>
+        <v>123.71</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>680</v>
+        <v>2329</v>
       </c>
       <c r="G119" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H119" s="3">
-        <v>360</v>
+        <v>400</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C120" s="3">
         <v>43.63</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>3128</v>
+        <v>2878</v>
       </c>
       <c r="G120" s="3">
         <v>50</v>
       </c>
       <c r="H120" s="3">
         <v>600</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C121" s="3">
-        <v>418.38</v>
+        <v>94.64</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>64</v>
+        <v>23</v>
       </c>
       <c r="G121" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H121" s="3">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C122" s="3">
         <v>296.37</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>1591</v>
+        <v>1074</v>
       </c>
       <c r="G122" s="3">
         <v>25</v>
       </c>
       <c r="H122" s="3">
         <v>500</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C123" s="3">
-        <v>123.71</v>
+        <v>1296.93</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>2363</v>
+        <v>727</v>
       </c>
       <c r="G123" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>400</v>
+        <v>60</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C124" s="3">
-        <v>100.29</v>
+        <v>570.95</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>5269</v>
+        <v>771</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>360</v>
+        <v>30</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C125" s="3">
-        <v>149.57</v>
+        <v>276.11</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>760</v>
+        <v>535</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>360</v>
+        <v>120</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C126" s="3">
-        <v>172</v>
+        <v>297.56</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>872</v>
+        <v>824</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>360</v>
+        <v>120</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C127" s="3">
         <v>132.44</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>179</v>
+        <v>110</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>360</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C128" s="3">
-        <v>342.3</v>
+        <v>68.18</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>95</v>
+        <v>3773</v>
       </c>
       <c r="G128" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H128" s="3">
-        <v>120</v>
+        <v>400</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C129" s="3">
         <v>76.31</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>390</v>
+        <v>290</v>
       </c>
       <c r="G129" s="3">
         <v>25</v>
       </c>
       <c r="H129" s="3">
         <v>500</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C130" s="3">
-        <v>76.68</v>
+        <v>84.9</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>6241</v>
+        <v>1158</v>
       </c>
       <c r="G130" s="3">
         <v>12</v>
       </c>
       <c r="H130" s="3">
-        <v>360</v>
+        <v>600</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C131" s="3">
         <v>631.95</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>1303</v>
+        <v>1240</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
         <v>60</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C132" s="3">
-        <v>570.95</v>
+        <v>342.3</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>897</v>
+        <v>0</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C133" s="3">
-        <v>276.11</v>
+        <v>1304.01</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>549</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C134" s="3">
-        <v>84.02</v>
+        <v>100.29</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>0</v>
+        <v>4197</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>600</v>
+        <v>360</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A135" s="3" t="s">
+      <c r="A135" s="2" t="s">
         <v>267</v>
       </c>
-      <c r="B135" s="3" t="s">
+      <c r="B135" s="2"/>
+      <c r="C135" s="2"/>
+      <c r="D135" s="2"/>
+      <c r="E135" s="2"/>
+      <c r="F135" s="2"/>
+      <c r="G135" s="2"/>
+      <c r="H135" s="2"/>
+      <c r="I135" s="2"/>
+    </row>
+    <row r="136" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A136" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="C135" s="3">
-[...22 lines deleted...]
-      <c r="A136" s="2" t="s">
+      <c r="B136" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="B136" s="2"/>
-[...6 lines deleted...]
-      <c r="I136" s="2"/>
+      <c r="C136" s="3">
+        <v>252.05</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F136" s="3">
+        <v>2565</v>
+      </c>
+      <c r="G136" s="3">
+        <v>1</v>
+      </c>
+      <c r="H136" s="3">
+        <v>60</v>
+      </c>
+      <c r="I136" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C137" s="3">
         <v>249.61</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>2675</v>
+        <v>2553</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
         <v>60</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C138" s="3">
         <v>226.86</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>918</v>
+        <v>892</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
         <v>60</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C139" s="3">
         <v>216.14</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>444</v>
+        <v>406</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
         <v>60</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C140" s="3">
-        <v>255.93</v>
+        <v>217.81</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>529</v>
+        <v>260</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>60</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C141" s="3">
-        <v>217.81</v>
+        <v>255.93</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>411</v>
+        <v>298</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
         <v>60</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C142" s="3">
         <v>217.81</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>555</v>
+        <v>518</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>60</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A143" s="3" t="s">
+      <c r="A143" s="2" t="s">
         <v>282</v>
       </c>
-      <c r="B143" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B143" s="2"/>
+      <c r="C143" s="2"/>
+      <c r="D143" s="2"/>
+      <c r="E143" s="2"/>
+      <c r="F143" s="2"/>
+      <c r="G143" s="2"/>
+      <c r="H143" s="2"/>
+      <c r="I143" s="2"/>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="2" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="B144" s="2"/>
       <c r="C144" s="2"/>
       <c r="D144" s="2"/>
       <c r="E144" s="2"/>
       <c r="F144" s="2"/>
       <c r="G144" s="2"/>
       <c r="H144" s="2"/>
       <c r="I144" s="2"/>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A145" s="2" t="s">
+      <c r="A145" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="B145" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="B145" s="2"/>
-[...6 lines deleted...]
-      <c r="I145" s="2"/>
+      <c r="C145" s="3">
+        <v>811.19</v>
+      </c>
+      <c r="D145" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F145" s="3">
+        <v>0</v>
+      </c>
+      <c r="G145" s="3">
+        <v>1</v>
+      </c>
+      <c r="H145" s="3">
+        <v>48</v>
+      </c>
+      <c r="I145" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C146" s="3">
-        <v>520.25</v>
+        <v>1301.59</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>468</v>
+        <v>0</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>48</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C147" s="3">
-        <v>811.19</v>
+        <v>616.64</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
         <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>48</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C148" s="3">
-        <v>616.64</v>
+        <v>520.25</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
         <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
         <v>48</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A149" s="3" t="s">
+      <c r="A149" s="2" t="s">
         <v>292</v>
       </c>
-      <c r="B149" s="3" t="s">
+      <c r="B149" s="2"/>
+      <c r="C149" s="2"/>
+      <c r="D149" s="2"/>
+      <c r="E149" s="2"/>
+      <c r="F149" s="2"/>
+      <c r="G149" s="2"/>
+      <c r="H149" s="2"/>
+      <c r="I149" s="2"/>
+    </row>
+    <row r="150" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A150" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="C149" s="3">
-[...22 lines deleted...]
-      <c r="A150" s="2" t="s">
+      <c r="B150" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="B150" s="2"/>
-[...6 lines deleted...]
-      <c r="I150" s="2"/>
+      <c r="C150" s="3">
+        <v>1477.29</v>
+      </c>
+      <c r="D150" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F150" s="3">
+        <v>796</v>
+      </c>
+      <c r="G150" s="3">
+        <v>1</v>
+      </c>
+      <c r="H150" s="3">
+        <v>20</v>
+      </c>
+      <c r="I150" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C151" s="3">
-        <v>2186.11</v>
+        <v>766.84</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>628</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C152" s="3">
-        <v>1785.8</v>
+        <v>2831.19</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="F152" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C153" s="3">
         <v>1691.06</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
         <v>0</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
         <v>40</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C154" s="3">
-        <v>1477.29</v>
+        <v>1785.8</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>875</v>
+        <v>0</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C155" s="3">
-        <v>766.84</v>
+        <v>2186.11</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>15</v>
+        <v>82</v>
       </c>
       <c r="F155" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A156" s="3" t="s">
+      <c r="A156" s="2" t="s">
         <v>305</v>
       </c>
-      <c r="B156" s="3" t="s">
+      <c r="B156" s="2"/>
+      <c r="C156" s="2"/>
+      <c r="D156" s="2"/>
+      <c r="E156" s="2"/>
+      <c r="F156" s="2"/>
+      <c r="G156" s="2"/>
+      <c r="H156" s="2"/>
+      <c r="I156" s="2"/>
+    </row>
+    <row r="157" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A157" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="C156" s="3">
-[...22 lines deleted...]
-      <c r="A157" s="2" t="s">
+      <c r="B157" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="B157" s="2"/>
-[...6 lines deleted...]
-      <c r="I157" s="2"/>
+      <c r="C157" s="3">
+        <v>1374.76</v>
+      </c>
+      <c r="D157" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F157" s="3">
+        <v>3640</v>
+      </c>
+      <c r="G157" s="3">
+        <v>1</v>
+      </c>
+      <c r="H157" s="3">
+        <v>80</v>
+      </c>
+      <c r="I157" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C158" s="3">
         <v>1141.64</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>0</v>
+        <v>6311</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
         <v>80</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A159" s="3" t="s">
+      <c r="A159" s="2" t="s">
         <v>310</v>
       </c>
-      <c r="B159" s="3" t="s">
+      <c r="B159" s="2"/>
+      <c r="C159" s="2"/>
+      <c r="D159" s="2"/>
+      <c r="E159" s="2"/>
+      <c r="F159" s="2"/>
+      <c r="G159" s="2"/>
+      <c r="H159" s="2"/>
+      <c r="I159" s="2"/>
+    </row>
+    <row r="160" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A160" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="C159" s="3">
-[...22 lines deleted...]
-      <c r="A160" s="2" t="s">
+      <c r="B160" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="B160" s="2"/>
-[...6 lines deleted...]
-      <c r="I160" s="2"/>
+      <c r="C160" s="3">
+        <v>1828.13</v>
+      </c>
+      <c r="D160" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F160" s="3">
+        <v>138</v>
+      </c>
+      <c r="G160" s="3">
+        <v>1</v>
+      </c>
+      <c r="H160" s="3">
+        <v>48</v>
+      </c>
+      <c r="I160" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C161" s="3">
-        <v>1828.13</v>
+        <v>2267.54</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>0</v>
+        <v>290</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C162" s="3">
-        <v>2267.54</v>
+        <v>1883.28</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>0</v>
+        <v>142</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A163" s="3" t="s">
+      <c r="A163" s="2" t="s">
         <v>317</v>
       </c>
-      <c r="B163" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B163" s="2"/>
+      <c r="C163" s="2"/>
+      <c r="D163" s="2"/>
+      <c r="E163" s="2"/>
+      <c r="F163" s="2"/>
+      <c r="G163" s="2"/>
+      <c r="H163" s="2"/>
+      <c r="I163" s="2"/>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="2" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="B164" s="2"/>
       <c r="C164" s="2"/>
       <c r="D164" s="2"/>
       <c r="E164" s="2"/>
       <c r="F164" s="2"/>
       <c r="G164" s="2"/>
       <c r="H164" s="2"/>
       <c r="I164" s="2"/>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A165" s="2" t="s">
+      <c r="A165" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="B165" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="B165" s="2"/>
-[...6 lines deleted...]
-      <c r="I165" s="2"/>
+      <c r="C165" s="3">
+        <v>851.96</v>
+      </c>
+      <c r="D165" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F165" s="3">
+        <v>0</v>
+      </c>
+      <c r="G165" s="3">
+        <v>1</v>
+      </c>
+      <c r="H165" s="3">
+        <v>20</v>
+      </c>
+      <c r="I165" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C166" s="3">
-        <v>851.96</v>
+        <v>465.41</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>1491</v>
+        <v>798</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
         <v>20</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>323</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>324</v>
       </c>
       <c r="C167" s="3">
         <v>599.41</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
         <v>0</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
         <v>60</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A168" s="3" t="s">
+      <c r="A168" s="2" t="s">
         <v>325</v>
       </c>
-      <c r="B168" s="3" t="s">
+      <c r="B168" s="2"/>
+      <c r="C168" s="2"/>
+      <c r="D168" s="2"/>
+      <c r="E168" s="2"/>
+      <c r="F168" s="2"/>
+      <c r="G168" s="2"/>
+      <c r="H168" s="2"/>
+      <c r="I168" s="2"/>
+    </row>
+    <row r="169" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A169" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="C168" s="3">
-[...22 lines deleted...]
-      <c r="A169" s="2" t="s">
+      <c r="B169" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="B169" s="2"/>
-[...6 lines deleted...]
-      <c r="I169" s="2"/>
+      <c r="C169" s="3">
+        <v>1469.07</v>
+      </c>
+      <c r="D169" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F169" s="3">
+        <v>0</v>
+      </c>
+      <c r="G169" s="3">
+        <v>1</v>
+      </c>
+      <c r="H169" s="3">
+        <v>50</v>
+      </c>
+      <c r="I169" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C170" s="3">
-        <v>1346.07</v>
+        <v>1472.74</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>447</v>
+        <v>52</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
         <v>50</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C171" s="3">
-        <v>1136.83</v>
+        <v>1346.07</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>0</v>
+        <v>259</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C172" s="3">
-        <v>1424.31</v>
+        <v>567.79</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>607</v>
+        <v>682</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C173" s="3">
-        <v>552.08</v>
+        <v>618.15</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>1183</v>
+        <v>733</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
         <v>60</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C174" s="3">
-        <v>567.79</v>
+        <v>1465.44</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F174" s="3">
-        <v>1450</v>
+        <v>1908</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
         <v>60</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C175" s="3">
-        <v>1469.07</v>
+        <v>1082.07</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>5</v>
+        <v>1000</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C176" s="3">
-        <v>1082.07</v>
+        <v>905.31</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>1468</v>
+        <v>578</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
         <v>60</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C177" s="3">
-        <v>1465.44</v>
+        <v>552.08</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>1988</v>
+        <v>469</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
         <v>60</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C178" s="3">
-        <v>728.58</v>
+        <v>1136.83</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>2438</v>
+        <v>0</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
         <v>60</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C179" s="3">
-        <v>1472.74</v>
+        <v>728.58</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
         <v>0</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C180" s="3">
-        <v>618.15</v>
+        <v>1424.31</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>1031</v>
+        <v>358</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A181" s="3" t="s">
+      <c r="A181" s="2" t="s">
         <v>350</v>
       </c>
-      <c r="B181" s="3" t="s">
+      <c r="B181" s="2"/>
+      <c r="C181" s="2"/>
+      <c r="D181" s="2"/>
+      <c r="E181" s="2"/>
+      <c r="F181" s="2"/>
+      <c r="G181" s="2"/>
+      <c r="H181" s="2"/>
+      <c r="I181" s="2"/>
+    </row>
+    <row r="182" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A182" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="C181" s="3">
-[...22 lines deleted...]
-      <c r="A182" s="2" t="s">
+      <c r="B182" s="3" t="s">
         <v>352</v>
       </c>
-      <c r="B182" s="2"/>
-[...6 lines deleted...]
-      <c r="I182" s="2"/>
+      <c r="C182" s="3">
+        <v>141.3</v>
+      </c>
+      <c r="D182" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F182" s="3">
+        <v>4585</v>
+      </c>
+      <c r="G182" s="3">
+        <v>1</v>
+      </c>
+      <c r="H182" s="3">
+        <v>200</v>
+      </c>
+      <c r="I182" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C183" s="3">
-        <v>118.98</v>
+        <v>233.25</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>11587</v>
+        <v>0</v>
       </c>
       <c r="G183" s="3">
+        <v>1</v>
+      </c>
+      <c r="H183" s="3">
         <v>50</v>
       </c>
-      <c r="H183" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I183" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>355</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C184" s="3">
-        <v>419.63</v>
+        <v>312.12</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>134</v>
+        <v>182</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
         <v>40</v>
       </c>
       <c r="I184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>357</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C185" s="3">
-        <v>690.98</v>
+        <v>556.22</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="I185" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C186" s="3">
-        <v>299.08</v>
+        <v>605.1</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>200</v>
+        <v>35</v>
       </c>
       <c r="I186" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C187" s="3">
-        <v>137.39</v>
+        <v>432.15</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>1192</v>
+        <v>0</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>300</v>
+        <v>40</v>
       </c>
       <c r="I187" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C188" s="3">
-        <v>338.05</v>
+        <v>269.46</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
+        <v>1456</v>
+      </c>
+      <c r="G188" s="3">
+        <v>1</v>
+      </c>
+      <c r="H188" s="3">
+        <v>45</v>
+      </c>
+      <c r="I188" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>365</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C189" s="3">
-        <v>432.15</v>
+        <v>313.24</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>160</v>
+        <v>215</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
         <v>40</v>
       </c>
       <c r="I189" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C190" s="3">
         <v>337.78</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>166</v>
+        <v>74</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
         <v>40</v>
       </c>
       <c r="I190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C191" s="3">
-        <v>420.21</v>
+        <v>719.35</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>0</v>
+        <v>339</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I191" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C192" s="3">
-        <v>626.09</v>
+        <v>359.16</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>730</v>
+        <v>331</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="I192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C193" s="3">
-        <v>973.92</v>
+        <v>359.16</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="I193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C194" s="3">
-        <v>313.41</v>
+        <v>457.37</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>369</v>
+        <v>509</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="I194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C195" s="3">
-        <v>269.46</v>
+        <v>973.92</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>1767</v>
+        <v>7</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="I195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C196" s="3">
-        <v>330.49</v>
+        <v>242.74</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>587</v>
+        <v>0</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="I196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C197" s="3">
-        <v>482.11</v>
+        <v>270.19</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>68</v>
+        <v>1007</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>35</v>
+        <v>150</v>
       </c>
       <c r="I197" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>383</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C198" s="3">
-        <v>359.16</v>
+        <v>211.35</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>831</v>
+        <v>441</v>
       </c>
       <c r="G198" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H198" s="3">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="I198" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C199" s="3">
-        <v>626.09</v>
+        <v>194.24</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>358</v>
+        <v>7750</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I199" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>388</v>
       </c>
       <c r="C200" s="3">
-        <v>452.34</v>
+        <v>118.98</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>320</v>
+        <v>1777</v>
       </c>
       <c r="G200" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H200" s="3">
-        <v>30</v>
+        <v>400</v>
       </c>
       <c r="I200" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>389</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>390</v>
       </c>
       <c r="C201" s="3">
-        <v>973.92</v>
+        <v>114.61</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>124</v>
+        <v>13393</v>
       </c>
       <c r="G201" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H201" s="3">
-        <v>25</v>
+        <v>300</v>
       </c>
       <c r="I201" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>391</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>392</v>
       </c>
       <c r="C202" s="3">
-        <v>502.36</v>
+        <v>223.37</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>665</v>
+        <v>17165</v>
       </c>
       <c r="G202" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H202" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>393</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>394</v>
       </c>
       <c r="C203" s="3">
-        <v>401.82</v>
+        <v>194.56</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I203" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>395</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>396</v>
       </c>
       <c r="C204" s="3">
-        <v>359.16</v>
+        <v>420.21</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>980</v>
+        <v>0</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
         <v>35</v>
       </c>
       <c r="I204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>397</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C205" s="3">
-        <v>114.61</v>
+        <v>299.08</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>17293</v>
+        <v>0</v>
       </c>
       <c r="G205" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C206" s="3">
-        <v>312.12</v>
+        <v>137.39</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>193</v>
+        <v>2877</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>40</v>
+        <v>300</v>
       </c>
       <c r="I206" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C207" s="3">
-        <v>211.35</v>
+        <v>419.63</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>347</v>
+        <v>0</v>
       </c>
       <c r="G207" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I207" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C208" s="3">
-        <v>556.22</v>
+        <v>690.98</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I208" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C209" s="3">
-        <v>605.1</v>
+        <v>338.05</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>249</v>
+        <v>0</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>35</v>
+        <v>150</v>
       </c>
       <c r="I209" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>407</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>408</v>
       </c>
       <c r="C210" s="3">
-        <v>313.24</v>
+        <v>626.09</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>344</v>
+        <v>165</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I210" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>409</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C211" s="3">
-        <v>457.37</v>
+        <v>973.92</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>543</v>
+        <v>95</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="I211" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>412</v>
       </c>
       <c r="C212" s="3">
-        <v>194.56</v>
+        <v>401.82</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
+        <v>1</v>
+      </c>
+      <c r="G212" s="3">
+        <v>1</v>
+      </c>
+      <c r="H212" s="3">
+        <v>20</v>
+      </c>
+      <c r="I212" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>413</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>414</v>
       </c>
       <c r="C213" s="3">
-        <v>270.19</v>
+        <v>313.41</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F213" s="3">
+        <v>26</v>
+      </c>
+      <c r="G213" s="3">
+        <v>1</v>
+      </c>
+      <c r="H213" s="3">
+        <v>45</v>
+      </c>
+      <c r="I213" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>415</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C214" s="3">
-        <v>194.24</v>
+        <v>330.49</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>1</v>
+        <v>627</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I214" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>417</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>418</v>
       </c>
       <c r="C215" s="3">
-        <v>141.3</v>
+        <v>482.11</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="3">
+        <v>30</v>
+      </c>
+      <c r="G215" s="3">
+        <v>1</v>
+      </c>
+      <c r="H215" s="3">
+        <v>35</v>
+      </c>
+      <c r="I215" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
         <v>419</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>420</v>
       </c>
       <c r="C216" s="3">
-        <v>719.35</v>
+        <v>626.09</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>344</v>
+        <v>0</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
         <v>30</v>
       </c>
       <c r="I216" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>421</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>422</v>
       </c>
       <c r="C217" s="3">
-        <v>223.37</v>
+        <v>452.34</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>20009</v>
+        <v>163</v>
       </c>
       <c r="G217" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>300</v>
+        <v>30</v>
       </c>
       <c r="I217" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C218" s="3">
-        <v>309.95</v>
+        <v>502.36</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>0</v>
+        <v>510</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>45</v>
+        <v>200</v>
       </c>
       <c r="I218" s="3">
-        <v>0</v>
-[...57 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A27:I27"/>
     <mergeCell ref="A38:I38"/>
     <mergeCell ref="A52:I52"/>
     <mergeCell ref="A73:I73"/>
     <mergeCell ref="A82:I82"/>
     <mergeCell ref="A83:I83"/>
     <mergeCell ref="A103:I103"/>
     <mergeCell ref="A112:I112"/>
-    <mergeCell ref="A136:I136"/>
+    <mergeCell ref="A135:I135"/>
+    <mergeCell ref="A143:I143"/>
     <mergeCell ref="A144:I144"/>
-    <mergeCell ref="A145:I145"/>
-[...2 lines deleted...]
-    <mergeCell ref="A160:I160"/>
+    <mergeCell ref="A149:I149"/>
+    <mergeCell ref="A156:I156"/>
+    <mergeCell ref="A159:I159"/>
+    <mergeCell ref="A163:I163"/>
     <mergeCell ref="A164:I164"/>
-    <mergeCell ref="A165:I165"/>
-[...1 lines deleted...]
-    <mergeCell ref="A182:I182"/>
+    <mergeCell ref="A168:I168"/>
+    <mergeCell ref="A181:I181"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
@@ -7934,126 +7864,124 @@
     <hyperlink ref="D109" r:id="rId98"/>
     <hyperlink ref="D110" r:id="rId99"/>
     <hyperlink ref="D111" r:id="rId100"/>
     <hyperlink ref="D113" r:id="rId101"/>
     <hyperlink ref="D114" r:id="rId102"/>
     <hyperlink ref="D115" r:id="rId103"/>
     <hyperlink ref="D116" r:id="rId104"/>
     <hyperlink ref="D117" r:id="rId105"/>
     <hyperlink ref="D118" r:id="rId106"/>
     <hyperlink ref="D119" r:id="rId107"/>
     <hyperlink ref="D120" r:id="rId108"/>
     <hyperlink ref="D121" r:id="rId109"/>
     <hyperlink ref="D122" r:id="rId110"/>
     <hyperlink ref="D123" r:id="rId111"/>
     <hyperlink ref="D124" r:id="rId112"/>
     <hyperlink ref="D125" r:id="rId113"/>
     <hyperlink ref="D126" r:id="rId114"/>
     <hyperlink ref="D127" r:id="rId115"/>
     <hyperlink ref="D128" r:id="rId116"/>
     <hyperlink ref="D129" r:id="rId117"/>
     <hyperlink ref="D130" r:id="rId118"/>
     <hyperlink ref="D131" r:id="rId119"/>
     <hyperlink ref="D132" r:id="rId120"/>
     <hyperlink ref="D133" r:id="rId121"/>
     <hyperlink ref="D134" r:id="rId122"/>
-    <hyperlink ref="D135" r:id="rId123"/>
+    <hyperlink ref="D136" r:id="rId123"/>
     <hyperlink ref="D137" r:id="rId124"/>
     <hyperlink ref="D138" r:id="rId125"/>
     <hyperlink ref="D139" r:id="rId126"/>
     <hyperlink ref="D140" r:id="rId127"/>
     <hyperlink ref="D141" r:id="rId128"/>
     <hyperlink ref="D142" r:id="rId129"/>
-    <hyperlink ref="D143" r:id="rId130"/>
+    <hyperlink ref="D145" r:id="rId130"/>
     <hyperlink ref="D146" r:id="rId131"/>
     <hyperlink ref="D147" r:id="rId132"/>
     <hyperlink ref="D148" r:id="rId133"/>
-    <hyperlink ref="D149" r:id="rId134"/>
+    <hyperlink ref="D150" r:id="rId134"/>
     <hyperlink ref="D151" r:id="rId135"/>
     <hyperlink ref="D152" r:id="rId136"/>
     <hyperlink ref="D153" r:id="rId137"/>
     <hyperlink ref="D154" r:id="rId138"/>
     <hyperlink ref="D155" r:id="rId139"/>
-    <hyperlink ref="D156" r:id="rId140"/>
+    <hyperlink ref="D157" r:id="rId140"/>
     <hyperlink ref="D158" r:id="rId141"/>
-    <hyperlink ref="D159" r:id="rId142"/>
+    <hyperlink ref="D160" r:id="rId142"/>
     <hyperlink ref="D161" r:id="rId143"/>
     <hyperlink ref="D162" r:id="rId144"/>
-    <hyperlink ref="D163" r:id="rId145"/>
+    <hyperlink ref="D165" r:id="rId145"/>
     <hyperlink ref="D166" r:id="rId146"/>
     <hyperlink ref="D167" r:id="rId147"/>
-    <hyperlink ref="D168" r:id="rId148"/>
+    <hyperlink ref="D169" r:id="rId148"/>
     <hyperlink ref="D170" r:id="rId149"/>
     <hyperlink ref="D171" r:id="rId150"/>
     <hyperlink ref="D172" r:id="rId151"/>
     <hyperlink ref="D173" r:id="rId152"/>
     <hyperlink ref="D174" r:id="rId153"/>
     <hyperlink ref="D175" r:id="rId154"/>
     <hyperlink ref="D176" r:id="rId155"/>
     <hyperlink ref="D177" r:id="rId156"/>
     <hyperlink ref="D178" r:id="rId157"/>
     <hyperlink ref="D179" r:id="rId158"/>
     <hyperlink ref="D180" r:id="rId159"/>
-    <hyperlink ref="D181" r:id="rId160"/>
+    <hyperlink ref="D182" r:id="rId160"/>
     <hyperlink ref="D183" r:id="rId161"/>
     <hyperlink ref="D184" r:id="rId162"/>
     <hyperlink ref="D185" r:id="rId163"/>
     <hyperlink ref="D186" r:id="rId164"/>
     <hyperlink ref="D187" r:id="rId165"/>
     <hyperlink ref="D188" r:id="rId166"/>
     <hyperlink ref="D189" r:id="rId167"/>
     <hyperlink ref="D190" r:id="rId168"/>
     <hyperlink ref="D191" r:id="rId169"/>
     <hyperlink ref="D192" r:id="rId170"/>
     <hyperlink ref="D193" r:id="rId171"/>
     <hyperlink ref="D194" r:id="rId172"/>
     <hyperlink ref="D195" r:id="rId173"/>
     <hyperlink ref="D196" r:id="rId174"/>
     <hyperlink ref="D197" r:id="rId175"/>
     <hyperlink ref="D198" r:id="rId176"/>
     <hyperlink ref="D199" r:id="rId177"/>
     <hyperlink ref="D200" r:id="rId178"/>
     <hyperlink ref="D201" r:id="rId179"/>
     <hyperlink ref="D202" r:id="rId180"/>
     <hyperlink ref="D203" r:id="rId181"/>
     <hyperlink ref="D204" r:id="rId182"/>
     <hyperlink ref="D205" r:id="rId183"/>
     <hyperlink ref="D206" r:id="rId184"/>
     <hyperlink ref="D207" r:id="rId185"/>
     <hyperlink ref="D208" r:id="rId186"/>
     <hyperlink ref="D209" r:id="rId187"/>
     <hyperlink ref="D210" r:id="rId188"/>
     <hyperlink ref="D211" r:id="rId189"/>
     <hyperlink ref="D212" r:id="rId190"/>
     <hyperlink ref="D213" r:id="rId191"/>
     <hyperlink ref="D214" r:id="rId192"/>
     <hyperlink ref="D215" r:id="rId193"/>
     <hyperlink ref="D216" r:id="rId194"/>
     <hyperlink ref="D217" r:id="rId195"/>
     <hyperlink ref="D218" r:id="rId196"/>
-    <hyperlink ref="D219" r:id="rId197"/>
-    <hyperlink ref="D220" r:id="rId198"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>