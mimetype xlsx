--- v0 (2025-10-22)
+++ v1 (2025-12-09)
@@ -42,126 +42,126 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Электроды</t>
   </si>
   <si>
+    <t>11-0960</t>
+  </si>
+  <si>
+    <t>Электрод REXANT ОЗС-12, 350 мм/3 мм, пачка 1 кг</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>11-0958</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм АНО-21 4 мм 1 кг</t>
+  </si>
+  <si>
+    <t>11-0953</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм MP-3C 4 мм пачка 5 кг</t>
+  </si>
+  <si>
+    <t>11-0950</t>
+  </si>
+  <si>
+    <t>Электрод MP-3C, 350мм/3мм, пачка 1кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0952</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм MP-3C 4 мм пачка 3 кг</t>
+  </si>
+  <si>
+    <t>11-0956</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм MP-3C 4 мм пачка 1 кг</t>
+  </si>
+  <si>
+    <t>11-0969</t>
+  </si>
+  <si>
+    <t>Электрод 350мм ОК-46 3мм пачка 3кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0970</t>
+  </si>
+  <si>
+    <t>Электрод 350мм ОК-46 3мм пачка 5кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0951</t>
+  </si>
+  <si>
+    <t>Электрод MP-3C, 350мм/3мм, пачка 5кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0957</t>
+  </si>
+  <si>
+    <t>Электрод 350мм АНО-21 3мм 1кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0961</t>
+  </si>
+  <si>
+    <t>Электрод ОК-46, 350мм/3мм, пачка 1кг REXANT</t>
+  </si>
+  <si>
     <t>11-0962</t>
   </si>
   <si>
     <t>Электрод УОНИ-13/55, 350мм/3мм, пачка 1кг REXANT</t>
-  </si>
-[...70 lines deleted...]
-    <t>Электрод 450 мм MP-3C 4 мм пачка 1 кг</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -546,51 +546,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-uoni-13-55-350-mm-3-mm-pachka-1-kg-20023" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350-mm-ok-46-3-mm-pachka-5-kg-rexant-28749" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350-mm-ano-21-3-mm-1-kg-19736" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-rexant-350-mm-3-mm-pachka-1-kg-19560" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-3-kg-19561" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ok-46-350-mm-3-mm-pachka-1-kg-20022" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-mp-3c-350-mm-3-mm-pachka-5-kg-19564" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-5-kg-19562" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-ano-21-4-mm-1-kg-19735" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ozs-12-350-mm-3-mm-pachka-1-kg-20021" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350-mm-ok-46-3-mm-pachka-3-kg-rexant-28748" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-1-kg-19728" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ozs-12-350-mm-3-mm-pachka-1-kg-20021" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-ano-21-4-mm-1-kg-19735" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-5-kg-19562" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-rexant-350-mm-3-mm-pachka-1-kg-19560" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-3-kg-19561" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-1-kg-19728" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350-mm-ok-46-3-mm-pachka-3-kg-rexant-28748" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350-mm-ok-46-3-mm-pachka-5-kg-rexant-28749" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-mp-3c-350-mm-3-mm-pachka-5-kg-19564" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350-mm-ano-21-3-mm-1-kg-19736" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ok-46-350-mm-3-mm-pachka-1-kg-20022" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-uoni-13-55-350-mm-3-mm-pachka-1-kg-20023" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I14"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -614,379 +614,379 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>513.2</v>
+        <v>596.42</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>356</v>
+        <v>317</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>1</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>2925.36</v>
+        <v>582.55</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>208</v>
+        <v>86</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>582.55</v>
+        <v>2377.76</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>191</v>
+        <v>31</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
         <v>554.81</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>286</v>
+        <v>1021</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
         <v>1545.04</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1</v>
       </c>
       <c r="I7" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>638.03</v>
+        <v>540.95</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>946</v>
+        <v>4</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>1</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>2521.87</v>
+        <v>1811.92</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>48</v>
+        <v>105</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>1</v>
       </c>
       <c r="I9" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>2377.76</v>
+        <v>2925.36</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>20</v>
+        <v>431</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>1</v>
       </c>
       <c r="I10" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>582.55</v>
+        <v>2521.87</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>97</v>
+        <v>65</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>1</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>596.42</v>
+        <v>582.55</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>322</v>
+        <v>281</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>1</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1811.92</v>
+        <v>638.03</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>39</v>
+        <v>1137</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>1</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>540.95</v>
+        <v>513.2</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>372</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>