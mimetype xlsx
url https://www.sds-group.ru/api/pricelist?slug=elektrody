--- v1 (2025-12-09)
+++ v2 (2026-02-13)
@@ -42,126 +42,126 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Электроды</t>
   </si>
   <si>
+    <t>11-0952</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм MP-3C 4 мм пачка 3 кг</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>11-0953</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм MP-3C 4 мм пачка 5 кг</t>
+  </si>
+  <si>
+    <t>11-0956</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм MP-3C 4 мм пачка 1 кг</t>
+  </si>
+  <si>
+    <t>11-0958</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм АНО-21 4 мм 1 кг</t>
+  </si>
+  <si>
+    <t>11-0962</t>
+  </si>
+  <si>
+    <t>Электрод УОНИ-13/55, 350мм/3мм, пачка 1кг REXANT</t>
+  </si>
+  <si>
     <t>11-0960</t>
   </si>
   <si>
     <t>Электрод REXANT ОЗС-12, 350 мм/3 мм, пачка 1 кг</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>11-0950</t>
   </si>
   <si>
     <t>Электрод MP-3C, 350мм/3мм, пачка 1кг REXANT</t>
   </si>
   <si>
-    <t>11-0952</t>
-[...8 lines deleted...]
-    <t>Электрод 450 мм MP-3C 4 мм пачка 1 кг</t>
+    <t>11-0951</t>
+  </si>
+  <si>
+    <t>Электрод MP-3C, 350мм/3мм, пачка 5кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0961</t>
+  </si>
+  <si>
+    <t>Электрод ОК-46, 350мм/3мм, пачка 1кг REXANT</t>
   </si>
   <si>
     <t>11-0969</t>
   </si>
   <si>
     <t>Электрод 350мм ОК-46 3мм пачка 3кг REXANT</t>
   </si>
   <si>
     <t>11-0970</t>
   </si>
   <si>
     <t>Электрод 350мм ОК-46 3мм пачка 5кг REXANT</t>
   </si>
   <si>
-    <t>11-0951</t>
-[...4 lines deleted...]
-  <si>
     <t>11-0957</t>
   </si>
   <si>
     <t>Электрод 350мм АНО-21 3мм 1кг REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Электрод УОНИ-13/55, 350мм/3мм, пачка 1кг REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -546,51 +546,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ozs-12-350-mm-3-mm-pachka-1-kg-20021" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-ano-21-4-mm-1-kg-19735" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-5-kg-19562" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-rexant-350-mm-3-mm-pachka-1-kg-19560" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-3-kg-19561" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-1-kg-19728" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350-mm-ok-46-3-mm-pachka-3-kg-rexant-28748" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350-mm-ok-46-3-mm-pachka-5-kg-rexant-28749" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-mp-3c-350-mm-3-mm-pachka-5-kg-19564" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350-mm-ano-21-3-mm-1-kg-19736" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ok-46-350-mm-3-mm-pachka-1-kg-20022" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-uoni-13-55-350-mm-3-mm-pachka-1-kg-20023" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-3-kg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-5-kg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-ano-21-4-mm-1-kg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-uoni-13-55-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ozs-12-350-mm-3-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm-3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-ok-46-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-3kg-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ano-21-3mm-1kg-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I14"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -614,379 +614,379 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>596.42</v>
+        <v>1571.31</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>317</v>
+        <v>28</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>1</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>582.55</v>
+        <v>2418.18</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>86</v>
+        <v>31</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>2377.76</v>
+        <v>550.15</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
       <c r="I5" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>554.81</v>
+        <v>592.45</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1021</v>
+        <v>52</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1545.04</v>
+        <v>521.92</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>39</v>
+        <v>297</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1</v>
       </c>
       <c r="I7" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>540.95</v>
+        <v>606.56</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>4</v>
+        <v>292</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>1</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1811.92</v>
+        <v>564.24</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>105</v>
+        <v>825</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>1</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>2925.36</v>
+        <v>2564.74</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>431</v>
+        <v>33</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>1</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>2521.87</v>
+        <v>648.88</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>65</v>
+        <v>699</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>1</v>
       </c>
       <c r="I11" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>582.55</v>
+        <v>1842.72</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>281</v>
+        <v>88</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>1</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>638.03</v>
+        <v>2975.09</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1137</v>
+        <v>200</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>1</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>513.2</v>
+        <v>592.45</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>372</v>
+        <v>194</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>