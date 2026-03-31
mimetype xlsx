--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -42,126 +42,126 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Электроды</t>
   </si>
   <si>
+    <t>11-0950</t>
+  </si>
+  <si>
+    <t>Электрод MP-3C, 350мм/3мм, пачка 1кг REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
     <t>11-0952</t>
   </si>
   <si>
     <t>Электрод 450 мм MP-3C 4 мм пачка 3 кг</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>11-0970</t>
+  </si>
+  <si>
+    <t>Электрод 350мм ОК-46 3мм пачка 5кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0951</t>
+  </si>
+  <si>
+    <t>Электрод MP-3C, 350мм/3мм, пачка 5кг REXANT</t>
   </si>
   <si>
     <t>11-0953</t>
   </si>
   <si>
     <t>Электрод 450 мм MP-3C 4 мм пачка 5 кг</t>
   </si>
   <si>
     <t>11-0956</t>
   </si>
   <si>
     <t>Электрод 450 мм MP-3C 4 мм пачка 1 кг</t>
   </si>
   <si>
+    <t>11-0969</t>
+  </si>
+  <si>
+    <t>Электрод 350мм ОК-46 3мм пачка 3кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0957</t>
+  </si>
+  <si>
+    <t>Электрод 350мм АНО-21 3мм 1кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0960</t>
+  </si>
+  <si>
+    <t>Электрод REXANT ОЗС-12, 350 мм/3 мм, пачка 1 кг</t>
+  </si>
+  <si>
+    <t>11-0961</t>
+  </si>
+  <si>
+    <t>Электрод ОК-46, 350мм/3мм, пачка 1кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0962</t>
+  </si>
+  <si>
+    <t>Электрод УОНИ-13/55, 350мм/3мм, пачка 1кг REXANT</t>
+  </si>
+  <si>
     <t>11-0958</t>
   </si>
   <si>
     <t>Электрод 450 мм АНО-21 4 мм 1 кг</t>
-  </si>
-[...46 lines deleted...]
-    <t>Электрод 350мм АНО-21 3мм 1кг REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -546,51 +546,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-3-kg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-5-kg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-ano-21-4-mm-1-kg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-uoni-13-55-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ozs-12-350-mm-3-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm-3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-ok-46-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-3kg-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ano-21-3mm-1kg-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-3-kg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-5-kg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-3kg-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ano-21-3mm-1kg-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ozs-12-350-mm3-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-ok-46-350mm3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-uoni-1355-350mm3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-ano-21-4-mm-1-kg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I14"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -614,379 +614,379 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1571.31</v>
+        <v>451.39</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>1</v>
       </c>
       <c r="I3" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>2418.18</v>
+        <v>1241.33</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
       <c r="I4" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>550.15</v>
+        <v>2290.82</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>592.45</v>
+        <v>1974.85</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>521.92</v>
+        <v>1862</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>297</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>606.56</v>
+        <v>440.12</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>292</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>1</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>564.24</v>
+        <v>1455.75</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>825</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>1</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>2564.74</v>
+        <v>473.96</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>1</v>
       </c>
       <c r="I10" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>648.88</v>
+        <v>485.25</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>699</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>1</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1842.72</v>
+        <v>519.1</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>88</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>1</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>2975.09</v>
+        <v>417.54</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>1</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>592.45</v>
+        <v>473.96</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>194</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>