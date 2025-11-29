--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -45,413 +45,413 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Электроинструмент</t>
   </si>
   <si>
     <t>1.1 Пистолеты клеевые</t>
   </si>
   <si>
+    <t>12-0103</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 40Вт, Ø11мм, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-0102</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 15Вт, Ø7мм, блистер PROconnect</t>
+  </si>
+  <si>
     <t>12-0104</t>
   </si>
   <si>
     <t>Пистолет клеевой, 60Вт, Ø11мм, блистер PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>12-0105</t>
   </si>
   <si>
     <t xml:space="preserve">Пистолет клеевой, 100Вт, Ø11мм, без кнопки, блистер REXANT </t>
   </si>
   <si>
+    <t>12-1533</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 200Вт, Ø11мм, ЭКСПЕРТ, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0111</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 60Вт, Ø11мм, настройка температуры 120..240℃, кейс REXANT</t>
+  </si>
+  <si>
+    <t>12-1501</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 10Вт, Ø7мм, ЭКСПЕРТ, аккумуляторный, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-1550</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 300Вт, Ø11мм, ЭКСПЕРТ, настройка температуры 100…220℃, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0115</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 100Вт, Ø11мм, с кнопкой, блистер REXANT</t>
+  </si>
+  <si>
     <t>12-0118</t>
   </si>
   <si>
     <t>Пистолет клеевой, 100Вт, Ø11мм, ProfiMax, блистер REXANT</t>
   </si>
   <si>
-    <t>12-1501</t>
-[...14 lines deleted...]
-    <t>Пистолет клеевой, 100Вт, Ø11мм, с кнопкой, блистер REXANT</t>
+    <t>12-1680</t>
+  </si>
+  <si>
+    <t>Насадка для клеевых пистолетов, удлиненная, 70мм, силиконовая защита REXANT</t>
   </si>
   <si>
     <t>12-0113</t>
   </si>
   <si>
     <t>Пистолет клеевой, 15Вт, Ø7мм, без кнопки, блистер REXANT</t>
   </si>
   <si>
+    <t>12-0107</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 60Вт, Ø11мм, ПРОЗРАЧНЫЙ корпус, с кнопкой, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-1553</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 60Вт, Ø11мм, ЭКСПЕРТ, аккумуляторный, коробка REXANT</t>
+  </si>
+  <si>
     <t>12-0108</t>
   </si>
   <si>
     <t>Пистолет клеевой, 40Вт, Ø11мм, без кнопки, блистер REXANT</t>
   </si>
   <si>
-    <t>12-0107</t>
-[...20 lines deleted...]
-    <t>Пистолет клеевой, 60Вт, Ø11мм, ЭКСПЕРТ, аккумуляторный, коробка REXANT</t>
+    <t>12-1701</t>
+  </si>
+  <si>
+    <t>Набор ПК01 для творчества (пистолет 15Вт, стержни 7мм)</t>
+  </si>
+  <si>
+    <t>наб.</t>
   </si>
   <si>
     <t>12-1703</t>
   </si>
   <si>
     <t>Набор ПК03 для творчества (пистолет 60Вт, стержни 11мм)</t>
   </si>
   <si>
-    <t>наб.</t>
+    <t>12-0119</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 280Вт, Ø11мм, ProfiMax, блистер REXANT</t>
   </si>
   <si>
     <t>12-0116</t>
   </si>
   <si>
     <t>Пистолет клеевой, 60Вт/100Вт два режима, Ø11мм, блистер REXANT</t>
   </si>
   <si>
-    <t>12-0119</t>
-[...4 lines deleted...]
-  <si>
     <t>12-0112</t>
   </si>
   <si>
     <t>Пистолет клеевой, 15Вт, Ø7мм + набор цветных стержней 12 шт, блистер REXANT</t>
   </si>
   <si>
+    <t>12-1530</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 100Вт, Ø11мм, ЭКСПЕРТ, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-1510</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 20Вт, Ø7мм, ЭКСПЕРТ, блистер REXANT</t>
+  </si>
+  <si>
     <t>12-1511</t>
   </si>
   <si>
     <t>Пистолет клеевой, 40Вт, Ø7мм, ЭКСПЕРТ, блистер REXANT</t>
   </si>
   <si>
-    <t>12-1530</t>
-[...10 lines deleted...]
-  <si>
     <t>12-0114</t>
   </si>
   <si>
     <t>Пистолет клеевой, 60Вт, Ø11мм, с кнопкой, блистер REXANT</t>
   </si>
   <si>
-    <t>12-1701</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Стержни для клеевых пистолетов</t>
   </si>
   <si>
+    <t>09-1235</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, цветные с блестками (12 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>09-1104</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 200мм, черные (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1271-1</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, черные, 1кг (0,5кг + 0,5кг), пакет REXANT</t>
+  </si>
+  <si>
+    <t>кг</t>
+  </si>
+  <si>
+    <t>09-1220</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, прозрачные (12 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1018</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, зеленые (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1019</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, красные (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
     <t>09-1020</t>
   </si>
   <si>
     <t>Стержни клеевые Ø7мм, 100мм, цветные (12 шт/уп), блистер REXANT</t>
   </si>
   <si>
-    <t>упак</t>
-[...1 lines deleted...]
-  <si>
     <t>09-1010</t>
   </si>
   <si>
     <t>Стержни клеевые Ø7мм, 100мм, прозрачные (12 шт/уп), блистер REXANT</t>
   </si>
   <si>
-    <t>09-1220</t>
-[...8 lines deleted...]
-    <t>Стержни клеевые Ø7мм, 100мм, красные (6 шт/уп), блистер REXANT</t>
+    <t>09-1104-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стержни клеевые Ø7мм, 200мм, черные, 1кг (0,5кг + 0,5кг), пакет REXANT </t>
+  </si>
+  <si>
+    <t>09-1857-1</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, прозрачные, 1кг (0,5кг + 0,5кг), пакет REXANT</t>
+  </si>
+  <si>
+    <t>09-1273</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, зеленые (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1105</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 200мм, белые (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1225</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, прозрачные (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1228</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, зеленые (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1015</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, прозрачные (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1103</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 200мм, прозрачные (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1017</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, синие (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1270</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, прозрачные (10 шт/уп),хедер REXANT</t>
   </si>
   <si>
     <t>09-1271</t>
   </si>
   <si>
     <t>Стержни клеевые Ø11мм, 270мм, черные (10 шт/уп), хедер REXANT</t>
   </si>
   <si>
-    <t>09-1103</t>
-[...20 lines deleted...]
-    <t>Стержни клеевые Ø7мм, 100мм, прозрачные (6 шт/уп), блистер REXANT</t>
+    <t>09-1280</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, цветные (10 шт/уп), хедер REXANT</t>
   </si>
   <si>
     <t>09-1025</t>
   </si>
   <si>
     <t>Стержни клеевые Ø7мм, 100мм, цветные с блестками (12 шт/уп), блистер REXANT</t>
   </si>
   <si>
-    <t>09-1235</t>
-[...4 lines deleted...]
-  <si>
     <t>09-1230</t>
   </si>
   <si>
     <t>Стержни клеевые Ø11мм, 100мм, цветные (12 шт/уп), блистер REXANT</t>
   </si>
   <si>
     <t>09-1260</t>
   </si>
   <si>
     <t>Стержни клеевые Ø11мм, 100мм, прозрачные светящиеся (12 шт/уп), блистер REXANT</t>
   </si>
   <si>
     <t>09-1060</t>
   </si>
   <si>
     <t>Стержни клеевые Ø7мм, 100мм, прозрачные светящиеся (12 шт/уп), блистер REXANT</t>
   </si>
   <si>
-    <t>09-1857-1</t>
-[...13 lines deleted...]
-  <si>
     <t>09-1277</t>
   </si>
   <si>
     <t xml:space="preserve">Стержни клеевые Ø11мм, 270мм, белые (10 шт/уп), хедер REXANT </t>
   </si>
   <si>
-    <t>09-1104-1</t>
-[...14 lines deleted...]
-    <t>Стержни клеевые Ø11мм, 270мм, черные, 1кг (0,5кг + 0,5кг), пакет REXANT</t>
+    <t>09-1103-1</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 200мм, прозрачные, 1кг (0,5кг + 0,5кг), пакет REXANT</t>
+  </si>
+  <si>
+    <t>09-1272</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, синие (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1274</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, красные (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1227</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, синие (6 шт/уп), блистер REXANT</t>
   </si>
   <si>
     <t>09-1229</t>
   </si>
   <si>
     <t>Стержни клеевые Ø11мм, 100мм, красные (6 шт/уп), блистер REXANT</t>
   </si>
   <si>
-    <t>09-1280</t>
-[...28 lines deleted...]
-  <si>
     <t>09-1285</t>
   </si>
   <si>
     <t>Стержни клеевые Ø11мм, 270мм, цветные с блестками (10 шт/уп), хедер REXANT</t>
   </si>
   <si>
-    <t>09-1272</t>
-[...22 lines deleted...]
-  <si>
     <t>1.3 Фены строительные</t>
   </si>
   <si>
+    <t>12-0056</t>
+  </si>
+  <si>
+    <t>Фен строительный REXANT, 230 В/1800 Вт "MASTER" с терморегулятором</t>
+  </si>
+  <si>
     <t>12-0057</t>
   </si>
   <si>
     <t>Фен строительный REXANT, 230 В/1800 Вт "MASTER" с терморегулятором и ЖК-дисплеем</t>
   </si>
   <si>
-    <t>12-0056</t>
-[...4 lines deleted...]
-  <si>
     <t>12-0053</t>
   </si>
   <si>
     <t>Фен строительный REXANT, 230 В/2000 Вт "STANDARD" с терморегулятором и дисплеем</t>
   </si>
   <si>
     <t>12-0052</t>
   </si>
   <si>
     <t>Фен строительный REXANT, 230 В/1800 Вт "STANDARD" с терморегулятором</t>
   </si>
   <si>
     <t>12-0051</t>
   </si>
   <si>
     <t>Фен строительный REXANT, 230 В/1800 Вт "COMPACT"</t>
   </si>
   <si>
     <t>12-0054</t>
   </si>
   <si>
     <t>Фен строительный REXANT, 230 В/1600 Вт "STANDARD"</t>
   </si>
   <si>
     <t>1.4 Микродрели, граверы, аксессуары</t>
@@ -465,78 +465,78 @@
   <si>
     <t>12-4451</t>
   </si>
   <si>
     <t>Дрель (гравер) 12000 об/мин, 12Вт, 10 насадок, в кейсе REXANT</t>
   </si>
   <si>
     <t>1.5 Устройства для запаивания пакетов</t>
   </si>
   <si>
     <t>12-0055</t>
   </si>
   <si>
     <t>Устройство для запаивания пакетов 150 W/100-200 °С REXANT</t>
   </si>
   <si>
     <t>1.6 Дрели, Шуруповерты, Винтоверты, Электротвертки, Гайковерты</t>
   </si>
   <si>
     <t>KR-PT-055</t>
   </si>
   <si>
     <t>Дрель-шуруповерт бесщеточная аккумуляторная, Li-Ion, 20В, 55 Нм, 2 акк. х 2Ач, в кейсе KRANZ</t>
   </si>
   <si>
-    <t>1.7 Перфораторы</t>
+    <t>1.7 УШМ, Шлифмашины</t>
+  </si>
+  <si>
+    <t>KR-PT-212</t>
+  </si>
+  <si>
+    <t>Угловая шлифовальная машина (УШМ, болгарка), 125мм, 900Вт, в кейсе KRANZ</t>
+  </si>
+  <si>
+    <t>KR-PT-250</t>
+  </si>
+  <si>
+    <t>Угловая шлифовальная машина (УШМ, болгарка) аккумуляторная, 1х4Ач, в кейсе KRANZ</t>
+  </si>
+  <si>
+    <t>1.8 Перфораторы</t>
+  </si>
+  <si>
+    <t>KR-PT-120</t>
+  </si>
+  <si>
+    <t>Перфоратор аккумуляторный, SDS-plus, 2,2Дж, 1х4Ач, в кейсе KRANZ</t>
   </si>
   <si>
     <t>KR-PT-110</t>
   </si>
   <si>
     <t>Перфоратор сетевой, SDS-plus, 1050Вт, 3,2Дж, в кейсе KRANZ</t>
-  </si>
-[...19 lines deleted...]
-    <t>Угловая шлифовальная машина (УШМ, болгарка), 125мм, 900Вт, в кейсе KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -921,51 +921,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-40vt-11mm-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-7mm-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-11mm-bez-knopki-blister-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-11mm-profimax-blister-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-10vt-7mm-ekspert-akkumulyatornyy-blister-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-300vt-11mm-ekspert-nastroyka-temperatury-100-220-blister-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-11mm-s-knopkoy-blister-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-7mm-bez-knopki-blister-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-40vt-11mm-bez-knopki-blister-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-prozrachnyy-korpus-s-knopkoy-blister-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-kleevyh-pistoletov-udlinennaya-70mm-silikonovaya-zaschita-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-nastroyka-temperatury-120-240-keys-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-ekspert-akkumulyatornyy-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pk03-dlya-tvorchestva-pistolet-60vt-sterzhni-11mm.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-100vt-dva-rezhima-11mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-280vt-11mm-profimax-blister-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-7mm-nabor-tsvetnyh-sterzhney-12-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-40vt-7mm-ekspert-blister-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-11mm-ekspert-blister-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-200vt-11mm-ekspert-blister-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-s-knopkoy-blister-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pk01-dlya-tvorchestva-pistolet-15vt-sterzhni-7mm.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-20vt-7mm-ekspert-blister-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-tsvetnye-12-sht-up-blister-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-prozrachnye-12-sht-up-blister-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-prozrachnye-12-sht-up-blister-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-krasnye-6-sht-up-blister-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-chernye-10-sht-up-heder-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-prozrachnye-10-sht-up-heder-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-sinie-6-sht-up-blister-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-prozrachnye-10-sht-up-heder-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-prozrachnye-6-sht-up-blister-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-tsvetnye-s-blestkami-12-sht-up-blister-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-tsvetnye-s-blestkami-12-sht-up-blister-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-tsvetnye-12-sht-up-blister-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-prozrachnye-svetyaschiesya-12-sht-up-blister-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-prozrachnye-svetyaschiesya-12-sht-up-blister-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-prozrachnye-1kg-0-5kg-0-5kg-paket-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-chernye-10-sht-up-heder-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-belye-10-sht-up-heder-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-chernye-1kg-0-5kg-0-5kg-paket-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-zelenye-10-sht-up-heder-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-chernye-1kg-0-5kg-0-5kg-paket-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-krasnye-6-sht-up-blister-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-tsvetnye-10-sht-up-heder-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-krasnye-10-sht-up-heder-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-prozrachnye-1kg-0-5kg-0-5kg-paket-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-zelenye-6-sht-up-blister-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-belye-10-sht-up-heder-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-tsvetnye-s-blestkami-10-sht-up-heder-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-sinie-10-sht-up-heder-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-sinie-6-sht-up-blister-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-zelenye-6-sht-up-blister-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-prozrachnye-6-sht-up-blister-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-1800-vt-master-s-termoregulyatorom-i-zhk-displeem.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-1800-vt-master-s-termoregulyatorom.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-2000-vt-standard-s-termoregulyatorom-i-displeem.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-1800-vt-standard-s-termoregulyatorom.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-1800-vt-compact.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-1600-vt-standard.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-graver-rexant-5000-18000-ob-min-20-vt-26-nasadok-blister.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-graver-12000-ob-min-12vt-10-nasadok-v-keyse-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-dlya-zapaivaniya-paketov-150-w-100-200-s-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-shurupovert-besschetochnaya-akkumulyatornaya-li-ion-20v-55-nm-2-akk-h-2ach-v-keyse-kranz.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perforator-setevoy-sds-plus-1050vt-3-2dzh-v-keyse-kranz.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perforator-akkumulyatornyy-sds-plus-2-2dzh-1h4ach-v-keyse-kranz.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglovaya-shlifovalnaya-mashina-ushm-bolgarka-akkumulyatornaya-1h4ach-v-keyse-kranz.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglovaya-shlifovalnaya-mashina-ushm-bolgarka-125mm-900vt-v-keyse-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-40vt-oslash-11mm-blister-proconnect-233" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-oslash-7mm-blister-proconnect-829" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-oslash-11mm-blister-proconnect-231" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-oslash-11mm-bez-knopki-blister-rexant-397" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-200vt-oslash-11mm-ekspert-blister-rexant-20281" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-oslash-11mm-nastroyka-temperaturi-120-240-8451-keys-rexant-2257" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-10vt-oslash-7mm-ekspert-akkumulyatorniy-blister-rexant-20283" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-300vt-oslash-11mm-ekspert-nastroyka-temperaturi-100-220-8451-blister-rexant-20285" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-oslash-11mm-s-knopkoy-blister-rexant-6813" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-oslash-11mm-profimax-blister-rexant-12660" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-kleevih-pistoletov-udlinennaya-70mm-silikonovaya-zaschita-rexant-22062" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-oslash-7mm-bez-knopki-blister-rexant-6815" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-oslash-11mm-prozrachniy-korpus-s-knopkoy-blister-rexant-2255" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-oslash-11mm-ekspert-akkumulyatorniy-korobka-rexant-25466" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-40vt-oslash-11mm-bez-knopki-blister-rexant-2256" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pk01-dlya-tvorchestva-pistolet-15vt-sterjni-7mm-28455" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pk03-dlya-tvorchestva-pistolet-60vt-sterjni-11mm-28457" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-280vt-oslash-11mm-profimax-blister-rexant-12659" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-100vt-dva-rejima-oslash-11mm-blister-rexant-17233" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-oslash-7mm-nabor-tsvetnih-sterjney-12-sht-blister-rexant-17564" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-oslash-11mm-ekspert-blister-rexant-20282" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-20vt-oslash-7mm-ekspert-blister-rexant-20284" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-40vt-oslash-7mm-ekspert-blister-rexant-20280" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-oslash-11mm-s-knopkoy-blister-rexant-6814" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-100mm-tsvetnie-s-blestkami-12-sht-up-blister-rexant-10045" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-200mm-chernie-10-sht-up-heder-rexant-20167" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-chernie-1kg-0-5kg-0-5kg-paket-rexant-20153" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-100mm-prozrachnie-12-sht-up-blister-rexant-10043" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-100mm-zelenie-6-sht-up-blister-rexant-20151" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-100mm-krasnie-6-sht-up-blister-rexant-20149" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-100mm-tsvetnie-12-sht-up-blister-rexant-10041" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-100mm-prozrachnie-12-sht-up-blister-rexant-10040" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-200mm-chernie-1kg-0-5kg-0-5kg-paket-rexant-20150" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-prozrachnie-1kg-0-5kg-0-5kg-paket-rexant-3379" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-zelenie-10-sht-up-heder-rexant-20164" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-200mm-belie-10-sht-up-heder-rexant-28551" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-100mm-prozrachnie-6-sht-up-blister-rexant-20156" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-100mm-zelenie-6-sht-up-blister-rexant-20157" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-100mm-prozrachnie-6-sht-up-blister-rexant-20148" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-200mm-prozrachnie-10-sht-up-heder-rexant-20166" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-100mm-sinie-6-sht-up-blister-rexant-20154" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-prozrachnie-10-sht-up-heder-rexant-20163" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-chernie-10-sht-up-heder-rexant-20168" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-tsvetnie-10-sht-up-heder-rexant-20160" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-100mm-tsvetnie-s-blestkami-12-sht-up-blister-rexant-10042" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-100mm-tsvetnie-12-sht-up-blister-rexant-10044" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-100mm-prozrachnie-svetyaschiesya-12-sht-up-blister-rexant-14587" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-100mm-prozrachnie-svetyaschiesya-12-sht-up-blister-rexant-14586" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-belie-10-sht-up-heder-rexant-20152" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-200mm-prozrachnie-1kg-0-5kg-0-5kg-paket-rexant-20165" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-sinie-10-sht-up-heder-rexant-20155" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-krasnie-10-sht-up-heder-rexant-20161" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-100mm-sinie-6-sht-up-blister-rexant-20159" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-100mm-krasnie-6-sht-up-blister-rexant-20158" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-tsvetnie-s-blestkami-10-sht-up-heder-rexant-20162" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelniy-rexant-230-v-1800-vt-master-s-termoregulyatorom-13070" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelniy-rexant-230-v-1800-vt-master-s-termoregulyatorom-i-jk-displeem-13071" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelniy-rexant-230-v-2000-vt-standard-s-termoregulyatorom-i-displeem-26231" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelniy-rexant-230-v-1800-vt-standard-s-termoregulyatorom-235" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelniy-rexant-230-v-1800-vt-compact-19114" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelniy-rexant-230-v-1600-vt-standard-1641" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-graver-rexant-5000-18000-ob-min-20-vt-26-nasadok-blister-6817" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-graver-rexant-12000-ob-min-12-vt-10-nasadok-v-keyse-224" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-dlya-zapaivaniya-paketov-150-w-100-200-s-rexant-4500" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-shurupovert-besschetochnaya-akkumulyatornaya-li-ion-20v-55-nm-2-akk-h-2ach-v-keyse-kranz-31997" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglovaya-shlifovalnaya-mashina-ushm-bolgarka-125mm-900vt-v-keyse-kranz-31998" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglovaya-shlifovalnaya-mashina-ushm-bolgarka-akkumulyatornaya-1h4ach-v-keyse-kranz-31420" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perforator-akkumulyatorniy-sds-plus-2-2dj-1h4ach-v-keyse-kranz-31419" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perforator-setevoy-sds-plus-1050vt-3-2dj-v-keyse-kranz-31418" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I79"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1002,1939 +1002,1939 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>582.4</v>
+        <v>519</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>16160</v>
+        <v>3680</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>36</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>519</v>
+        <v>438.75</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>5450</v>
+        <v>752</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>438.75</v>
+        <v>582.4</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>8704</v>
+        <v>11817</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
         <v>999</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>2093</v>
+        <v>1535</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>36</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>1268.81</v>
+        <v>1829</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>335</v>
+        <v>1167</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>2269</v>
+        <v>2299</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>422</v>
+        <v>1288</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>3899</v>
+        <v>2019</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>156</v>
+        <v>244</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>30</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>999</v>
+        <v>3899</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>603.68</v>
+        <v>999</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1437</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>36</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>558.88</v>
+        <v>1268.81</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>297</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>1249</v>
+        <v>597.88</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>94</v>
+        <v>265</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>597.88</v>
+        <v>603.68</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>454</v>
+        <v>1370</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>36</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>2299</v>
+        <v>1249</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1321</v>
+        <v>81</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>4900</v>
+        <v>4649</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>121</v>
+        <v>86</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>956.61</v>
+        <v>558.88</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>608</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="C19" s="3">
+        <v>629.56</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="C19" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>997</v>
+        <v>381</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>2284.88</v>
+        <v>956.61</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>134</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>925.55</v>
+        <v>2284.88</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>2508</v>
+        <v>291</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>950</v>
+        <v>1292.42</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>8819</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1319</v>
+        <v>925.55</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>3703</v>
+        <v>1724</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1829</v>
+        <v>1319</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>2121</v>
+        <v>3253</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>30</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1141.81</v>
+        <v>739</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>629.56</v>
+        <v>903</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>459</v>
+        <v>1718</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>739</v>
+        <v>1141.81</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>5130</v>
+        <v>290</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>119</v>
+        <v>195</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F29" s="3">
-        <v>4162</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F30" s="3">
-        <v>9196</v>
+        <v>215</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>195</v>
+        <v>1049</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F31" s="3">
-        <v>4443</v>
+        <v>262</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I31" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>62</v>
+        <v>195</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F32" s="3">
-        <v>1069</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>449</v>
+        <v>62</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F33" s="3">
-        <v>5239</v>
+        <v>399</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>100</v>
       </c>
       <c r="I33" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>135</v>
+        <v>62</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F34" s="3">
-        <v>35507</v>
+        <v>913</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>62</v>
+        <v>119</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F35" s="3">
-        <v>518</v>
+        <v>1433</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>449</v>
+        <v>120</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F36" s="3">
-        <v>17823</v>
+        <v>6673</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>100</v>
       </c>
       <c r="I36" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>62</v>
+        <v>1149</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F37" s="3">
-        <v>1978</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I37" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>129</v>
+        <v>939</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F38" s="3">
-        <v>2986</v>
+        <v>4712</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I38" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>195</v>
+        <v>449</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F39" s="3">
-        <v>911</v>
+        <v>480</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>100</v>
       </c>
       <c r="I39" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>195</v>
+        <v>135</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F40" s="3">
-        <v>1818</v>
+        <v>1269</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>209</v>
+        <v>99</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F41" s="3">
-        <v>1257</v>
+        <v>1427</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>100</v>
       </c>
       <c r="I41" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>129</v>
+        <v>99</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F42" s="3">
-        <v>7739</v>
+        <v>218</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>1019</v>
+        <v>62</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
       <c r="F43" s="3">
-        <v>8503</v>
+        <v>1183</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C44" s="3">
         <v>135</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F44" s="3">
-        <v>3735</v>
+        <v>25717</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>449</v>
+        <v>62</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F45" s="3">
-        <v>1627</v>
+        <v>473</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>1149</v>
+        <v>449</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
       <c r="F46" s="3">
-        <v>152</v>
+        <v>11517</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C47" s="3">
         <v>449</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F47" s="3">
-        <v>665</v>
+        <v>2131</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="3">
-        <v>1049</v>
+        <v>449</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
       <c r="F48" s="3">
-        <v>1478</v>
+        <v>420</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I48" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C49" s="3">
-        <v>99</v>
+        <v>129</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F49" s="3">
-        <v>322</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>100</v>
       </c>
       <c r="I49" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C50" s="3">
-        <v>449</v>
+        <v>195</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F50" s="3">
-        <v>541</v>
+        <v>1248</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>100</v>
       </c>
       <c r="I50" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C51" s="3">
-        <v>449</v>
+        <v>209</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F51" s="3">
-        <v>280</v>
+        <v>1172</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>100</v>
       </c>
       <c r="I51" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C52" s="3">
-        <v>1149</v>
+        <v>129</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
       <c r="F52" s="3">
-        <v>521</v>
+        <v>7096</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I52" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C53" s="3">
-        <v>62</v>
+        <v>449</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F53" s="3">
-        <v>455</v>
+        <v>1529</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>100</v>
       </c>
       <c r="I53" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C54" s="3">
-        <v>135</v>
+        <v>1149</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F54" s="3">
-        <v>1446</v>
+        <v>39</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I54" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C55" s="3">
         <v>449</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F55" s="3">
-        <v>421</v>
+        <v>61</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C56" s="3">
         <v>449</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F56" s="3">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C57" s="3">
         <v>99</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F57" s="3">
-        <v>248</v>
+        <v>217</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C58" s="3">
         <v>99</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F58" s="3">
-        <v>246</v>
+        <v>288</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>100</v>
       </c>
       <c r="I58" s="3">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C59" s="3">
-        <v>99</v>
+        <v>449</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F59" s="3">
-        <v>3385</v>
+        <v>408</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>100</v>
       </c>
       <c r="I59" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="2"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
       <c r="I60" s="2"/>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>4359.22</v>
+        <v>3390.73</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
         <v>2</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>10</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>3390.73</v>
+        <v>4359.22</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>10</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
         <v>3499</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>1394</v>
+        <v>1070</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>10</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
         <v>3260.12</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>186</v>
+        <v>161</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>10</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
         <v>1999</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>187</v>
+        <v>117</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>10</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
         <v>2899</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>373</v>
+        <v>327</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>10</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
       <c r="I67" s="2"/>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C68" s="3">
         <v>3449</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>272</v>
+        <v>218</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>20</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C69" s="3">
         <v>2549.15</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>161</v>
+        <v>138</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>20</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="2"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
       <c r="I70" s="2"/>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C71" s="3">
-        <v>2283.85</v>
+        <v>1999</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>20</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
         <v>148</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="2"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
       <c r="I72" s="2"/>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
@@ -2965,166 +2965,166 @@
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="2"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
       <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>10972.22</v>
+        <v>4807.69</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>19500</v>
+        <v>18269.23</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
         <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>4</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="2"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
       <c r="I77" s="2"/>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C78" s="3">
-        <v>18269.23</v>
+        <v>19500</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>4</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C79" s="3">
-        <v>4807.69</v>
+        <v>10972.22</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A28:I28"/>
     <mergeCell ref="A60:I60"/>
     <mergeCell ref="A67:I67"/>
     <mergeCell ref="A70:I70"/>
     <mergeCell ref="A72:I72"/>
     <mergeCell ref="A74:I74"/>
     <mergeCell ref="A77:I77"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>