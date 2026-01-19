--- v1 (2025-11-29)
+++ v2 (2026-01-19)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="294" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="159">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
@@ -75,447 +75,441 @@
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>12-0102</t>
   </si>
   <si>
     <t>Пистолет клеевой, 15Вт, Ø7мм, блистер PROconnect</t>
   </si>
   <si>
     <t>12-0104</t>
   </si>
   <si>
     <t>Пистолет клеевой, 60Вт, Ø11мм, блистер PROconnect</t>
   </si>
   <si>
     <t>12-0105</t>
   </si>
   <si>
     <t xml:space="preserve">Пистолет клеевой, 100Вт, Ø11мм, без кнопки, блистер REXANT </t>
   </si>
   <si>
+    <t>12-1701</t>
+  </si>
+  <si>
+    <t>Набор ПК01 для творчества (пистолет 15Вт, стержни 7мм)</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>12-0115</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 100Вт, Ø11мм, с кнопкой, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0112</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 15Вт, Ø7мм + набор цветных стержней 12 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-1501</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 10Вт, Ø7мм, ЭКСПЕРТ, аккумуляторный, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0107</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 60Вт, Ø11мм, ПРОЗРАЧНЫЙ корпус, с кнопкой, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-1511</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 40Вт, Ø7мм, ЭКСПЕРТ, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0114</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 60Вт, Ø11мм, с кнопкой, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-1553</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 60Вт, Ø11мм, ЭКСПЕРТ, аккумуляторный, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0111</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 60Вт, Ø11мм, настройка температуры 120..240℃, кейс REXANT</t>
+  </si>
+  <si>
+    <t>12-1530</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 100Вт, Ø11мм, ЭКСПЕРТ, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-1703</t>
+  </si>
+  <si>
+    <t>Набор ПК03 для творчества (пистолет 60Вт, стержни 11мм)</t>
+  </si>
+  <si>
+    <t>12-0118</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 100Вт, Ø11мм, ProfiMax, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0119</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 280Вт, Ø11мм, ProfiMax, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0116</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 60Вт/100Вт два режима, Ø11мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-1680</t>
+  </si>
+  <si>
+    <t>Насадка для клеевых пистолетов, удлиненная, 70мм, силиконовая защита REXANT</t>
+  </si>
+  <si>
+    <t>12-1510</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 20Вт, Ø7мм, ЭКСПЕРТ, блистер REXANT</t>
+  </si>
+  <si>
     <t>12-1533</t>
   </si>
   <si>
     <t>Пистолет клеевой, 200Вт, Ø11мм, ЭКСПЕРТ, блистер REXANT</t>
   </si>
   <si>
-    <t>12-0111</t>
-[...10 lines deleted...]
-  <si>
     <t>12-1550</t>
   </si>
   <si>
     <t>Пистолет клеевой, 300Вт, Ø11мм, ЭКСПЕРТ, настройка температуры 100…220℃, блистер REXANT</t>
   </si>
   <si>
-    <t>12-0115</t>
-[...16 lines deleted...]
-  <si>
     <t>12-0113</t>
   </si>
   <si>
     <t>Пистолет клеевой, 15Вт, Ø7мм, без кнопки, блистер REXANT</t>
   </si>
   <si>
-    <t>12-0107</t>
-[...73 lines deleted...]
-  <si>
     <t>1.2 Стержни для клеевых пистолетов</t>
   </si>
   <si>
+    <t>09-1103-1</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 200мм, прозрачные, 1кг (0,5кг + 0,5кг), пакет REXANT</t>
+  </si>
+  <si>
+    <t>кг</t>
+  </si>
+  <si>
+    <t>09-1271-1</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, черные, 1кг (0,5кг + 0,5кг), пакет REXANT</t>
+  </si>
+  <si>
+    <t>09-1018</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, зеленые (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>09-1019</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, красные (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1277</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стержни клеевые Ø11мм, 270мм, белые (10 шт/уп), хедер REXANT </t>
+  </si>
+  <si>
+    <t>09-1272</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, синие (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1273</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, зеленые (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1225</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, прозрачные (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1227</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, синие (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1228</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, зеленые (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1060</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, прозрачные светящиеся (12 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1260</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, прозрачные светящиеся (12 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1280</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, цветные (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1274</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, красные (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1230</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, цветные (12 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1270</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, прозрачные (10 шт/уп),хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1015</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, прозрачные (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1017</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, синие (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1271</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, черные (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1010</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, прозрачные (12 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1220</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, прозрачные (12 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1020</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, цветные (12 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1103</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 200мм, прозрачные (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1025</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, цветные с блестками (12 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1105</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 200мм, белые (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1104-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стержни клеевые Ø7мм, 200мм, черные, 1кг (0,5кг + 0,5кг), пакет REXANT </t>
+  </si>
+  <si>
     <t>09-1235</t>
   </si>
   <si>
     <t>Стержни клеевые Ø11мм, 100мм, цветные с блестками (12 шт/уп), блистер REXANT</t>
   </si>
   <si>
-    <t>упак</t>
-[...1 lines deleted...]
-  <si>
     <t>09-1104</t>
   </si>
   <si>
     <t>Стержни клеевые Ø7мм, 200мм, черные (10 шт/уп), хедер REXANT</t>
   </si>
   <si>
-    <t>09-1271-1</t>
-[...41 lines deleted...]
-    <t xml:space="preserve">Стержни клеевые Ø7мм, 200мм, черные, 1кг (0,5кг + 0,5кг), пакет REXANT </t>
+    <t>09-1229</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, красные (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1285</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, цветные с блестками (10 шт/уп), хедер REXANT</t>
   </si>
   <si>
     <t>09-1857-1</t>
   </si>
   <si>
     <t>Стержни клеевые Ø11мм, 270мм, прозрачные, 1кг (0,5кг + 0,5кг), пакет REXANT</t>
   </si>
   <si>
-    <t>09-1273</t>
-[...124 lines deleted...]
-  <si>
     <t>1.3 Фены строительные</t>
   </si>
   <si>
+    <t>12-0054</t>
+  </si>
+  <si>
+    <t>Фен строительный REXANT, 230 В/1600 Вт "STANDARD"</t>
+  </si>
+  <si>
+    <t>12-0057</t>
+  </si>
+  <si>
+    <t>Фен строительный REXANT, 230 В/1800 Вт "MASTER" с терморегулятором и ЖК-дисплеем</t>
+  </si>
+  <si>
     <t>12-0056</t>
   </si>
   <si>
     <t>Фен строительный REXANT, 230 В/1800 Вт "MASTER" с терморегулятором</t>
   </si>
   <si>
-    <t>12-0057</t>
-[...2 lines deleted...]
-    <t>Фен строительный REXANT, 230 В/1800 Вт "MASTER" с терморегулятором и ЖК-дисплеем</t>
+    <t>12-0051</t>
+  </si>
+  <si>
+    <t>Фен строительный REXANT, 230 В/1800 Вт "COMPACT"</t>
+  </si>
+  <si>
+    <t>12-0052</t>
+  </si>
+  <si>
+    <t>Фен строительный REXANT, 230 В/1800 Вт "STANDARD" с терморегулятором</t>
   </si>
   <si>
     <t>12-0053</t>
   </si>
   <si>
     <t>Фен строительный REXANT, 230 В/2000 Вт "STANDARD" с терморегулятором и дисплеем</t>
   </si>
   <si>
-    <t>12-0052</t>
-[...16 lines deleted...]
-  <si>
     <t>1.4 Микродрели, граверы, аксессуары</t>
   </si>
   <si>
     <t>12-4453</t>
   </si>
   <si>
     <t>Дрель (гравер) REXANT 5000 - 18000 об/мин, 20 Вт, 26 насадок, блистер</t>
   </si>
   <si>
     <t>12-4451</t>
   </si>
   <si>
     <t>Дрель (гравер) 12000 об/мин, 12Вт, 10 насадок, в кейсе REXANT</t>
   </si>
   <si>
     <t>1.5 Устройства для запаивания пакетов</t>
   </si>
   <si>
     <t>12-0055</t>
   </si>
   <si>
     <t>Устройство для запаивания пакетов 150 W/100-200 °С REXANT</t>
   </si>
   <si>
     <t>1.6 Дрели, Шуруповерты, Винтоверты, Электротвертки, Гайковерты</t>
   </si>
   <si>
     <t>KR-PT-055</t>
   </si>
   <si>
     <t>Дрель-шуруповерт бесщеточная аккумуляторная, Li-Ion, 20В, 55 Нм, 2 акк. х 2Ач, в кейсе KRANZ</t>
   </si>
   <si>
     <t>1.7 УШМ, Шлифмашины</t>
   </si>
   <si>
     <t>KR-PT-212</t>
   </si>
   <si>
-    <t>Угловая шлифовальная машина (УШМ, болгарка), 125мм, 900Вт, в кейсе KRANZ</t>
+    <t>Угловая шлифовальная машина (УШМ, болгарка), 125мм, 900Вт KRANZ</t>
   </si>
   <si>
     <t>KR-PT-250</t>
   </si>
   <si>
     <t>Угловая шлифовальная машина (УШМ, болгарка) аккумуляторная, 1х4Ач, в кейсе KRANZ</t>
   </si>
   <si>
     <t>1.8 Перфораторы</t>
   </si>
   <si>
     <t>KR-PT-120</t>
   </si>
   <si>
     <t>Перфоратор аккумуляторный, SDS-plus, 2,2Дж, 1х4Ач, в кейсе KRANZ</t>
   </si>
   <si>
     <t>KR-PT-110</t>
   </si>
   <si>
     <t>Перфоратор сетевой, SDS-plus, 1050Вт, 3,2Дж, в кейсе KRANZ</t>
   </si>
 </sst>
 </file>
 
@@ -921,56 +915,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-40vt-oslash-11mm-blister-proconnect-233" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-oslash-7mm-blister-proconnect-829" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-oslash-11mm-blister-proconnect-231" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-oslash-11mm-bez-knopki-blister-rexant-397" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-200vt-oslash-11mm-ekspert-blister-rexant-20281" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-oslash-11mm-nastroyka-temperaturi-120-240-8451-keys-rexant-2257" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-10vt-oslash-7mm-ekspert-akkumulyatorniy-blister-rexant-20283" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-300vt-oslash-11mm-ekspert-nastroyka-temperaturi-100-220-8451-blister-rexant-20285" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-oslash-11mm-s-knopkoy-blister-rexant-6813" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-oslash-11mm-profimax-blister-rexant-12660" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-kleevih-pistoletov-udlinennaya-70mm-silikonovaya-zaschita-rexant-22062" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-oslash-7mm-bez-knopki-blister-rexant-6815" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-oslash-11mm-prozrachniy-korpus-s-knopkoy-blister-rexant-2255" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-oslash-11mm-ekspert-akkumulyatorniy-korobka-rexant-25466" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-40vt-oslash-11mm-bez-knopki-blister-rexant-2256" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pk01-dlya-tvorchestva-pistolet-15vt-sterjni-7mm-28455" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pk03-dlya-tvorchestva-pistolet-60vt-sterjni-11mm-28457" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-280vt-oslash-11mm-profimax-blister-rexant-12659" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-100vt-dva-rejima-oslash-11mm-blister-rexant-17233" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-oslash-7mm-nabor-tsvetnih-sterjney-12-sht-blister-rexant-17564" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-oslash-11mm-ekspert-blister-rexant-20282" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-20vt-oslash-7mm-ekspert-blister-rexant-20284" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-40vt-oslash-7mm-ekspert-blister-rexant-20280" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-oslash-11mm-s-knopkoy-blister-rexant-6814" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-100mm-tsvetnie-s-blestkami-12-sht-up-blister-rexant-10045" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-200mm-chernie-10-sht-up-heder-rexant-20167" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-chernie-1kg-0-5kg-0-5kg-paket-rexant-20153" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-100mm-prozrachnie-12-sht-up-blister-rexant-10043" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-100mm-zelenie-6-sht-up-blister-rexant-20151" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-100mm-krasnie-6-sht-up-blister-rexant-20149" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-100mm-tsvetnie-12-sht-up-blister-rexant-10041" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-100mm-prozrachnie-12-sht-up-blister-rexant-10040" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-200mm-chernie-1kg-0-5kg-0-5kg-paket-rexant-20150" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-prozrachnie-1kg-0-5kg-0-5kg-paket-rexant-3379" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-zelenie-10-sht-up-heder-rexant-20164" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-200mm-belie-10-sht-up-heder-rexant-28551" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-100mm-prozrachnie-6-sht-up-blister-rexant-20156" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-100mm-zelenie-6-sht-up-blister-rexant-20157" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-100mm-prozrachnie-6-sht-up-blister-rexant-20148" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-200mm-prozrachnie-10-sht-up-heder-rexant-20166" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-100mm-sinie-6-sht-up-blister-rexant-20154" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-prozrachnie-10-sht-up-heder-rexant-20163" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-chernie-10-sht-up-heder-rexant-20168" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-tsvetnie-10-sht-up-heder-rexant-20160" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-100mm-tsvetnie-s-blestkami-12-sht-up-blister-rexant-10042" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-100mm-tsvetnie-12-sht-up-blister-rexant-10044" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-100mm-prozrachnie-svetyaschiesya-12-sht-up-blister-rexant-14587" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-100mm-prozrachnie-svetyaschiesya-12-sht-up-blister-rexant-14586" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-belie-10-sht-up-heder-rexant-20152" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-7mm-200mm-prozrachnie-1kg-0-5kg-0-5kg-paket-rexant-20165" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-sinie-10-sht-up-heder-rexant-20155" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-krasnie-10-sht-up-heder-rexant-20161" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-100mm-sinie-6-sht-up-blister-rexant-20159" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-100mm-krasnie-6-sht-up-blister-rexant-20158" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterjni-kleevie-oslash-11mm-270mm-tsvetnie-s-blestkami-10-sht-up-heder-rexant-20162" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelniy-rexant-230-v-1800-vt-master-s-termoregulyatorom-13070" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelniy-rexant-230-v-1800-vt-master-s-termoregulyatorom-i-jk-displeem-13071" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelniy-rexant-230-v-2000-vt-standard-s-termoregulyatorom-i-displeem-26231" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelniy-rexant-230-v-1800-vt-standard-s-termoregulyatorom-235" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelniy-rexant-230-v-1800-vt-compact-19114" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelniy-rexant-230-v-1600-vt-standard-1641" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-graver-rexant-5000-18000-ob-min-20-vt-26-nasadok-blister-6817" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-graver-rexant-12000-ob-min-12-vt-10-nasadok-v-keyse-224" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-dlya-zapaivaniya-paketov-150-w-100-200-s-rexant-4500" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-shurupovert-besschetochnaya-akkumulyatornaya-li-ion-20v-55-nm-2-akk-h-2ach-v-keyse-kranz-31997" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglovaya-shlifovalnaya-mashina-ushm-bolgarka-125mm-900vt-v-keyse-kranz-31998" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglovaya-shlifovalnaya-mashina-ushm-bolgarka-akkumulyatornaya-1h4ach-v-keyse-kranz-31420" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perforator-akkumulyatorniy-sds-plus-2-2dj-1h4ach-v-keyse-kranz-31419" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perforator-setevoy-sds-plus-1050vt-3-2dj-v-keyse-kranz-31418" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-40vt-11mm-blister-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-7mm-blister-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-blister-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-11mm-bez-knopki-blister-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pk01-dlya-tvorchestva-pistolet-15vt-sterzhni-7mm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-11mm-s-knopkoy-blister-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-7mm-nabor-tsvetnyh-sterzhney-12-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-10vt-7mm-ekspert-akkumulyatornyy-blister-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-prozrachnyy-korpus-s-knopkoy-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-40vt-7mm-ekspert-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-s-knopkoy-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-ekspert-akkumulyatornyy-korobka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-nastroyka-temperatury-120-240-keys-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-11mm-ekspert-blister-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pk03-dlya-tvorchestva-pistolet-60vt-sterzhni-11mm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-11mm-profimax-blister-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-280vt-11mm-profimax-blister-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-100vt-dva-rezhima-11mm-blister-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-kleevyh-pistoletov-udlinennaya-70mm-silikonovaya-zaschita-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-20vt-7mm-ekspert-blister-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-200vt-11mm-ekspert-blister-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-300vt-11mm-ekspert-nastroyka-temperatury-100-220-blister-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-7mm-bez-knopki-blister-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-prozrachnye-1kg-0-5kg-0-5kg-paket-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-chernye-1kg-0-5kg-0-5kg-paket-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-zelenye-6-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-krasnye-6-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-belye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-sinie-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-zelenye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-prozrachnye-6-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-sinie-6-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-zelenye-6-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-prozrachnye-svetyaschiesya-12-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-prozrachnye-svetyaschiesya-12-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-tsvetnye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-krasnye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-tsvetnye-12-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-prozrachnye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-prozrachnye-6-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-sinie-6-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-chernye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-prozrachnye-12-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-prozrachnye-12-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-tsvetnye-12-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-prozrachnye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-tsvetnye-s-blestkami-12-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-belye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-chernye-1kg-0-5kg-0-5kg-paket-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-tsvetnye-s-blestkami-12-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-chernye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-krasnye-6-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-tsvetnye-s-blestkami-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-prozrachnye-1kg-0-5kg-0-5kg-paket-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-1600-vt-standard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-1800-vt-master-s-termoregulyatorom-i-zhk-displeem" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-1800-vt-master-s-termoregulyatorom" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-1800-vt-compact" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-1800-vt-standard-s-termoregulyatorom" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-2000-vt-standard-s-termoregulyatorom-i-displeem" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-graver-rexant-5000-18000-ob-min-20-vt-26-nasadok-blister" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-graver-12000-ob-min-12vt-10-nasadok-v-keyse-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-dlya-zapaivaniya-paketov-150-w-100-200-s-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-shurupovert-besschetochnaya-akkumulyatornaya-li-ion-20v-55-nm-2-akk-h-2ach-v-keyse-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglovaya-shlifovalnaya-mashina-ushm-bolgarka-125mm-900vt-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglovaya-shlifovalnaya-mashina-ushm-bolgarka-akkumulyatornaya-1h4ach-v-keyse-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perforator-akkumulyatornyy-sds-plus-2-2dzh-1h4ach-v-keyse-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perforator-setevoy-sds-plus-1050vt-3-2dzh-v-keyse-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I79"/>
+  <dimension ref="A1:I78"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1002,2216 +996,2186 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>519</v>
+        <v>527.82</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>3680</v>
+        <v>1552</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>36</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>438.75</v>
+        <v>446.21</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>752</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>48</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>582.4</v>
+        <v>592.3</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>11817</v>
+        <v>6189</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>36</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1535</v>
+        <v>1164</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>36</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>1829</v>
+        <v>640.26</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>1167</v>
+        <v>232</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>2299</v>
+        <v>1015.98</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1288</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>2019</v>
+        <v>941.28</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>244</v>
+        <v>502</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>3899</v>
+        <v>2053.32</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>245</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>30</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>999</v>
+        <v>1270.23</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>189</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1268.81</v>
+        <v>918.35</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>297</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>597.88</v>
+        <v>1161.22</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>265</v>
+        <v>69</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>36</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>603.68</v>
+        <v>4728.03</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1370</v>
+        <v>115</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>1249</v>
+        <v>2338.08</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>81</v>
+        <v>1265</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>4649</v>
+        <v>1341.42</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>86</v>
+        <v>455</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>558.88</v>
+        <v>972.87</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>629.56</v>
+        <v>1290.38</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>381</v>
+        <v>185</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>956.61</v>
+        <v>2323.72</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>2284.88</v>
+        <v>1314.39</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>291</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1292.42</v>
+        <v>608.04</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>36</v>
+        <v>200</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>925.55</v>
+        <v>751.56</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1724</v>
+        <v>1</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>48</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1319</v>
+        <v>1860.09</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>3253</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>30</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>739</v>
+        <v>3965.28</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>903</v>
+        <v>613.94</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1718</v>
+        <v>468</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A27" s="3" t="s">
+      <c r="A27" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="B27" s="2"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="C27" s="3">
-[...22 lines deleted...]
-      <c r="A28" s="2" t="s">
+      <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B28" s="2"/>
-[...6 lines deleted...]
-      <c r="I28" s="2"/>
+      <c r="C28" s="3">
+        <v>1168.53</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F28" s="3">
+        <v>166</v>
+      </c>
+      <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
+        <v>25</v>
+      </c>
+      <c r="I28" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C29" s="3">
+        <v>1066.83</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>380</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I29" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>135</v>
+        <v>63.05</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F30" s="3">
-        <v>215</v>
+        <v>331</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C31" s="3">
+        <v>63.05</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F31" s="3">
-        <v>262</v>
+        <v>1860</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>195</v>
+        <v>456.63</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>1369</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>62</v>
+        <v>456.63</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F33" s="3">
-        <v>399</v>
+        <v>43</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>100</v>
       </c>
       <c r="I33" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>62</v>
+        <v>456.63</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F34" s="3">
-        <v>913</v>
+        <v>397</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>119</v>
+        <v>100.68</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F35" s="3">
-        <v>1433</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>120</v>
+        <v>100.68</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F36" s="3">
-        <v>6673</v>
+        <v>213</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>100</v>
       </c>
       <c r="I36" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>1149</v>
+        <v>100.68</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>198</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>939</v>
+        <v>131.19</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F38" s="3">
-        <v>4712</v>
+        <v>6212</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>449</v>
+        <v>212.55</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F39" s="3">
-        <v>480</v>
+        <v>1006</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>100</v>
       </c>
       <c r="I39" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>135</v>
+        <v>456.63</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F40" s="3">
-        <v>1269</v>
+        <v>349</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>99</v>
+        <v>456.63</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F41" s="3">
-        <v>1427</v>
+        <v>76</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>100</v>
       </c>
       <c r="I41" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>99</v>
+        <v>198.32</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F42" s="3">
-        <v>218</v>
+        <v>1032</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>62</v>
+        <v>456.63</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F43" s="3">
-        <v>1183</v>
+        <v>6551</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>100</v>
       </c>
       <c r="I43" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C44" s="3">
-        <v>135</v>
+        <v>63.05</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F44" s="3">
-        <v>25717</v>
+        <v>1463</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>62</v>
+        <v>63.05</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F45" s="3">
-        <v>473</v>
+        <v>420</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>449</v>
+        <v>456.63</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F46" s="3">
-        <v>11517</v>
+        <v>1538</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C47" s="3">
-        <v>449</v>
+        <v>122.04</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F47" s="3">
-        <v>2131</v>
+        <v>3929</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>100</v>
       </c>
       <c r="I47" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="3">
-        <v>449</v>
+        <v>198.32</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F48" s="3">
-        <v>420</v>
+        <v>3242</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>100</v>
       </c>
       <c r="I48" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C49" s="3">
-        <v>129</v>
+        <v>121.02</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F49" s="3">
         <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>100</v>
       </c>
       <c r="I49" s="3">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C50" s="3">
-        <v>195</v>
+        <v>137.3</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F50" s="3">
-        <v>1248</v>
+        <v>23744</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>100</v>
       </c>
       <c r="I50" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C51" s="3">
-        <v>209</v>
+        <v>131.19</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F51" s="3">
-        <v>1172</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>100</v>
       </c>
       <c r="I51" s="3">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C52" s="3">
-        <v>129</v>
+        <v>137.3</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F52" s="3">
-        <v>7096</v>
+        <v>1092</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>100</v>
       </c>
       <c r="I52" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C53" s="3">
-        <v>449</v>
+        <v>1168.53</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F53" s="3">
-        <v>1529</v>
+        <v>225</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I53" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C54" s="3">
-        <v>1149</v>
+        <v>198.32</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F54" s="3">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I54" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C55" s="3">
-        <v>449</v>
+        <v>137.3</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F55" s="3">
-        <v>61</v>
+        <v>4518</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C56" s="3">
-        <v>449</v>
+        <v>100.68</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F56" s="3">
-        <v>128</v>
+        <v>276</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>100</v>
       </c>
       <c r="I56" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C57" s="3">
-        <v>99</v>
+        <v>456.63</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F57" s="3">
-        <v>217</v>
+        <v>401</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>100</v>
       </c>
       <c r="I57" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C58" s="3">
-        <v>99</v>
+        <v>954.96</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F58" s="3">
-        <v>288</v>
+        <v>1202</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I58" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A59" s="3" t="s">
+      <c r="A59" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="B59" s="3" t="s">
+      <c r="B59" s="2"/>
+      <c r="C59" s="2"/>
+      <c r="D59" s="2"/>
+      <c r="E59" s="2"/>
+      <c r="F59" s="2"/>
+      <c r="G59" s="2"/>
+      <c r="H59" s="2"/>
+      <c r="I59" s="2"/>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="C59" s="3">
-[...17 lines deleted...]
-      <c r="I59" s="3">
+      <c r="B60" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="C60" s="3">
+        <v>2948.28</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F60" s="3">
+        <v>305</v>
+      </c>
+      <c r="G60" s="3">
+        <v>1</v>
+      </c>
+      <c r="H60" s="3">
         <v>10</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I60" s="2"/>
+      <c r="I60" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>3390.73</v>
+        <v>4433.33</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>10</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>4359.22</v>
+        <v>3448.37</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>10</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>3499</v>
+        <v>2032.98</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>1070</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>10</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>3260.12</v>
+        <v>3315.54</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>161</v>
+        <v>130</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>10</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>1999</v>
+        <v>3558.48</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>117</v>
+        <v>994</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>10</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A66" s="3" t="s">
+      <c r="A66" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="B66" s="3" t="s">
+      <c r="B66" s="2"/>
+      <c r="C66" s="2"/>
+      <c r="D66" s="2"/>
+      <c r="E66" s="2"/>
+      <c r="F66" s="2"/>
+      <c r="G66" s="2"/>
+      <c r="H66" s="2"/>
+      <c r="I66" s="2"/>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="C66" s="3">
-[...22 lines deleted...]
-      <c r="A67" s="2" t="s">
+      <c r="B67" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="B67" s="2"/>
-[...6 lines deleted...]
-      <c r="I67" s="2"/>
+      <c r="C67" s="3">
+        <v>3507.63</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F67" s="3">
+        <v>165</v>
+      </c>
+      <c r="G67" s="3">
+        <v>1</v>
+      </c>
+      <c r="H67" s="3">
+        <v>20</v>
+      </c>
+      <c r="I67" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C68" s="3">
-        <v>3449</v>
+        <v>2592.49</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>218</v>
+        <v>134</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>20</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A69" s="3" t="s">
+      <c r="A69" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="B69" s="3" t="s">
+      <c r="B69" s="2"/>
+      <c r="C69" s="2"/>
+      <c r="D69" s="2"/>
+      <c r="E69" s="2"/>
+      <c r="F69" s="2"/>
+      <c r="G69" s="2"/>
+      <c r="H69" s="2"/>
+      <c r="I69" s="2"/>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A70" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="C69" s="3">
-[...14 lines deleted...]
-      <c r="H69" s="3">
+      <c r="B70" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C70" s="3">
+        <v>2032.98</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F70" s="3">
+        <v>172</v>
+      </c>
+      <c r="G70" s="3">
+        <v>1</v>
+      </c>
+      <c r="H70" s="3">
         <v>20</v>
       </c>
-      <c r="I69" s="3">
-[...14 lines deleted...]
-      <c r="I70" s="2"/>
+      <c r="I70" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A71" s="3" t="s">
+      <c r="A71" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="B71" s="3" t="s">
+      <c r="B71" s="2"/>
+      <c r="C71" s="2"/>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2"/>
+      <c r="F71" s="2"/>
+      <c r="G71" s="2"/>
+      <c r="H71" s="2"/>
+      <c r="I71" s="2"/>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="C71" s="3">
-[...22 lines deleted...]
-      <c r="A72" s="2" t="s">
+      <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B72" s="2"/>
-[...6 lines deleted...]
-      <c r="I72" s="2"/>
+      <c r="C72" s="3">
+        <v>11930.19</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F72" s="3">
+        <v>0</v>
+      </c>
+      <c r="G72" s="3">
+        <v>1</v>
+      </c>
+      <c r="H72" s="3">
+        <v>5</v>
+      </c>
+      <c r="I72" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A73" s="3" t="s">
+      <c r="A73" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="B73" s="3" t="s">
+      <c r="B73" s="2"/>
+      <c r="C73" s="2"/>
+      <c r="D73" s="2"/>
+      <c r="E73" s="2"/>
+      <c r="F73" s="2"/>
+      <c r="G73" s="2"/>
+      <c r="H73" s="2"/>
+      <c r="I73" s="2"/>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="C73" s="3">
-[...8 lines deleted...]
-      <c r="F73" s="3">
+      <c r="B74" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="C74" s="3">
+        <v>4889.42</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F74" s="3">
         <v>0</v>
       </c>
-      <c r="G73" s="3">
-[...5 lines deleted...]
-      <c r="I73" s="3">
+      <c r="G74" s="3">
+        <v>1</v>
+      </c>
+      <c r="H74" s="3">
+        <v>10</v>
+      </c>
+      <c r="I74" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>4807.69</v>
+        <v>18579.81</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
         <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A76" s="3" t="s">
+      <c r="A76" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="B76" s="3" t="s">
+      <c r="B76" s="2"/>
+      <c r="C76" s="2"/>
+      <c r="D76" s="2"/>
+      <c r="E76" s="2"/>
+      <c r="F76" s="2"/>
+      <c r="G76" s="2"/>
+      <c r="H76" s="2"/>
+      <c r="I76" s="2"/>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A77" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="C76" s="3">
-[...8 lines deleted...]
-      <c r="F76" s="3">
+      <c r="B77" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C77" s="3">
+        <v>19831.5</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F77" s="3">
         <v>0</v>
       </c>
-      <c r="G76" s="3">
-[...2 lines deleted...]
-      <c r="H76" s="3">
+      <c r="G77" s="3">
+        <v>1</v>
+      </c>
+      <c r="H77" s="3">
         <v>4</v>
       </c>
-      <c r="I76" s="3">
+      <c r="I77" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I77" s="2"/>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C78" s="3">
-        <v>19500</v>
+        <v>11158.75</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>4</v>
       </c>
       <c r="I78" s="3">
-        <v>0</v>
-[...27 lines deleted...]
-      <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A28:I28"/>
-[...5 lines deleted...]
-    <mergeCell ref="A77:I77"/>
+    <mergeCell ref="A27:I27"/>
+    <mergeCell ref="A59:I59"/>
+    <mergeCell ref="A66:I66"/>
+    <mergeCell ref="A69:I69"/>
+    <mergeCell ref="A71:I71"/>
+    <mergeCell ref="A73:I73"/>
+    <mergeCell ref="A76:I76"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
-    <hyperlink ref="D27" r:id="rId24"/>
+    <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D40" r:id="rId36"/>
     <hyperlink ref="D41" r:id="rId37"/>
     <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D43" r:id="rId39"/>
     <hyperlink ref="D44" r:id="rId40"/>
     <hyperlink ref="D45" r:id="rId41"/>
     <hyperlink ref="D46" r:id="rId42"/>
     <hyperlink ref="D47" r:id="rId43"/>
     <hyperlink ref="D48" r:id="rId44"/>
     <hyperlink ref="D49" r:id="rId45"/>
     <hyperlink ref="D50" r:id="rId46"/>
     <hyperlink ref="D51" r:id="rId47"/>
     <hyperlink ref="D52" r:id="rId48"/>
     <hyperlink ref="D53" r:id="rId49"/>
     <hyperlink ref="D54" r:id="rId50"/>
     <hyperlink ref="D55" r:id="rId51"/>
     <hyperlink ref="D56" r:id="rId52"/>
     <hyperlink ref="D57" r:id="rId53"/>
     <hyperlink ref="D58" r:id="rId54"/>
-    <hyperlink ref="D59" r:id="rId55"/>
+    <hyperlink ref="D60" r:id="rId55"/>
     <hyperlink ref="D61" r:id="rId56"/>
     <hyperlink ref="D62" r:id="rId57"/>
     <hyperlink ref="D63" r:id="rId58"/>
     <hyperlink ref="D64" r:id="rId59"/>
     <hyperlink ref="D65" r:id="rId60"/>
-    <hyperlink ref="D66" r:id="rId61"/>
+    <hyperlink ref="D67" r:id="rId61"/>
     <hyperlink ref="D68" r:id="rId62"/>
-    <hyperlink ref="D69" r:id="rId63"/>
-[...1 lines deleted...]
-    <hyperlink ref="D73" r:id="rId65"/>
+    <hyperlink ref="D70" r:id="rId63"/>
+    <hyperlink ref="D72" r:id="rId64"/>
+    <hyperlink ref="D74" r:id="rId65"/>
     <hyperlink ref="D75" r:id="rId66"/>
-    <hyperlink ref="D76" r:id="rId67"/>
+    <hyperlink ref="D77" r:id="rId67"/>
     <hyperlink ref="D78" r:id="rId68"/>
-    <hyperlink ref="D79" r:id="rId69"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>