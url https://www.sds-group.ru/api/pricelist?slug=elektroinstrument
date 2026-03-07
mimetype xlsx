--- v2 (2026-01-19)
+++ v3 (2026-03-07)
@@ -45,492 +45,492 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Электроинструмент</t>
   </si>
   <si>
     <t>1.1 Пистолеты клеевые</t>
   </si>
   <si>
+    <t>12-1550</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 300Вт, Ø11мм, ЭКСПЕРТ, настройка температуры 100…220℃, блистер REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-1553</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 60Вт, Ø11мм, ЭКСПЕРТ, аккумуляторный, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0105</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пистолет клеевой, 100Вт, Ø11мм, без кнопки, блистер REXANT </t>
+  </si>
+  <si>
+    <t>12-0118</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 100Вт, Ø11мм, ProfiMax, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-1501</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 10Вт, Ø7мм, ЭКСПЕРТ, аккумуляторный, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0115</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 100Вт, Ø11мм, с кнопкой, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0113</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 15Вт, Ø7мм, без кнопки, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0102</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 15Вт, Ø7мм, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0104</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 60Вт, Ø11мм, блистер PROconnect</t>
+  </si>
+  <si>
     <t>12-0103</t>
   </si>
   <si>
     <t>Пистолет клеевой, 40Вт, Ø11мм, блистер PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...20 lines deleted...]
-    <t xml:space="preserve">Пистолет клеевой, 100Вт, Ø11мм, без кнопки, блистер REXANT </t>
+    <t>12-0107</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 60Вт, Ø11мм, ПРОЗРАЧНЫЙ корпус, с кнопкой, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-1680</t>
+  </si>
+  <si>
+    <t>Насадка для клеевых пистолетов, удлиненная, 70мм, силиконовая защита REXANT</t>
+  </si>
+  <si>
+    <t>12-1703</t>
+  </si>
+  <si>
+    <t>Набор ПК03 для творчества (пистолет 60Вт, стержни 11мм)</t>
+  </si>
+  <si>
+    <t>наб.</t>
   </si>
   <si>
     <t>12-1701</t>
   </si>
   <si>
     <t>Набор ПК01 для творчества (пистолет 15Вт, стержни 7мм)</t>
   </si>
   <si>
-    <t>наб.</t>
-[...5 lines deleted...]
-    <t>Пистолет клеевой, 100Вт, Ø11мм, с кнопкой, блистер REXANT</t>
+    <t>12-0119</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 280Вт, Ø11мм, ProfiMax, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0116</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 60Вт/100Вт два режима, Ø11мм, блистер REXANT</t>
   </si>
   <si>
     <t>12-0112</t>
   </si>
   <si>
     <t>Пистолет клеевой, 15Вт, Ø7мм + набор цветных стержней 12 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>12-1501</t>
-[...8 lines deleted...]
-    <t>Пистолет клеевой, 60Вт, Ø11мм, ПРОЗРАЧНЫЙ корпус, с кнопкой, блистер REXANT</t>
+    <t>12-1510</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 20Вт, Ø7мм, ЭКСПЕРТ, блистер REXANT</t>
   </si>
   <si>
     <t>12-1511</t>
   </si>
   <si>
     <t>Пистолет клеевой, 40Вт, Ø7мм, ЭКСПЕРТ, блистер REXANT</t>
   </si>
   <si>
+    <t>12-1530</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 100Вт, Ø11мм, ЭКСПЕРТ, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-1533</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 200Вт, Ø11мм, ЭКСПЕРТ, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0111</t>
+  </si>
+  <si>
+    <t>Пистолет клеевой, 60Вт, Ø11мм, настройка температуры 120..240℃, кейс REXANT</t>
+  </si>
+  <si>
     <t>12-0114</t>
   </si>
   <si>
     <t>Пистолет клеевой, 60Вт, Ø11мм, с кнопкой, блистер REXANT</t>
   </si>
   <si>
-    <t>12-1553</t>
-[...70 lines deleted...]
-  <si>
     <t>1.2 Стержни для клеевых пистолетов</t>
   </si>
   <si>
+    <t>09-1020</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, цветные (12 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>09-1220</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, прозрачные (12 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1010</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, прозрачные (12 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1103</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 200мм, прозрачные (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1015</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, прозрачные (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1017</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, синие (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1270</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, прозрачные (10 шт/уп),хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1271</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, черные (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1857-1</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, прозрачные, 1кг (0,5кг + 0,5кг), пакет REXANT</t>
+  </si>
+  <si>
+    <t>кг</t>
+  </si>
+  <si>
+    <t>09-1105</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 200мм, белые (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1025</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, цветные с блестками (12 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1230</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, цветные (12 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1235</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, цветные с блестками (12 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1060</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, прозрачные светящиеся (12 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1260</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, прозрачные светящиеся (12 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1104</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 200мм, черные (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
     <t>09-1103-1</t>
   </si>
   <si>
     <t>Стержни клеевые Ø7мм, 200мм, прозрачные, 1кг (0,5кг + 0,5кг), пакет REXANT</t>
   </si>
   <si>
-    <t>кг</t>
+    <t>09-1104-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стержни клеевые Ø7мм, 200мм, черные, 1кг (0,5кг + 0,5кг), пакет REXANT </t>
+  </si>
+  <si>
+    <t>09-1018</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, зеленые (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1019</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø7мм, 100мм, красные (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1277</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стержни клеевые Ø11мм, 270мм, белые (10 шт/уп), хедер REXANT </t>
+  </si>
+  <si>
+    <t>09-1272</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, синие (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1273</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, зеленые (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1274</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 270мм, красные (10 шт/уп), хедер REXANT</t>
+  </si>
+  <si>
+    <t>09-1225</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, прозрачные (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1227</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, синие (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1228</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, зеленые (6 шт/уп), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-1229</t>
+  </si>
+  <si>
+    <t>Стержни клеевые Ø11мм, 100мм, красные (6 шт/уп), блистер REXANT</t>
   </si>
   <si>
     <t>09-1271-1</t>
   </si>
   <si>
     <t>Стержни клеевые Ø11мм, 270мм, черные, 1кг (0,5кг + 0,5кг), пакет REXANT</t>
   </si>
   <si>
-    <t>09-1018</t>
-[...61 lines deleted...]
-  <si>
     <t>09-1280</t>
   </si>
   <si>
     <t>Стержни клеевые Ø11мм, 270мм, цветные (10 шт/уп), хедер REXANT</t>
   </si>
   <si>
-    <t>09-1274</t>
-[...94 lines deleted...]
-  <si>
     <t>09-1285</t>
   </si>
   <si>
     <t>Стержни клеевые Ø11мм, 270мм, цветные с блестками (10 шт/уп), хедер REXANT</t>
   </si>
   <si>
-    <t>09-1857-1</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3 Фены строительные</t>
   </si>
   <si>
+    <t>12-0056</t>
+  </si>
+  <si>
+    <t>Фен строительный REXANT, 230 В/1800 Вт "MASTER" с терморегулятором</t>
+  </si>
+  <si>
+    <t>12-0057</t>
+  </si>
+  <si>
+    <t>Фен строительный REXANT, 230 В/1800 Вт "MASTER" с терморегулятором и ЖК-дисплеем</t>
+  </si>
+  <si>
+    <t>12-0052</t>
+  </si>
+  <si>
+    <t>Фен строительный REXANT, 230 В/1800 Вт "STANDARD" с терморегулятором</t>
+  </si>
+  <si>
+    <t>12-0051</t>
+  </si>
+  <si>
+    <t>Фен строительный REXANT, 230 В/1800 Вт "COMPACT"</t>
+  </si>
+  <si>
     <t>12-0054</t>
   </si>
   <si>
     <t>Фен строительный REXANT, 230 В/1600 Вт "STANDARD"</t>
   </si>
   <si>
-    <t>12-0057</t>
-[...22 lines deleted...]
-  <si>
     <t>12-0053</t>
   </si>
   <si>
     <t>Фен строительный REXANT, 230 В/2000 Вт "STANDARD" с терморегулятором и дисплеем</t>
   </si>
   <si>
     <t>1.4 Микродрели, граверы, аксессуары</t>
   </si>
   <si>
     <t>12-4453</t>
   </si>
   <si>
     <t>Дрель (гравер) REXANT 5000 - 18000 об/мин, 20 Вт, 26 насадок, блистер</t>
   </si>
   <si>
     <t>12-4451</t>
   </si>
   <si>
     <t>Дрель (гравер) 12000 об/мин, 12Вт, 10 насадок, в кейсе REXANT</t>
   </si>
   <si>
     <t>1.5 Устройства для запаивания пакетов</t>
   </si>
   <si>
     <t>12-0055</t>
   </si>
   <si>
     <t>Устройство для запаивания пакетов 150 W/100-200 °С REXANT</t>
   </si>
   <si>
     <t>1.6 Дрели, Шуруповерты, Винтоверты, Электротвертки, Гайковерты</t>
   </si>
   <si>
     <t>KR-PT-055</t>
   </si>
   <si>
     <t>Дрель-шуруповерт бесщеточная аккумуляторная, Li-Ion, 20В, 55 Нм, 2 акк. х 2Ач, в кейсе KRANZ</t>
   </si>
   <si>
-    <t>1.7 УШМ, Шлифмашины</t>
+    <t>1.7 Перфораторы</t>
+  </si>
+  <si>
+    <t>KR-PT-110</t>
+  </si>
+  <si>
+    <t>Перфоратор сетевой, SDS-plus, 1050Вт, 3,2Дж, в кейсе KRANZ</t>
+  </si>
+  <si>
+    <t>KR-PT-120</t>
+  </si>
+  <si>
+    <t>Перфоратор аккумуляторный, SDS-plus, 2,2Дж, 1х4Ач, в кейсе KRANZ</t>
+  </si>
+  <si>
+    <t>1.8 УШМ, Шлифмашины</t>
+  </si>
+  <si>
+    <t>KR-PT-250</t>
+  </si>
+  <si>
+    <t>Угловая шлифовальная машина (УШМ, болгарка) аккумуляторная, 1х4Ач, в кейсе KRANZ</t>
   </si>
   <si>
     <t>KR-PT-212</t>
   </si>
   <si>
     <t>Угловая шлифовальная машина (УШМ, болгарка), 125мм, 900Вт KRANZ</t>
-  </si>
-[...19 lines deleted...]
-    <t>Перфоратор сетевой, SDS-plus, 1050Вт, 3,2Дж, в кейсе KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -915,51 +915,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-40vt-11mm-blister-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-7mm-blister-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-blister-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-11mm-bez-knopki-blister-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pk01-dlya-tvorchestva-pistolet-15vt-sterzhni-7mm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-11mm-s-knopkoy-blister-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-7mm-nabor-tsvetnyh-sterzhney-12-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-10vt-7mm-ekspert-akkumulyatornyy-blister-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-prozrachnyy-korpus-s-knopkoy-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-40vt-7mm-ekspert-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-s-knopkoy-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-ekspert-akkumulyatornyy-korobka-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-nastroyka-temperatury-120-240-keys-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-11mm-ekspert-blister-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pk03-dlya-tvorchestva-pistolet-60vt-sterzhni-11mm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-11mm-profimax-blister-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-280vt-11mm-profimax-blister-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-100vt-dva-rezhima-11mm-blister-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-kleevyh-pistoletov-udlinennaya-70mm-silikonovaya-zaschita-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-20vt-7mm-ekspert-blister-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-200vt-11mm-ekspert-blister-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-300vt-11mm-ekspert-nastroyka-temperatury-100-220-blister-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-7mm-bez-knopki-blister-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-prozrachnye-1kg-0-5kg-0-5kg-paket-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-chernye-1kg-0-5kg-0-5kg-paket-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-zelenye-6-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-krasnye-6-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-belye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-sinie-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-zelenye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-prozrachnye-6-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-sinie-6-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-zelenye-6-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-prozrachnye-svetyaschiesya-12-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-prozrachnye-svetyaschiesya-12-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-tsvetnye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-krasnye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-tsvetnye-12-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-prozrachnye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-prozrachnye-6-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-sinie-6-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-chernye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-prozrachnye-12-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-prozrachnye-12-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-tsvetnye-12-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-prozrachnye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-tsvetnye-s-blestkami-12-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-belye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-chernye-1kg-0-5kg-0-5kg-paket-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-tsvetnye-s-blestkami-12-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-chernye-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-krasnye-6-sht-up-blister-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-tsvetnye-s-blestkami-10-sht-up-heder-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-prozrachnye-1kg-0-5kg-0-5kg-paket-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-1600-vt-standard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-1800-vt-master-s-termoregulyatorom-i-zhk-displeem" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-1800-vt-master-s-termoregulyatorom" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-1800-vt-compact" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-1800-vt-standard-s-termoregulyatorom" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v-2000-vt-standard-s-termoregulyatorom-i-displeem" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-graver-rexant-5000-18000-ob-min-20-vt-26-nasadok-blister" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-graver-12000-ob-min-12vt-10-nasadok-v-keyse-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-dlya-zapaivaniya-paketov-150-w-100-200-s-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-shurupovert-besschetochnaya-akkumulyatornaya-li-ion-20v-55-nm-2-akk-h-2ach-v-keyse-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglovaya-shlifovalnaya-mashina-ushm-bolgarka-125mm-900vt-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglovaya-shlifovalnaya-mashina-ushm-bolgarka-akkumulyatornaya-1h4ach-v-keyse-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perforator-akkumulyatornyy-sds-plus-2-2dzh-1h4ach-v-keyse-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perforator-setevoy-sds-plus-1050vt-3-2dzh-v-keyse-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-300vt-11mm-ekspert-nastroyka-temperatury-100220-blister-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-ekspert-akkumulyatornyy-korobka-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-11mm-bez-knopki-blister-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-11mm-profimax-blister-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-10vt-7mm-ekspert-akkumulyatornyy-blister-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-11mm-s-knopkoy-blister-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-7mm-bez-knopki-blister-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-7mm-blister-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-blister-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-40vt-11mm-blister-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-prozrachnyy-korpus-s-knopkoy-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nasadka-dlya-kleevyh-pistoletov-udlinennaya-70mm-silikonovaya-zashchita-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pk03-dlya-tvorchestva-pistolet-60vt-sterzhni-11mm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-pk01-dlya-tvorchestva-pistolet-15vt-sterzhni-7mm" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-280vt-11mm-profimax-blister-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt100vt-dva-rezhima-11mm-blister-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-15vt-7mm-nabor-tsvetnyh-sterzhney-12-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-20vt-7mm-ekspert-blister-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-40vt-7mm-ekspert-blister-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-100vt-11mm-ekspert-blister-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-200vt-11mm-ekspert-blister-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-nastroyka-temperatury-120-240-keys-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pistolet-kleevoy-60vt-11mm-s-knopkoy-blister-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-tsvetnye-12-shtup-blister-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-prozrachnye-12-shtup-blister-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-prozrachnye-12-shtup-blister-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-prozrachnye-10-shtup-heder-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-prozrachnye-6-shtup-blister-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-sinie-6-shtup-blister-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-prozrachnye-10-shtup-heder-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-chernye-10-shtup-heder-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-prozrachnye-1kg-0-5kg-0-5kg-paket-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-belye-10-shtup-heder-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-tsvetnye-s-blestkami-12-shtup-blister-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-tsvetnye-12-shtup-blister-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-tsvetnye-s-blestkami-12-shtup-blister-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-prozrachnye-svetyashchiesya-12-shtup-blister-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-prozrachnye-svetyashchiesya-12-shtup-blister-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-chernye-10-shtup-heder-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-prozrachnye-1kg-0-5kg-0-5kg-paket-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-200mm-chernye-1kg-0-5kg-0-5kg-paket-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-zelenye-6-shtup-blister-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-7mm-100mm-krasnye-6-shtup-blister-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-belye-10-shtup-heder-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-sinie-10-shtup-heder-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-zelenye-10-shtup-heder-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-krasnye-10-shtup-heder-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-prozrachnye-6-shtup-blister-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-sinie-6-shtup-blister-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-zelenye-6-shtup-blister-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-100mm-krasnye-6-shtup-blister-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-chernye-1kg-0-5kg-0-5kg-paket-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-tsvetnye-10-shtup-heder-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sterzhni-kleevye-11mm-270mm-tsvetnye-s-blestkami-10-shtup-heder-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v1800-vt-master-s-termoregulyatorom" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v1800-vt-master-s-termoregulyatorom-i-zhk-displeem" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v1800-vt-standard-s-termoregulyatorom" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v1800-vt-compact" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v1600-vt-standard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fen-stroitelnyy-rexant-230-v2000-vt-standard-s-termoregulyatorom-i-displeem" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-graver-rexant-5000-18000-obmin-20-vt-26-nasadok-blister" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-graver-12000-obmin-12vt-10-nasadok-v-keyse-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-dlya-zapaivaniya-paketov-150-w100-200-s-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/drel-shurupovert-besshchetochnaya-akkumulyatornaya-li-ion-20v-55-nm-2-akk-h-2ach-v-keyse-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perforator-setevoy-sds-plus-1050vt-3-2dzh-v-keyse-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perforator-akkumulyatornyy-sds-plus-2-2dzh-1h4ach-v-keyse-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglovaya-shlifovalnaya-mashina-ushm-bolgarka-akkumulyatornaya-1h4ach-v-keyse-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglovaya-shlifovalnaya-mashina-ushm-bolgarka-125mm-900vt-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I78"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -996,2100 +996,2100 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>527.82</v>
+        <v>2894.65</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1552</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>446.21</v>
+        <v>3309.62</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>592.3</v>
+        <v>812.78</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>6189</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>36</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1015.98</v>
+        <v>1019.4</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1164</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>640.26</v>
+        <v>1437.32</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>232</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>1015.98</v>
+        <v>802.62</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>36</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>941.28</v>
+        <v>491.15</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>502</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>2053.32</v>
+        <v>379.28</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>245</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>1270.23</v>
+        <v>414.61</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>189</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>918.35</v>
+        <v>369.47</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>1161.22</v>
+        <v>1003.48</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>4728.03</v>
+        <v>486.43</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>115</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B16" s="3" t="s">
+      <c r="C16" s="3">
+        <v>681.01</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="C16" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>1265</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1341.42</v>
+        <v>512.21</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>455</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>972.87</v>
+        <v>1789.26</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>1290.38</v>
+        <v>920.07</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>185</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>2323.72</v>
+        <v>658.9</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1314.39</v>
+        <v>526.09</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>608.04</v>
+        <v>642.85</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>200</v>
+        <v>48</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>751.56</v>
+        <v>1059.72</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1860.09</v>
+        <v>1432.27</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>30</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>3965.28</v>
+        <v>1800.32</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>613.94</v>
+        <v>917.36</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>468</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>36</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>1168.53</v>
+        <v>102.87</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F28" s="3">
-        <v>166</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>1066.83</v>
+        <v>138.82</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F29" s="3">
-        <v>380</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>63.05</v>
+        <v>103.73</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F30" s="3">
-        <v>331</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>63.05</v>
+        <v>116.71</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F31" s="3">
-        <v>1860</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>456.63</v>
+        <v>44.14</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F32" s="3">
-        <v>1369</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>456.63</v>
+        <v>44.14</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F33" s="3">
-        <v>43</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>100</v>
       </c>
       <c r="I33" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>456.63</v>
+        <v>365.3</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F34" s="3">
-        <v>397</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>100.68</v>
+        <v>365.3</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F35" s="3">
         <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B36" s="3" t="s">
+      <c r="C36" s="3">
+        <v>754.42</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="C36" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F36" s="3">
-        <v>213</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I36" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>100.68</v>
+        <v>116.71</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F37" s="3">
-        <v>198</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>131.19</v>
+        <v>91.83</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F38" s="3">
-        <v>6212</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>212.55</v>
+        <v>168.57</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F39" s="3">
-        <v>1006</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>456.63</v>
+        <v>138.82</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F40" s="3">
-        <v>349</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>456.63</v>
+        <v>111.51</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F41" s="3">
-        <v>76</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>100</v>
       </c>
       <c r="I41" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>198.32</v>
+        <v>180.67</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F42" s="3">
-        <v>1032</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>456.63</v>
+        <v>96.11</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F43" s="3">
-        <v>6551</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C44" s="3">
-        <v>63.05</v>
+        <v>923.14</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="F44" s="3">
-        <v>1463</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I44" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>63.05</v>
+        <v>817.97</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="F45" s="3">
-        <v>420</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I45" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>456.63</v>
+        <v>44.14</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F46" s="3">
-        <v>1538</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>100</v>
       </c>
       <c r="I46" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C47" s="3">
-        <v>122.04</v>
+        <v>53.59</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F47" s="3">
-        <v>3929</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>100</v>
       </c>
       <c r="I47" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="3">
-        <v>198.32</v>
+        <v>365.3</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F48" s="3">
-        <v>3242</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>100</v>
       </c>
       <c r="I48" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C49" s="3">
-        <v>121.02</v>
+        <v>365.3</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F49" s="3">
         <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>100</v>
       </c>
       <c r="I49" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C50" s="3">
-        <v>137.3</v>
+        <v>319.64</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F50" s="3">
-        <v>23744</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>100</v>
       </c>
       <c r="I50" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C51" s="3">
-        <v>131.19</v>
+        <v>365.3</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F51" s="3">
         <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>100</v>
       </c>
       <c r="I51" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C52" s="3">
-        <v>137.3</v>
+        <v>85.58</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F52" s="3">
-        <v>1092</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>100</v>
       </c>
       <c r="I52" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C53" s="3">
-        <v>1168.53</v>
+        <v>70.48</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F53" s="3">
-        <v>225</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I53" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C54" s="3">
-        <v>198.32</v>
+        <v>85.58</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F54" s="3">
         <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>100</v>
       </c>
       <c r="I54" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C55" s="3">
-        <v>137.3</v>
+        <v>70.48</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F55" s="3">
-        <v>4518</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>100</v>
       </c>
       <c r="I55" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C56" s="3">
-        <v>100.68</v>
+        <v>842.8</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="F56" s="3">
-        <v>276</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I56" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C57" s="3">
-        <v>456.63</v>
+        <v>365.3</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F57" s="3">
-        <v>401</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C58" s="3">
-        <v>954.96</v>
+        <v>365.3</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F58" s="3">
-        <v>1202</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="2"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>2948.28</v>
+        <v>2413.86</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>305</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>10</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>4433.33</v>
+        <v>3103.33</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
         <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>10</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>3448.37</v>
+        <v>2320.88</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
         <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>10</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>2032.98</v>
+        <v>1565.39</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
         <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>10</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>3315.54</v>
+        <v>2063.8</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>10</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>3558.48</v>
+        <v>2490.94</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>994</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>10</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="2"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
       <c r="I66" s="2"/>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C67" s="3">
-        <v>3507.63</v>
+        <v>2560.57</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>165</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>20</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C68" s="3">
-        <v>2592.49</v>
+        <v>1892.52</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>134</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>20</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="2"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
       <c r="I69" s="2"/>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C70" s="3">
-        <v>2032.98</v>
+        <v>1423.09</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>172</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>20</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
       <c r="D71" s="2"/>
       <c r="E71" s="2"/>
       <c r="F71" s="2"/>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
       <c r="I71" s="2"/>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>11930.19</v>
+        <v>9305.55</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
         <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="2"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
       <c r="I73" s="2"/>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>4889.42</v>
+        <v>8703.83</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
         <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>18579.81</v>
+        <v>15468.57</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
         <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>4</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="2"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
       <c r="I76" s="2"/>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C77" s="3">
-        <v>19831.5</v>
+        <v>14492.25</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
         <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>4</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C78" s="3">
-        <v>11158.75</v>
+        <v>3569.28</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A27:I27"/>
     <mergeCell ref="A59:I59"/>
     <mergeCell ref="A66:I66"/>
     <mergeCell ref="A69:I69"/>
     <mergeCell ref="A71:I71"/>
     <mergeCell ref="A73:I73"/>
     <mergeCell ref="A76:I76"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>