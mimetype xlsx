--- v0 (2025-10-14)
+++ v1 (2025-12-02)
@@ -8,988 +8,991 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="596" uniqueCount="312">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="600" uniqueCount="313">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Электромонтажный инструмент</t>
   </si>
   <si>
     <t>1.1 Обжим изолированных клемм (НКи, НВи, РПи, РППи, РШПи, ГСи)</t>
   </si>
   <si>
+    <t>12-3014-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336H для обжима изолированных автоклемм 0,5-6,0мм² PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>12-3016-4</t>
   </si>
   <si>
     <t>Кримпер HT-336N для обжима изолированных и неизолированных гильз 1,5-10,0мм² PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Кримпер HT-336H для обжима изолированных автоклемм 0,5-6,0мм² PROconnect</t>
+    <t>12-3021</t>
+  </si>
+  <si>
+    <t>Кримпер для обжима изолированных клемм 0,5-6,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3014</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336H для обжима изолированных автоклемм 0,5-6,0мм² REXANT</t>
   </si>
   <si>
     <t>12-3016</t>
   </si>
   <si>
     <t>Кримпер HT-336N для обжима изолированных и неизолированных гильз 1,5-10,0мм² REXANT</t>
   </si>
   <si>
-    <t>12-3021</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Обжим неизолированных клемм (НК, НВ, РП, РПП, РШП, ГС)</t>
   </si>
   <si>
+    <t>12-3001-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-236C для обжима неизолированных автоклемм 0,5-6,0мм² PROconnect</t>
+  </si>
+  <si>
+    <t>12-3031-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-202A для обжима автоклемм 0,35-6,0мм² PROconnect</t>
+  </si>
+  <si>
     <t>12-3032-4</t>
   </si>
   <si>
     <t>Кримпер HT-202B для обжима автоклемм 0,10-6,0мм² PROconnect</t>
   </si>
   <si>
-    <t>12-3031-4</t>
-[...8 lines deleted...]
-    <t>Кримпер HT-236C для обжима неизолированных автоклемм 0,5-6,0мм² PROconnect</t>
+    <t>12-3001</t>
+  </si>
+  <si>
+    <t>Кримпер HT-236C для обжима неизолированных автоклемм 0,5-6,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3031</t>
+  </si>
+  <si>
+    <t>Кримпер HT-202A для обжима неизолированных клемм 0,35-6,0мм² REXANT</t>
   </si>
   <si>
     <t>12-3033</t>
   </si>
   <si>
     <t>Кримпер HT-204 для обжима наконечников и зачистки проводов REXANT</t>
   </si>
   <si>
     <t>12-3032</t>
   </si>
   <si>
     <t>Кримпер HT-202B для обжима автоклемм 0,10-6,0мм² REXANT</t>
   </si>
   <si>
-    <t>12-3031</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3 Прессы механические для опрессовки силовых наконечников и гильз ТМ, ТМЛ, ГМ, ГМЛ</t>
   </si>
   <si>
+    <t>12-3058</t>
+  </si>
+  <si>
+    <t>Пресс механический универсальный ZHT-150 для клиновидной опрессовки наконечников 10-120мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3057</t>
+  </si>
+  <si>
+    <t>Кримпер HT-2517 для обжима силовых наконечников и гильз 16-120мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3071</t>
+  </si>
+  <si>
+    <t>Пресс-клещи CT-1632 для обжима металлопластиковых труб REXANT</t>
+  </si>
+  <si>
+    <t>12-3041</t>
+  </si>
+  <si>
+    <t>Кримпер HT-6010 для обжима неизолированных наконечников и гильз 1,5-16,0мм² REXANT</t>
+  </si>
+  <si>
     <t>12-3055</t>
   </si>
   <si>
     <t>Кримпер HT-2515 для обжима силовых наконечников и гильз 6,0-50,0мм² REXANT</t>
   </si>
   <si>
-    <t>12-3057</t>
-[...22 lines deleted...]
-  <si>
     <t>12-3051</t>
   </si>
   <si>
     <t>Кримпер HT-25L для обжима неизолированных наконечников и гильз 6,0-26,0мм² REXANT</t>
   </si>
   <si>
     <t>1.4 Прессы гидравлические для опрессовки силовых наконечников и гильз ТМ, ТМЛ, ГМ, ГМЛ</t>
   </si>
   <si>
     <t>12-3062</t>
   </si>
   <si>
     <t>Пресс гидравлический CT-120 для наконечников 10-120мм² REXANT</t>
   </si>
   <si>
     <t>12-3061</t>
   </si>
   <si>
     <t>Пресс гидравлический CT-70 для наконечников 4-70мм² REXANT</t>
   </si>
   <si>
     <t>12-3063</t>
   </si>
   <si>
     <t>Пресс гидравлический CT-240 для наконечников 16-240мм² REXANT</t>
   </si>
   <si>
     <t>12-3064</t>
   </si>
   <si>
     <t>Пресс гидравлический CT-300 для наконечников 10-300мм² REXANT</t>
   </si>
   <si>
     <t>1.5 Обжим штыревых наконечников НШВ, НШВи, НШВи (2)</t>
   </si>
   <si>
+    <t>12-3013-4</t>
+  </si>
+  <si>
+    <t>Кримпер для обжима штыревых наконечников 0,5-4,0мм² PROconnect</t>
+  </si>
+  <si>
+    <t>12-3202-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-864 для обжима штыревых наконечников 0,25-6,0мм² PROconnect</t>
+  </si>
+  <si>
     <t>12-3205-4</t>
   </si>
   <si>
     <t>Кримпер HT-866 для обжима штыревых наконечников 0,25-6,0мм² PROconnect</t>
   </si>
   <si>
-    <t>12-3202-4</t>
-[...4 lines deleted...]
-  <si>
     <t>12-3019-4</t>
   </si>
   <si>
     <t>Кримпер HT-336S для обжима штыревых наконечников 6,0-10,0-16,0мм² PROconnect</t>
   </si>
   <si>
-    <t>12-3013-4</t>
-[...2 lines deleted...]
-    <t>Кримпер для обжима штыревых наконечников 0,5-4,0мм² PROconnect</t>
+    <t>12-3013</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336E для обжима штыревых наконечников 0,5-4,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3216-1</t>
+  </si>
+  <si>
+    <t>Кримпер HT-16-4 для обжима штыревых наконечников 0,08-16,0мм², с регулятором прижимного усилия REXANT</t>
+  </si>
+  <si>
+    <t>12-3205</t>
+  </si>
+  <si>
+    <t>Кримпер HT-866 для обжима штыревых наконечников 0,08-6,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3019</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336S для обжима штыревых наконечников 6,0-10,0-16,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3208</t>
+  </si>
+  <si>
+    <t>Пресс-клещи HT-16M для обжима втулочных наконечников 0,5-16мм² REXANT</t>
   </si>
   <si>
     <t>12-3209</t>
   </si>
   <si>
     <t>Пресс-клещи HT-35M для обжима втулочных наконечников 10-35мм² REXANT</t>
   </si>
   <si>
-    <t>12-3208</t>
-[...14 lines deleted...]
-    <t>Кримпер HT-336S для обжима штыревых наконечников 6,0-10,0-16,0мм² REXANT</t>
+    <t>12-3210-1</t>
+  </si>
+  <si>
+    <t>Кримпер HT-10-6 для обжима штыревых наконечников 0,08-10,0мм² с регулятором прижимного усилия REXANT</t>
+  </si>
+  <si>
+    <t>12-3219</t>
+  </si>
+  <si>
+    <t>Кримпер комбинированный HT-02525 для обжима изолированных и штыревых наконечников 0,5 - 2,5мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3222</t>
+  </si>
+  <si>
+    <t>Кримпер HT-5-26TW для обжима двойных штыревых наконечников 2x(0,5-6,0)мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3220</t>
+  </si>
+  <si>
+    <t>Пресс механический HT-50WF для обжима втулочных наконечников 10-50мм² REXANT</t>
   </si>
   <si>
     <t>12-3206</t>
   </si>
   <si>
     <t>Кримпер HT-8164 для обжима штыревых наконечников 6,0-16,0мм² REXANT</t>
   </si>
   <si>
-    <t>12-3222</t>
-[...28 lines deleted...]
-  <si>
     <t>12-3202</t>
   </si>
   <si>
     <t>Кримпер HT-864 для обжима штыревых наконечников 0,25-6,0мм² REXANT</t>
   </si>
   <si>
-    <t>12-3013</t>
-[...4 lines deleted...]
-  <si>
     <t>1.6 Обжим коаксиальных разъемов F и BNC</t>
   </si>
   <si>
+    <t>12-3204</t>
+  </si>
+  <si>
+    <t>Кримпер HT-106-E для обжима F и BNC разъемов типа RG-58, RG-6, RG-11, RG-213 REXANT</t>
+  </si>
+  <si>
+    <t>12-3015</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336J для обжима F и BNC разъемов типа RG-174, RG-179, Fiber Optic REXANT</t>
+  </si>
+  <si>
+    <t>12-3214</t>
+  </si>
+  <si>
+    <t>Кримпер HT-301 PA для обжима F и BNC разъемов типа RG-58, RG-59, RG-62, RG-6 REXANT</t>
+  </si>
+  <si>
+    <t>12-3212</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336A для обжима F и BNC разъемов типа RG-59, RG-58, RG-62 REXANT</t>
+  </si>
+  <si>
     <t>12-3215</t>
   </si>
   <si>
     <t>Кримпер HT-336K для обжима F и BNC разъемов типа RG-8, RG-11, RG-174, RG-179, RG-213 REXANT</t>
   </si>
   <si>
-    <t>12-3204</t>
-[...22 lines deleted...]
-  <si>
     <t>12-3213</t>
   </si>
   <si>
     <t>Кримпер HT-336G для обжима F и BNC разъемов типа RG-59, RG-58, RG-62, RG-174, Fiber Optic REXANT</t>
   </si>
   <si>
     <t>1.7 Обжим компьютерных и телефонных разъемов RJ</t>
   </si>
   <si>
+    <t>12-3432-6</t>
+  </si>
+  <si>
+    <t>Кримпер HT-568R для обжима 8P8C, 6P6C PROconnect</t>
+  </si>
+  <si>
+    <t>12-3442-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-200R для обжима 8P8C, 6P6C, 4P4C PROconnect</t>
+  </si>
+  <si>
     <t>12-3441-4</t>
   </si>
   <si>
     <t xml:space="preserve">Кримпер HT-315 для обжима 8P8C, 6P6C, 4P4C PROconnect </t>
   </si>
   <si>
+    <t>12-3451-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-210N для обжима 8P8C PROconnect</t>
+  </si>
+  <si>
+    <t>12-3432-4</t>
+  </si>
+  <si>
     <t>12-3434-4</t>
   </si>
   <si>
     <t>Кримпер HT-500R для обжима 8P8C, 6P4C PROconnect</t>
   </si>
   <si>
-    <t>12-3451-4</t>
-[...14 lines deleted...]
-    <t>Кримпер HT-568R для обжима 8P8C, 6P6C PROconnect</t>
+    <t>12-3442-1</t>
+  </si>
+  <si>
+    <t>Кримпер HT-200R ТАЙВАНЬ для обжима 10P10C, 8P8C, 6P6C, 4P4C REXANT</t>
+  </si>
+  <si>
+    <t>12-3432-1</t>
+  </si>
+  <si>
+    <t>Кримпер HT-568R ТАЙВАНЬ для обжима 8P8C, 6P6C REXANT</t>
   </si>
   <si>
     <t>12-3434-1</t>
   </si>
   <si>
     <t>Кримпер HT-500R для обжима ТАЙВАНЬ 8P8C, 6P4C REXANT</t>
   </si>
   <si>
-    <t>12-3432-1</t>
-[...8 lines deleted...]
-    <t>Кримпер HT-200R ТАЙВАНЬ для обжима 10P10C, 8P8C, 6P6C, 4P4C REXANT</t>
+    <t>12-3453</t>
+  </si>
+  <si>
+    <t>Кримпер HT-808 PROFI для обжима торцевой 8P8C REXANT</t>
+  </si>
+  <si>
+    <t>12-3442</t>
+  </si>
+  <si>
+    <t>Кримпер HT-200R для обжима 10P10C, 8P8C, 6P6C, 4P4C REXANT</t>
+  </si>
+  <si>
+    <t>12-3443</t>
+  </si>
+  <si>
+    <t>Кримпер HT-468S для обжима 8P8C, 6P6C, 4P4C REXANT</t>
+  </si>
+  <si>
+    <t>12-3441</t>
+  </si>
+  <si>
+    <t>Кримпер HT-315 для обжима 8P8C, 6P6C, 4P4C, заделка витой пары REXANT</t>
+  </si>
+  <si>
+    <t>12-3432</t>
+  </si>
+  <si>
+    <t>Кримпер HT-568R для обжима 8P8C, 6P6C REXANT</t>
+  </si>
+  <si>
+    <t>12-3434</t>
+  </si>
+  <si>
+    <t>Кримпер HT-500R для обжима 8P8C, 6P4C REXANT</t>
+  </si>
+  <si>
+    <t>012-0568RH</t>
+  </si>
+  <si>
+    <t>Комплект ручек для кримпера REXANT HT-568R</t>
+  </si>
+  <si>
+    <t>12-3452</t>
+  </si>
+  <si>
+    <t>Кримпер HT-210T для обжима 8P8C REXANT</t>
+  </si>
+  <si>
+    <t>12-3451</t>
+  </si>
+  <si>
+    <t>Кримпер HT-210N для обжима 8P8C REXANT</t>
+  </si>
+  <si>
+    <t>12-3435</t>
+  </si>
+  <si>
+    <t>Кримпер для обжима 8P8C, 6P6C, 6P4C, 6P2C REXANT</t>
   </si>
   <si>
     <t>12-3450-4</t>
   </si>
   <si>
     <t>Кримпер HT-668 для обжима 8P8C/6P6C REXANT</t>
   </si>
   <si>
-    <t>12-3435</t>
-[...58 lines deleted...]
-  <si>
     <t>1.8 Инструмент для зачистки кабеля (стрипперы)</t>
   </si>
   <si>
+    <t>12-4001-4</t>
+  </si>
+  <si>
+    <t>Инструмент HT-150B для зачистки многожильного кабеля PROconnect</t>
+  </si>
+  <si>
+    <t>12-4015-4</t>
+  </si>
+  <si>
+    <t>Инструмент HT-0525 для зачистки кабеля 0,2-6мм² PROconnect</t>
+  </si>
+  <si>
     <t>12-4005-4</t>
   </si>
   <si>
     <t>Инструмент HT-766 для зачистки кабеля и обжима наконечников PROconnect</t>
   </si>
   <si>
-    <t>12-4001-4</t>
-[...4 lines deleted...]
-  <si>
     <t>12-4005-6</t>
   </si>
   <si>
     <t>Инструмент для зачистки кабеля 0,2-6,0 мм² и обжима наконечников (HT-766М) PROconnect</t>
   </si>
   <si>
-    <t>12-4015-4</t>
-[...2 lines deleted...]
-    <t>Инструмент HT-0525 для зачистки кабеля 0,2-6мм² PROconnect</t>
+    <t>12-4053</t>
+  </si>
+  <si>
+    <t>Инструмент HT-335 для продольной зачистки кабеля 25,0-36,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4002</t>
+  </si>
+  <si>
+    <t>Инструмент HT-369А для зачистки кабеля 0,5-2,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4052</t>
+  </si>
+  <si>
+    <t>Инструмент HT-325 для продольной зачистки кабеля 4,5-25,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4054</t>
+  </si>
+  <si>
+    <t>Инструмент HT-5PG для продольной и поперечной зачистки кабеля от 25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4031</t>
+  </si>
+  <si>
+    <t>Инструмент HT-223 для зачистки кабеля 0,5-4,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4005</t>
+  </si>
+  <si>
+    <t>Инструмент HT-766 для зачистки кабеля 0,2-6,0мм² и обжима наконечников REXANT</t>
+  </si>
+  <si>
+    <t>12-4021</t>
+  </si>
+  <si>
+    <t>Инструмент HT-5021 для зачистки кабеля 0,6-2,6мм² REXANT</t>
   </si>
   <si>
     <t>12-4001</t>
   </si>
   <si>
     <t>Инструмент HT-150B для зачистки многожильного кабеля REXANT</t>
   </si>
   <si>
-    <t>12-4021</t>
-[...2 lines deleted...]
-    <t>Инструмент HT-5021 для зачистки кабеля 0,6-2,6мм² REXANT</t>
+    <t>12-4003</t>
+  </si>
+  <si>
+    <t>Инструмент HT-369B для зачистки кабеля 1,0-3,2мм² REXANT</t>
   </si>
   <si>
     <t>12-4004</t>
   </si>
   <si>
     <t>Инструмент HT-369C для зачистки кабеля 0,3-6мм² REXANT</t>
   </si>
   <si>
-    <t>12-4005</t>
-[...4 lines deleted...]
-  <si>
     <t>12-4025</t>
   </si>
   <si>
     <t>Инструмент HT-1042 для зачистки кабеля 0,20-1,25мм² REXANT</t>
   </si>
   <si>
-    <t>12-4031</t>
-[...20 lines deleted...]
-    <t>Инструмент HT-369А для зачистки кабеля 0,5-2,0мм² REXANT</t>
+    <t>12-4024</t>
+  </si>
+  <si>
+    <t>Инструмент HT-1041 для зачистки кабеля 0,9-6,0мм² REXANT</t>
   </si>
   <si>
     <t>12-4026</t>
   </si>
   <si>
     <t>Инструмент HT-1043 для зачистки кабеля 0,25-0,65мм² REXANT</t>
   </si>
   <si>
     <t>12-4646</t>
   </si>
   <si>
     <t>Плоскогубцы для зачистки проводов 160мм никелированные, двухкомпонентные рукоятки REXANT</t>
   </si>
   <si>
-    <t>12-4053</t>
-[...2 lines deleted...]
-    <t>Инструмент HT-335 для продольной зачистки кабеля 25,0-36,0мм² REXANT</t>
+    <t>12-4023</t>
+  </si>
+  <si>
+    <t>Инструмент HT-5023 для зачистки кабеля 0,25-0,8мм² REXANT</t>
   </si>
   <si>
     <t>12-4022</t>
   </si>
   <si>
     <t>Инструмент HT-5022 для зачистки кабеля 0,5-1,6мм² REXANT</t>
   </si>
   <si>
-    <t>12-4054</t>
-[...16 lines deleted...]
-  <si>
     <t>1.9 Зачистка витой пары и коаксиального кабеля</t>
   </si>
   <si>
     <t>12-4042-4</t>
   </si>
   <si>
     <t>Инструмент HT-S-501B для зачистки и обрезки витой пары PROconnect</t>
   </si>
   <si>
     <t>12-4011-4</t>
   </si>
   <si>
     <t>Инструмент HT-332 для зачистки коаксиального кабеля RG-58, RG-59, RG-6 PROconnect</t>
   </si>
   <si>
     <t>12-4016-4</t>
   </si>
   <si>
     <t>Инструмент HT-302 для зачистки и обрезки кабелей RG-58, RG-59, RG-6, RG-11 REXANT</t>
   </si>
   <si>
+    <t>12-4011</t>
+  </si>
+  <si>
+    <t>Инструмент HT-332 для зачистки коаксиального кабеля RG-58, RG-59, RG-6 REXANT</t>
+  </si>
+  <si>
     <t>12-4042</t>
   </si>
   <si>
     <t>Инструмент HT-S-501B для зачистки и обрезки витой пары REXANT</t>
   </si>
   <si>
-    <t>12-4011</t>
-[...4 lines deleted...]
-  <si>
     <t>1.10 Инструмент для заделки кабеля</t>
   </si>
   <si>
     <t>12-4201-4</t>
   </si>
   <si>
     <t>Инструмент для заделки витой пары, 110 типа контактов  PROconnect</t>
   </si>
   <si>
+    <t>12-4201</t>
+  </si>
+  <si>
+    <t>Инструмент HT-3141 для заделки и обрезки витой пары, 110 типа контактов REXANT</t>
+  </si>
+  <si>
+    <t>12-4231</t>
+  </si>
+  <si>
+    <t>Инструмент HT-318M для заделки и обрезки витой пары, 110 типа контактов MINI REXANT</t>
+  </si>
+  <si>
     <t>12-4222</t>
   </si>
   <si>
     <t>Инструмент HT-324B для заделки и обрезки витой пары, 110-го типа контактов REXANT</t>
   </si>
   <si>
-    <t>12-4231</t>
-[...10 lines deleted...]
-  <si>
     <t>12-4224</t>
   </si>
   <si>
     <t>Кросс-нож HT-324B для заделки и обрезки витой пары, 110-го типа контактов REXANT</t>
   </si>
   <si>
     <t>12-4221</t>
   </si>
   <si>
     <t>Инструмент HT-314B для заделки витой пары, 110 типа контактов REXANT</t>
   </si>
   <si>
     <t>1.11 Кабелерезы, троссорезы, кабельные ножницы</t>
   </si>
   <si>
+    <t>12-4975</t>
+  </si>
+  <si>
+    <t>Болторез с двойным рычагом, 900мм, 36" REXANT</t>
+  </si>
+  <si>
+    <t>12-4402</t>
+  </si>
+  <si>
+    <t>Инструмент HT-325 A для обрезки кабеля 32,0-240мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4948</t>
+  </si>
+  <si>
+    <t>Ножницы секторные RN-75 REXANT</t>
+  </si>
+  <si>
+    <t>12-4628</t>
+  </si>
+  <si>
+    <t>Кабелерез 250мм никелированный, обливные рукоятки REXANT</t>
+  </si>
+  <si>
+    <t>12-5412</t>
+  </si>
+  <si>
+    <t>Кабелерез HT-50A МАСТЕР диаметр до 13,5мм, с функцией зачистки кабеля 0,5-6мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4627</t>
+  </si>
+  <si>
+    <t>Кабелерез 200мм никелированный, обливные рукоятки REXANT</t>
+  </si>
+  <si>
+    <t>12-4945</t>
+  </si>
+  <si>
+    <t>Ножницы универсальные 140мм REXANT</t>
+  </si>
+  <si>
     <t>12-5421</t>
   </si>
   <si>
     <t>Кабелерез RN-300G диаметр до 35мм REXANT</t>
   </si>
   <si>
-    <t>12-4975</t>
-[...20 lines deleted...]
-    <t>Ножницы секторные RN-75 REXANT</t>
+    <t>12-4974</t>
+  </si>
+  <si>
+    <t>Болторез с двойным рычагом, 760мм, 30" REXANT</t>
+  </si>
+  <si>
+    <t>12-4947</t>
+  </si>
+  <si>
+    <t>Гидравлические ножницы RN-50 REXANT</t>
+  </si>
+  <si>
+    <t>12-5420</t>
+  </si>
+  <si>
+    <t>Кабелерез RN-150G диаметр до 25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4946</t>
+  </si>
+  <si>
+    <t>Гидравлические ножницы RN-40 REXANT</t>
+  </si>
+  <si>
+    <t>12-4626</t>
+  </si>
+  <si>
+    <t>Кабелерез 180мм никелированный, двухкомпонентные рукоятки REXANT</t>
+  </si>
+  <si>
+    <t>12-4972</t>
+  </si>
+  <si>
+    <t>Болторез с двойным рычагом, 450мм, 18" REXANT</t>
   </si>
   <si>
     <t>12-4973</t>
   </si>
   <si>
     <t>Болторез с двойным рычагом, 600мм, 24" REXANT</t>
   </si>
   <si>
-    <t>12-5412</t>
-[...52 lines deleted...]
-  <si>
     <t>1.12 Ножи монтажные</t>
   </si>
   <si>
+    <t>12-4932</t>
+  </si>
+  <si>
+    <t>Нож монтажный, нержавеющая сталь, лезвие 42мм REXANT</t>
+  </si>
+  <si>
     <t>12-4936</t>
   </si>
   <si>
-    <t>Нож монтажника, нержавеющая сталь, прямое лезвие REXANT</t>
-[...5 lines deleted...]
-    <t>Нож монтажника, нержавеющая сталь, лезвие 42мм REXANT</t>
+    <t>Нож монтажный, нержавеющая сталь, прямое лезвие REXANT</t>
+  </si>
+  <si>
+    <t>12-4937</t>
+  </si>
+  <si>
+    <t>Нож монтажный, нержавеющая сталь, изогнутое лезвие REXANT</t>
+  </si>
+  <si>
+    <t>12-4931</t>
+  </si>
+  <si>
+    <t>Нож монтажный, нержавеющая сталь, двухсторонняя заточка, лезвие 33мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4933</t>
+  </si>
+  <si>
+    <t>Нож монтажный, нержавеющая сталь, лезвие 50мм REXANT</t>
   </si>
   <si>
     <t>12-4935</t>
   </si>
   <si>
-    <t>Нож монтажника, нержавеющая сталь, с пяткой REXANT</t>
-[...17 lines deleted...]
-    <t>Нож монтажника, нержавеющая сталь, изогнутое лезвие REXANT</t>
+    <t>Нож монтажный, нержавеющая сталь, с пяткой REXANT</t>
   </si>
   <si>
     <t>1.13 Инструмент для стяжек</t>
   </si>
   <si>
     <t>12-4521</t>
   </si>
   <si>
     <t>Монтажный инструмент ПС-600А для стяжек REXANT</t>
   </si>
   <si>
+    <t>12-4524</t>
+  </si>
+  <si>
+    <t>Инструмент HT-51 для монтажа стяжек 2,4-10мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4541</t>
+  </si>
+  <si>
+    <t>Монтажный инструмент ПС-100 для стяжек REXANT</t>
+  </si>
+  <si>
     <t>12-4522</t>
   </si>
   <si>
     <t>Инструмент HT-600G для монтажа стальных стяжек 4,6-7,9мм REXANT</t>
   </si>
   <si>
-    <t>12-4524</t>
-[...10 lines deleted...]
-  <si>
     <t>1.14 Устройство закладки кабеля (протяжки кабельные)</t>
   </si>
   <si>
+    <t>47-1005-6</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,0мм, 5м PROconnect</t>
+  </si>
+  <si>
+    <t>47-1010-6</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,0мм, 10м PROconnect</t>
+  </si>
+  <si>
     <t>47-1015-6</t>
   </si>
   <si>
     <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,0мм, 15м PROconnect</t>
   </si>
   <si>
-    <t>47-1010-6</t>
-[...8 lines deleted...]
-    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,0мм, 5м PROconnect</t>
+    <t>47-1005</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 5м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1010</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 10м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1070</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 70м, красная REXANT</t>
   </si>
   <si>
     <t>47-1015</t>
   </si>
   <si>
     <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 15м, красная REXANT</t>
   </si>
   <si>
-    <t>47-1005</t>
-[...14 lines deleted...]
-    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 70м, красная REXANT</t>
+    <t>47-1050</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 50м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1100</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 100м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1003</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 3м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1030</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 30м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1007</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 7м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1110</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 100м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1115</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 150м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1010-1</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), нейлон, d=3мм,10м, латунный наконечник, заглушка REXANT</t>
+  </si>
+  <si>
+    <t>47-1005-1</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), нейлон, d=3мм, 5м, латунный наконечник, заглушка REXANT</t>
+  </si>
+  <si>
+    <t>47-1015-1</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), нейлон, d=3мм, 15м, латунный наконечник, заглушка REXANT</t>
+  </si>
+  <si>
+    <t>47-1150</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 50м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1025</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 25м, красная REXANT</t>
   </si>
   <si>
     <t>47-1020</t>
   </si>
   <si>
     <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 20м, красная REXANT</t>
   </si>
   <si>
-    <t>47-1007</t>
-[...44 lines deleted...]
-    <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 50м, красная REXANT</t>
+    <t>47-1200</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 200м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1250</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 250м, красная REXANT</t>
   </si>
   <si>
     <t>47-2030</t>
   </si>
   <si>
     <t>Протяжка кабельная (УЗК в напольной катушке), стеклопруток, d=6,0мм, 30м, красная REXANT</t>
   </si>
   <si>
-    <t>47-1250</t>
-[...28 lines deleted...]
-  <si>
     <t>47-1300</t>
   </si>
   <si>
     <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 300м, красная REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 200м, красная REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1374,56 +1377,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336n-dlya-obzhima-izolirovannyh-i-neizolirovannyh-gilz-1-5-10-0mm-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336h-dlya-obzhima-izolirovannyh-avtoklemm-0-5-6-0mm-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336n-dlya-obzhima-izolirovannyh-i-neizolirovannyh-gilz-1-5-10-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-obzhima-izolirovannyh-klemm-0-5-6-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336h-dlya-obzhima-izolirovannyh-avtoklemm-0-5-6-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-202b-dlya-obzhima-avtoklemm-0-10-6-0mm-proconnect.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-202a-dlya-obzhima-avtoklemm-0-35-6-0mm-proconnect.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-236c-dlya-obzhima-neizolirovannyh-avtoklemm-0-5-6-0mm-proconnect.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-204-dlya-obzhima-nakonechnikov-i-zachistki-provodov-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-202b-dlya-obzhima-avtoklemm-0-10-6-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-202a-dlya-obzhima-neizolirovannyh-klemm-0-35-6-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-236c-dlya-obzhima-neizolirovannyh-avtoklemm-0-5-6-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-2515-dlya-obzhima-silovyh-nakonechnikov-i-gilz-6-0-50-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-2517-dlya-obzhima-silovyh-nakonechnikov-i-gilz-16-120mm-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-6010-dlya-obzhima-neizolirovannyh-nakonechnikov-i-gilz-1-5-16-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-mehanicheskiy-universalnyy-zht-150-dlya-klinovidnoy-opressovki-nakonechnikov-10-120mm-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-ct-1632-dlya-obzhima-metalloplastikovyh-trub-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-25l-dlya-obzhima-neizolirovannyh-nakonechnikov-i-gilz-6-0-26-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-ct-120-dlya-nakonechnikov-10-120mm-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-ct-70-dlya-nakonechnikov-4-70mm-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-ct-240-dlya-nakonechnikov-16-240mm-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-ct-300-dlya-nakonechnikov-10-300mm-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-866-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-proconnect.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-864-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-proconnect.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336s-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-10-0-16-0mm-proconnect.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-obzhima-shtyrevyh-nakonechnikov-0-5-4-0mm-proconnect.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-ht-35m-dlya-obzhima-vtulochnyh-nakonechnikov-10-35mm-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-ht-16m-dlya-obzhima-vtulochnyh-nakonechnikov-0-5-16mm-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-866-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-6-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336s-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-10-0-16-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-8164-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-16-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-5-26tw-dlya-obzhima-dvoynyh-shtyrevyh-nakonechnikov-2x-0-5-6-0-mm-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-kombinirovannyy-ht-02525-dlya-obzhima-izolirovannyh-i-shtyrevyh-nakonechnikov-0-5-2-5mm-rexa.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-10-6-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-10-0mm-s-regulyatorom-prizhimnogo-usiliya-.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-16-4-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-16-0mm-s-regulyatorom-prizhimnogo-usiliya-.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-mehanicheskiy-ht-50wf-dlya-obzhima-vtulochnyh-nakonechnikov-10-50mm-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-864-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336e-dlya-obzhima-shtyrevyh-nakonechnikov-0-5-4-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336k-dlya-obzhima-f-i-bnc-razemov-tipa-rg-8-rg-11-rg-174-rg-179-rg-213-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-106-e-dlya-obzhima-f-i-bnc-razemov-tipa-rg-58-rg-6-rg-11-rg-213-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336a-dlya-obzhima-f-i-bnc-razemov-tipa-rg-59-rg-58-rg-62-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336j-dlya-obzhima-f-i-bnc-razemov-tipa-rg-174-rg-179-fiber-optic-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-301-pa-dlya-obzhima-f-i-bnc-razemov-tipa-rg-58-rg-59-rg-62-rg-6-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336g-dlya-obzhima-f-i-bnc-razemov-tipa-rg-59-rg-58-rg-62-rg-174-fiber-optic-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-315-dlya-obzhima-8p8c-6p6c-4p4c-proconnect.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-500r-dlya-obzhima-8p8c-6p4c-proconnect.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-210n-dlya-obzhima-8p8c-proconnect.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-200r-dlya-obzhima-8p8c-6p6c-4p4c-proconnect.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-568r-dlya-obzhima-8p8c-6p6c-proconnect.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-500r-dlya-obzhima-tayvan-8p8c-6p4c-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-568r-tayvan-dlya-obzhima-8p8c-6p6c-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-200r-tayvan-dlya-obzhima-10p10c-8p8c-6p6c-4p4c-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-668-dlya-obzhima-8p8c-6p6c-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-obzhima-8p8c-6p6c-6p4c-6p2c-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-200r-dlya-obzhima-10p10c-8p8c-6p6c-4p4c-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-468s-dlya-obzhima-8p8c-6p6c-4p4c-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-210t-dlya-obzhima-8p8c-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-500r-dlya-obzhima-8p8c-6p4c-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-568r-dlya-obzhima-8p8c-6p6c-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-210n-dlya-obzhima-8p8c-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-315-dlya-obzhima-8p8c-6p6c-4p4c-zadelka-vitoy-pary-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-808-profi-dlya-obzhima-tortsevoy-8p8c-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-ruchek-dlya-krimpera-rexant-ht-568r.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-766-dlya-zachistki-kabelya-i-obzhima-nakonechnikov-proconnect.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-150b-dlya-zachistki-mnogozhilnogo-kabelya-proconnect.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-0-2-6-0-mm-i-obzhima-nakonechnikov-ht-766m-proconnect.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-0525-dlya-zachistki-kabelya-0-2-6mm-proconnect.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-150b-dlya-zachistki-mnogozhilnogo-kabelya-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-5021-dlya-zachistki-kabelya-0-6-2-6mm-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-369c-dlya-zachistki-kabelya-0-3-6mm-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-766-dlya-zachistki-kabelya-0-2-6-0mm-i-obzhima-nakonechnikov-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-1042-dlya-zachistki-kabelya-0-20-1-25mm-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-223-dlya-zachistki-kabelya-0-5-4-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-369b-dlya-zachistki-kabelya-1-0-3-2mm-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-325-dlya-prodolnoy-zachistki-kabelya-4-5-25-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-369a-dlya-zachistki-kabelya-0-5-2-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-1043-dlya-zachistki-kabelya-0-25-0-65mm-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-dlya-zachistki-provodov-160mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-335-dlya-prodolnoy-zachistki-kabelya-25-0-36-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-5022-dlya-zachistki-kabelya-0-5-1-6mm-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-5pg-dlya-prodolnoy-i-poperechnoy-zachistki-kabelya-ot-25mm-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-1041-dlya-zachistki-kabelya-0-9-6-0mm-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-5023-dlya-zachistki-kabelya-0-25-0-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-s-501b-dlya-zachistki-i-obrezki-vitoy-pary-proconnect.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-332-dlya-zachistki-koaksialnogo-kabelya-rg-58-rg-59-rg-6-proconnect.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-302-dlya-zachistki-i-obrezki-kabeley-rg-58-rg-59-rg-6-rg-11-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-s-501b-dlya-zachistki-i-obrezki-vitoy-pary-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-332-dlya-zachistki-koaksialnogo-kabelya-rg-58-rg-59-rg-6-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zadelki-vitoy-pary-110-tipa-kontaktov-proconnect.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-324b-dlya-zadelki-i-obrezki-vitoy-pary-110-go-tipa-kontaktov-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-318m-dlya-zadelki-i-obrezki-vitoy-pary-110-tipa-kontaktov-mini-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-3141-dlya-zadelki-i-obrezki-vitoy-pary-110-tipa-kontaktov-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kross-nozh-ht-324b-dlya-zadelki-i-obrezki-vitoy-pary-110-go-tipa-kontaktov-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-314b-dlya-zadelki-vitoy-pary-110-tipa-kontaktov-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-rn-300g-diametr-do-35mm-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynym-rychagom-900mm-36-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-250mm-nikelirovannyy-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-200mm-nikelirovannyy-oblivnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-sektornye-rn-75-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynym-rychagom-600mm-24-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-ht-50a-master-diametr-do-13-5mm-s-funktsiey-zachistki-kabelya-0-5-6mm-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gidravlicheskie-nozhnitsy-rn-40-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gidravlicheskie-nozhnitsy-rn-50-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-universalnye-140mm-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-180mm-nikelirovannyy-dvuhkomponentnye-rukoyatki-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-rn-150g-diametr-do-25mm-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-325-a-dlya-obrezki-kabelya-32-0-240mm-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynym-rychagom-760mm-30-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynym-rychagom-450mm-18-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnika-nerzhaveyuschaya-stal-pryamoe-lezvie-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnika-nerzhaveyuschaya-stal-lezvie-42mm-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnika-nerzhaveyuschaya-stal-s-pyatkoy-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnika-nerzhaveyuschaya-stal-lezvie-50mm-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnika-nerzhaveyuschaya-stal-dvuhstoronnyaya-zatochka-lezvie-33mm-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnika-nerzhaveyuschaya-stal-izognutoe-lezvie-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-instrument-ps-600a-dlya-styazhek-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-600g-dlya-montazha-stalnyh-styazhek-4-6-7-9mm-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-51-dlya-montazha-styazhek-2-4-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-instrument-ps-100-dlya-styazhek-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-15m-proconnect.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-10m-proconnect.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-5m-proconnect.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-15m-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-5m-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-10m-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-70m-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-20m-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-7m-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-3m-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-50m-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-30m-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-5m-latunnyy-nakonechnik-zaglushka-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-15m-latunnyy-nakonechnik-zaglushka-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-25m-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-50m-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-napolnoy-katushke-stekloprutok-d-6-0mm-30m-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-250m-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-100m-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-10m-latunnyy-nakonechnik-zaglushka-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-100m-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-150m-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-300m-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-200m-krasnaya-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-336-h-dlya-objima-avtoklemm-izolirovannih-0-5-6-0-mm-sup2-3615" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-336-n-dlya-objima-izolirovannih-i-neizolirovannih-gilz-1-5-10-0-mm-sup2-3934" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-301-w-dlya-objima-izolirovannih-klemm-0-5-6-0-mm-sup2-851" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-336-h-dlya-objima-avtoklemm-izolirovannih-0-5-6-0-mm-sup2-2265" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-336-n-dlya-objima-izolirovannih-i-neizolirovannih-gilz-1-5-10-0-mm-sup2-846" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-236c-dlya-objima-avtoklemm-neizolirovannih-0-5-6-0-mm-sup2-3612" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-202a-dlya-objima-avtoklemm-0-35-6-0-mm-sup2-3608" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-202b-dlya-objima-avtoklemm-0-10-6-0-mm-sup2-3606" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-236c-dlya-objima-avtoklemm-neizolirovannih-0-5-6-0-mm-sup2-840" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-objima-avtoklemm-neizolirovannih-0-35-6-0-mm-sup2-rexant-260" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-204-dlya-objima-nakonechnikov-i-zachistki-provodov-rexant-2266" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-202b-dlya-objima-avtoklemm-0-10-6-0-mm-sup2-852" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-mehanicheskiy-universalniy-rexant-zht-150-dlya-klinovidnoy-opressovki-nakonechnikov-10-120-mm-sup2-20586" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-2517-dlya-objima-silovih-nakonechnikov-i-gilz-16-25-35-50-70-95-120-mm-sup2-3388" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-rexant-ct-1632-dlya-objima-metalloplastikovih-trub-18690" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-6010-dlya-objima-neizolirovannih-nakonechnikov-i-gilz-1-5-16-0-mm-sup2-3926" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-2515-dlya-objima-silovih-nakonechnikov-i-gilz-6-10-16-25-35-50-mm-sup2-rexant-2268" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-25-l-dlya-objima-neizolirovannih-nakonechnikov-i-gilz-6-0-26-0-mm-sup2-856" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-rexant-ct-120-pgr-120-dlya-nakonechnikov-10-120-mm-sup2-18688" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-rexant-ct-70-pgr-70-dlya-nakonechnikov-4-70-mm-sup2-18687" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-rexant-ct-240-pgr-240-dlya-nakonechnikov-16-240-mm-sup2-18689" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-rexant-ct-300-pgr-300-dlya-nakonechnikov-10-300-mm-sup2-18686" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-336-e-dlya-objima-shtirevih-nakonechnikov-0-5-4-0-mm-sup2-3614" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-864-dlya-objima-shtirevih-nakonechnikov-0-25-6-0-mm-sup2-3623" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-866-dlya-objima-shtirevih-nakonechnikov-0-25-6-0-mm-sup2-21464" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-336-s-dlya-objima-shtirevih-nakonechnikov-6-0-10-0-16-0-mm-sup2-3619" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-301-e-dlya-objima-shtirevih-nakonechnikov-0-5-4-0-mm131-843" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-16-4-dlya-objima-shtirevih-nakonechnikov-0-08-16-0-mm-sup2-s-regulyatorom-prijimnogo-usiliya-rexant-20587" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-866-dlya-objima-shtirevih-nakonechnikov-0-08-6-0-mm-sup2-1746" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-336-s-dlya-objima-shtirevih-nakonechnikov-6-0-10-0-16-0-mm-sup2-849" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-dlya-objima-vtulochnih-nakonechnikov-0-5-16-mm-sup2-ht-16m-rexant-24166" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-dlya-objima-vtulochnih-nakonechnikov-10-35-mm-sup2-ht-35m-rexant-24167" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-10-6-dlya-objima-shtirevih-nakonechnikov-0-08-10-0-mm-sup2-s-regulyatorom-prijimnogo-usiliya-20588" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-kombinirovanniy-dlya-objima-izolirovannih-i-shtirevih-nakonechnikov-0-5-2-5-mm-sup2-ht-02525-rexant-24161" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-objima-dvoynih-shtirevih-nakonechnikov-2x-0-5-6-0-mm-sup2-ht-5-26tw-rexant-24162" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-mehanicheskiy-dlya-objima-vtulochnih-nakonechnikov-10-50-mm-sup2-ht-50wf-rexant-24164" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-8164-dlya-objima-shtirevih-nakonechnikov-6-0-16-0-mm-sup2-1747" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-864-dlya-objima-shtirevih-nakonechnikov-0-25-6-0-mm-sup2-858" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-106-e-dlya-objima-f-i-bnc-razemov-rg-58-rg-6-rg-11-rg-213-2279" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-301-j-dlya-objima-f-i-bnc-razemov-rg-174-rg-179-fiber-optic-845" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-301-pa-dlya-objima-f-i-bnc-razemov-rg-58-rg-59-rg-62-rg-6-862" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-301-a-dlya-objima-f-i-bnc-razemov-rg-59-rg-58-rg-62-860" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-301-k-dlya-objima-f-i-bnc-razemov-rg-8-rg-11-rg-174-rg-179-rg-213-863" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-301-g-dlya-objima-f-i-bnc-razemov-rg-59-rg-58-rg-62-rg-174-fiber-optic-861" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-568r-dlya-objima-8p8c-6p6c-3770" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-200r-dlya-objima-8p8c-6p6c-4p4c-3607" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-200-dlya-objima-8p8c-6p6c-4p4c-proconnect-3605" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-210n-dlya-objima-8p8c-3611" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-objima-proconnect-ht-568r-8p8c-6p6c-3622" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-500r-dlya-objima-8p8c-6p4c-3620" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-200r-tayvan-dlya-objima-10p10c-8p8c-6p6c-4p4c-3391" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-568r-tayvan-dlya-objima-8p8c-6p6c-3389" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-objima-rexant-ht-500r-tayvan-8p8c-6p4c-3390" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-808-profi-dlya-objima-tortsevoy-8p8c-875" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-200r-dlya-objima-10p10c-8p8c-6p6c-4p4c-255" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-468s-dlya-objima-8p8c-6p6c-4p4c-253" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-200-dlya-objima-8p8c-6p6c-4p4c-zadelka-vitoy-pari-rexant-254" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-objima-rexant-ht-568r-8p8c-6p6c-247" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-objima-rexant-ht-500r-8p8c-6p4c-250" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-ruchek-dlya-krimpera-rexant-ht-568r-23669" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-210t-dlya-objima-8p8c-2290" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-210n-dlya-objima-8p8c-rexant-873" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-objima-rexant-ht-376e-8p8c-6p6c-6p4c-6p2c-871" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-668-dlya-objima-8p8c-6p6c-10069" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-mnogojilnogo-kabelya-proconnect-ht-150b-3604" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-proconnect-ht-0525-0-2-6-mm-sup2-10067" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-i-objima-nakonechnikov-proconnect-ht-766-hy-371-3929" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-0-2-6-0-mm-sup2-i-objima-nakonechnikov-ht-766m-proconnect-31425" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-prodolnoy-zachistki-kabelya-rexant-ht-335-25-0-36-0-mm-sup2-1647" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-369-a-0-5-2-0-mm-sup2-2281" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-prodolnoy-zachistki-kabelya-rexant-ht-325-4-5-25-0-mm-sup2-1646" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-prodolnoy-i-poperechnoy-zachistki-kabelya-ot-25-mm-ht-5pg-rexant-24163" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-223-0-5-4-0-mm-sup2-882" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-0-2-6-0-mm-sup2-i-objima-nakonechnikov-ht-766-rexant-2282" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-5021-0-6-2-6-mm-2283" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-mnogojilnogo-kabelya-rexant-ht-150b-191" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-369-b-1-0-3-2-mm-sup2-877" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-369-c-0-3-6-mm-sup2-878" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-1042-0-20-1-25-mm-2286" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-1041-0-9-6-0-mm-sup2-2285" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-1043-0-25-0-65-mm-2287" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-dlya-zachistki-provodov-rexant-160-mm-nikelirovannie-dvuhkomponentnie-rukoyatki-20866" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-5023-0-25-0-8-mm-196" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-5022-0-4-1-3-mm-2284" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-i-obrezki-vitoy-pari-proconnect-ht-s-501b-3624" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-koaksialnogo-kabelya-proconnect-ht-332-rg-58-rg-59-rg-6-3933" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-i-obrezki-kabeley-rexant-ht-302-rg-58-rg-59-rg-6-rg-11-10068" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-koaksialnogo-kabelya-rexant-ht-332-rg-58-rg-59-rg-6-188" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-i-obrezki-vitoy-pari-rexant-ht-s-501b-885" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zadelki-vitoy-pari-proconnect-ht-314b-110-3618" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zadelki-i-obrezki-vitoy-pari-rexant-ht-3141-110-889" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zadelki-i-obrezki-vitoy-pari-rexant-mini-ht-318m-110-187" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zadelki-i-obrezki-vitoy-pari-rexant-ht-324b-110-891" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kross-noj-rexant-ht-324b-dlya-zadelki-i-obrezki-vitoy-pari-110-8100" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zadelki-vitoy-pari-rexant-ht-314b-110-2288" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynim-richagom-900mm-36-rexant-30540" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-obrezki-kabelya-rexant-ht-325-a-32-0-240-mm-sup2-3416" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-sektornie-rn-75-rexant-19095" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-rexant-250-mm-nikelirovanniy-oblivnie-rukoyatki-20863" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-master-kabelya-oslash-do-13-5-mm-s-funktsiey-zachistki-kabelya-0-5-6-mm-sup2-ht-50a-rexant-24165" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-rexant-200-mm-nikelirovanniy-oblivnie-rukoyatki-20864" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-universalnie-140-mm-rexant-20825" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-oslash-do-35-mm-rn-300g-rexant-24160" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynim-richagom-760mm-30-rexant-30543" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gidravlicheskie-nojnitsi-rn-50-rexant-19093" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-oslash-do-25-mm-rn-150g-rexant-24159" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gidravlicheskie-nojnitsi-rn-40-rexant-19094" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-rexant-180-mm-nikelirovanniy-dvuhkomponentnie-rukoyatki-20865" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynim-richagom-450mm-18-rexant-30539" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynim-richagom-600mm-24-rexant-30544" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajnika-nerjaveyuschaya-stal-lezvie-42-mm-rexant-14490" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajnika-nerjaveyuschaya-stal-pryamoe-lezvie-rexant-16830" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajnika-nerjaveyuschaya-stal-izognutoe-lezvie-rexant-16829" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajnika-nerjaveyuschaya-stal-dvuhstoronnyaya-zatochka-lezvie-33-mm-rexant-14487" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajnika-nerjaveyuschaya-stal-lezvie-50-mm-rexant-14489" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajnika-nerjaveyuschaya-stal-s-pyatkoy-rexant-16831" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montajniy-instrument-dlya-styajek-rexant-ps-600a-225" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-montaja-styajek-2-4-10-mm-ht-51-rexant-24168" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montajniy-instrument-dlya-styajek-rexant-ps-100-2220" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-montaja-stalnih-styajek-4-6-7-9-mm-ht-600g-rexant-24169" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-5m-proconnect-17323" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-10m-proconnect-17324" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-15m-proconnect-17325" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-5m-krasnaya-rexant-7866" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-10m-krasnaya-rexant-7867" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-70m-krasnaya-rexant-9078" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-15m-krasnaya-rexant-7868" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-50m-krasnaya-rexant-9077" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-100m-krasnaya-rexant-9079" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-3m-krasnaya-rexant-17128" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-30m-krasnaya-rexant-7870" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-7m-krasnaya-rexant-17129" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-uzk-v-telejke-stekloprutok-d-11-0mm-100m-krasnaya-rexant-19395" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-uzk-v-telejke-stekloprutok-d-11-0mm-150m-krasnaya-rexant-19397" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-10m-latunniy-nakonechnik-zaglushka-rexant-14086" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-5m-latunniy-nakonechnik-zaglushka-rexant-14085" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-15m-latunniy-nakonechnik-zaglushka-rexant-14087" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-uzk-v-telejke-stekloprutok-d-11-0mm-50m-krasnaya-rexant-19396" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-25m-krasnaya-rexant-17127" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-20m-krasnaya-rexant-7869" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-uzk-v-telejke-stekloprutok-d-11-0mm-200m-krasnaya-rexant-31410" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-uzk-v-telejke-stekloprutok-d-11-0mm-250m-krasnaya-rexant-31411" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-uzk-v-napolnoy-katushke-stekloprutok-d-6-0mm-30m-krasnaya-rexant-31415" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-uzk-v-telejke-stekloprutok-d-11-0mm-300m-krasnaya-rexant-31412" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I159"/>
+  <dimension ref="A1:I160"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1455,4375 +1458,4404 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1445</v>
+        <v>1300</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>2533</v>
+        <v>489</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
         <v>1300</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1160</v>
+        <v>1512</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1870</v>
+        <v>1500</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>362</v>
+        <v>611</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1615</v>
+        <v>1500</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>678</v>
+        <v>1126</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
         <v>1500</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1202</v>
+        <v>288</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>892.5</v>
+        <v>1300</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>4783</v>
+        <v>2482</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>807.5</v>
+        <v>750</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1053</v>
+        <v>901</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>1300</v>
+        <v>830</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>2666</v>
+        <v>3365</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>720</v>
+        <v>1350</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>2713</v>
+        <v>523</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>1062.5</v>
+        <v>950</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>3823</v>
+        <v>532</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>1020</v>
+        <v>720</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>638</v>
+        <v>2731</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>1445</v>
+        <v>950</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>650</v>
+        <v>3243</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>3300</v>
+        <v>8069.8</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>278</v>
+        <v>12</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
         <v>8500</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>5</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>2400</v>
+        <v>22000</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>737</v>
+        <v>143</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>8069.8</v>
+        <v>2400</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>12</v>
+        <v>603</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>25801.67</v>
+        <v>3300</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>151</v>
+        <v>183</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>4941.08</v>
+        <v>3730</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="3">
         <v>7200</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>369</v>
+        <v>238</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>4</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="3">
         <v>6300</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>315</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>6</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
         <v>9300</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>261</v>
+        <v>217</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>4</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
         <v>10000</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>270</v>
+        <v>191</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>4</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>2200</v>
+        <v>1350</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>426</v>
+        <v>386</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
         <v>2000</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>977</v>
+        <v>801</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>1300</v>
+        <v>2200</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>267</v>
+        <v>319</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>50</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="3">
-        <v>1350</v>
+        <v>1300</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>444</v>
+        <v>198</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="3">
-        <v>1400</v>
+        <v>1450</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>529</v>
+        <v>317</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>1300</v>
+        <v>4000</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>2975</v>
+        <v>607</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="3">
         <v>2100</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>707</v>
+        <v>486</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>50</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
         <v>1500</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>183</v>
+        <v>170</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>50</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>3300</v>
+        <v>1300</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>266</v>
+        <v>2608</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>1813.33</v>
+        <v>1400</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>247</v>
+        <v>419</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>1955</v>
+        <v>3800</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>573</v>
+        <v>338</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>4802.5</v>
+        <v>1600</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>376</v>
+        <v>505</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>4590</v>
+        <v>1500</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>732</v>
+        <v>237</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>50</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
         <v>3300</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>107</v>
+        <v>68</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>30</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>2222</v>
+        <v>3300</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>954</v>
+        <v>225</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>50</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>1450</v>
+        <v>2222</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>343</v>
+        <v>819</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>50</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C47" s="3">
-        <v>2210</v>
+        <v>1850</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>92</v>
+        <v>11</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>50</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C48" s="3">
-        <v>2465</v>
+        <v>1600</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>302</v>
+        <v>145</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>50</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C49" s="3">
-        <v>1870</v>
+        <v>1450</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>114</v>
+        <v>489</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>50</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C50" s="3">
-        <v>1870</v>
+        <v>1600</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>163</v>
+        <v>68</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>50</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="3">
-        <v>1530</v>
+        <v>1800</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>677</v>
+        <v>71</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>50</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="3">
         <v>1600</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>711</v>
+        <v>617</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>50</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="2"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
       <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C54" s="3">
-        <v>1020</v>
+        <v>930</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>1218</v>
+        <v>1309</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>50</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C55" s="3">
-        <v>1300</v>
+        <v>1700</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>402</v>
+        <v>213</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>50</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="3">
-        <v>722.5</v>
+        <v>950</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>2288</v>
+        <v>1007</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>50</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C57" s="3">
-        <v>1955</v>
+        <v>550</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>272</v>
+        <v>2191</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>50</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="C58" s="3">
         <v>850</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>1948</v>
+        <v>1547</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>50</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>1615</v>
+        <v>1300</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>199</v>
+        <v>388</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>50</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>1020</v>
+        <v>3200</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>278</v>
+        <v>48</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>50</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>4250</v>
+        <v>950</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>113</v>
+        <v>172</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>50</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3">
-        <v>1550</v>
+        <v>1530</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>1863</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>50</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3">
-        <v>950</v>
+        <v>1930</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>255</v>
+        <v>165</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>50</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3">
-        <v>2167.5</v>
+        <v>2000</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>373</v>
+        <v>251</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>50</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C65" s="3">
         <v>950</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>146</v>
+        <v>72</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>50</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>765</v>
+        <v>1100</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>383</v>
+        <v>2103</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>50</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" s="3">
-        <v>1450</v>
+        <v>950</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>937</v>
+        <v>448</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>50</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B68" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="3">
-        <v>950</v>
+        <v>1450</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>1033</v>
+        <v>759</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>50</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B69" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="B69" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="3">
-        <v>600</v>
+        <v>59.04</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>1826</v>
+        <v>2495</v>
       </c>
       <c r="G69" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H69" s="3">
-        <v>50</v>
+        <v>429</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="B70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="3">
-        <v>1100</v>
+        <v>700</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>3341</v>
+        <v>280</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>50</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="3">
-        <v>2040</v>
+        <v>600</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>234</v>
+        <v>735</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>50</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="B72" s="3" t="s">
+      <c r="C72" s="3">
+        <v>950</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F72" s="3">
+        <v>193</v>
+      </c>
+      <c r="G72" s="3">
+        <v>1</v>
+      </c>
+      <c r="H72" s="3">
+        <v>50</v>
+      </c>
+      <c r="I72" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A73" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="C72" s="3">
-[...22 lines deleted...]
-      <c r="A73" s="2" t="s">
+      <c r="B73" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="B73" s="2"/>
-[...6 lines deleted...]
-      <c r="I73" s="2"/>
+      <c r="C73" s="3">
+        <v>1550</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F73" s="3">
+        <v>970</v>
+      </c>
+      <c r="G73" s="3">
+        <v>1</v>
+      </c>
+      <c r="H73" s="3">
+        <v>50</v>
+      </c>
+      <c r="I73" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A74" s="3" t="s">
+      <c r="A74" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B74" s="2"/>
+      <c r="C74" s="2"/>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="C75" s="3">
         <v>750</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>2251</v>
+        <v>1831</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>50</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>1100</v>
+        <v>1400</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>1635</v>
+        <v>403</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I76" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="3">
-        <v>1615</v>
+        <v>1300</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>452</v>
+        <v>6751</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="B78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="3">
-        <v>1020</v>
+        <v>1100</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>2831</v>
+        <v>1456</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I78" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B79" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="3">
-        <v>573.75</v>
+        <v>1600</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>1211</v>
+        <v>190</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B80" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="3">
-        <v>1317.5</v>
+        <v>950</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>814</v>
+        <v>230</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>50</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="3">
-        <v>1450</v>
+        <v>1600</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>3214</v>
+        <v>27</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>50</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="3">
-        <v>800</v>
+        <v>3200</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>305</v>
+        <v>65</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B83" s="3" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="C83" s="3">
         <v>1100</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>720</v>
+        <v>626</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>100</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="3">
-        <v>900</v>
+        <v>1450</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>506</v>
+        <v>2036</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>50</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="3">
-        <v>1759.5</v>
+        <v>530</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
+        <v>1035</v>
+      </c>
+      <c r="G85" s="3">
+        <v>1</v>
+      </c>
+      <c r="H85" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B86" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="3">
-        <v>1003</v>
+        <v>850</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>244</v>
+        <v>2465</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>50</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="3">
-        <v>816</v>
+        <v>900</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>325</v>
+        <v>486</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="3">
-        <v>595</v>
+        <v>1200</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>599</v>
+        <v>620</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B89" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="3">
-        <v>1912.5</v>
+        <v>800</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>208</v>
+        <v>246</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="B90" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="3">
-        <v>673.2</v>
+        <v>900</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>72</v>
+        <v>595</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>100</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="3">
-        <v>4250</v>
+        <v>770</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>73</v>
+        <v>290</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B92" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="B92" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" s="3">
-        <v>900</v>
+        <v>550</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>685</v>
+        <v>557</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B93" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="3">
-        <v>756.5</v>
+        <v>700</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>265</v>
+        <v>239</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>100</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A94" s="2" t="s">
+      <c r="A94" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="B94" s="2"/>
-[...6 lines deleted...]
-      <c r="I94" s="2"/>
+      <c r="C94" s="3">
+        <v>630</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F94" s="3">
+        <v>43</v>
+      </c>
+      <c r="G94" s="3">
+        <v>1</v>
+      </c>
+      <c r="H94" s="3">
+        <v>100</v>
+      </c>
+      <c r="I94" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A95" s="3" t="s">
+      <c r="A95" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="B95" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B95" s="2"/>
+      <c r="C95" s="2"/>
+      <c r="D95" s="2"/>
+      <c r="E95" s="2"/>
+      <c r="F95" s="2"/>
+      <c r="G95" s="2"/>
+      <c r="H95" s="2"/>
+      <c r="I95" s="2"/>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="B96" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="B96" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="3">
-        <v>400</v>
+        <v>360</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>168</v>
+        <v>419</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>100</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B97" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="B97" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="3">
-        <v>900</v>
+        <v>400</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>151</v>
+        <v>71</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>100</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="B98" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="3">
-        <v>425</v>
+        <v>900</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>363</v>
+        <v>100</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>100</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B99" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="B99" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="3">
-        <v>552.5</v>
+        <v>500</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>194</v>
+        <v>82</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>100</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A100" s="2" t="s">
+      <c r="A100" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B100" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="B100" s="2"/>
-[...6 lines deleted...]
-      <c r="I100" s="2"/>
+      <c r="C100" s="3">
+        <v>400</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F100" s="3">
+        <v>2</v>
+      </c>
+      <c r="G100" s="3">
+        <v>1</v>
+      </c>
+      <c r="H100" s="3">
+        <v>100</v>
+      </c>
+      <c r="I100" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A101" s="3" t="s">
+      <c r="A101" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="B101" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B101" s="2"/>
+      <c r="C101" s="2"/>
+      <c r="D101" s="2"/>
+      <c r="E101" s="2"/>
+      <c r="F101" s="2"/>
+      <c r="G101" s="2"/>
+      <c r="H101" s="2"/>
+      <c r="I101" s="2"/>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="B102" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="B102" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" s="3">
-        <v>770</v>
+        <v>400</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>163</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>100</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B103" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="B103" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" s="3">
-        <v>106.25</v>
+        <v>450</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>4288</v>
+        <v>3181</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="B104" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="B104" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="3">
-        <v>450</v>
+        <v>80</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>3972</v>
+        <v>3049</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="3">
-        <v>297.5</v>
+        <v>770</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>191</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="B106" s="3" t="s">
+      <c r="C106" s="3">
+        <v>230</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F106" s="3">
+        <v>143</v>
+      </c>
+      <c r="G106" s="3">
+        <v>1</v>
+      </c>
+      <c r="H106" s="3">
+        <v>150</v>
+      </c>
+      <c r="I106" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A107" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="C106" s="3">
+      <c r="B107" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="C107" s="3">
         <v>800</v>
       </c>
-      <c r="D106" s="4" t="s">
-[...29 lines deleted...]
-      <c r="I107" s="2"/>
+      <c r="D107" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F107" s="3">
+        <v>1052</v>
+      </c>
+      <c r="G107" s="3">
+        <v>1</v>
+      </c>
+      <c r="H107" s="3">
+        <v>50</v>
+      </c>
+      <c r="I107" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A108" s="3" t="s">
+      <c r="A108" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B108" s="2"/>
+      <c r="C108" s="2"/>
+      <c r="D108" s="2"/>
+      <c r="E108" s="2"/>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2"/>
+      <c r="H108" s="2"/>
+      <c r="I108" s="2"/>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="C109" s="3">
         <v>4000</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>5</v>
       </c>
       <c r="I109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="B110" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="3">
-        <v>807.5</v>
+        <v>7000</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>183</v>
+        <v>46</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="3">
-        <v>722.5</v>
+        <v>19000</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>268</v>
+        <v>38</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>60</v>
+        <v>5</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="B112" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="3">
-        <v>19000</v>
+        <v>700</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>62</v>
+        <v>98</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>5</v>
+        <v>48</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="B113" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="B113" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" s="3">
-        <v>2150</v>
+        <v>650</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
         <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I113" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="B114" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="B114" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" s="3">
-        <v>748</v>
+        <v>600</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>1292</v>
+        <v>405</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>60</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="B115" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C115" s="3">
-        <v>23000</v>
+        <v>600</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>1</v>
+        <v>425</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B116" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="B116" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" s="3">
-        <v>32000</v>
+        <v>5200</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>0</v>
+        <v>67</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>10</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="B117" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="B117" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" s="3">
-        <v>600</v>
+        <v>3130</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>483</v>
+        <v>155</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>60</v>
+        <v>5</v>
       </c>
       <c r="I117" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="B118" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="B118" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" s="3">
-        <v>900</v>
+        <v>28800</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>311</v>
+        <v>2</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="B119" s="3" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="C119" s="3">
         <v>4000</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>35</v>
+        <v>259</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="B120" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="B120" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" s="3">
-        <v>8500</v>
+        <v>20700</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>110</v>
+        <v>1</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="B121" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="B121" s="3" t="s">
+      <c r="C121" s="3">
+        <v>900</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F121" s="3">
         <v>238</v>
       </c>
-      <c r="C121" s="3">
-[...10 lines deleted...]
-      </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>5</v>
+        <v>60</v>
       </c>
       <c r="I121" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="B122" s="3" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="C122" s="3">
         <v>1500</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>1</v>
       </c>
       <c r="I122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A123" s="2" t="s">
+      <c r="A123" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="B123" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="B123" s="2"/>
-[...6 lines deleted...]
-      <c r="I123" s="2"/>
+      <c r="C123" s="3">
+        <v>2030</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F123" s="3">
+        <v>31</v>
+      </c>
+      <c r="G123" s="3">
+        <v>1</v>
+      </c>
+      <c r="H123" s="3">
+        <v>10</v>
+      </c>
+      <c r="I123" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A124" s="3" t="s">
+      <c r="A124" s="2" t="s">
         <v>242</v>
       </c>
-      <c r="B124" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B124" s="2"/>
+      <c r="C124" s="2"/>
+      <c r="D124" s="2"/>
+      <c r="E124" s="2"/>
+      <c r="F124" s="2"/>
+      <c r="G124" s="2"/>
+      <c r="H124" s="2"/>
+      <c r="I124" s="2"/>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="B125" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="B125" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" s="3">
-        <v>804.63</v>
+        <v>650</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>328</v>
+        <v>215</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>72</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B126" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="B126" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C126" s="3">
-        <v>1286.53</v>
+        <v>650</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>9869</v>
+        <v>1544</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B127" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="B127" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C127" s="3">
-        <v>865.73</v>
+        <v>800</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>1722</v>
+        <v>433</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="B128" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="B128" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C128" s="3">
-        <v>969.1</v>
+        <v>850</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>1544</v>
+        <v>1472</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
         <v>72</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="B129" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="B129" s="3" t="s">
+      <c r="C129" s="3">
+        <v>750</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F129" s="3">
+        <v>1645</v>
+      </c>
+      <c r="G129" s="3">
+        <v>1</v>
+      </c>
+      <c r="H129" s="3">
+        <v>100</v>
+      </c>
+      <c r="I129" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A130" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="C129" s="3">
-[...22 lines deleted...]
-      <c r="A130" s="2" t="s">
+      <c r="B130" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="B130" s="2"/>
-[...6 lines deleted...]
-      <c r="I130" s="2"/>
+      <c r="C130" s="3">
+        <v>970</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F130" s="3">
+        <v>8919</v>
+      </c>
+      <c r="G130" s="3">
+        <v>1</v>
+      </c>
+      <c r="H130" s="3">
+        <v>100</v>
+      </c>
+      <c r="I130" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A131" s="3" t="s">
+      <c r="A131" s="2" t="s">
         <v>255</v>
       </c>
-      <c r="B131" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B131" s="2"/>
+      <c r="C131" s="2"/>
+      <c r="D131" s="2"/>
+      <c r="E131" s="2"/>
+      <c r="F131" s="2"/>
+      <c r="G131" s="2"/>
+      <c r="H131" s="2"/>
+      <c r="I131" s="2"/>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="B132" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" s="3">
-        <v>5270</v>
+        <v>1400</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>158</v>
+        <v>2</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="C133" s="3">
         <v>1100</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>355</v>
+        <v>158</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
         <v>40</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="B134" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="B134" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" s="3">
-        <v>720.55</v>
+        <v>540</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>246</v>
+        <v>198</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
         <v>100</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A135" s="2" t="s">
+      <c r="A135" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="B135" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B135" s="2"/>
-[...6 lines deleted...]
-      <c r="I135" s="2"/>
+      <c r="C135" s="3">
+        <v>4800</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F135" s="3">
+        <v>25</v>
+      </c>
+      <c r="G135" s="3">
+        <v>1</v>
+      </c>
+      <c r="H135" s="3">
+        <v>20</v>
+      </c>
+      <c r="I135" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A136" s="3" t="s">
+      <c r="A136" s="2" t="s">
         <v>264</v>
       </c>
-      <c r="B136" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B136" s="2"/>
+      <c r="C136" s="2"/>
+      <c r="D136" s="2"/>
+      <c r="E136" s="2"/>
+      <c r="F136" s="2"/>
+      <c r="G136" s="2"/>
+      <c r="H136" s="2"/>
+      <c r="I136" s="2"/>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="B137" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="B137" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" s="3">
-        <v>1045.38</v>
+        <v>676.29</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>109</v>
+        <v>192</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="B138" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="B138" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" s="3">
-        <v>676.29</v>
+        <v>1045.38</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>275</v>
+        <v>89</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>100</v>
+        <v>75</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B139" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B139" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139" s="3">
-        <v>1155</v>
+        <v>1281.32</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>302</v>
+        <v>46</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
         <v>50</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="B140" s="3" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="C140" s="3">
         <v>735.86</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>1696</v>
+        <v>1592</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>100</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="B141" s="3" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="C141" s="3">
         <v>960</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>1025</v>
+        <v>1594</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
         <v>75</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B142" s="3" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="C142" s="3">
         <v>4549.44</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>20</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="B143" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="B143" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" s="3">
-        <v>1777.72</v>
+        <v>1155</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>180</v>
+        <v>966</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
         <v>50</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B144" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" s="3">
-        <v>1016.17</v>
+        <v>2812.89</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>105</v>
+        <v>198</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
         <v>20</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B145" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="B145" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" s="3">
-        <v>719.5</v>
+        <v>5963.91</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>189</v>
+        <v>35</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B146" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="B146" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146" s="3">
-        <v>2812.89</v>
+        <v>719.5</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>126</v>
+        <v>30</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B147" s="3" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="C147" s="3">
         <v>1766.04</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>463</v>
+        <v>152</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>35</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B148" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="B148" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" s="3">
-        <v>728.85</v>
+        <v>1016.17</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>69</v>
+        <v>5</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="B149" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="B149" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" s="3">
-        <v>1030.19</v>
+        <v>50409.4</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B150" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="B150" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" s="3">
-        <v>2334.87</v>
+        <v>61475.2</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>76</v>
+        <v>8</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="B151" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="B151" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="3">
-        <v>39344.8</v>
+        <v>916.9</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>5</v>
+        <v>77</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B152" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="B152" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" s="3">
-        <v>9928.17</v>
+        <v>728.85</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>3</v>
+        <v>71</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I152" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="B153" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="B153" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153" s="3">
-        <v>101618</v>
+        <v>1030.19</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>2</v>
+        <v>54</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I153" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="B154" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="B154" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" s="3">
-        <v>5963.91</v>
+        <v>39344.8</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B155" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="B155" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" s="3">
-        <v>916.9</v>
+        <v>2334.87</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B156" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="B156" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C156" s="3">
-        <v>50409.4</v>
+        <v>1777.72</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>3</v>
+        <v>405</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="B157" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="3">
-        <v>61475.2</v>
+        <v>81761.4</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
         <v>1</v>
       </c>
       <c r="I157" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="B158" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="B158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" s="3">
-        <v>121474</v>
+        <v>101618</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="B159" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="B159" s="3" t="s">
+      <c r="C159" s="3">
+        <v>9928.17</v>
+      </c>
+      <c r="D159" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F159" s="3">
+        <v>2</v>
+      </c>
+      <c r="G159" s="3">
+        <v>1</v>
+      </c>
+      <c r="H159" s="3">
+        <v>1</v>
+      </c>
+      <c r="I159" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A160" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="C159" s="3">
-[...8 lines deleted...]
-      <c r="F159" s="3">
+      <c r="B160" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="C160" s="3">
+        <v>121474</v>
+      </c>
+      <c r="D160" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F160" s="3">
+        <v>1</v>
+      </c>
+      <c r="G160" s="3">
+        <v>1</v>
+      </c>
+      <c r="H160" s="3">
         <v>0</v>
       </c>
-      <c r="G159" s="3">
-[...5 lines deleted...]
-      <c r="I159" s="3">
+      <c r="I160" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="15">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A9:I9"/>
     <mergeCell ref="A17:I17"/>
     <mergeCell ref="A24:I24"/>
     <mergeCell ref="A29:I29"/>
     <mergeCell ref="A46:I46"/>
     <mergeCell ref="A53:I53"/>
-    <mergeCell ref="A73:I73"/>
-[...5 lines deleted...]
-    <mergeCell ref="A135:I135"/>
+    <mergeCell ref="A74:I74"/>
+    <mergeCell ref="A95:I95"/>
+    <mergeCell ref="A101:I101"/>
+    <mergeCell ref="A108:I108"/>
+    <mergeCell ref="A124:I124"/>
+    <mergeCell ref="A131:I131"/>
+    <mergeCell ref="A136:I136"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D25" r:id="rId19"/>
     <hyperlink ref="D26" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D30" r:id="rId23"/>
@@ -5845,130 +5877,131 @@
     <hyperlink ref="D47" r:id="rId39"/>
     <hyperlink ref="D48" r:id="rId40"/>
     <hyperlink ref="D49" r:id="rId41"/>
     <hyperlink ref="D50" r:id="rId42"/>
     <hyperlink ref="D51" r:id="rId43"/>
     <hyperlink ref="D52" r:id="rId44"/>
     <hyperlink ref="D54" r:id="rId45"/>
     <hyperlink ref="D55" r:id="rId46"/>
     <hyperlink ref="D56" r:id="rId47"/>
     <hyperlink ref="D57" r:id="rId48"/>
     <hyperlink ref="D58" r:id="rId49"/>
     <hyperlink ref="D59" r:id="rId50"/>
     <hyperlink ref="D60" r:id="rId51"/>
     <hyperlink ref="D61" r:id="rId52"/>
     <hyperlink ref="D62" r:id="rId53"/>
     <hyperlink ref="D63" r:id="rId54"/>
     <hyperlink ref="D64" r:id="rId55"/>
     <hyperlink ref="D65" r:id="rId56"/>
     <hyperlink ref="D66" r:id="rId57"/>
     <hyperlink ref="D67" r:id="rId58"/>
     <hyperlink ref="D68" r:id="rId59"/>
     <hyperlink ref="D69" r:id="rId60"/>
     <hyperlink ref="D70" r:id="rId61"/>
     <hyperlink ref="D71" r:id="rId62"/>
     <hyperlink ref="D72" r:id="rId63"/>
-    <hyperlink ref="D74" r:id="rId64"/>
+    <hyperlink ref="D73" r:id="rId64"/>
     <hyperlink ref="D75" r:id="rId65"/>
     <hyperlink ref="D76" r:id="rId66"/>
     <hyperlink ref="D77" r:id="rId67"/>
     <hyperlink ref="D78" r:id="rId68"/>
     <hyperlink ref="D79" r:id="rId69"/>
     <hyperlink ref="D80" r:id="rId70"/>
     <hyperlink ref="D81" r:id="rId71"/>
     <hyperlink ref="D82" r:id="rId72"/>
     <hyperlink ref="D83" r:id="rId73"/>
     <hyperlink ref="D84" r:id="rId74"/>
     <hyperlink ref="D85" r:id="rId75"/>
     <hyperlink ref="D86" r:id="rId76"/>
     <hyperlink ref="D87" r:id="rId77"/>
     <hyperlink ref="D88" r:id="rId78"/>
     <hyperlink ref="D89" r:id="rId79"/>
     <hyperlink ref="D90" r:id="rId80"/>
     <hyperlink ref="D91" r:id="rId81"/>
     <hyperlink ref="D92" r:id="rId82"/>
     <hyperlink ref="D93" r:id="rId83"/>
-    <hyperlink ref="D95" r:id="rId84"/>
+    <hyperlink ref="D94" r:id="rId84"/>
     <hyperlink ref="D96" r:id="rId85"/>
     <hyperlink ref="D97" r:id="rId86"/>
     <hyperlink ref="D98" r:id="rId87"/>
     <hyperlink ref="D99" r:id="rId88"/>
-    <hyperlink ref="D101" r:id="rId89"/>
+    <hyperlink ref="D100" r:id="rId89"/>
     <hyperlink ref="D102" r:id="rId90"/>
     <hyperlink ref="D103" r:id="rId91"/>
     <hyperlink ref="D104" r:id="rId92"/>
     <hyperlink ref="D105" r:id="rId93"/>
     <hyperlink ref="D106" r:id="rId94"/>
-    <hyperlink ref="D108" r:id="rId95"/>
+    <hyperlink ref="D107" r:id="rId95"/>
     <hyperlink ref="D109" r:id="rId96"/>
     <hyperlink ref="D110" r:id="rId97"/>
     <hyperlink ref="D111" r:id="rId98"/>
     <hyperlink ref="D112" r:id="rId99"/>
     <hyperlink ref="D113" r:id="rId100"/>
     <hyperlink ref="D114" r:id="rId101"/>
     <hyperlink ref="D115" r:id="rId102"/>
     <hyperlink ref="D116" r:id="rId103"/>
     <hyperlink ref="D117" r:id="rId104"/>
     <hyperlink ref="D118" r:id="rId105"/>
     <hyperlink ref="D119" r:id="rId106"/>
     <hyperlink ref="D120" r:id="rId107"/>
     <hyperlink ref="D121" r:id="rId108"/>
     <hyperlink ref="D122" r:id="rId109"/>
-    <hyperlink ref="D124" r:id="rId110"/>
+    <hyperlink ref="D123" r:id="rId110"/>
     <hyperlink ref="D125" r:id="rId111"/>
     <hyperlink ref="D126" r:id="rId112"/>
     <hyperlink ref="D127" r:id="rId113"/>
     <hyperlink ref="D128" r:id="rId114"/>
     <hyperlink ref="D129" r:id="rId115"/>
-    <hyperlink ref="D131" r:id="rId116"/>
+    <hyperlink ref="D130" r:id="rId116"/>
     <hyperlink ref="D132" r:id="rId117"/>
     <hyperlink ref="D133" r:id="rId118"/>
     <hyperlink ref="D134" r:id="rId119"/>
-    <hyperlink ref="D136" r:id="rId120"/>
+    <hyperlink ref="D135" r:id="rId120"/>
     <hyperlink ref="D137" r:id="rId121"/>
     <hyperlink ref="D138" r:id="rId122"/>
     <hyperlink ref="D139" r:id="rId123"/>
     <hyperlink ref="D140" r:id="rId124"/>
     <hyperlink ref="D141" r:id="rId125"/>
     <hyperlink ref="D142" r:id="rId126"/>
     <hyperlink ref="D143" r:id="rId127"/>
     <hyperlink ref="D144" r:id="rId128"/>
     <hyperlink ref="D145" r:id="rId129"/>
     <hyperlink ref="D146" r:id="rId130"/>
     <hyperlink ref="D147" r:id="rId131"/>
     <hyperlink ref="D148" r:id="rId132"/>
     <hyperlink ref="D149" r:id="rId133"/>
     <hyperlink ref="D150" r:id="rId134"/>
     <hyperlink ref="D151" r:id="rId135"/>
     <hyperlink ref="D152" r:id="rId136"/>
     <hyperlink ref="D153" r:id="rId137"/>
     <hyperlink ref="D154" r:id="rId138"/>
     <hyperlink ref="D155" r:id="rId139"/>
     <hyperlink ref="D156" r:id="rId140"/>
     <hyperlink ref="D157" r:id="rId141"/>
     <hyperlink ref="D158" r:id="rId142"/>
     <hyperlink ref="D159" r:id="rId143"/>
+    <hyperlink ref="D160" r:id="rId144"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>