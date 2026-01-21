--- v1 (2025-12-02)
+++ v2 (2026-01-21)
@@ -8,991 +8,997 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="600" uniqueCount="313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="604" uniqueCount="315">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Электромонтажный инструмент</t>
   </si>
   <si>
     <t>1.1 Обжим изолированных клемм (НКи, НВи, РПи, РППи, РШПи, ГСи)</t>
   </si>
   <si>
+    <t>12-3016-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336N для обжима изолированных и неизолированных гильз 1,5-10,0мм² PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>12-3014-4</t>
   </si>
   <si>
     <t>Кримпер HT-336H для обжима изолированных автоклемм 0,5-6,0мм² PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Кримпер HT-336N для обжима изолированных и неизолированных гильз 1,5-10,0мм² PROconnect</t>
+    <t>12-3016</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336N для обжима изолированных и неизолированных гильз 1,5-10,0мм² REXANT</t>
   </si>
   <si>
     <t>12-3021</t>
   </si>
   <si>
     <t>Кримпер для обжима изолированных клемм 0,5-6,0мм² REXANT</t>
   </si>
   <si>
     <t>12-3014</t>
   </si>
   <si>
     <t>Кримпер HT-336H для обжима изолированных автоклемм 0,5-6,0мм² REXANT</t>
   </si>
   <si>
-    <t>12-3016</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Обжим неизолированных клемм (НК, НВ, РП, РПП, РШП, ГС)</t>
   </si>
   <si>
     <t>12-3001-4</t>
   </si>
   <si>
     <t>Кримпер HT-236C для обжима неизолированных автоклемм 0,5-6,0мм² PROconnect</t>
   </si>
   <si>
+    <t>12-3032-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-202B для обжима автоклемм 0,10-6,0мм² PROconnect</t>
+  </si>
+  <si>
     <t>12-3031-4</t>
   </si>
   <si>
     <t>Кримпер HT-202A для обжима автоклемм 0,35-6,0мм² PROconnect</t>
   </si>
   <si>
-    <t>12-3032-4</t>
-[...2 lines deleted...]
-    <t>Кримпер HT-202B для обжима автоклемм 0,10-6,0мм² PROconnect</t>
+    <t>12-3033</t>
+  </si>
+  <si>
+    <t>Кримпер HT-204 для обжима наконечников и зачистки проводов REXANT</t>
   </si>
   <si>
     <t>12-3001</t>
   </si>
   <si>
     <t>Кримпер HT-236C для обжима неизолированных автоклемм 0,5-6,0мм² REXANT</t>
   </si>
   <si>
     <t>12-3031</t>
   </si>
   <si>
     <t>Кримпер HT-202A для обжима неизолированных клемм 0,35-6,0мм² REXANT</t>
   </si>
   <si>
-    <t>12-3033</t>
-[...4 lines deleted...]
-  <si>
     <t>12-3032</t>
   </si>
   <si>
     <t>Кримпер HT-202B для обжима автоклемм 0,10-6,0мм² REXANT</t>
   </si>
   <si>
     <t>1.3 Прессы механические для опрессовки силовых наконечников и гильз ТМ, ТМЛ, ГМ, ГМЛ</t>
   </si>
   <si>
+    <t>12-3057</t>
+  </si>
+  <si>
+    <t>Кримпер HT-2517 для обжима силовых наконечников и гильз 16-120мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3071</t>
+  </si>
+  <si>
+    <t>Пресс-клещи CT-1632 для обжима металлопластиковых труб REXANT</t>
+  </si>
+  <si>
+    <t>12-3051</t>
+  </si>
+  <si>
+    <t>Кримпер HT-25L для обжима неизолированных наконечников и гильз 6,0-26,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3041</t>
+  </si>
+  <si>
+    <t>Кримпер HT-6010 для обжима неизолированных наконечников и гильз 1,5-16,0мм² REXANT</t>
+  </si>
+  <si>
     <t>12-3058</t>
   </si>
   <si>
     <t>Пресс механический универсальный ZHT-150 для клиновидной опрессовки наконечников 10-120мм² REXANT</t>
   </si>
   <si>
-    <t>12-3057</t>
-[...16 lines deleted...]
-  <si>
     <t>12-3055</t>
   </si>
   <si>
     <t>Кримпер HT-2515 для обжима силовых наконечников и гильз 6,0-50,0мм² REXANT</t>
   </si>
   <si>
-    <t>12-3051</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Прессы гидравлические для опрессовки силовых наконечников и гильз ТМ, ТМЛ, ГМ, ГМЛ</t>
   </si>
   <si>
+    <t>12-3064</t>
+  </si>
+  <si>
+    <t>Пресс гидравлический CT-300 для наконечников 10-300мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3063</t>
+  </si>
+  <si>
+    <t>Пресс гидравлический CT-240 для наконечников 16-240мм² REXANT</t>
+  </si>
+  <si>
     <t>12-3062</t>
   </si>
   <si>
     <t>Пресс гидравлический CT-120 для наконечников 10-120мм² REXANT</t>
   </si>
   <si>
     <t>12-3061</t>
   </si>
   <si>
     <t>Пресс гидравлический CT-70 для наконечников 4-70мм² REXANT</t>
   </si>
   <si>
-    <t>12-3063</t>
-[...10 lines deleted...]
-  <si>
     <t>1.5 Обжим штыревых наконечников НШВ, НШВи, НШВи (2)</t>
   </si>
   <si>
     <t>12-3013-4</t>
   </si>
   <si>
     <t>Кримпер для обжима штыревых наконечников 0,5-4,0мм² PROconnect</t>
   </si>
   <si>
+    <t>12-3205-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-866 для обжима штыревых наконечников 0,25-6,0мм² PROconnect</t>
+  </si>
+  <si>
+    <t>12-3019-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336S для обжима штыревых наконечников 6,0-10,0-16,0мм² PROconnect</t>
+  </si>
+  <si>
     <t>12-3202-4</t>
   </si>
   <si>
     <t>Кримпер HT-864 для обжима штыревых наконечников 0,25-6,0мм² PROconnect</t>
   </si>
   <si>
-    <t>12-3205-4</t>
-[...8 lines deleted...]
-    <t>Кримпер HT-336S для обжима штыревых наконечников 6,0-10,0-16,0мм² PROconnect</t>
+    <t>12-3219</t>
+  </si>
+  <si>
+    <t>Кримпер комбинированный HT-02525 для обжима изолированных и штыревых наконечников 0,5 - 2,5мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3222</t>
+  </si>
+  <si>
+    <t>Кримпер HT-5-26TW для обжима двойных штыревых наконечников 2x(0,5-6,0)мм² REXANT</t>
   </si>
   <si>
     <t>12-3013</t>
   </si>
   <si>
     <t>Кримпер HT-336E для обжима штыревых наконечников 0,5-4,0мм² REXANT</t>
   </si>
   <si>
+    <t>12-3208</t>
+  </si>
+  <si>
+    <t>Пресс-клещи HT-16M для обжима втулочных наконечников 0,5-16мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3210-1</t>
+  </si>
+  <si>
+    <t>Кримпер HT-10-6 для обжима штыревых наконечников 0,08-10,0мм² с регулятором прижимного усилия REXANT</t>
+  </si>
+  <si>
+    <t>12-3220</t>
+  </si>
+  <si>
+    <t>Пресс механический HT-50WF для обжима втулочных наконечников 10-50мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3202</t>
+  </si>
+  <si>
+    <t>Кримпер HT-864 для обжима штыревых наконечников 0,25-6,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3303</t>
+  </si>
+  <si>
+    <t>Кримпер HT-900 для обжима штыревых наконечников 0,25-10 мм² REXANT</t>
+  </si>
+  <si>
     <t>12-3216-1</t>
   </si>
   <si>
     <t>Кримпер HT-16-4 для обжима штыревых наконечников 0,08-16,0мм², с регулятором прижимного усилия REXANT</t>
   </si>
   <si>
+    <t>12-3209</t>
+  </si>
+  <si>
+    <t>Пресс-клещи HT-35M для обжима втулочных наконечников 10-35мм² REXANT</t>
+  </si>
+  <si>
     <t>12-3205</t>
   </si>
   <si>
     <t>Кримпер HT-866 для обжима штыревых наконечников 0,08-6,0мм² REXANT</t>
   </si>
   <si>
+    <t>12-3206</t>
+  </si>
+  <si>
+    <t>Кримпер HT-8164 для обжима штыревых наконечников 6,0-16,0мм² REXANT</t>
+  </si>
+  <si>
     <t>12-3019</t>
   </si>
   <si>
     <t>Кримпер HT-336S для обжима штыревых наконечников 6,0-10,0-16,0мм² REXANT</t>
   </si>
   <si>
-    <t>12-3208</t>
-[...46 lines deleted...]
-  <si>
     <t>1.6 Обжим коаксиальных разъемов F и BNC</t>
   </si>
   <si>
+    <t>12-3214</t>
+  </si>
+  <si>
+    <t>Кримпер HT-301 PA для обжима F и BNC разъемов типа RG-58, RG-59, RG-62, RG-6 REXANT</t>
+  </si>
+  <si>
+    <t>12-3212</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336A для обжима F и BNC разъемов типа RG-59, RG-58, RG-62 REXANT</t>
+  </si>
+  <si>
+    <t>12-3213</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336G для обжима F и BNC разъемов типа RG-59, RG-58, RG-62, RG-174, Fiber Optic REXANT</t>
+  </si>
+  <si>
+    <t>12-3015</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336J для обжима F и BNC разъемов типа RG-174, RG-179, Fiber Optic REXANT</t>
+  </si>
+  <si>
+    <t>12-3215</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336K для обжима F и BNC разъемов типа RG-8, RG-11, RG-174, RG-179, RG-213 REXANT</t>
+  </si>
+  <si>
     <t>12-3204</t>
   </si>
   <si>
     <t>Кримпер HT-106-E для обжима F и BNC разъемов типа RG-58, RG-6, RG-11, RG-213 REXANT</t>
   </si>
   <si>
-    <t>12-3015</t>
-[...28 lines deleted...]
-  <si>
     <t>1.7 Обжим компьютерных и телефонных разъемов RJ</t>
   </si>
   <si>
+    <t>12-3451-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-210N для обжима 8P8C PROconnect</t>
+  </si>
+  <si>
+    <t>12-3442-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-200R для обжима 8P8C, 6P6C, 4P4C PROconnect</t>
+  </si>
+  <si>
+    <t>12-3441-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кримпер HT-315 для обжима 8P8C, 6P6C, 4P4C PROconnect </t>
+  </si>
+  <si>
+    <t>12-3434-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-500R для обжима 8P8C, 6P4C PROconnect</t>
+  </si>
+  <si>
+    <t>12-3432-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-568R для обжима 8P8C, 6P6C PROconnect</t>
+  </si>
+  <si>
     <t>12-3432-6</t>
   </si>
   <si>
-    <t>Кримпер HT-568R для обжима 8P8C, 6P6C PROconnect</t>
-[...26 lines deleted...]
-    <t>Кримпер HT-500R для обжима 8P8C, 6P4C PROconnect</t>
+    <t>12-3432-1</t>
+  </si>
+  <si>
+    <t>Кримпер HT-568R ТАЙВАНЬ для обжима 8P8C, 6P6C REXANT</t>
   </si>
   <si>
     <t>12-3442-1</t>
   </si>
   <si>
     <t>Кримпер HT-200R ТАЙВАНЬ для обжима 10P10C, 8P8C, 6P6C, 4P4C REXANT</t>
   </si>
   <si>
-    <t>12-3432-1</t>
-[...4 lines deleted...]
-  <si>
     <t>12-3434-1</t>
   </si>
   <si>
     <t>Кримпер HT-500R для обжима ТАЙВАНЬ 8P8C, 6P4C REXANT</t>
   </si>
   <si>
+    <t>012-0568RH</t>
+  </si>
+  <si>
+    <t>Комплект ручек для кримпера REXANT HT-568R</t>
+  </si>
+  <si>
     <t>12-3453</t>
   </si>
   <si>
     <t>Кримпер HT-808 PROFI для обжима торцевой 8P8C REXANT</t>
   </si>
   <si>
+    <t>12-3441</t>
+  </si>
+  <si>
+    <t>Кримпер HT-315 для обжима 8P8C, 6P6C, 4P4C, заделка витой пары REXANT</t>
+  </si>
+  <si>
+    <t>12-3450-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-668 для обжима 8P8C/6P6C REXANT</t>
+  </si>
+  <si>
+    <t>12-3435</t>
+  </si>
+  <si>
+    <t>Кримпер для обжима 8P8C, 6P6C, 6P4C, 6P2C REXANT</t>
+  </si>
+  <si>
+    <t>12-3434</t>
+  </si>
+  <si>
+    <t>Кримпер HT-500R для обжима 8P8C, 6P4C REXANT</t>
+  </si>
+  <si>
+    <t>12-3443</t>
+  </si>
+  <si>
+    <t>Кримпер HT-468S для обжима 8P8C, 6P6C, 4P4C REXANT</t>
+  </si>
+  <si>
+    <t>12-3451</t>
+  </si>
+  <si>
+    <t>Кримпер HT-210N для обжима 8P8C REXANT</t>
+  </si>
+  <si>
     <t>12-3442</t>
   </si>
   <si>
     <t>Кримпер HT-200R для обжима 10P10C, 8P8C, 6P6C, 4P4C REXANT</t>
   </si>
   <si>
-    <t>12-3443</t>
-[...8 lines deleted...]
-    <t>Кримпер HT-315 для обжима 8P8C, 6P6C, 4P4C, заделка витой пары REXANT</t>
+    <t>12-3452</t>
+  </si>
+  <si>
+    <t>Кримпер HT-210T для обжима 8P8C REXANT</t>
   </si>
   <si>
     <t>12-3432</t>
   </si>
   <si>
     <t>Кримпер HT-568R для обжима 8P8C, 6P6C REXANT</t>
   </si>
   <si>
-    <t>12-3434</t>
-[...34 lines deleted...]
-  <si>
     <t>1.8 Инструмент для зачистки кабеля (стрипперы)</t>
   </si>
   <si>
+    <t>12-4015-4</t>
+  </si>
+  <si>
+    <t>Инструмент HT-0525 для зачистки кабеля 0,2-6мм² PROconnect</t>
+  </si>
+  <si>
+    <t>12-4005-6</t>
+  </si>
+  <si>
+    <t>Инструмент для зачистки кабеля 0,2-6,0 мм² и обжима наконечников (HT-766М) PROconnect</t>
+  </si>
+  <si>
     <t>12-4001-4</t>
   </si>
   <si>
     <t>Инструмент HT-150B для зачистки многожильного кабеля PROconnect</t>
   </si>
   <si>
-    <t>12-4015-4</t>
-[...4 lines deleted...]
-  <si>
     <t>12-4005-4</t>
   </si>
   <si>
     <t>Инструмент HT-766 для зачистки кабеля и обжима наконечников PROconnect</t>
   </si>
   <si>
-    <t>12-4005-6</t>
-[...2 lines deleted...]
-    <t>Инструмент для зачистки кабеля 0,2-6,0 мм² и обжима наконечников (HT-766М) PROconnect</t>
+    <t>12-4021</t>
+  </si>
+  <si>
+    <t>Инструмент HT-5021 для зачистки кабеля 0,6-2,6мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4002</t>
+  </si>
+  <si>
+    <t>Инструмент HT-369А для зачистки кабеля 0,5-2,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4004</t>
+  </si>
+  <si>
+    <t>Инструмент HT-369C для зачистки кабеля 0,3-6мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4646</t>
+  </si>
+  <si>
+    <t>Плоскогубцы для зачистки проводов 160мм никелированные, двухкомпонентные рукоятки REXANT</t>
   </si>
   <si>
     <t>12-4053</t>
   </si>
   <si>
     <t>Инструмент HT-335 для продольной зачистки кабеля 25,0-36,0мм² REXANT</t>
   </si>
   <si>
-    <t>12-4002</t>
-[...2 lines deleted...]
-    <t>Инструмент HT-369А для зачистки кабеля 0,5-2,0мм² REXANT</t>
+    <t>12-4024</t>
+  </si>
+  <si>
+    <t>Инструмент HT-1041 для зачистки кабеля 0,9-6,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4023</t>
+  </si>
+  <si>
+    <t>Инструмент HT-5023 для зачистки кабеля 0,25-0,8мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4022</t>
+  </si>
+  <si>
+    <t>Инструмент HT-5022 для зачистки кабеля 0,5-1,6мм² REXANT</t>
   </si>
   <si>
     <t>12-4052</t>
   </si>
   <si>
     <t>Инструмент HT-325 для продольной зачистки кабеля 4,5-25,0мм² REXANT</t>
   </si>
   <si>
     <t>12-4054</t>
   </si>
   <si>
     <t>Инструмент HT-5PG для продольной и поперечной зачистки кабеля от 25мм REXANT</t>
   </si>
   <si>
     <t>12-4031</t>
   </si>
   <si>
     <t>Инструмент HT-223 для зачистки кабеля 0,5-4,0мм² REXANT</t>
   </si>
   <si>
+    <t>12-4026</t>
+  </si>
+  <si>
+    <t>Инструмент HT-1043 для зачистки кабеля 0,25-0,65мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4003</t>
+  </si>
+  <si>
+    <t>Инструмент HT-369B для зачистки кабеля 1,0-3,2мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4001</t>
+  </si>
+  <si>
+    <t>Инструмент HT-150B для зачистки многожильного кабеля REXANT</t>
+  </si>
+  <si>
     <t>12-4005</t>
   </si>
   <si>
     <t>Инструмент HT-766 для зачистки кабеля 0,2-6,0мм² и обжима наконечников REXANT</t>
   </si>
   <si>
-    <t>12-4021</t>
-[...22 lines deleted...]
-  <si>
     <t>12-4025</t>
   </si>
   <si>
     <t>Инструмент HT-1042 для зачистки кабеля 0,20-1,25мм² REXANT</t>
   </si>
   <si>
-    <t>12-4024</t>
-[...28 lines deleted...]
-  <si>
     <t>1.9 Зачистка витой пары и коаксиального кабеля</t>
   </si>
   <si>
+    <t>12-4011-4</t>
+  </si>
+  <si>
+    <t>Инструмент HT-332 для зачистки коаксиального кабеля RG-58, RG-59, RG-6 PROconnect</t>
+  </si>
+  <si>
     <t>12-4042-4</t>
   </si>
   <si>
     <t>Инструмент HT-S-501B для зачистки и обрезки витой пары PROconnect</t>
   </si>
   <si>
-    <t>12-4011-4</t>
-[...2 lines deleted...]
-    <t>Инструмент HT-332 для зачистки коаксиального кабеля RG-58, RG-59, RG-6 PROconnect</t>
+    <t>12-4011</t>
+  </si>
+  <si>
+    <t>Инструмент HT-332 для зачистки коаксиального кабеля RG-58, RG-59, RG-6 REXANT</t>
   </si>
   <si>
     <t>12-4016-4</t>
   </si>
   <si>
     <t>Инструмент HT-302 для зачистки и обрезки кабелей RG-58, RG-59, RG-6, RG-11 REXANT</t>
   </si>
   <si>
-    <t>12-4011</t>
-[...4 lines deleted...]
-  <si>
     <t>12-4042</t>
   </si>
   <si>
     <t>Инструмент HT-S-501B для зачистки и обрезки витой пары REXANT</t>
   </si>
   <si>
     <t>1.10 Инструмент для заделки кабеля</t>
   </si>
   <si>
     <t>12-4201-4</t>
   </si>
   <si>
     <t>Инструмент для заделки витой пары, 110 типа контактов  PROconnect</t>
   </si>
   <si>
+    <t>12-4222</t>
+  </si>
+  <si>
+    <t>Инструмент HT-324B для заделки и обрезки витой пары, 110-го типа контактов REXANT</t>
+  </si>
+  <si>
+    <t>12-4231</t>
+  </si>
+  <si>
+    <t>Инструмент HT-318M для заделки и обрезки витой пары, 110 типа контактов MINI REXANT</t>
+  </si>
+  <si>
+    <t>12-4221</t>
+  </si>
+  <si>
+    <t>Инструмент HT-314B для заделки витой пары, 110 типа контактов REXANT</t>
+  </si>
+  <si>
+    <t>12-4224</t>
+  </si>
+  <si>
+    <t>Кросс-нож HT-324B для заделки и обрезки витой пары, 110-го типа контактов REXANT</t>
+  </si>
+  <si>
     <t>12-4201</t>
   </si>
   <si>
     <t>Инструмент HT-3141 для заделки и обрезки витой пары, 110 типа контактов REXANT</t>
   </si>
   <si>
-    <t>12-4231</t>
-[...23 lines deleted...]
-    <t>1.11 Кабелерезы, троссорезы, кабельные ножницы</t>
+    <t>1.11 Ножи монтажные</t>
+  </si>
+  <si>
+    <t>12-4931</t>
+  </si>
+  <si>
+    <t>Нож монтажный, нержавеющая сталь, двухсторонняя заточка, лезвие 33мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4933</t>
+  </si>
+  <si>
+    <t>Нож монтажный, нержавеющая сталь, лезвие 50мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4932</t>
+  </si>
+  <si>
+    <t>Нож монтажный, нержавеющая сталь, лезвие 42мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4936</t>
+  </si>
+  <si>
+    <t>Нож монтажный, нержавеющая сталь, прямое лезвие REXANT</t>
+  </si>
+  <si>
+    <t>12-4937</t>
+  </si>
+  <si>
+    <t>Нож монтажный, нержавеющая сталь, изогнутое лезвие REXANT</t>
+  </si>
+  <si>
+    <t>12-4935</t>
+  </si>
+  <si>
+    <t>Нож монтажный, нержавеющая сталь, с пяткой REXANT</t>
+  </si>
+  <si>
+    <t>1.12 Инструмент для стяжек</t>
+  </si>
+  <si>
+    <t>12-4524</t>
+  </si>
+  <si>
+    <t>Инструмент HT-51 для монтажа стяжек 2,4-10мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4522</t>
+  </si>
+  <si>
+    <t>Инструмент HT-600G для монтажа стальных стяжек 4,6-7,9мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4541</t>
+  </si>
+  <si>
+    <t>Монтажный инструмент ПС-100 для стяжек REXANT</t>
+  </si>
+  <si>
+    <t>12-4521</t>
+  </si>
+  <si>
+    <t>Монтажный инструмент ПС-600А для стяжек REXANT</t>
+  </si>
+  <si>
+    <t>1.13 Устройство закладки кабеля (протяжки кабельные)</t>
+  </si>
+  <si>
+    <t>47-1005-6</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,0мм, 5м PROconnect</t>
+  </si>
+  <si>
+    <t>47-1015-6</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,0мм, 15м PROconnect</t>
+  </si>
+  <si>
+    <t>47-1010-6</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,0мм, 10м PROconnect</t>
+  </si>
+  <si>
+    <t>47-1015-1</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), нейлон, d=3мм, 15м, латунный наконечник, заглушка REXANT</t>
+  </si>
+  <si>
+    <t>47-1050</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 50м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1150</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 50м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1110</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 100м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1115</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 150м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1020</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 20м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1070</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 70м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1010</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 10м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1100</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 100м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1200</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 200м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1250</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 250м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1300</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 300м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1010-1</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), нейлон, d=3мм,10м, латунный наконечник, заглушка REXANT</t>
+  </si>
+  <si>
+    <t>47-1003</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 3м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1025</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 25м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-2030</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (УЗК в напольной катушке), стеклопруток, d=6,0мм, 30м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1005</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 5м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1015</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 15м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1030</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 30м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1005-1</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), нейлон, d=3мм, 5м, латунный наконечник, заглушка REXANT</t>
+  </si>
+  <si>
+    <t>47-1007</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 7м, красная REXANT</t>
+  </si>
+  <si>
+    <t>1.14 Кабелерезы, троссорезы, кабельные ножницы</t>
+  </si>
+  <si>
+    <t>12-4947</t>
+  </si>
+  <si>
+    <t>Гидравлические ножницы RN-50 REXANT</t>
+  </si>
+  <si>
+    <t>12-4626</t>
+  </si>
+  <si>
+    <t>Кабелерез 180мм никелированный, двухкомпонентные рукоятки REXANT</t>
+  </si>
+  <si>
+    <t>12-4945</t>
+  </si>
+  <si>
+    <t>Ножницы универсальные 140мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5420</t>
+  </si>
+  <si>
+    <t>Кабелерез RN-150G диаметр до 25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4973</t>
+  </si>
+  <si>
+    <t>Болторез с двойным рычагом, 600мм, 24" REXANT</t>
+  </si>
+  <si>
+    <t>12-4972</t>
+  </si>
+  <si>
+    <t>Болторез с двойным рычагом, 450мм, 18" REXANT</t>
+  </si>
+  <si>
+    <t>12-4974</t>
+  </si>
+  <si>
+    <t>Болторез с двойным рычагом, 760мм, 30" REXANT</t>
+  </si>
+  <si>
+    <t>12-4948</t>
+  </si>
+  <si>
+    <t>Ножницы секторные RN-75 REXANT</t>
   </si>
   <si>
     <t>12-4975</t>
   </si>
   <si>
     <t>Болторез с двойным рычагом, 900мм, 36" REXANT</t>
   </si>
   <si>
     <t>12-4402</t>
   </si>
   <si>
     <t>Инструмент HT-325 A для обрезки кабеля 32,0-240мм² REXANT</t>
   </si>
   <si>
-    <t>12-4948</t>
-[...2 lines deleted...]
-    <t>Ножницы секторные RN-75 REXANT</t>
+    <t>12-4627</t>
+  </si>
+  <si>
+    <t>Кабелерез 200мм никелированный, обливные рукоятки REXANT</t>
   </si>
   <si>
     <t>12-4628</t>
   </si>
   <si>
     <t>Кабелерез 250мм никелированный, обливные рукоятки REXANT</t>
   </si>
   <si>
+    <t>12-4946</t>
+  </si>
+  <si>
+    <t>Гидравлические ножницы RN-40 REXANT</t>
+  </si>
+  <si>
+    <t>12-5421</t>
+  </si>
+  <si>
+    <t>Кабелерез RN-300G диаметр до 35мм REXANT</t>
+  </si>
+  <si>
     <t>12-5412</t>
   </si>
   <si>
     <t>Кабелерез HT-50A МАСТЕР диаметр до 13,5мм, с функцией зачистки кабеля 0,5-6мм² REXANT</t>
-  </si>
-[...271 lines deleted...]
-    <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 300м, красная REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1377,56 +1383,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-336-h-dlya-objima-avtoklemm-izolirovannih-0-5-6-0-mm-sup2-3615" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-336-n-dlya-objima-izolirovannih-i-neizolirovannih-gilz-1-5-10-0-mm-sup2-3934" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-301-w-dlya-objima-izolirovannih-klemm-0-5-6-0-mm-sup2-851" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-336-h-dlya-objima-avtoklemm-izolirovannih-0-5-6-0-mm-sup2-2265" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-336-n-dlya-objima-izolirovannih-i-neizolirovannih-gilz-1-5-10-0-mm-sup2-846" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-236c-dlya-objima-avtoklemm-neizolirovannih-0-5-6-0-mm-sup2-3612" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-202a-dlya-objima-avtoklemm-0-35-6-0-mm-sup2-3608" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-202b-dlya-objima-avtoklemm-0-10-6-0-mm-sup2-3606" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-236c-dlya-objima-avtoklemm-neizolirovannih-0-5-6-0-mm-sup2-840" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-objima-avtoklemm-neizolirovannih-0-35-6-0-mm-sup2-rexant-260" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-204-dlya-objima-nakonechnikov-i-zachistki-provodov-rexant-2266" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-202b-dlya-objima-avtoklemm-0-10-6-0-mm-sup2-852" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-mehanicheskiy-universalniy-rexant-zht-150-dlya-klinovidnoy-opressovki-nakonechnikov-10-120-mm-sup2-20586" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-2517-dlya-objima-silovih-nakonechnikov-i-gilz-16-25-35-50-70-95-120-mm-sup2-3388" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-rexant-ct-1632-dlya-objima-metalloplastikovih-trub-18690" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-6010-dlya-objima-neizolirovannih-nakonechnikov-i-gilz-1-5-16-0-mm-sup2-3926" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-2515-dlya-objima-silovih-nakonechnikov-i-gilz-6-10-16-25-35-50-mm-sup2-rexant-2268" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-25-l-dlya-objima-neizolirovannih-nakonechnikov-i-gilz-6-0-26-0-mm-sup2-856" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-rexant-ct-120-pgr-120-dlya-nakonechnikov-10-120-mm-sup2-18688" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-rexant-ct-70-pgr-70-dlya-nakonechnikov-4-70-mm-sup2-18687" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-rexant-ct-240-pgr-240-dlya-nakonechnikov-16-240-mm-sup2-18689" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-rexant-ct-300-pgr-300-dlya-nakonechnikov-10-300-mm-sup2-18686" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-336-e-dlya-objima-shtirevih-nakonechnikov-0-5-4-0-mm-sup2-3614" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-864-dlya-objima-shtirevih-nakonechnikov-0-25-6-0-mm-sup2-3623" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-866-dlya-objima-shtirevih-nakonechnikov-0-25-6-0-mm-sup2-21464" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-336-s-dlya-objima-shtirevih-nakonechnikov-6-0-10-0-16-0-mm-sup2-3619" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-301-e-dlya-objima-shtirevih-nakonechnikov-0-5-4-0-mm131-843" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-16-4-dlya-objima-shtirevih-nakonechnikov-0-08-16-0-mm-sup2-s-regulyatorom-prijimnogo-usiliya-rexant-20587" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-866-dlya-objima-shtirevih-nakonechnikov-0-08-6-0-mm-sup2-1746" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-336-s-dlya-objima-shtirevih-nakonechnikov-6-0-10-0-16-0-mm-sup2-849" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-dlya-objima-vtulochnih-nakonechnikov-0-5-16-mm-sup2-ht-16m-rexant-24166" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-dlya-objima-vtulochnih-nakonechnikov-10-35-mm-sup2-ht-35m-rexant-24167" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-10-6-dlya-objima-shtirevih-nakonechnikov-0-08-10-0-mm-sup2-s-regulyatorom-prijimnogo-usiliya-20588" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-kombinirovanniy-dlya-objima-izolirovannih-i-shtirevih-nakonechnikov-0-5-2-5-mm-sup2-ht-02525-rexant-24161" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-objima-dvoynih-shtirevih-nakonechnikov-2x-0-5-6-0-mm-sup2-ht-5-26tw-rexant-24162" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-mehanicheskiy-dlya-objima-vtulochnih-nakonechnikov-10-50-mm-sup2-ht-50wf-rexant-24164" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-8164-dlya-objima-shtirevih-nakonechnikov-6-0-16-0-mm-sup2-1747" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-864-dlya-objima-shtirevih-nakonechnikov-0-25-6-0-mm-sup2-858" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-106-e-dlya-objima-f-i-bnc-razemov-rg-58-rg-6-rg-11-rg-213-2279" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-301-j-dlya-objima-f-i-bnc-razemov-rg-174-rg-179-fiber-optic-845" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-301-pa-dlya-objima-f-i-bnc-razemov-rg-58-rg-59-rg-62-rg-6-862" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-301-a-dlya-objima-f-i-bnc-razemov-rg-59-rg-58-rg-62-860" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-301-k-dlya-objima-f-i-bnc-razemov-rg-8-rg-11-rg-174-rg-179-rg-213-863" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-301-g-dlya-objima-f-i-bnc-razemov-rg-59-rg-58-rg-62-rg-174-fiber-optic-861" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-568r-dlya-objima-8p8c-6p6c-3770" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-200r-dlya-objima-8p8c-6p6c-4p4c-3607" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-200-dlya-objima-8p8c-6p6c-4p4c-proconnect-3605" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-210n-dlya-objima-8p8c-3611" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-objima-proconnect-ht-568r-8p8c-6p6c-3622" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-proconnect-ht-500r-dlya-objima-8p8c-6p4c-3620" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-200r-tayvan-dlya-objima-10p10c-8p8c-6p6c-4p4c-3391" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-568r-tayvan-dlya-objima-8p8c-6p6c-3389" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-objima-rexant-ht-500r-tayvan-8p8c-6p4c-3390" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-808-profi-dlya-objima-tortsevoy-8p8c-875" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-200r-dlya-objima-10p10c-8p8c-6p6c-4p4c-255" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-468s-dlya-objima-8p8c-6p6c-4p4c-253" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-200-dlya-objima-8p8c-6p6c-4p4c-zadelka-vitoy-pari-rexant-254" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-objima-rexant-ht-568r-8p8c-6p6c-247" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-objima-rexant-ht-500r-8p8c-6p4c-250" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-ruchek-dlya-krimpera-rexant-ht-568r-23669" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-210t-dlya-objima-8p8c-2290" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-210n-dlya-objima-8p8c-rexant-873" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-objima-rexant-ht-376e-8p8c-6p6c-6p4c-6p2c-871" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-rexant-ht-668-dlya-objima-8p8c-6p6c-10069" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-mnogojilnogo-kabelya-proconnect-ht-150b-3604" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-proconnect-ht-0525-0-2-6-mm-sup2-10067" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-i-objima-nakonechnikov-proconnect-ht-766-hy-371-3929" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-0-2-6-0-mm-sup2-i-objima-nakonechnikov-ht-766m-proconnect-31425" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-prodolnoy-zachistki-kabelya-rexant-ht-335-25-0-36-0-mm-sup2-1647" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-369-a-0-5-2-0-mm-sup2-2281" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-prodolnoy-zachistki-kabelya-rexant-ht-325-4-5-25-0-mm-sup2-1646" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-prodolnoy-i-poperechnoy-zachistki-kabelya-ot-25-mm-ht-5pg-rexant-24163" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-223-0-5-4-0-mm-sup2-882" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-0-2-6-0-mm-sup2-i-objima-nakonechnikov-ht-766-rexant-2282" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-5021-0-6-2-6-mm-2283" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-mnogojilnogo-kabelya-rexant-ht-150b-191" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-369-b-1-0-3-2-mm-sup2-877" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-369-c-0-3-6-mm-sup2-878" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-1042-0-20-1-25-mm-2286" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-1041-0-9-6-0-mm-sup2-2285" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-1043-0-25-0-65-mm-2287" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsi-dlya-zachistki-provodov-rexant-160-mm-nikelirovannie-dvuhkomponentnie-rukoyatki-20866" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-5023-0-25-0-8-mm-196" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-rexant-ht-5022-0-4-1-3-mm-2284" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-i-obrezki-vitoy-pari-proconnect-ht-s-501b-3624" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-koaksialnogo-kabelya-proconnect-ht-332-rg-58-rg-59-rg-6-3933" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-i-obrezki-kabeley-rexant-ht-302-rg-58-rg-59-rg-6-rg-11-10068" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-koaksialnogo-kabelya-rexant-ht-332-rg-58-rg-59-rg-6-188" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-i-obrezki-vitoy-pari-rexant-ht-s-501b-885" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zadelki-vitoy-pari-proconnect-ht-314b-110-3618" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zadelki-i-obrezki-vitoy-pari-rexant-ht-3141-110-889" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zadelki-i-obrezki-vitoy-pari-rexant-mini-ht-318m-110-187" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zadelki-i-obrezki-vitoy-pari-rexant-ht-324b-110-891" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kross-noj-rexant-ht-324b-dlya-zadelki-i-obrezki-vitoy-pari-110-8100" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zadelki-vitoy-pari-rexant-ht-314b-110-2288" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynim-richagom-900mm-36-rexant-30540" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-obrezki-kabelya-rexant-ht-325-a-32-0-240-mm-sup2-3416" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-sektornie-rn-75-rexant-19095" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-rexant-250-mm-nikelirovanniy-oblivnie-rukoyatki-20863" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-master-kabelya-oslash-do-13-5-mm-s-funktsiey-zachistki-kabelya-0-5-6-mm-sup2-ht-50a-rexant-24165" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-rexant-200-mm-nikelirovanniy-oblivnie-rukoyatki-20864" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nojnitsi-universalnie-140-mm-rexant-20825" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-oslash-do-35-mm-rn-300g-rexant-24160" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynim-richagom-760mm-30-rexant-30543" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gidravlicheskie-nojnitsi-rn-50-rexant-19093" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-oslash-do-25-mm-rn-150g-rexant-24159" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gidravlicheskie-nojnitsi-rn-40-rexant-19094" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-rexant-180-mm-nikelirovanniy-dvuhkomponentnie-rukoyatki-20865" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynim-richagom-450mm-18-rexant-30539" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynim-richagom-600mm-24-rexant-30544" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajnika-nerjaveyuschaya-stal-lezvie-42-mm-rexant-14490" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajnika-nerjaveyuschaya-stal-pryamoe-lezvie-rexant-16830" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajnika-nerjaveyuschaya-stal-izognutoe-lezvie-rexant-16829" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajnika-nerjaveyuschaya-stal-dvuhstoronnyaya-zatochka-lezvie-33-mm-rexant-14487" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajnika-nerjaveyuschaya-stal-lezvie-50-mm-rexant-14489" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/noj-montajnika-nerjaveyuschaya-stal-s-pyatkoy-rexant-16831" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montajniy-instrument-dlya-styajek-rexant-ps-600a-225" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-montaja-styajek-2-4-10-mm-ht-51-rexant-24168" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montajniy-instrument-dlya-styajek-rexant-ps-100-2220" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-montaja-stalnih-styajek-4-6-7-9-mm-ht-600g-rexant-24169" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-5m-proconnect-17323" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-10m-proconnect-17324" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-15m-proconnect-17325" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-5m-krasnaya-rexant-7866" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-10m-krasnaya-rexant-7867" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-70m-krasnaya-rexant-9078" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-15m-krasnaya-rexant-7868" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-50m-krasnaya-rexant-9077" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-100m-krasnaya-rexant-9079" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-3m-krasnaya-rexant-17128" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-30m-krasnaya-rexant-7870" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-7m-krasnaya-rexant-17129" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-uzk-v-telejke-stekloprutok-d-11-0mm-100m-krasnaya-rexant-19395" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-uzk-v-telejke-stekloprutok-d-11-0mm-150m-krasnaya-rexant-19397" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-10m-latunniy-nakonechnik-zaglushka-rexant-14086" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-5m-latunniy-nakonechnik-zaglushka-rexant-14085" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-15m-latunniy-nakonechnik-zaglushka-rexant-14087" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-uzk-v-telejke-stekloprutok-d-11-0mm-50m-krasnaya-rexant-19396" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-25m-krasnaya-rexant-17127" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-20m-krasnaya-rexant-7869" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-uzk-v-telejke-stekloprutok-d-11-0mm-200m-krasnaya-rexant-31410" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-uzk-v-telejke-stekloprutok-d-11-0mm-250m-krasnaya-rexant-31411" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-uzk-v-napolnoy-katushke-stekloprutok-d-6-0mm-30m-krasnaya-rexant-31415" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyajka-kabelnaya-uzk-v-telejke-stekloprutok-d-11-0mm-300m-krasnaya-rexant-31412" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336n-dlya-obzhima-izolirovannyh-i-neizolirovannyh-gilz-1-5-10-0mm-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336h-dlya-obzhima-izolirovannyh-avtoklemm-0-5-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336n-dlya-obzhima-izolirovannyh-i-neizolirovannyh-gilz-1-5-10-0mm-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-obzhima-izolirovannyh-klemm-0-5-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336h-dlya-obzhima-izolirovannyh-avtoklemm-0-5-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-236c-dlya-obzhima-neizolirovannyh-avtoklemm-0-5-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-202b-dlya-obzhima-avtoklemm-0-10-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-202a-dlya-obzhima-avtoklemm-0-35-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-204-dlya-obzhima-nakonechnikov-i-zachistki-provodov-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-236c-dlya-obzhima-neizolirovannyh-avtoklemm-0-5-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-202a-dlya-obzhima-neizolirovannyh-klemm-0-35-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-202b-dlya-obzhima-avtoklemm-0-10-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-2517-dlya-obzhima-silovyh-nakonechnikov-i-gilz-16-120mm-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-ct-1632-dlya-obzhima-metalloplastikovyh-trub-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-25l-dlya-obzhima-neizolirovannyh-nakonechnikov-i-gilz-6-0-26-0mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-6010-dlya-obzhima-neizolirovannyh-nakonechnikov-i-gilz-1-5-16-0mm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-mehanicheskiy-universalnyy-zht-150-dlya-klinovidnoy-opressovki-nakonechnikov-10-120mm-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-2515-dlya-obzhima-silovyh-nakonechnikov-i-gilz-6-0-50-0mm-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-ct-300-dlya-nakonechnikov-10-300mm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-ct-240-dlya-nakonechnikov-16-240mm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-ct-120-dlya-nakonechnikov-10-120mm-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-ct-70-dlya-nakonechnikov-4-70mm-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-obzhima-shtyrevyh-nakonechnikov-0-5-4-0mm-proconnect" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-866-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336s-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-10-0-16-0mm-proconnect" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-864-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-kombinirovannyy-ht-02525-dlya-obzhima-izolirovannyh-i-shtyrevyh-nakonechnikov-0-5-2-5mm-rexa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-5-26tw-dlya-obzhima-dvoynyh-shtyrevyh-nakonechnikov-2x-0-5-6-0-mm-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336e-dlya-obzhima-shtyrevyh-nakonechnikov-0-5-4-0mm-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-ht-16m-dlya-obzhima-vtulochnyh-nakonechnikov-0-5-16mm-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-10-6-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-10-0mm-s-regulyatorom-prizhimnogo-usiliya" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-mehanicheskiy-ht-50wf-dlya-obzhima-vtulochnyh-nakonechnikov-10-50mm-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-864-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-900-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-10-mm-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-16-4-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-16-0mm-s-regulyatorom-prizhimnogo-usiliya" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-ht-35m-dlya-obzhima-vtulochnyh-nakonechnikov-10-35mm-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-866-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-8164-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-16-0mm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336s-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-10-0-16-0mm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-301-pa-dlya-obzhima-f-i-bnc-razemov-tipa-rg-58-rg-59-rg-62-rg-6-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336a-dlya-obzhima-f-i-bnc-razemov-tipa-rg-59-rg-58-rg-62-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336g-dlya-obzhima-f-i-bnc-razemov-tipa-rg-59-rg-58-rg-62-rg-174-fiber-optic-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336j-dlya-obzhima-f-i-bnc-razemov-tipa-rg-174-rg-179-fiber-optic-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336k-dlya-obzhima-f-i-bnc-razemov-tipa-rg-8-rg-11-rg-174-rg-179-rg-213-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-106-e-dlya-obzhima-f-i-bnc-razemov-tipa-rg-58-rg-6-rg-11-rg-213-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-210n-dlya-obzhima-8p8c-proconnect" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-200r-dlya-obzhima-8p8c-6p6c-4p4c-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-315-dlya-obzhima-8p8c-6p6c-4p4c-proconnect" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-500r-dlya-obzhima-8p8c-6p4c-proconnect" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-568r-dlya-obzhima-8p8c-6p6c-proconnect" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-568r-dlya-obzhima-8p8c-6p6c-proconnect-2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-568r-tayvan-dlya-obzhima-8p8c-6p6c-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-200r-tayvan-dlya-obzhima-10p10c-8p8c-6p6c-4p4c-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-500r-dlya-obzhima-tayvan-8p8c-6p4c-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-ruchek-dlya-krimpera-rexant-ht-568r" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-808-profi-dlya-obzhima-tortsevoy-8p8c-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-315-dlya-obzhima-8p8c-6p6c-4p4c-zadelka-vitoy-pary-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-668-dlya-obzhima-8p8c-6p6c-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-obzhima-8p8c-6p6c-6p4c-6p2c-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-500r-dlya-obzhima-8p8c-6p4c-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-468s-dlya-obzhima-8p8c-6p6c-4p4c-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-210n-dlya-obzhima-8p8c-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-200r-dlya-obzhima-10p10c-8p8c-6p6c-4p4c-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-210t-dlya-obzhima-8p8c-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-568r-dlya-obzhima-8p8c-6p6c-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-0525-dlya-zachistki-kabelya-0-2-6mm-proconnect" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-0-2-6-0-mm-i-obzhima-nakonechnikov-ht-766m-proconnect" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-150b-dlya-zachistki-mnogozhilnogo-kabelya-proconnect" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-766-dlya-zachistki-kabelya-i-obzhima-nakonechnikov-proconnect" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-5021-dlya-zachistki-kabelya-0-6-2-6mm-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-369a-dlya-zachistki-kabelya-0-5-2-0mm-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-369c-dlya-zachistki-kabelya-0-3-6mm-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-dlya-zachistki-provodov-160mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-335-dlya-prodolnoy-zachistki-kabelya-25-0-36-0mm-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-1041-dlya-zachistki-kabelya-0-9-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-5023-dlya-zachistki-kabelya-0-25-0-8mm-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-5022-dlya-zachistki-kabelya-0-5-1-6mm-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-325-dlya-prodolnoy-zachistki-kabelya-4-5-25-0mm-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-5pg-dlya-prodolnoy-i-poperechnoy-zachistki-kabelya-ot-25mm-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-223-dlya-zachistki-kabelya-0-5-4-0mm-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-1043-dlya-zachistki-kabelya-0-25-0-65mm-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-369b-dlya-zachistki-kabelya-1-0-3-2mm-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-150b-dlya-zachistki-mnogozhilnogo-kabelya-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-766-dlya-zachistki-kabelya-0-2-6-0mm-i-obzhima-nakonechnikov-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-1042-dlya-zachistki-kabelya-0-20-1-25mm-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-332-dlya-zachistki-koaksialnogo-kabelya-rg-58-rg-59-rg-6-proconnect" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-s-501b-dlya-zachistki-i-obrezki-vitoy-pary-proconnect" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-332-dlya-zachistki-koaksialnogo-kabelya-rg-58-rg-59-rg-6-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-302-dlya-zachistki-i-obrezki-kabeley-rg-58-rg-59-rg-6-rg-11-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-s-501b-dlya-zachistki-i-obrezki-vitoy-pary-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zadelki-vitoy-pary-110-tipa-kontaktov-proconnect" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-324b-dlya-zadelki-i-obrezki-vitoy-pary-110-go-tipa-kontaktov-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-318m-dlya-zadelki-i-obrezki-vitoy-pary-110-tipa-kontaktov-mini-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-314b-dlya-zadelki-vitoy-pary-110-tipa-kontaktov-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kross-nozh-ht-324b-dlya-zadelki-i-obrezki-vitoy-pary-110-go-tipa-kontaktov-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-3141-dlya-zadelki-i-obrezki-vitoy-pary-110-tipa-kontaktov-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyuschaya-stal-dvuhstoronnyaya-zatochka-lezvie-33mm-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyuschaya-stal-lezvie-50mm-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyuschaya-stal-lezvie-42mm-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyuschaya-stal-pryamoe-lezvie-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyuschaya-stal-izognutoe-lezvie-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyuschaya-stal-s-pyatkoy-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-51-dlya-montazha-styazhek-2-4-10mm-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-600g-dlya-montazha-stalnyh-styazhek-4-6-7-9mm-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-instrument-ps-100-dlya-styazhek-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-instrument-ps-600a-dlya-styazhek-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-5m-proconnect" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-15m-proconnect" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-10m-proconnect" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-15m-latunnyy-nakonechnik-zaglushka-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-50m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-50m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-100m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-150m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-20m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-70m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-10m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-100m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-200m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-250m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-300m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-10m-latunnyy-nakonechnik-zaglushka-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-3m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-25m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-napolnoy-katushke-stekloprutok-d-6-0mm-30m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-5m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-15m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-30m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-5m-latunnyy-nakonechnik-zaglushka-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-7m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gidravlicheskie-nozhnitsy-rn-50-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-180mm-nikelirovannyy-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-universalnye-140mm-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-rn-150g-diametr-do-25mm-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynym-rychagom-600mm-24-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynym-rychagom-450mm-18-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynym-rychagom-760mm-30-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-sektornye-rn-75-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynym-rychagom-900mm-36-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-325-a-dlya-obrezki-kabelya-32-0-240mm-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-200mm-nikelirovannyy-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-250mm-nikelirovannyy-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gidravlicheskie-nozhnitsy-rn-40-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-rn-300g-diametr-do-35mm-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-ht-50a-master-diametr-do-13-5mm-s-funktsiey-zachistki-kabelya-0-5-6mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I160"/>
+  <dimension ref="A1:I161"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1458,4550 +1464,4580 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1300</v>
+        <v>1322.1</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>489</v>
+        <v>774</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1300</v>
+        <v>1322.1</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1512</v>
+        <v>455</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1500</v>
+        <v>1525.5</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>611</v>
+        <v>237</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1500</v>
+        <v>1525.5</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1126</v>
+        <v>462</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>1500</v>
+        <v>1525.5</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>288</v>
+        <v>1059</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>1300</v>
+        <v>1322.1</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>2482</v>
+        <v>1602</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>750</v>
+        <v>844.11</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>901</v>
+        <v>2880</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>830</v>
+        <v>762.75</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>3365</v>
+        <v>829</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>1350</v>
+        <v>732.24</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>523</v>
+        <v>2292</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>950</v>
+        <v>1372.95</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>532</v>
+        <v>473</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>720</v>
+        <v>966.15</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>2731</v>
+        <v>501</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>950</v>
+        <v>966.15</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>3243</v>
+        <v>2805</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>8069.8</v>
+        <v>8644.5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>12</v>
+        <v>68</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>5</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>8500</v>
+        <v>22374</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>69</v>
+        <v>94</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>22000</v>
+        <v>3793.41</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>143</v>
+        <v>38</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>2400</v>
+        <v>2440.8</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>603</v>
+        <v>147</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>30</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>3300</v>
+        <v>8206.99</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>183</v>
+        <v>9</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>3730</v>
+        <v>3356.1</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>90</v>
+        <v>125</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="3">
-        <v>7200</v>
+        <v>10170</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>238</v>
+        <v>118</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>4</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>6300</v>
+        <v>9458.1</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>91</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>9300</v>
+        <v>7322.4</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>217</v>
+        <v>78</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>4</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>10000</v>
+        <v>6407.1</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>191</v>
+        <v>108</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>1350</v>
+        <v>1372.95</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>386</v>
+        <v>368</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>2000</v>
+        <v>2237.4</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>801</v>
+        <v>284</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>2200</v>
+        <v>1322.1</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>319</v>
+        <v>171</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>50</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="3">
-        <v>1300</v>
+        <v>2034</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>198</v>
+        <v>726</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="3">
-        <v>1450</v>
+        <v>1627.2</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>317</v>
+        <v>493</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>50</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>4000</v>
+        <v>1525.5</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>607</v>
+        <v>233</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>50</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="3">
-        <v>2100</v>
+        <v>1474.65</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>486</v>
+        <v>302</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>50</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>1500</v>
+        <v>1322.1</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>170</v>
+        <v>973</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>1300</v>
+        <v>3864.6</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>2608</v>
+        <v>330</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>1400</v>
+        <v>3356.1</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>419</v>
+        <v>57</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>3800</v>
+        <v>2259.77</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>338</v>
+        <v>521</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>1600</v>
+        <v>1932.3</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>505</v>
+        <v>460</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>1500</v>
+        <v>4068</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>50</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>3300</v>
+        <v>1423.8</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>68</v>
+        <v>396</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>3300</v>
+        <v>2135.7</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>50</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>2222</v>
+        <v>3356.1</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>819</v>
+        <v>209</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>50</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A46" s="2" t="s">
+      <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B46" s="2"/>
-[...6 lines deleted...]
-      <c r="I46" s="2"/>
+      <c r="B46" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C46" s="3">
+        <v>1525.5</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" s="3">
+        <v>163</v>
+      </c>
+      <c r="G46" s="3">
+        <v>1</v>
+      </c>
+      <c r="H46" s="3">
+        <v>50</v>
+      </c>
+      <c r="I46" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A47" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B47" s="3" t="s">
+      <c r="A47" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="C47" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B47" s="2"/>
+      <c r="C47" s="2"/>
+      <c r="D47" s="2"/>
+      <c r="E47" s="2"/>
+      <c r="F47" s="2"/>
+      <c r="G47" s="2"/>
+      <c r="H47" s="2"/>
+      <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C48" s="3">
-        <v>1600</v>
+        <v>1474.65</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>145</v>
+        <v>391</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>50</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C49" s="3">
-        <v>1450</v>
+        <v>1627.2</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>489</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>50</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C50" s="3">
-        <v>1600</v>
+        <v>1627.2</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>68</v>
+        <v>569</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>50</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="3">
-        <v>1800</v>
+        <v>1627.2</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>50</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="3">
-        <v>1600</v>
+        <v>1830.6</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>617</v>
+        <v>62</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>50</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A53" s="2" t="s">
+      <c r="A53" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B53" s="2"/>
-[...6 lines deleted...]
-      <c r="I53" s="2"/>
+      <c r="B53" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C53" s="3">
+        <v>1881.45</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" s="3">
+        <v>0</v>
+      </c>
+      <c r="G53" s="3">
+        <v>1</v>
+      </c>
+      <c r="H53" s="3">
+        <v>50</v>
+      </c>
+      <c r="I53" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A54" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B54" s="3" t="s">
+      <c r="A54" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="C54" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B54" s="2"/>
+      <c r="C54" s="2"/>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2"/>
+      <c r="F54" s="2"/>
+      <c r="G54" s="2"/>
+      <c r="H54" s="2"/>
+      <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C55" s="3">
-        <v>1700</v>
+        <v>559.35</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>213</v>
+        <v>1727</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>50</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="3">
-        <v>950</v>
+        <v>1728.9</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>1007</v>
+        <v>182</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>50</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C57" s="3">
-        <v>550</v>
+        <v>966.15</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>2191</v>
+        <v>547</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>50</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="C58" s="3">
-        <v>850</v>
+        <v>1322.1</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>1547</v>
+        <v>374</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>50</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C59" s="3">
-        <v>1300</v>
+        <v>864.45</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>388</v>
+        <v>662</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>50</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>3200</v>
+        <v>945.81</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>48</v>
+        <v>564</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>50</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C61" s="3">
-        <v>950</v>
+        <v>966.15</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>172</v>
+        <v>92</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>50</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C62" s="3">
-        <v>1530</v>
+        <v>3254.4</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>50</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C63" s="3">
-        <v>1930</v>
+        <v>1556.01</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>165</v>
+        <v>1</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>50</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C64" s="3">
-        <v>2000</v>
+        <v>54.04</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>251</v>
+        <v>2495</v>
       </c>
       <c r="G64" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H64" s="3">
-        <v>50</v>
+        <v>429</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C65" s="3">
-        <v>950</v>
+        <v>1962.81</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>72</v>
+        <v>160</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>50</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C66" s="3">
-        <v>1100</v>
+        <v>1118.7</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>2103</v>
+        <v>1258</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>50</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C67" s="3">
-        <v>950</v>
+        <v>1576.35</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>448</v>
+        <v>485</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>50</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C68" s="3">
-        <v>1450</v>
+        <v>966.15</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>759</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>50</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C69" s="3">
-        <v>59.04</v>
+        <v>1474.65</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>2495</v>
+        <v>760</v>
       </c>
       <c r="G69" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>429</v>
+        <v>50</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C70" s="3">
-        <v>700</v>
+        <v>966.15</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>280</v>
+        <v>80</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>50</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C71" s="3">
-        <v>600</v>
+        <v>610.2</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>735</v>
+        <v>828</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>50</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C72" s="3">
-        <v>950</v>
+        <v>2034</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>193</v>
+        <v>212</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>50</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C73" s="3">
-        <v>1550</v>
+        <v>711.9</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>970</v>
+        <v>232</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>50</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A74" s="2" t="s">
+      <c r="A74" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="B74" s="2"/>
-[...6 lines deleted...]
-      <c r="I74" s="2"/>
+      <c r="B74" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C74" s="3">
+        <v>966.15</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F74" s="3">
+        <v>1165</v>
+      </c>
+      <c r="G74" s="3">
+        <v>1</v>
+      </c>
+      <c r="H74" s="3">
+        <v>50</v>
+      </c>
+      <c r="I74" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A75" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B75" s="3" t="s">
+      <c r="A75" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="C75" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B75" s="2"/>
+      <c r="C75" s="2"/>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+      <c r="H75" s="2"/>
+      <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C76" s="3">
-        <v>1400</v>
+        <v>1423.8</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>403</v>
+        <v>390</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>100</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C77" s="3">
-        <v>1300</v>
+        <v>1118.7</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>6751</v>
+        <v>1383</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I77" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C78" s="3">
-        <v>1100</v>
+        <v>762.75</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>1456</v>
+        <v>1672</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="I78" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C79" s="3">
-        <v>1600</v>
+        <v>1322.1</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>190</v>
+        <v>1866</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>50</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C80" s="3">
-        <v>950</v>
+        <v>539.01</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>230</v>
+        <v>178</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C81" s="3">
-        <v>1600</v>
+        <v>966.15</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>27</v>
+        <v>225</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>50</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C82" s="3">
-        <v>3200</v>
+        <v>1220.4</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>65</v>
+        <v>112</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>50</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C83" s="3">
-        <v>1100</v>
+        <v>559.35</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>626</v>
+        <v>521</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C84" s="3">
-        <v>1450</v>
+        <v>1627.2</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>2036</v>
+        <v>189</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>50</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C85" s="3">
-        <v>530</v>
+        <v>915.3</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>1035</v>
+        <v>252</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>100</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C86" s="3">
-        <v>850</v>
+        <v>711.9</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>2465</v>
+        <v>230</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C87" s="3">
-        <v>900</v>
+        <v>640.71</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>486</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C88" s="3">
-        <v>1200</v>
+        <v>1627.2</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>620</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>50</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C89" s="3">
-        <v>800</v>
+        <v>3254.4</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>246</v>
+        <v>64</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C90" s="3">
-        <v>900</v>
+        <v>1118.7</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>595</v>
+        <v>482</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>100</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C91" s="3">
-        <v>770</v>
+        <v>783.09</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>290</v>
+        <v>281</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>100</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C92" s="3">
-        <v>550</v>
+        <v>915.3</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>557</v>
+        <v>464</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C93" s="3">
-        <v>700</v>
+        <v>864.45</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>239</v>
+        <v>2277</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C94" s="3">
-        <v>630</v>
+        <v>1474.65</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>43</v>
+        <v>1914</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
+        <v>50</v>
+      </c>
+      <c r="I94" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A95" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="C95" s="3">
+        <v>813.6</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F95" s="3">
+        <v>260</v>
+      </c>
+      <c r="G95" s="3">
+        <v>1</v>
+      </c>
+      <c r="H95" s="3">
         <v>100</v>
       </c>
-      <c r="I94" s="3">
-[...14 lines deleted...]
-      <c r="I95" s="2"/>
+      <c r="I95" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A96" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B96" s="3" t="s">
+      <c r="A96" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="C96" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B96" s="2"/>
+      <c r="C96" s="2"/>
+      <c r="D96" s="2"/>
+      <c r="E96" s="2"/>
+      <c r="F96" s="2"/>
+      <c r="G96" s="2"/>
+      <c r="H96" s="2"/>
+      <c r="I96" s="2"/>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C97" s="3">
-        <v>400</v>
+        <v>406.8</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>100</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C98" s="3">
-        <v>900</v>
+        <v>366.12</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>100</v>
+        <v>353</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>100</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C99" s="3">
-        <v>500</v>
+        <v>508.5</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>82</v>
+        <v>1</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>100</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C100" s="3">
-        <v>400</v>
+        <v>915.3</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>2</v>
+        <v>80</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>100</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A101" s="2" t="s">
+      <c r="A101" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="B101" s="2"/>
-[...6 lines deleted...]
-      <c r="I101" s="2"/>
+      <c r="B101" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C101" s="3">
+        <v>406.8</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F101" s="3">
+        <v>0</v>
+      </c>
+      <c r="G101" s="3">
+        <v>1</v>
+      </c>
+      <c r="H101" s="3">
+        <v>100</v>
+      </c>
+      <c r="I101" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A102" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B102" s="3" t="s">
+      <c r="A102" s="2" t="s">
         <v>200</v>
       </c>
-      <c r="C102" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B102" s="2"/>
+      <c r="C102" s="2"/>
+      <c r="D102" s="2"/>
+      <c r="E102" s="2"/>
+      <c r="F102" s="2"/>
+      <c r="G102" s="2"/>
+      <c r="H102" s="2"/>
+      <c r="I102" s="2"/>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C103" s="3">
-        <v>450</v>
+        <v>406.8</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>3181</v>
+        <v>999</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>100</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C104" s="3">
-        <v>80</v>
+        <v>783.09</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>3049</v>
+        <v>287</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C105" s="3">
-        <v>770</v>
+        <v>81.36</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>0</v>
+        <v>2638</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C106" s="3">
-        <v>230</v>
+        <v>813.6</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>143</v>
+        <v>982</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C107" s="3">
-        <v>800</v>
+        <v>233.91</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>1052</v>
+        <v>138</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A108" s="2" t="s">
+      <c r="A108" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B108" s="2"/>
-[...6 lines deleted...]
-      <c r="I108" s="2"/>
+      <c r="B108" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="C108" s="3">
+        <v>457.65</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F108" s="3">
+        <v>1529</v>
+      </c>
+      <c r="G108" s="3">
+        <v>1</v>
+      </c>
+      <c r="H108" s="3">
+        <v>100</v>
+      </c>
+      <c r="I108" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A109" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B109" s="3" t="s">
+      <c r="A109" s="2" t="s">
         <v>213</v>
       </c>
-      <c r="C109" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B109" s="2"/>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="2"/>
+      <c r="H109" s="2"/>
+      <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C110" s="3">
-        <v>7000</v>
+        <v>864.45</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>46</v>
+        <v>1457</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C111" s="3">
-        <v>19000</v>
+        <v>762.75</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>38</v>
+        <v>1616</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C112" s="3">
-        <v>700</v>
+        <v>661.05</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>98</v>
+        <v>173</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C113" s="3">
-        <v>650</v>
+        <v>661.05</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>0</v>
+        <v>1610</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C114" s="3">
-        <v>600</v>
+        <v>813.6</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>405</v>
+        <v>279</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C115" s="3">
-        <v>600</v>
+        <v>986.49</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>425</v>
+        <v>5716</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A116" s="3" t="s">
+      <c r="A116" s="2" t="s">
         <v>226</v>
       </c>
-      <c r="B116" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B116" s="2"/>
+      <c r="C116" s="2"/>
+      <c r="D116" s="2"/>
+      <c r="E116" s="2"/>
+      <c r="F116" s="2"/>
+      <c r="G116" s="2"/>
+      <c r="H116" s="2"/>
+      <c r="I116" s="2"/>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B117" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="B117" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" s="3">
-        <v>3130</v>
+        <v>1118.7</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>155</v>
+        <v>106</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="I117" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B118" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B118" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" s="3">
-        <v>28800</v>
+        <v>4881.6</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B119" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B119" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119" s="3">
-        <v>4000</v>
+        <v>549.18</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>259</v>
+        <v>364</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B120" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="B120" s="3" t="s">
+      <c r="C120" s="3">
+        <v>1423.8</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F120" s="3">
+        <v>0</v>
+      </c>
+      <c r="G120" s="3">
+        <v>1</v>
+      </c>
+      <c r="H120" s="3">
+        <v>50</v>
+      </c>
+      <c r="I120" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A121" s="2" t="s">
         <v>235</v>
       </c>
-      <c r="C120" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B121" s="2"/>
+      <c r="C121" s="2"/>
+      <c r="D121" s="2"/>
+      <c r="E121" s="2"/>
+      <c r="F121" s="2"/>
+      <c r="G121" s="2"/>
+      <c r="H121" s="2"/>
+      <c r="I121" s="2"/>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C122" s="3">
-        <v>1500</v>
+        <v>687.79</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>247</v>
+        <v>352</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I122" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C123" s="3">
+        <v>1303.1</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F123" s="3">
+        <v>19</v>
+      </c>
+      <c r="G123" s="3">
+        <v>1</v>
+      </c>
+      <c r="H123" s="3">
+        <v>50</v>
+      </c>
+      <c r="I123" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A124" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="B123" s="3" t="s">
+      <c r="B124" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="C123" s="3">
-[...32 lines deleted...]
-      <c r="I124" s="2"/>
+      <c r="C124" s="3">
+        <v>1063.15</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F124" s="3">
+        <v>28</v>
+      </c>
+      <c r="G124" s="3">
+        <v>1</v>
+      </c>
+      <c r="H124" s="3">
+        <v>75</v>
+      </c>
+      <c r="I124" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="B125" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="B125" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" s="3">
-        <v>650</v>
+        <v>1047.7</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>215</v>
+        <v>34</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="B126" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="B126" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C126" s="3">
-        <v>650</v>
+        <v>2860.71</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>1544</v>
+        <v>200</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="B127" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="B127" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C127" s="3">
-        <v>800</v>
+        <v>40013.66</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>433</v>
+        <v>8</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>72</v>
+        <v>1</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="B128" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="B128" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C128" s="3">
-        <v>850</v>
+        <v>51266.36</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>1472</v>
+        <v>6</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>72</v>
+        <v>1</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="B129" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="3">
-        <v>750</v>
+        <v>62520.28</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>1645</v>
+        <v>7</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="B130" s="3" t="s">
+      <c r="C130" s="3">
+        <v>1807.94</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F130" s="3">
+        <v>339</v>
+      </c>
+      <c r="G130" s="3">
+        <v>1</v>
+      </c>
+      <c r="H130" s="3">
+        <v>50</v>
+      </c>
+      <c r="I130" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A131" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="C130" s="3">
-[...22 lines deleted...]
-      <c r="A131" s="2" t="s">
+      <c r="B131" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="B131" s="2"/>
-[...6 lines deleted...]
-      <c r="I131" s="2"/>
+      <c r="C131" s="3">
+        <v>4626.78</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F131" s="3">
+        <v>16</v>
+      </c>
+      <c r="G131" s="3">
+        <v>1</v>
+      </c>
+      <c r="H131" s="3">
+        <v>20</v>
+      </c>
+      <c r="I131" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C132" s="3">
-        <v>1400</v>
+        <v>976.32</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>2</v>
+        <v>1954</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C133" s="3">
-        <v>1100</v>
+        <v>6065.3</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>158</v>
+        <v>83</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C134" s="3">
-        <v>540</v>
+        <v>83151.34</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>198</v>
+        <v>2</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I134" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C135" s="3">
-        <v>4800</v>
+        <v>103345.51</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I135" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A136" s="2" t="s">
+      <c r="A136" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="B136" s="2"/>
-[...6 lines deleted...]
-      <c r="I136" s="2"/>
+      <c r="B136" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="C136" s="3">
+        <v>123539.06</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F136" s="3">
+        <v>1</v>
+      </c>
+      <c r="G136" s="3">
+        <v>1</v>
+      </c>
+      <c r="H136" s="3">
+        <v>0</v>
+      </c>
+      <c r="I136" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C137" s="3">
-        <v>676.29</v>
+        <v>932.49</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>192</v>
+        <v>71</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C138" s="3">
-        <v>1045.38</v>
+        <v>731.73</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>89</v>
+        <v>322</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C139" s="3">
-        <v>1281.32</v>
+        <v>2374.56</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>46</v>
+        <v>124</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C140" s="3">
-        <v>735.86</v>
+        <v>10096.95</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>1592</v>
+        <v>2</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I140" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C141" s="3">
-        <v>960</v>
+        <v>748.37</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>1594</v>
+        <v>1678</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C142" s="3">
-        <v>4549.44</v>
+        <v>1174.64</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>11</v>
+        <v>760</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C143" s="3">
-        <v>1155</v>
+        <v>1796.06</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>966</v>
+        <v>705</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C144" s="3">
-        <v>2812.89</v>
+        <v>741.24</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>198</v>
+        <v>11</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C145" s="3">
-        <v>5963.91</v>
+        <v>1033.44</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>35</v>
+        <v>167</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A146" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B146" s="3" t="s">
+      <c r="A146" s="2" t="s">
         <v>284</v>
       </c>
-      <c r="C146" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B146" s="2"/>
+      <c r="C146" s="2"/>
+      <c r="D146" s="2"/>
+      <c r="E146" s="2"/>
+      <c r="F146" s="2"/>
+      <c r="G146" s="2"/>
+      <c r="H146" s="2"/>
+      <c r="I146" s="2"/>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C147" s="3">
-        <v>1766.04</v>
+        <v>26360.64</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>152</v>
+        <v>2</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C148" s="3">
-        <v>1016.17</v>
+        <v>915.3</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>5</v>
+        <v>212</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C149" s="3">
-        <v>50409.4</v>
+        <v>610.2</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>8</v>
+        <v>305</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C150" s="3">
-        <v>61475.2</v>
+        <v>4068</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>8</v>
+        <v>244</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C151" s="3">
-        <v>916.9</v>
+        <v>2064.51</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>77</v>
+        <v>215</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I151" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C152" s="3">
-        <v>728.85</v>
+        <v>1525.5</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>71</v>
+        <v>233</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I152" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C153" s="3">
-        <v>1030.19</v>
+        <v>3183.21</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>54</v>
+        <v>143</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I153" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C154" s="3">
-        <v>39344.8</v>
+        <v>19323</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C155" s="3">
-        <v>2334.87</v>
+        <v>4068</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="I155" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C156" s="3">
-        <v>1777.72</v>
+        <v>7119</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>405</v>
+        <v>31</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C157" s="3">
-        <v>81761.4</v>
+        <v>610.2</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>2</v>
+        <v>356</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I157" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C158" s="3">
-        <v>101618</v>
+        <v>711.9</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="I158" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C159" s="3">
-        <v>9928.17</v>
+        <v>18946.71</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I159" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C160" s="3">
-        <v>121474</v>
+        <v>5288.4</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>1</v>
+        <v>62</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
+        <v>10</v>
+      </c>
+      <c r="I160" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A161" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B161" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="C161" s="3">
+        <v>661.05</v>
+      </c>
+      <c r="D161" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F161" s="3">
         <v>0</v>
       </c>
-      <c r="I160" s="3">
-        <v>0</v>
+      <c r="G161" s="3">
+        <v>1</v>
+      </c>
+      <c r="H161" s="3">
+        <v>60</v>
+      </c>
+      <c r="I161" s="3">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="15">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A9:I9"/>
     <mergeCell ref="A17:I17"/>
     <mergeCell ref="A24:I24"/>
     <mergeCell ref="A29:I29"/>
-    <mergeCell ref="A46:I46"/>
-[...7 lines deleted...]
-    <mergeCell ref="A136:I136"/>
+    <mergeCell ref="A47:I47"/>
+    <mergeCell ref="A54:I54"/>
+    <mergeCell ref="A75:I75"/>
+    <mergeCell ref="A96:I96"/>
+    <mergeCell ref="A102:I102"/>
+    <mergeCell ref="A109:I109"/>
+    <mergeCell ref="A116:I116"/>
+    <mergeCell ref="A121:I121"/>
+    <mergeCell ref="A146:I146"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D25" r:id="rId19"/>
     <hyperlink ref="D26" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D30" r:id="rId23"/>
     <hyperlink ref="D31" r:id="rId24"/>
     <hyperlink ref="D32" r:id="rId25"/>
     <hyperlink ref="D33" r:id="rId26"/>
     <hyperlink ref="D34" r:id="rId27"/>
     <hyperlink ref="D35" r:id="rId28"/>
     <hyperlink ref="D36" r:id="rId29"/>
     <hyperlink ref="D37" r:id="rId30"/>
     <hyperlink ref="D38" r:id="rId31"/>
     <hyperlink ref="D39" r:id="rId32"/>
     <hyperlink ref="D40" r:id="rId33"/>
     <hyperlink ref="D41" r:id="rId34"/>
     <hyperlink ref="D42" r:id="rId35"/>
     <hyperlink ref="D43" r:id="rId36"/>
     <hyperlink ref="D44" r:id="rId37"/>
     <hyperlink ref="D45" r:id="rId38"/>
-    <hyperlink ref="D47" r:id="rId39"/>
+    <hyperlink ref="D46" r:id="rId39"/>
     <hyperlink ref="D48" r:id="rId40"/>
     <hyperlink ref="D49" r:id="rId41"/>
     <hyperlink ref="D50" r:id="rId42"/>
     <hyperlink ref="D51" r:id="rId43"/>
     <hyperlink ref="D52" r:id="rId44"/>
-    <hyperlink ref="D54" r:id="rId45"/>
+    <hyperlink ref="D53" r:id="rId45"/>
     <hyperlink ref="D55" r:id="rId46"/>
     <hyperlink ref="D56" r:id="rId47"/>
     <hyperlink ref="D57" r:id="rId48"/>
     <hyperlink ref="D58" r:id="rId49"/>
     <hyperlink ref="D59" r:id="rId50"/>
     <hyperlink ref="D60" r:id="rId51"/>
     <hyperlink ref="D61" r:id="rId52"/>
     <hyperlink ref="D62" r:id="rId53"/>
     <hyperlink ref="D63" r:id="rId54"/>
     <hyperlink ref="D64" r:id="rId55"/>
     <hyperlink ref="D65" r:id="rId56"/>
     <hyperlink ref="D66" r:id="rId57"/>
     <hyperlink ref="D67" r:id="rId58"/>
     <hyperlink ref="D68" r:id="rId59"/>
     <hyperlink ref="D69" r:id="rId60"/>
     <hyperlink ref="D70" r:id="rId61"/>
     <hyperlink ref="D71" r:id="rId62"/>
     <hyperlink ref="D72" r:id="rId63"/>
     <hyperlink ref="D73" r:id="rId64"/>
-    <hyperlink ref="D75" r:id="rId65"/>
+    <hyperlink ref="D74" r:id="rId65"/>
     <hyperlink ref="D76" r:id="rId66"/>
     <hyperlink ref="D77" r:id="rId67"/>
     <hyperlink ref="D78" r:id="rId68"/>
     <hyperlink ref="D79" r:id="rId69"/>
     <hyperlink ref="D80" r:id="rId70"/>
     <hyperlink ref="D81" r:id="rId71"/>
     <hyperlink ref="D82" r:id="rId72"/>
     <hyperlink ref="D83" r:id="rId73"/>
     <hyperlink ref="D84" r:id="rId74"/>
     <hyperlink ref="D85" r:id="rId75"/>
     <hyperlink ref="D86" r:id="rId76"/>
     <hyperlink ref="D87" r:id="rId77"/>
     <hyperlink ref="D88" r:id="rId78"/>
     <hyperlink ref="D89" r:id="rId79"/>
     <hyperlink ref="D90" r:id="rId80"/>
     <hyperlink ref="D91" r:id="rId81"/>
     <hyperlink ref="D92" r:id="rId82"/>
     <hyperlink ref="D93" r:id="rId83"/>
     <hyperlink ref="D94" r:id="rId84"/>
-    <hyperlink ref="D96" r:id="rId85"/>
+    <hyperlink ref="D95" r:id="rId85"/>
     <hyperlink ref="D97" r:id="rId86"/>
     <hyperlink ref="D98" r:id="rId87"/>
     <hyperlink ref="D99" r:id="rId88"/>
     <hyperlink ref="D100" r:id="rId89"/>
-    <hyperlink ref="D102" r:id="rId90"/>
+    <hyperlink ref="D101" r:id="rId90"/>
     <hyperlink ref="D103" r:id="rId91"/>
     <hyperlink ref="D104" r:id="rId92"/>
     <hyperlink ref="D105" r:id="rId93"/>
     <hyperlink ref="D106" r:id="rId94"/>
     <hyperlink ref="D107" r:id="rId95"/>
-    <hyperlink ref="D109" r:id="rId96"/>
+    <hyperlink ref="D108" r:id="rId96"/>
     <hyperlink ref="D110" r:id="rId97"/>
     <hyperlink ref="D111" r:id="rId98"/>
     <hyperlink ref="D112" r:id="rId99"/>
     <hyperlink ref="D113" r:id="rId100"/>
     <hyperlink ref="D114" r:id="rId101"/>
     <hyperlink ref="D115" r:id="rId102"/>
-    <hyperlink ref="D116" r:id="rId103"/>
-[...12 lines deleted...]
-    <hyperlink ref="D130" r:id="rId116"/>
+    <hyperlink ref="D117" r:id="rId103"/>
+    <hyperlink ref="D118" r:id="rId104"/>
+    <hyperlink ref="D119" r:id="rId105"/>
+    <hyperlink ref="D120" r:id="rId106"/>
+    <hyperlink ref="D122" r:id="rId107"/>
+    <hyperlink ref="D123" r:id="rId108"/>
+    <hyperlink ref="D124" r:id="rId109"/>
+    <hyperlink ref="D125" r:id="rId110"/>
+    <hyperlink ref="D126" r:id="rId111"/>
+    <hyperlink ref="D127" r:id="rId112"/>
+    <hyperlink ref="D128" r:id="rId113"/>
+    <hyperlink ref="D129" r:id="rId114"/>
+    <hyperlink ref="D130" r:id="rId115"/>
+    <hyperlink ref="D131" r:id="rId116"/>
     <hyperlink ref="D132" r:id="rId117"/>
     <hyperlink ref="D133" r:id="rId118"/>
     <hyperlink ref="D134" r:id="rId119"/>
     <hyperlink ref="D135" r:id="rId120"/>
-    <hyperlink ref="D137" r:id="rId121"/>
-[...8 lines deleted...]
-    <hyperlink ref="D146" r:id="rId130"/>
+    <hyperlink ref="D136" r:id="rId121"/>
+    <hyperlink ref="D137" r:id="rId122"/>
+    <hyperlink ref="D138" r:id="rId123"/>
+    <hyperlink ref="D139" r:id="rId124"/>
+    <hyperlink ref="D140" r:id="rId125"/>
+    <hyperlink ref="D141" r:id="rId126"/>
+    <hyperlink ref="D142" r:id="rId127"/>
+    <hyperlink ref="D143" r:id="rId128"/>
+    <hyperlink ref="D144" r:id="rId129"/>
+    <hyperlink ref="D145" r:id="rId130"/>
     <hyperlink ref="D147" r:id="rId131"/>
     <hyperlink ref="D148" r:id="rId132"/>
     <hyperlink ref="D149" r:id="rId133"/>
     <hyperlink ref="D150" r:id="rId134"/>
     <hyperlink ref="D151" r:id="rId135"/>
     <hyperlink ref="D152" r:id="rId136"/>
     <hyperlink ref="D153" r:id="rId137"/>
     <hyperlink ref="D154" r:id="rId138"/>
     <hyperlink ref="D155" r:id="rId139"/>
     <hyperlink ref="D156" r:id="rId140"/>
     <hyperlink ref="D157" r:id="rId141"/>
     <hyperlink ref="D158" r:id="rId142"/>
     <hyperlink ref="D159" r:id="rId143"/>
     <hyperlink ref="D160" r:id="rId144"/>
+    <hyperlink ref="D161" r:id="rId145"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>