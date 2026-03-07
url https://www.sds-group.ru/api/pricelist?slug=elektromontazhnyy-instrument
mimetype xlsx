--- v2 (2026-01-21)
+++ v3 (2026-03-07)
@@ -8,997 +8,1009 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="604" uniqueCount="315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="612" uniqueCount="319">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Электромонтажный инструмент</t>
   </si>
   <si>
     <t>1.1 Обжим изолированных клемм (НКи, НВи, РПи, РППи, РШПи, ГСи)</t>
   </si>
   <si>
+    <t>12-3016</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336N для обжима изолированных и неизолированных гильз 1,5-10,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-3021</t>
+  </si>
+  <si>
+    <t>Кримпер для обжима изолированных клемм 0,5-6,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3014</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336H для обжима изолированных автоклемм 0,5-6,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3014-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336H для обжима изолированных автоклемм 0,5-6,0мм² PROconnect</t>
+  </si>
+  <si>
     <t>12-3016-4</t>
   </si>
   <si>
     <t>Кримпер HT-336N для обжима изолированных и неизолированных гильз 1,5-10,0мм² PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...28 lines deleted...]
-  <si>
     <t>1.2 Обжим неизолированных клемм (НК, НВ, РП, РПП, РШП, ГС)</t>
   </si>
   <si>
+    <t>12-3033</t>
+  </si>
+  <si>
+    <t>Кримпер HT-204 для обжима наконечников и зачистки проводов REXANT</t>
+  </si>
+  <si>
+    <t>12-3032</t>
+  </si>
+  <si>
+    <t>Кримпер HT-202B для обжима автоклемм 0,10-6,0мм² REXANT</t>
+  </si>
+  <si>
     <t>12-3001-4</t>
   </si>
   <si>
     <t>Кримпер HT-236C для обжима неизолированных автоклемм 0,5-6,0мм² PROconnect</t>
   </si>
   <si>
+    <t>12-3031</t>
+  </si>
+  <si>
+    <t>Кримпер HT-202A для обжима неизолированных клемм 0,35-6,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3031-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-202A для обжима автоклемм 0,35-6,0мм² PROconnect</t>
+  </si>
+  <si>
     <t>12-3032-4</t>
   </si>
   <si>
     <t>Кримпер HT-202B для обжима автоклемм 0,10-6,0мм² PROconnect</t>
   </si>
   <si>
-    <t>12-3031-4</t>
-[...10 lines deleted...]
-  <si>
     <t>12-3001</t>
   </si>
   <si>
     <t>Кримпер HT-236C для обжима неизолированных автоклемм 0,5-6,0мм² REXANT</t>
   </si>
   <si>
-    <t>12-3031</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3 Прессы механические для опрессовки силовых наконечников и гильз ТМ, ТМЛ, ГМ, ГМЛ</t>
   </si>
   <si>
+    <t>12-3071</t>
+  </si>
+  <si>
+    <t>Пресс-клещи CT-1632 для обжима металлопластиковых труб REXANT</t>
+  </si>
+  <si>
+    <t>12-3058</t>
+  </si>
+  <si>
+    <t>Пресс механический универсальный ZHT-150 для клиновидной опрессовки наконечников 10-120мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3055</t>
+  </si>
+  <si>
+    <t>Кримпер HT-2515 для обжима силовых наконечников и гильз 6,0-50,0мм² REXANT</t>
+  </si>
+  <si>
     <t>12-3057</t>
   </si>
   <si>
     <t>Кримпер HT-2517 для обжима силовых наконечников и гильз 16-120мм² REXANT</t>
   </si>
   <si>
-    <t>12-3071</t>
-[...4 lines deleted...]
-  <si>
     <t>12-3051</t>
   </si>
   <si>
     <t>Кримпер HT-25L для обжима неизолированных наконечников и гильз 6,0-26,0мм² REXANT</t>
   </si>
   <si>
     <t>12-3041</t>
   </si>
   <si>
     <t>Кримпер HT-6010 для обжима неизолированных наконечников и гильз 1,5-16,0мм² REXANT</t>
   </si>
   <si>
-    <t>12-3058</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4 Прессы гидравлические для опрессовки силовых наконечников и гильз ТМ, ТМЛ, ГМ, ГМЛ</t>
   </si>
   <si>
+    <t>12-3061</t>
+  </si>
+  <si>
+    <t>Пресс гидравлический CT-70 для наконечников 4-70мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3062</t>
+  </si>
+  <si>
+    <t>Пресс гидравлический CT-120 для наконечников 10-120мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3063</t>
+  </si>
+  <si>
+    <t>Пресс гидравлический CT-240 для наконечников 16-240мм² REXANT</t>
+  </si>
+  <si>
     <t>12-3064</t>
   </si>
   <si>
     <t>Пресс гидравлический CT-300 для наконечников 10-300мм² REXANT</t>
   </si>
   <si>
-    <t>12-3063</t>
-[...16 lines deleted...]
-  <si>
     <t>1.5 Обжим штыревых наконечников НШВ, НШВи, НШВи (2)</t>
   </si>
   <si>
+    <t>12-3013</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336E для обжима штыревых наконечников 0,5-4,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3208</t>
+  </si>
+  <si>
+    <t>Пресс-клещи HT-16M для обжима втулочных наконечников 0,5-16мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3209</t>
+  </si>
+  <si>
+    <t>Пресс-клещи HT-35M для обжима втулочных наконечников 10-35мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3205</t>
+  </si>
+  <si>
+    <t>Кримпер HT-866 для обжима штыревых наконечников 0,08-6,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3206</t>
+  </si>
+  <si>
+    <t>Кримпер HT-8164 для обжима штыревых наконечников 6,0-16,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3019</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336S для обжима штыревых наконечников 6,0-10,0-16,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3202-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-864 для обжима штыревых наконечников 0,25-6,0мм² PROconnect</t>
+  </si>
+  <si>
+    <t>12-3205-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-866 для обжима штыревых наконечников 0,25-6,0мм² PROconnect</t>
+  </si>
+  <si>
+    <t>12-3216-1</t>
+  </si>
+  <si>
+    <t>Кримпер HT-16-4 для обжима штыревых наконечников 0,08-16,0мм², с регулятором прижимного усилия REXANT</t>
+  </si>
+  <si>
+    <t>12-3210-1</t>
+  </si>
+  <si>
+    <t>Кримпер HT-10-6 для обжима штыревых наконечников 0,08-10,0мм² с регулятором прижимного усилия REXANT</t>
+  </si>
+  <si>
+    <t>12-3219</t>
+  </si>
+  <si>
+    <t>Кримпер комбинированный HT-02525 для обжима изолированных и штыревых наконечников 0,5 - 2,5мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3222</t>
+  </si>
+  <si>
+    <t>Кримпер HT-5-26TW для обжима двойных штыревых наконечников 2x(0,5-6,0)мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-3220</t>
+  </si>
+  <si>
+    <t>Пресс механический HT-50WF для обжима втулочных наконечников 10-50мм² REXANT</t>
+  </si>
+  <si>
     <t>12-3013-4</t>
   </si>
   <si>
     <t>Кримпер для обжима штыревых наконечников 0,5-4,0мм² PROconnect</t>
   </si>
   <si>
-    <t>12-3205-4</t>
-[...2 lines deleted...]
-    <t>Кримпер HT-866 для обжима штыревых наконечников 0,25-6,0мм² PROconnect</t>
+    <t>12-3202</t>
+  </si>
+  <si>
+    <t>Кримпер HT-864 для обжима штыревых наконечников 0,25-6,0мм² REXANT</t>
   </si>
   <si>
     <t>12-3019-4</t>
   </si>
   <si>
     <t>Кримпер HT-336S для обжима штыревых наконечников 6,0-10,0-16,0мм² PROconnect</t>
   </si>
   <si>
-    <t>12-3202-4</t>
-[...46 lines deleted...]
-  <si>
     <t>12-3303</t>
   </si>
   <si>
     <t>Кримпер HT-900 для обжима штыревых наконечников 0,25-10 мм² REXANT</t>
   </si>
   <si>
-    <t>12-3216-1</t>
-[...28 lines deleted...]
-  <si>
     <t>1.6 Обжим коаксиальных разъемов F и BNC</t>
   </si>
   <si>
+    <t>12-3215</t>
+  </si>
+  <si>
+    <t>Кримпер HT-336K для обжима F и BNC разъемов типа RG-8, RG-11, RG-174, RG-179, RG-213 REXANT</t>
+  </si>
+  <si>
+    <t>12-3204</t>
+  </si>
+  <si>
+    <t>Кримпер HT-106-E для обжима F и BNC разъемов типа RG-58, RG-6, RG-11, RG-213 REXANT</t>
+  </si>
+  <si>
     <t>12-3214</t>
   </si>
   <si>
-    <t>Кримпер HT-301 PA для обжима F и BNC разъемов типа RG-58, RG-59, RG-62, RG-6 REXANT</t>
+    <t>Кримпер HT-236 PA для обжима F и BNC разъемов типа RG-58, RG-59, RG-62, RG-6 REXANT</t>
   </si>
   <si>
     <t>12-3212</t>
   </si>
   <si>
     <t>Кримпер HT-336A для обжима F и BNC разъемов типа RG-59, RG-58, RG-62 REXANT</t>
   </si>
   <si>
     <t>12-3213</t>
   </si>
   <si>
     <t>Кримпер HT-336G для обжима F и BNC разъемов типа RG-59, RG-58, RG-62, RG-174, Fiber Optic REXANT</t>
   </si>
   <si>
     <t>12-3015</t>
   </si>
   <si>
     <t>Кримпер HT-336J для обжима F и BNC разъемов типа RG-174, RG-179, Fiber Optic REXANT</t>
   </si>
   <si>
-    <t>12-3215</t>
-[...10 lines deleted...]
-  <si>
     <t>1.7 Обжим компьютерных и телефонных разъемов RJ</t>
   </si>
   <si>
+    <t>12-3432-1</t>
+  </si>
+  <si>
+    <t>Кримпер HT-568R ТАЙВАНЬ для обжима 8P8C, 6P6C REXANT</t>
+  </si>
+  <si>
+    <t>12-3442-1</t>
+  </si>
+  <si>
+    <t>Кримпер HT-200R ТАЙВАНЬ для обжима 10P10C, 8P8C, 6P6C, 4P4C REXANT</t>
+  </si>
+  <si>
+    <t>12-3434-1</t>
+  </si>
+  <si>
+    <t>Кримпер HT-500R для обжима ТАЙВАНЬ 8P8C, 6P4C REXANT</t>
+  </si>
+  <si>
+    <t>12-3450-4</t>
+  </si>
+  <si>
+    <t>Кримпер HT-668 для обжима 8P8C/6P6C REXANT</t>
+  </si>
+  <si>
+    <t>12-3451</t>
+  </si>
+  <si>
+    <t>Кримпер HT-210N для обжима 8P8C REXANT</t>
+  </si>
+  <si>
+    <t>12-3435</t>
+  </si>
+  <si>
+    <t>Кримпер для обжима 8P8C, 6P6C, 6P4C, 6P2C REXANT</t>
+  </si>
+  <si>
+    <t>12-3442</t>
+  </si>
+  <si>
+    <t>Кримпер HT-200R для обжима 10P10C, 8P8C, 6P6C, 4P4C REXANT</t>
+  </si>
+  <si>
     <t>12-3451-4</t>
   </si>
   <si>
     <t>Кримпер HT-210N для обжима 8P8C PROconnect</t>
   </si>
   <si>
     <t>12-3442-4</t>
   </si>
   <si>
     <t>Кримпер HT-200R для обжима 8P8C, 6P6C, 4P4C PROconnect</t>
   </si>
   <si>
     <t>12-3441-4</t>
   </si>
   <si>
     <t xml:space="preserve">Кримпер HT-315 для обжима 8P8C, 6P6C, 4P4C PROconnect </t>
   </si>
   <si>
     <t>12-3434-4</t>
   </si>
   <si>
     <t>Кримпер HT-500R для обжима 8P8C, 6P4C PROconnect</t>
   </si>
   <si>
     <t>12-3432-4</t>
   </si>
   <si>
     <t>Кримпер HT-568R для обжима 8P8C, 6P6C PROconnect</t>
   </si>
   <si>
+    <t>12-3443</t>
+  </si>
+  <si>
+    <t>Кримпер HT-468S для обжима 8P8C, 6P6C, 4P4C REXANT</t>
+  </si>
+  <si>
+    <t>12-3441</t>
+  </si>
+  <si>
+    <t>Кримпер HT-315 для обжима 8P8C, 6P6C, 4P4C, заделка витой пары REXANT</t>
+  </si>
+  <si>
+    <t>12-3452</t>
+  </si>
+  <si>
+    <t>Кримпер HT-210T для обжима 8P8C REXANT</t>
+  </si>
+  <si>
+    <t>12-3453</t>
+  </si>
+  <si>
+    <t>Кримпер HT-808 PROFI для обжима торцевой 8P8C REXANT</t>
+  </si>
+  <si>
     <t>12-3432-6</t>
   </si>
   <si>
-    <t>12-3432-1</t>
-[...14 lines deleted...]
-    <t>Кримпер HT-500R для обжима ТАЙВАНЬ 8P8C, 6P4C REXANT</t>
+    <t>12-3434</t>
+  </si>
+  <si>
+    <t>Кримпер HT-500R для обжима 8P8C, 6P4C REXANT</t>
+  </si>
+  <si>
+    <t>12-3432</t>
+  </si>
+  <si>
+    <t>Кримпер HT-568R для обжима 8P8C, 6P6C REXANT</t>
   </si>
   <si>
     <t>012-0568RH</t>
   </si>
   <si>
     <t>Комплект ручек для кримпера REXANT HT-568R</t>
   </si>
   <si>
-    <t>12-3453</t>
-[...58 lines deleted...]
-  <si>
     <t>1.8 Инструмент для зачистки кабеля (стрипперы)</t>
   </si>
   <si>
+    <t>12-4001</t>
+  </si>
+  <si>
+    <t>Инструмент HT-150B для зачистки многожильного кабеля REXANT</t>
+  </si>
+  <si>
+    <t>12-4005</t>
+  </si>
+  <si>
+    <t>Инструмент HT-766 для зачистки кабеля 0,2-6,0мм² и обжима наконечников REXANT</t>
+  </si>
+  <si>
+    <t>12-4021</t>
+  </si>
+  <si>
+    <t>Инструмент HT-5021 для зачистки кабеля 0,6-2,6мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4001-4</t>
+  </si>
+  <si>
+    <t>Инструмент HT-150B для зачистки многожильного кабеля PROconnect</t>
+  </si>
+  <si>
+    <t>12-4005-4</t>
+  </si>
+  <si>
+    <t>Инструмент HT-766 для зачистки кабеля и обжима наконечников PROconnect</t>
+  </si>
+  <si>
+    <t>12-4004</t>
+  </si>
+  <si>
+    <t>Инструмент HT-369C для зачистки кабеля 0,3-6мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4025</t>
+  </si>
+  <si>
+    <t>Инструмент HT-1042 для зачистки кабеля 0,20-1,25мм² REXANT</t>
+  </si>
+  <si>
     <t>12-4015-4</t>
   </si>
   <si>
     <t>Инструмент HT-0525 для зачистки кабеля 0,2-6мм² PROconnect</t>
   </si>
   <si>
+    <t>12-4054</t>
+  </si>
+  <si>
+    <t>Инструмент HT-5PG для продольной и поперечной зачистки кабеля от 25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4646</t>
+  </si>
+  <si>
+    <t>Плоскогубцы для зачистки проводов 160мм никелированные, двухкомпонентные рукоятки REXANT</t>
+  </si>
+  <si>
+    <t>12-4031</t>
+  </si>
+  <si>
+    <t>Инструмент HT-223 для зачистки кабеля 0,5-4,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4003</t>
+  </si>
+  <si>
+    <t>Инструмент HT-369B для зачистки кабеля 1,0-3,2мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4052</t>
+  </si>
+  <si>
+    <t>Инструмент HT-325 для продольной зачистки кабеля 4,5-25,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4053</t>
+  </si>
+  <si>
+    <t>Инструмент HT-335 для продольной зачистки кабеля 25,0-36,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4002</t>
+  </si>
+  <si>
+    <t>Инструмент HT-369А для зачистки кабеля 0,5-2,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4024</t>
+  </si>
+  <si>
+    <t>Инструмент HT-1041 для зачистки кабеля 0,9-6,0мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4026</t>
+  </si>
+  <si>
+    <t>Инструмент HT-1043 для зачистки кабеля 0,25-0,65мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4023</t>
+  </si>
+  <si>
+    <t>Инструмент HT-5023 для зачистки кабеля 0,25-0,8мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4022</t>
+  </si>
+  <si>
+    <t>Инструмент HT-5022 для зачистки кабеля 0,5-1,6мм² REXANT</t>
+  </si>
+  <si>
     <t>12-4005-6</t>
   </si>
   <si>
     <t>Инструмент для зачистки кабеля 0,2-6,0 мм² и обжима наконечников (HT-766М) PROconnect</t>
   </si>
   <si>
-    <t>12-4001-4</t>
-[...106 lines deleted...]
-  <si>
     <t>1.9 Зачистка витой пары и коаксиального кабеля</t>
   </si>
   <si>
+    <t>12-4016-4</t>
+  </si>
+  <si>
+    <t>Инструмент HT-302 для зачистки и обрезки кабелей RG-58, RG-59, RG-6, RG-11 REXANT</t>
+  </si>
+  <si>
+    <t>12-4042-4</t>
+  </si>
+  <si>
+    <t>Инструмент HT-S-501B для зачистки и обрезки витой пары PROconnect</t>
+  </si>
+  <si>
+    <t>12-4042</t>
+  </si>
+  <si>
+    <t>Инструмент HT-S-501B для зачистки и обрезки витой пары REXANT</t>
+  </si>
+  <si>
+    <t>12-4011</t>
+  </si>
+  <si>
+    <t>Инструмент HT-332 для зачистки коаксиального кабеля RG-58, RG-59, RG-6 REXANT</t>
+  </si>
+  <si>
     <t>12-4011-4</t>
   </si>
   <si>
     <t>Инструмент HT-332 для зачистки коаксиального кабеля RG-58, RG-59, RG-6 PROconnect</t>
   </si>
   <si>
-    <t>12-4042-4</t>
-[...22 lines deleted...]
-  <si>
     <t>1.10 Инструмент для заделки кабеля</t>
   </si>
   <si>
+    <t>12-4222</t>
+  </si>
+  <si>
+    <t>Инструмент HT-324B для заделки и обрезки витой пары, 110-го типа контактов REXANT</t>
+  </si>
+  <si>
+    <t>12-4201</t>
+  </si>
+  <si>
+    <t>Инструмент HT-3141 для заделки и обрезки витой пары, 110 типа контактов REXANT</t>
+  </si>
+  <si>
+    <t>12-4231</t>
+  </si>
+  <si>
+    <t>Инструмент HT-318M для заделки и обрезки витой пары, 110 типа контактов MINI REXANT</t>
+  </si>
+  <si>
+    <t>12-4224</t>
+  </si>
+  <si>
+    <t>Кросс-нож HT-324B для заделки и обрезки витой пары, 110-го типа контактов REXANT</t>
+  </si>
+  <si>
     <t>12-4201-4</t>
   </si>
   <si>
     <t>Инструмент для заделки витой пары, 110 типа контактов  PROconnect</t>
   </si>
   <si>
-    <t>12-4222</t>
-[...10 lines deleted...]
-  <si>
     <t>12-4221</t>
   </si>
   <si>
     <t>Инструмент HT-314B для заделки витой пары, 110 типа контактов REXANT</t>
   </si>
   <si>
-    <t>12-4224</t>
-[...11 lines deleted...]
-    <t>1.11 Ножи монтажные</t>
+    <t>1.11 Кабелерезы, троссорезы, кабельные ножницы</t>
+  </si>
+  <si>
+    <t>12-4948</t>
+  </si>
+  <si>
+    <t>Ножницы секторные RN-75 REXANT</t>
+  </si>
+  <si>
+    <t>12-4627</t>
+  </si>
+  <si>
+    <t>Кабелерез 200мм никелированный, обливные рукоятки REXANT</t>
+  </si>
+  <si>
+    <t>12-4628</t>
+  </si>
+  <si>
+    <t>Кабелерез 250мм никелированный, обливные рукоятки REXANT</t>
+  </si>
+  <si>
+    <t>12-5412</t>
+  </si>
+  <si>
+    <t>Кабелерез HT-50A МАСТЕР диаметр до 13,5мм, с функцией зачистки кабеля 0,5-6мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4946</t>
+  </si>
+  <si>
+    <t>Гидравлические ножницы RN-40 REXANT</t>
+  </si>
+  <si>
+    <t>12-4947</t>
+  </si>
+  <si>
+    <t>Гидравлические ножницы RN-50 REXANT</t>
+  </si>
+  <si>
+    <t>12-4626</t>
+  </si>
+  <si>
+    <t>Кабелерез 180мм никелированный, двухкомпонентные рукоятки REXANT</t>
+  </si>
+  <si>
+    <t>12-4945</t>
+  </si>
+  <si>
+    <t>Ножницы универсальные 140мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5420</t>
+  </si>
+  <si>
+    <t>Кабелерез RN-150G диаметр до 25мм REXANT</t>
+  </si>
+  <si>
+    <t>12-5421</t>
+  </si>
+  <si>
+    <t>Кабелерез RN-300G диаметр до 35мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4402</t>
+  </si>
+  <si>
+    <t>Инструмент HT-325 A для обрезки кабеля 32,0-240мм² REXANT</t>
+  </si>
+  <si>
+    <t>12-4973</t>
+  </si>
+  <si>
+    <t>Болторез с двойным рычагом, 600мм, 24" REXANT</t>
+  </si>
+  <si>
+    <t>12-4972</t>
+  </si>
+  <si>
+    <t>Болторез с двойным рычагом, 450мм, 18" REXANT</t>
+  </si>
+  <si>
+    <t>12-4975</t>
+  </si>
+  <si>
+    <t>Болторез с двойным рычагом, 900мм, 36" REXANT</t>
+  </si>
+  <si>
+    <t>12-4974</t>
+  </si>
+  <si>
+    <t>Болторез с двойным рычагом, 760мм, 30" REXANT</t>
+  </si>
+  <si>
+    <t>1.12 Ножи монтажные</t>
+  </si>
+  <si>
+    <t>12-4932</t>
+  </si>
+  <si>
+    <t>Нож монтажный, нержавеющая сталь, лезвие 42мм REXANT</t>
+  </si>
+  <si>
+    <t>12-4935</t>
+  </si>
+  <si>
+    <t>Нож монтажный, нержавеющая сталь, с пяткой REXANT</t>
+  </si>
+  <si>
+    <t>12-4936</t>
+  </si>
+  <si>
+    <t>Нож монтажный, нержавеющая сталь, прямое лезвие REXANT</t>
   </si>
   <si>
     <t>12-4931</t>
   </si>
   <si>
     <t>Нож монтажный, нержавеющая сталь, двухсторонняя заточка, лезвие 33мм REXANT</t>
   </si>
   <si>
     <t>12-4933</t>
   </si>
   <si>
     <t>Нож монтажный, нержавеющая сталь, лезвие 50мм REXANT</t>
   </si>
   <si>
-    <t>12-4932</t>
-[...10 lines deleted...]
-  <si>
     <t>12-4937</t>
   </si>
   <si>
     <t>Нож монтажный, нержавеющая сталь, изогнутое лезвие REXANT</t>
   </si>
   <si>
-    <t>12-4935</t>
-[...5 lines deleted...]
-    <t>1.12 Инструмент для стяжек</t>
+    <t>1.13 Инструмент для стяжек</t>
+  </si>
+  <si>
+    <t>12-4521</t>
+  </si>
+  <si>
+    <t>Монтажный инструмент ПС-600А для стяжек REXANT</t>
   </si>
   <si>
     <t>12-4524</t>
   </si>
   <si>
     <t>Инструмент HT-51 для монтажа стяжек 2,4-10мм REXANT</t>
   </si>
   <si>
     <t>12-4522</t>
   </si>
   <si>
     <t>Инструмент HT-600G для монтажа стальных стяжек 4,6-7,9мм REXANT</t>
   </si>
   <si>
     <t>12-4541</t>
   </si>
   <si>
     <t>Монтажный инструмент ПС-100 для стяжек REXANT</t>
   </si>
   <si>
-    <t>12-4521</t>
-[...5 lines deleted...]
-    <t>1.13 Устройство закладки кабеля (протяжки кабельные)</t>
+    <t>07-1600</t>
+  </si>
+  <si>
+    <t>Инструмент с храповым механизмом для натяжения стальной ленты RX1 REXANT</t>
+  </si>
+  <si>
+    <t>07-1601</t>
+  </si>
+  <si>
+    <t>Инструмент для натяжения стальной ленты RX2 REXANT</t>
+  </si>
+  <si>
+    <t>1.14 Устройство закладки кабеля (протяжки кабельные)</t>
+  </si>
+  <si>
+    <t>47-1070</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 70м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1005</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 5м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1010</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 10м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1015</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 15м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1003</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 3м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1050</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 50м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1100</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 100м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1020</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 20м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1030</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 30м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1005-1</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), нейлон, d=3мм, 5м, латунный наконечник, заглушка REXANT</t>
+  </si>
+  <si>
+    <t>47-1010-1</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), нейлон, d=3мм,10м, латунный наконечник, заглушка REXANT</t>
+  </si>
+  <si>
+    <t>47-1015-1</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), нейлон, d=3мм, 15м, латунный наконечник, заглушка REXANT</t>
+  </si>
+  <si>
+    <t>47-1007</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 7м, красная REXANT</t>
+  </si>
+  <si>
+    <t>47-1025</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,5мм, 25м, красная REXANT</t>
   </si>
   <si>
     <t>47-1005-6</t>
   </si>
   <si>
     <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,0мм, 5м PROconnect</t>
   </si>
   <si>
+    <t>47-1010-6</t>
+  </si>
+  <si>
+    <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,0мм, 10м PROconnect</t>
+  </si>
+  <si>
     <t>47-1015-6</t>
   </si>
   <si>
     <t>Протяжка кабельная (мини-УЗК в бухте), стеклопруток, d=3,0мм, 15м PROconnect</t>
   </si>
   <si>
-    <t>47-1010-6</t>
-[...16 lines deleted...]
-  <si>
     <t>47-1150</t>
   </si>
   <si>
     <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 50м, красная REXANT</t>
   </si>
   <si>
     <t>47-1110</t>
   </si>
   <si>
     <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 100м, красная REXANT</t>
   </si>
   <si>
     <t>47-1115</t>
   </si>
   <si>
     <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 150м, красная REXANT</t>
   </si>
   <si>
-    <t>47-1020</t>
-[...22 lines deleted...]
-  <si>
     <t>47-1200</t>
   </si>
   <si>
     <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 200м, красная REXANT</t>
   </si>
   <si>
     <t>47-1250</t>
   </si>
   <si>
     <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 250м, красная REXANT</t>
   </si>
   <si>
     <t>47-1300</t>
   </si>
   <si>
     <t>Протяжка кабельная (УЗК в тележке), стеклопруток, d=11,0мм, 300м, красная REXANT</t>
   </si>
   <si>
-    <t>47-1010-1</t>
-[...16 lines deleted...]
-  <si>
     <t>47-2030</t>
   </si>
   <si>
     <t>Протяжка кабельная (УЗК в напольной катушке), стеклопруток, d=6,0мм, 30м, красная REXANT</t>
-  </si>
-[...121 lines deleted...]
-    <t>Кабелерез HT-50A МАСТЕР диаметр до 13,5мм, с функцией зачистки кабеля 0,5-6мм² REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1383,56 +1395,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336n-dlya-obzhima-izolirovannyh-i-neizolirovannyh-gilz-1-5-10-0mm-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336h-dlya-obzhima-izolirovannyh-avtoklemm-0-5-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336n-dlya-obzhima-izolirovannyh-i-neizolirovannyh-gilz-1-5-10-0mm-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-obzhima-izolirovannyh-klemm-0-5-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336h-dlya-obzhima-izolirovannyh-avtoklemm-0-5-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-236c-dlya-obzhima-neizolirovannyh-avtoklemm-0-5-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-202b-dlya-obzhima-avtoklemm-0-10-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-202a-dlya-obzhima-avtoklemm-0-35-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-204-dlya-obzhima-nakonechnikov-i-zachistki-provodov-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-236c-dlya-obzhima-neizolirovannyh-avtoklemm-0-5-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-202a-dlya-obzhima-neizolirovannyh-klemm-0-35-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-202b-dlya-obzhima-avtoklemm-0-10-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-2517-dlya-obzhima-silovyh-nakonechnikov-i-gilz-16-120mm-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-ct-1632-dlya-obzhima-metalloplastikovyh-trub-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-25l-dlya-obzhima-neizolirovannyh-nakonechnikov-i-gilz-6-0-26-0mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-6010-dlya-obzhima-neizolirovannyh-nakonechnikov-i-gilz-1-5-16-0mm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-mehanicheskiy-universalnyy-zht-150-dlya-klinovidnoy-opressovki-nakonechnikov-10-120mm-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-2515-dlya-obzhima-silovyh-nakonechnikov-i-gilz-6-0-50-0mm-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-ct-300-dlya-nakonechnikov-10-300mm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-ct-240-dlya-nakonechnikov-16-240mm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-ct-120-dlya-nakonechnikov-10-120mm-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-ct-70-dlya-nakonechnikov-4-70mm-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-obzhima-shtyrevyh-nakonechnikov-0-5-4-0mm-proconnect" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-866-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336s-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-10-0-16-0mm-proconnect" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-864-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-kombinirovannyy-ht-02525-dlya-obzhima-izolirovannyh-i-shtyrevyh-nakonechnikov-0-5-2-5mm-rexa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-5-26tw-dlya-obzhima-dvoynyh-shtyrevyh-nakonechnikov-2x-0-5-6-0-mm-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336e-dlya-obzhima-shtyrevyh-nakonechnikov-0-5-4-0mm-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-ht-16m-dlya-obzhima-vtulochnyh-nakonechnikov-0-5-16mm-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-10-6-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-10-0mm-s-regulyatorom-prizhimnogo-usiliya" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-mehanicheskiy-ht-50wf-dlya-obzhima-vtulochnyh-nakonechnikov-10-50mm-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-864-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-900-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-10-mm-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-16-4-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-16-0mm-s-regulyatorom-prizhimnogo-usiliya" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleschi-ht-35m-dlya-obzhima-vtulochnyh-nakonechnikov-10-35mm-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-866-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-8164-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-16-0mm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336s-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-10-0-16-0mm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-301-pa-dlya-obzhima-f-i-bnc-razemov-tipa-rg-58-rg-59-rg-62-rg-6-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336a-dlya-obzhima-f-i-bnc-razemov-tipa-rg-59-rg-58-rg-62-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336g-dlya-obzhima-f-i-bnc-razemov-tipa-rg-59-rg-58-rg-62-rg-174-fiber-optic-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336j-dlya-obzhima-f-i-bnc-razemov-tipa-rg-174-rg-179-fiber-optic-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336k-dlya-obzhima-f-i-bnc-razemov-tipa-rg-8-rg-11-rg-174-rg-179-rg-213-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-106-e-dlya-obzhima-f-i-bnc-razemov-tipa-rg-58-rg-6-rg-11-rg-213-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-210n-dlya-obzhima-8p8c-proconnect" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-200r-dlya-obzhima-8p8c-6p6c-4p4c-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-315-dlya-obzhima-8p8c-6p6c-4p4c-proconnect" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-500r-dlya-obzhima-8p8c-6p4c-proconnect" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-568r-dlya-obzhima-8p8c-6p6c-proconnect" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-568r-dlya-obzhima-8p8c-6p6c-proconnect-2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-568r-tayvan-dlya-obzhima-8p8c-6p6c-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-200r-tayvan-dlya-obzhima-10p10c-8p8c-6p6c-4p4c-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-500r-dlya-obzhima-tayvan-8p8c-6p4c-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-ruchek-dlya-krimpera-rexant-ht-568r" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-808-profi-dlya-obzhima-tortsevoy-8p8c-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-315-dlya-obzhima-8p8c-6p6c-4p4c-zadelka-vitoy-pary-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-668-dlya-obzhima-8p8c-6p6c-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-obzhima-8p8c-6p6c-6p4c-6p2c-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-500r-dlya-obzhima-8p8c-6p4c-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-468s-dlya-obzhima-8p8c-6p6c-4p4c-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-210n-dlya-obzhima-8p8c-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-200r-dlya-obzhima-10p10c-8p8c-6p6c-4p4c-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-210t-dlya-obzhima-8p8c-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-568r-dlya-obzhima-8p8c-6p6c-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-0525-dlya-zachistki-kabelya-0-2-6mm-proconnect" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-0-2-6-0-mm-i-obzhima-nakonechnikov-ht-766m-proconnect" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-150b-dlya-zachistki-mnogozhilnogo-kabelya-proconnect" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-766-dlya-zachistki-kabelya-i-obzhima-nakonechnikov-proconnect" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-5021-dlya-zachistki-kabelya-0-6-2-6mm-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-369a-dlya-zachistki-kabelya-0-5-2-0mm-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-369c-dlya-zachistki-kabelya-0-3-6mm-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-dlya-zachistki-provodov-160mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-335-dlya-prodolnoy-zachistki-kabelya-25-0-36-0mm-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-1041-dlya-zachistki-kabelya-0-9-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-5023-dlya-zachistki-kabelya-0-25-0-8mm-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-5022-dlya-zachistki-kabelya-0-5-1-6mm-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-325-dlya-prodolnoy-zachistki-kabelya-4-5-25-0mm-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-5pg-dlya-prodolnoy-i-poperechnoy-zachistki-kabelya-ot-25mm-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-223-dlya-zachistki-kabelya-0-5-4-0mm-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-1043-dlya-zachistki-kabelya-0-25-0-65mm-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-369b-dlya-zachistki-kabelya-1-0-3-2mm-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-150b-dlya-zachistki-mnogozhilnogo-kabelya-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-766-dlya-zachistki-kabelya-0-2-6-0mm-i-obzhima-nakonechnikov-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-1042-dlya-zachistki-kabelya-0-20-1-25mm-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-332-dlya-zachistki-koaksialnogo-kabelya-rg-58-rg-59-rg-6-proconnect" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-s-501b-dlya-zachistki-i-obrezki-vitoy-pary-proconnect" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-332-dlya-zachistki-koaksialnogo-kabelya-rg-58-rg-59-rg-6-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-302-dlya-zachistki-i-obrezki-kabeley-rg-58-rg-59-rg-6-rg-11-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-s-501b-dlya-zachistki-i-obrezki-vitoy-pary-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zadelki-vitoy-pary-110-tipa-kontaktov-proconnect" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-324b-dlya-zadelki-i-obrezki-vitoy-pary-110-go-tipa-kontaktov-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-318m-dlya-zadelki-i-obrezki-vitoy-pary-110-tipa-kontaktov-mini-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-314b-dlya-zadelki-vitoy-pary-110-tipa-kontaktov-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kross-nozh-ht-324b-dlya-zadelki-i-obrezki-vitoy-pary-110-go-tipa-kontaktov-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-3141-dlya-zadelki-i-obrezki-vitoy-pary-110-tipa-kontaktov-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyuschaya-stal-dvuhstoronnyaya-zatochka-lezvie-33mm-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyuschaya-stal-lezvie-50mm-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyuschaya-stal-lezvie-42mm-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyuschaya-stal-pryamoe-lezvie-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyuschaya-stal-izognutoe-lezvie-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyuschaya-stal-s-pyatkoy-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-51-dlya-montazha-styazhek-2-4-10mm-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-600g-dlya-montazha-stalnyh-styazhek-4-6-7-9mm-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-instrument-ps-100-dlya-styazhek-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-instrument-ps-600a-dlya-styazhek-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-5m-proconnect" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-15m-proconnect" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-10m-proconnect" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-15m-latunnyy-nakonechnik-zaglushka-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-50m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-50m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-100m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-150m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-20m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-70m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-10m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-100m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-200m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-250m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-300m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-10m-latunnyy-nakonechnik-zaglushka-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-3m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-25m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-napolnoy-katushke-stekloprutok-d-6-0mm-30m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-5m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-15m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-30m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-5m-latunnyy-nakonechnik-zaglushka-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-7m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gidravlicheskie-nozhnitsy-rn-50-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-180mm-nikelirovannyy-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-universalnye-140mm-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-rn-150g-diametr-do-25mm-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynym-rychagom-600mm-24-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynym-rychagom-450mm-18-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynym-rychagom-760mm-30-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-sektornye-rn-75-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynym-rychagom-900mm-36-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-325-a-dlya-obrezki-kabelya-32-0-240mm-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-200mm-nikelirovannyy-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-250mm-nikelirovannyy-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gidravlicheskie-nozhnitsy-rn-40-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-rn-300g-diametr-do-35mm-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-ht-50a-master-diametr-do-13-5mm-s-funktsiey-zachistki-kabelya-0-5-6mm-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336n-dlya-obzhima-izolirovannyh-i-neizolirovannyh-gilz-1-5-10-0mm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-obzhima-izolirovannyh-klemm-0-5-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336h-dlya-obzhima-izolirovannyh-avtoklemm-0-5-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336h-dlya-obzhima-izolirovannyh-avtoklemm-0-5-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336n-dlya-obzhima-izolirovannyh-i-neizolirovannyh-gilz-1-5-10-0mm-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-204-dlya-obzhima-nakonechnikov-i-zachistki-provodov-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-202b-dlya-obzhima-avtoklemm-0-10-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-236c-dlya-obzhima-neizolirovannyh-avtoklemm-0-5-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-202a-dlya-obzhima-neizolirovannyh-klemm-0-35-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-202a-dlya-obzhima-avtoklemm-0-35-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-202b-dlya-obzhima-avtoklemm-0-10-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-236c-dlya-obzhima-neizolirovannyh-avtoklemm-0-5-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleshchi-ct-1632-dlya-obzhima-metalloplastikovyh-trub-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-mehanicheskiy-universalnyy-zht-150-dlya-klinovidnoy-opressovki-nakonechnikov-10-120mm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-2515-dlya-obzhima-silovyh-nakonechnikov-i-gilz-6-0-50-0mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-2517-dlya-obzhima-silovyh-nakonechnikov-i-gilz-16-120mm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-25l-dlya-obzhima-neizolirovannyh-nakonechnikov-i-gilz-6-0-26-0mm-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-6010-dlya-obzhima-neizolirovannyh-nakonechnikov-i-gilz-1-5-16-0mm-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-ct-70-dlya-nakonechnikov-4-70mm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-ct-120-dlya-nakonechnikov-10-120mm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-ct-240-dlya-nakonechnikov-16-240mm-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-gidravlicheskiy-ct-300-dlya-nakonechnikov-10-300mm-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336e-dlya-obzhima-shtyrevyh-nakonechnikov-0-5-4-0mm-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleshchi-ht-16m-dlya-obzhima-vtulochnyh-nakonechnikov-0-5-16mm-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-kleshchi-ht-35m-dlya-obzhima-vtulochnyh-nakonechnikov-10-35mm-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-866-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-8164-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-16-0mm-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336s-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-10-0-16-0mm-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-864-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-866-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-proconnect" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-16-4-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-16-0mm-s-regulyatorom-prizhimnogo-usiliya-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-10-6-dlya-obzhima-shtyrevyh-nakonechnikov-0-08-10-0mm-s-regulyatorom-prizhimnogo-usiliya-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-kombinirovannyy-ht-02525-dlya-obzhima-izolirovannyh-i-shtyrevyh-nakonechnikov-0-5-2-5mm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-5-26tw-dlya-obzhima-dvoynyh-shtyrevyh-nakonechnikov-2x0-5-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/press-mehanicheskiy-ht-50wf-dlya-obzhima-vtulochnyh-nakonechnikov-10-50mm-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-obzhima-shtyrevyh-nakonechnikov-0-5-4-0mm-proconnect" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-864-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336s-dlya-obzhima-shtyrevyh-nakonechnikov-6-0-10-0-16-0mm-proconnect" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-900-dlya-obzhima-shtyrevyh-nakonechnikov-0-25-10-mm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336k-dlya-obzhima-f-i-bnc-razemov-tipa-rg-8-rg-11-rg-174-rg-179-rg-213-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-106-e-dlya-obzhima-f-i-bnc-razemov-tipa-rg-58-rg-6-rg-11-rg-213-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-236-pa-dlya-obzhima-f-i-bnc-razemov-tipa-rg-58-rg-59-rg-62-rg-6-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336a-dlya-obzhima-f-i-bnc-razemov-tipa-rg-59-rg-58-rg-62-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336g-dlya-obzhima-f-i-bnc-razemov-tipa-rg-59-rg-58-rg-62-rg-174-fiber-optic-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-336j-dlya-obzhima-f-i-bnc-razemov-tipa-rg-174-rg-179-fiber-optic-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-568r-tayvan-dlya-obzhima-8p8c-6p6c-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-200r-tayvan-dlya-obzhima-10p10c-8p8c-6p6c-4p4c-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-500r-dlya-obzhima-tayvan-8p8c-6p4c-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-668-dlya-obzhima-8p8c6p6c-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-210n-dlya-obzhima-8p8c-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-dlya-obzhima-8p8c-6p6c-6p4c-6p2c-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-200r-dlya-obzhima-10p10c-8p8c-6p6c-4p4c-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-210n-dlya-obzhima-8p8c-proconnect" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-200r-dlya-obzhima-8p8c-6p6c-4p4c-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-315-dlya-obzhima-8p8c-6p6c-4p4c-proconnect" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-500r-dlya-obzhima-8p8c-6p4c-proconnect" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-568r-dlya-obzhima-8p8c-6p6c-proconnect" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-468s-dlya-obzhima-8p8c-6p6c-4p4c-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-315-dlya-obzhima-8p8c-6p6c-4p4c-zadelka-vitoy-pary-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-210t-dlya-obzhima-8p8c-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-808-profi-dlya-obzhima-tortsevoy-8p8c-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-568r-dlya-obzhima-8p8c-6p6c-proconnect-2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-500r-dlya-obzhima-8p8c-6p4c-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krimper-ht-568r-dlya-obzhima-8p8c-6p6c-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-ruchek-dlya-krimpera-rexant-ht-568r" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-150b-dlya-zachistki-mnogozhilnogo-kabelya-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-766-dlya-zachistki-kabelya-0-2-6-0mm-i-obzhima-nakonechnikov-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-5021-dlya-zachistki-kabelya-0-6-2-6mm-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-150b-dlya-zachistki-mnogozhilnogo-kabelya-proconnect" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-766-dlya-zachistki-kabelya-i-obzhima-nakonechnikov-proconnect" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-369c-dlya-zachistki-kabelya-0-3-6mm-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-1042-dlya-zachistki-kabelya-0-20-1-25mm-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-0525-dlya-zachistki-kabelya-0-2-6mm-proconnect" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-5pg-dlya-prodolnoy-i-poperechnoy-zachistki-kabelya-ot-25mm-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskogubtsy-dlya-zachistki-provodov-160mm-nikelirovannye-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-223-dlya-zachistki-kabelya-0-5-4-0mm-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-369b-dlya-zachistki-kabelya-1-0-3-2mm-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-325-dlya-prodolnoy-zachistki-kabelya-4-5-25-0mm-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-335-dlya-prodolnoy-zachistki-kabelya-25-0-36-0mm-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-369a-dlya-zachistki-kabelya-0-5-2-0mm-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-1041-dlya-zachistki-kabelya-0-9-6-0mm-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-1043-dlya-zachistki-kabelya-0-25-0-65mm-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-5023-dlya-zachistki-kabelya-0-25-0-8mm-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-5022-dlya-zachistki-kabelya-0-5-1-6mm-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zachistki-kabelya-0-2-6-0-mm-i-obzhima-nakonechnikov-ht-766m-proconnect" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-302-dlya-zachistki-i-obrezki-kabeley-rg-58-rg-59-rg-6-rg-11-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-s-501b-dlya-zachistki-i-obrezki-vitoy-pary-proconnect" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-s-501b-dlya-zachistki-i-obrezki-vitoy-pary-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-332-dlya-zachistki-koaksialnogo-kabelya-rg-58-rg-59-rg-6-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-332-dlya-zachistki-koaksialnogo-kabelya-rg-58-rg-59-rg-6-proconnect" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-324b-dlya-zadelki-i-obrezki-vitoy-pary-110-go-tipa-kontaktov-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-3141-dlya-zadelki-i-obrezki-vitoy-pary-110-tipa-kontaktov-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-318m-dlya-zadelki-i-obrezki-vitoy-pary-110-tipa-kontaktov-mini-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kross-nozh-ht-324b-dlya-zadelki-i-obrezki-vitoy-pary-110-go-tipa-kontaktov-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-zadelki-vitoy-pary-110-tipa-kontaktov-proconnect" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-314b-dlya-zadelki-vitoy-pary-110-tipa-kontaktov-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-sektornye-rn-75-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-200mm-nikelirovannyy-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-250mm-nikelirovannyy-oblivnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-ht-50a-master-diametr-do-13-5mm-s-funktsiey-zachistki-kabelya-0-5-6mm-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gidravlicheskie-nozhnitsy-rn-40-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gidravlicheskie-nozhnitsy-rn-50-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-180mm-nikelirovannyy-dvuhkomponentnye-rukoyatki-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozhnitsy-universalnye-140mm-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-rn-150g-diametr-do-25mm-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelerez-rn-300g-diametr-do-35mm-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-325-a-dlya-obrezki-kabelya-32-0-240mm-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynym-rychagom-600mm-24-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynym-rychagom-450mm-18-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynym-rychagom-900mm-36-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boltorez-s-dvoynym-rychagom-760mm-30-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyushchaya-stal-lezvie-42mm-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyushchaya-stal-s-pyatkoy-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyushchaya-stal-pryamoe-lezvie-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyushchaya-stal-dvuhstoronnyaya-zatochka-lezvie-33mm-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyushchaya-stal-lezvie-50mm-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nozh-montazhnyy-nerzhaveyushchaya-stal-izognutoe-lezvie-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-instrument-ps-600a-dlya-styazhek-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-51-dlya-montazha-styazhek-2-4-10mm-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-ht-600g-dlya-montazha-stalnyh-styazhek-4-6-7-9mm-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-instrument-ps-100-dlya-styazhek-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-s-hrapovym-mehanizmom-dlya-natyazheniya-stalnoy-lenty-rx1-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/instrument-dlya-natyazheniya-stalnoy-lenty-rx2-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-70m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-5m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-10m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-15m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-3m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-50m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-100m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-20m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-30m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-5m-latunnyy-nakonechnik-zaglushka-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-10m-latunnyy-nakonechnik-zaglushka-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-neylon-d-3mm-15m-latunnyy-nakonechnik-zaglushka-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-7m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-5mm-25m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-5m-proconnect" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-10m-proconnect" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-mini-uzk-v-buhte-stekloprutok-d-3-0mm-15m-proconnect" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-50m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-100m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-150m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-200m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-250m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-telezhke-stekloprutok-d-11-0mm-300m-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/protyazhka-kabelnaya-uzk-v-napolnoy-katushke-stekloprutok-d-6-0mm-30m-krasnaya-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I161"/>
+  <dimension ref="A1:I163"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1464,4433 +1476,4491 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1322.1</v>
+        <v>1174.64</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>774</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1322.1</v>
+        <v>1174.64</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>455</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1525.5</v>
+        <v>1174.64</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>237</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1525.5</v>
+        <v>925.47</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>462</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>1525.5</v>
+        <v>925.47</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1059</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>1322.1</v>
+        <v>585.79</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1602</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>844.11</v>
+        <v>763.26</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>2880</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>762.75</v>
+        <v>1044.46</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>829</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>732.24</v>
+        <v>763.26</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>2292</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>1372.95</v>
+        <v>610.2</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>473</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>966.15</v>
+        <v>590.88</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>501</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>966.15</v>
+        <v>1057.17</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>2805</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>8644.5</v>
+        <v>16333.02</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>22374</v>
+        <v>5744.89</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>94</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>3793.41</v>
+        <v>2449.95</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>2440.8</v>
+        <v>6480</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>147</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>8206.99</v>
+        <v>2409</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>3356.1</v>
+        <v>1879.42</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>125</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="3">
-        <v>10170</v>
+        <v>4484.97</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>9458.1</v>
+        <v>5125.68</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>91</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>4</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>7322.4</v>
+        <v>6620.67</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>4</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>6407.1</v>
+        <v>6300</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>108</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>1372.95</v>
+        <v>1135.48</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>368</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>2237.4</v>
+        <v>1044.46</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>284</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>1322.1</v>
+        <v>1124.8</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>171</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="3">
-        <v>2034</v>
+        <v>1324.95</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>726</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="3">
-        <v>1627.2</v>
+        <v>2449.95</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>493</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>50</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>1525.5</v>
+        <v>1174.64</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>233</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>50</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="3">
-        <v>1474.65</v>
+        <v>1330.56</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>302</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>50</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>1322.1</v>
+        <v>1387</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>973</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>3864.6</v>
+        <v>2774</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>330</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>3356.1</v>
+        <v>2397.32</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>2259.77</v>
+        <v>1252.94</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>521</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>1932.3</v>
+        <v>1525.5</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>460</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>4068</v>
+        <v>2919.81</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>252</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>1423.8</v>
+        <v>1084.63</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>396</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>2135.7</v>
+        <v>1401.6</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>219</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>50</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>3356.1</v>
+        <v>925.47</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>209</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>50</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>1525.5</v>
+        <v>1739.07</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>163</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C48" s="3">
-        <v>1474.65</v>
+        <v>1409.56</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>391</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>50</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C49" s="3">
-        <v>1627.2</v>
+        <v>1168</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
         <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>50</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C50" s="3">
-        <v>1627.2</v>
+        <v>1135.48</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>569</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>50</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="3">
-        <v>1627.2</v>
+        <v>1252.94</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>50</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="3">
-        <v>1830.6</v>
+        <v>1252.94</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>50</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C53" s="3">
-        <v>1881.45</v>
+        <v>1252.94</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>50</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C55" s="3">
-        <v>559.35</v>
+        <v>763.26</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>1727</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>50</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="3">
-        <v>1728.9</v>
+        <v>2375.71</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>50</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C57" s="3">
-        <v>966.15</v>
+        <v>1244.81</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>547</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>50</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C58" s="3">
-        <v>1322.1</v>
+        <v>1103.45</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>374</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>50</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C59" s="3">
-        <v>864.45</v>
+        <v>488.16</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>662</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>50</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C60" s="3">
-        <v>945.81</v>
+        <v>772.92</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>564</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>50</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C61" s="3">
-        <v>966.15</v>
+        <v>1262.9</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>50</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C62" s="3">
-        <v>3254.4</v>
+        <v>447.48</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>50</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C63" s="3">
-        <v>1556.01</v>
+        <v>1131.5</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>50</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C64" s="3">
-        <v>54.04</v>
+        <v>763.26</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>2495</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>429</v>
+        <v>50</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C65" s="3">
-        <v>1962.81</v>
+        <v>925.47</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>50</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C66" s="3">
-        <v>1118.7</v>
+        <v>691.56</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>1258</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>50</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C67" s="3">
-        <v>1576.35</v>
+        <v>772.92</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>485</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>50</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C68" s="3">
-        <v>966.15</v>
+        <v>883.77</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
         <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>50</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C69" s="3">
-        <v>1474.65</v>
+        <v>569.52</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>760</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>50</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C70" s="3">
-        <v>966.15</v>
+        <v>1373.97</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>50</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="C71" s="3">
-        <v>610.2</v>
+        <v>851.23</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>828</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>50</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C72" s="3">
-        <v>2034</v>
+        <v>1430.41</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>212</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>50</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C73" s="3">
-        <v>711.9</v>
+        <v>763.26</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>232</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>50</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C74" s="3">
-        <v>966.15</v>
+        <v>37.83</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>1165</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H74" s="3">
-        <v>50</v>
+        <v>429</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
         <v>148</v>
       </c>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="2"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
       <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C76" s="3">
-        <v>1423.8</v>
+        <v>691.56</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>390</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C77" s="3">
-        <v>1118.7</v>
+        <v>1135.48</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>1383</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="I77" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C78" s="3">
-        <v>762.75</v>
+        <v>431.21</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>1672</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C79" s="3">
-        <v>1322.1</v>
+        <v>610.2</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>1866</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>50</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C80" s="3">
-        <v>539.01</v>
+        <v>1018.02</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>178</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C81" s="3">
-        <v>966.15</v>
+        <v>964.12</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>225</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>50</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C82" s="3">
-        <v>1220.4</v>
+        <v>650.88</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>112</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C83" s="3">
-        <v>559.35</v>
+        <v>1124.8</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>521</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C84" s="3">
-        <v>1627.2</v>
+        <v>2375.71</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>189</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>50</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C85" s="3">
-        <v>915.3</v>
+        <v>447.48</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>252</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C86" s="3">
-        <v>711.9</v>
+        <v>883.77</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>100</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C87" s="3">
-        <v>640.71</v>
+        <v>732.24</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
         <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C88" s="3">
-        <v>1627.2</v>
+        <v>1252.94</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
         <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>50</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C89" s="3">
-        <v>3254.4</v>
+        <v>1252.94</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>50</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C90" s="3">
-        <v>1118.7</v>
+        <v>772.92</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>482</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C91" s="3">
-        <v>783.09</v>
+        <v>732.24</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>281</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>100</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C92" s="3">
-        <v>915.3</v>
+        <v>626.47</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>464</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C93" s="3">
-        <v>864.45</v>
+        <v>569.52</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>2277</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C94" s="3">
-        <v>1474.65</v>
+        <v>512.57</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>1914</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C95" s="3">
-        <v>813.6</v>
+        <v>783.09</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>260</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I95" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="2" t="s">
         <v>189</v>
       </c>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="2"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
       <c r="I96" s="2"/>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C97" s="3">
-        <v>406.8</v>
+        <v>732.24</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>100</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C98" s="3">
-        <v>366.12</v>
+        <v>272</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>353</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>100</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C99" s="3">
-        <v>508.5</v>
+        <v>325.44</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>100</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C100" s="3">
-        <v>915.3</v>
+        <v>360</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>100</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C101" s="3">
-        <v>406.8</v>
+        <v>366.12</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
         <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>100</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
         <v>200</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="2"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
       <c r="I102" s="2"/>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C103" s="3">
-        <v>406.8</v>
+        <v>626.47</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>999</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>100</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C104" s="3">
-        <v>783.09</v>
+        <v>352</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>287</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>100</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C105" s="3">
-        <v>81.36</v>
+        <v>59.5</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>2638</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>1000</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C106" s="3">
-        <v>813.6</v>
+        <v>163.74</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>982</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C107" s="3">
-        <v>233.91</v>
+        <v>284.76</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>138</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C108" s="3">
-        <v>457.65</v>
+        <v>569.52</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>1529</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="2" t="s">
         <v>213</v>
       </c>
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="2"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
       <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C110" s="3">
-        <v>864.45</v>
+        <v>14105.79</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>1457</v>
+        <v>0</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>72</v>
+        <v>5</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C111" s="3">
-        <v>762.75</v>
+        <v>440</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>1616</v>
+        <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C112" s="3">
-        <v>661.05</v>
+        <v>544</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>173</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C113" s="3">
-        <v>661.05</v>
+        <v>528.84</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>1610</v>
+        <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C114" s="3">
-        <v>813.6</v>
+        <v>13262.7</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>279</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C115" s="3">
-        <v>986.49</v>
+        <v>18452.45</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>5716</v>
+        <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A116" s="2" t="s">
+      <c r="A116" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B116" s="2"/>
-[...6 lines deleted...]
-      <c r="I116" s="2"/>
+      <c r="B116" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="C116" s="3">
+        <v>732.24</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F116" s="3">
+        <v>0</v>
+      </c>
+      <c r="G116" s="3">
+        <v>1</v>
+      </c>
+      <c r="H116" s="3">
+        <v>60</v>
+      </c>
+      <c r="I116" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C117" s="3">
-        <v>1118.7</v>
+        <v>488.16</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C118" s="3">
-        <v>4881.6</v>
+        <v>2969.64</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
         <v>0</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C119" s="3">
-        <v>549.18</v>
+        <v>3860.53</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>364</v>
+        <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C120" s="3">
-        <v>1423.8</v>
+        <v>5196.87</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
         <v>0</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A121" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I121" s="2"/>
+      <c r="A121" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="C121" s="3">
+        <v>1445.16</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F121" s="3">
+        <v>0</v>
+      </c>
+      <c r="G121" s="3">
+        <v>1</v>
+      </c>
+      <c r="H121" s="3">
+        <v>10</v>
+      </c>
+      <c r="I121" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C122" s="3">
-        <v>687.79</v>
+        <v>1205.15</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>352</v>
+        <v>0</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I122" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C123" s="3">
-        <v>1303.1</v>
+        <v>2847.6</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I123" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C124" s="3">
-        <v>1063.15</v>
+        <v>2228.25</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>75</v>
+        <v>5</v>
       </c>
       <c r="I124" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A125" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A125" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="B125" s="2"/>
+      <c r="C125" s="2"/>
+      <c r="D125" s="2"/>
+      <c r="E125" s="2"/>
+      <c r="F125" s="2"/>
+      <c r="G125" s="2"/>
+      <c r="H125" s="2"/>
+      <c r="I125" s="2"/>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C126" s="3">
-        <v>2860.71</v>
+        <v>528.84</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C127" s="3">
-        <v>40013.66</v>
+        <v>779.33</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C128" s="3">
-        <v>51266.36</v>
+        <v>528.84</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>1</v>
+        <v>72</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C129" s="3">
-        <v>62520.28</v>
+        <v>691.56</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>1</v>
+        <v>72</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C130" s="3">
-        <v>1807.94</v>
+        <v>610.2</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>339</v>
+        <v>0</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C131" s="3">
-        <v>4626.78</v>
+        <v>650.88</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A132" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B132" s="3" t="s">
+      <c r="A132" s="2" t="s">
         <v>257</v>
       </c>
-      <c r="C132" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B132" s="2"/>
+      <c r="C132" s="2"/>
+      <c r="D132" s="2"/>
+      <c r="E132" s="2"/>
+      <c r="F132" s="2"/>
+      <c r="G132" s="2"/>
+      <c r="H132" s="2"/>
+      <c r="I132" s="2"/>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C133" s="3">
-        <v>6065.3</v>
+        <v>1001</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>83</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C134" s="3">
-        <v>83151.34</v>
+        <v>883.77</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I134" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C135" s="3">
-        <v>103345.51</v>
+        <v>3563.57</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I135" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C136" s="3">
-        <v>123539.06</v>
+        <v>384.43</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I136" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C137" s="3">
-        <v>932.49</v>
+        <v>6354.89</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>71</v>
+        <v>0</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I137" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C138" s="3">
-        <v>731.73</v>
+        <v>5938.74</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>322</v>
+        <v>0</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I138" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A139" s="3" t="s">
+      <c r="A139" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="B139" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B139" s="2"/>
+      <c r="C139" s="2"/>
+      <c r="D139" s="2"/>
+      <c r="E139" s="2"/>
+      <c r="F139" s="2"/>
+      <c r="G139" s="2"/>
+      <c r="H139" s="2"/>
+      <c r="I139" s="2"/>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="B140" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="B140" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C140" s="3">
-        <v>10096.95</v>
+        <v>3655.16</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I140" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="B141" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="B141" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C141" s="3">
-        <v>748.37</v>
+        <v>636.11</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>1678</v>
+        <v>0</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
         <v>100</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B142" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="B142" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="3">
-        <v>1174.64</v>
+        <v>829.87</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>760</v>
+        <v>0</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="B143" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="B143" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" s="3">
-        <v>1796.06</v>
+        <v>998.44</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>705</v>
+        <v>0</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B144" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" s="3">
-        <v>741.24</v>
+        <v>621.97</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
         <v>50</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B145" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="B145" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" s="3">
-        <v>1033.44</v>
+        <v>2259.96</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>167</v>
+        <v>0</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
         <v>20</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A146" s="2" t="s">
+      <c r="A146" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B146" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="B146" s="2"/>
-[...6 lines deleted...]
-      <c r="I146" s="2"/>
+      <c r="C146" s="3">
+        <v>4791.59</v>
+      </c>
+      <c r="D146" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F146" s="3">
+        <v>0</v>
+      </c>
+      <c r="G146" s="3">
+        <v>1</v>
+      </c>
+      <c r="H146" s="3">
+        <v>15</v>
+      </c>
+      <c r="I146" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C147" s="3">
-        <v>26360.64</v>
+        <v>1536.75</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C148" s="3">
-        <v>915.3</v>
+        <v>1526.65</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>212</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C149" s="3">
-        <v>610.2</v>
+        <v>630.05</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>305</v>
+        <v>0</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C150" s="3">
-        <v>4068</v>
+        <v>792.62</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>244</v>
+        <v>0</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C151" s="3">
-        <v>2064.51</v>
+        <v>890.55</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I151" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C152" s="3">
-        <v>1525.5</v>
+        <v>878.42</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>233</v>
+        <v>0</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I152" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C153" s="3">
-        <v>3183.21</v>
+        <v>2018.38</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>143</v>
+        <v>0</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="I153" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C154" s="3">
-        <v>19323</v>
+        <v>584.62</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C155" s="3">
-        <v>4068</v>
+        <v>903.68</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>5</v>
+        <v>75</v>
       </c>
       <c r="I155" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C156" s="3">
-        <v>7119</v>
+        <v>1107.64</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C157" s="3">
-        <v>610.2</v>
+        <v>31610.79</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>356</v>
+        <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C158" s="3">
-        <v>711.9</v>
+        <v>40500.42</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
         <v>0</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C159" s="3">
-        <v>18946.71</v>
+        <v>49391.02</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C160" s="3">
-        <v>5288.4</v>
+        <v>70678.64</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I160" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C161" s="3">
-        <v>661.05</v>
+        <v>91977.5</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="3">
         <v>0</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="I161" s="3">
-        <v>1</v>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A162" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="B162" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="C162" s="3">
+        <v>112420.54</v>
+      </c>
+      <c r="D162" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F162" s="3">
+        <v>0</v>
+      </c>
+      <c r="G162" s="3">
+        <v>1</v>
+      </c>
+      <c r="H162" s="3">
+        <v>1</v>
+      </c>
+      <c r="I162" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A163" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="B163" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="C163" s="3">
+        <v>8077.56</v>
+      </c>
+      <c r="D163" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F163" s="3">
+        <v>0</v>
+      </c>
+      <c r="G163" s="3">
+        <v>1</v>
+      </c>
+      <c r="H163" s="3">
+        <v>1</v>
+      </c>
+      <c r="I163" s="3">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="15">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A9:I9"/>
     <mergeCell ref="A17:I17"/>
     <mergeCell ref="A24:I24"/>
     <mergeCell ref="A29:I29"/>
     <mergeCell ref="A47:I47"/>
     <mergeCell ref="A54:I54"/>
     <mergeCell ref="A75:I75"/>
     <mergeCell ref="A96:I96"/>
     <mergeCell ref="A102:I102"/>
     <mergeCell ref="A109:I109"/>
-    <mergeCell ref="A116:I116"/>
-[...1 lines deleted...]
-    <mergeCell ref="A146:I146"/>
+    <mergeCell ref="A125:I125"/>
+    <mergeCell ref="A132:I132"/>
+    <mergeCell ref="A139:I139"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D25" r:id="rId19"/>
     <hyperlink ref="D26" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D30" r:id="rId23"/>
@@ -5951,93 +6021,95 @@
     <hyperlink ref="D88" r:id="rId78"/>
     <hyperlink ref="D89" r:id="rId79"/>
     <hyperlink ref="D90" r:id="rId80"/>
     <hyperlink ref="D91" r:id="rId81"/>
     <hyperlink ref="D92" r:id="rId82"/>
     <hyperlink ref="D93" r:id="rId83"/>
     <hyperlink ref="D94" r:id="rId84"/>
     <hyperlink ref="D95" r:id="rId85"/>
     <hyperlink ref="D97" r:id="rId86"/>
     <hyperlink ref="D98" r:id="rId87"/>
     <hyperlink ref="D99" r:id="rId88"/>
     <hyperlink ref="D100" r:id="rId89"/>
     <hyperlink ref="D101" r:id="rId90"/>
     <hyperlink ref="D103" r:id="rId91"/>
     <hyperlink ref="D104" r:id="rId92"/>
     <hyperlink ref="D105" r:id="rId93"/>
     <hyperlink ref="D106" r:id="rId94"/>
     <hyperlink ref="D107" r:id="rId95"/>
     <hyperlink ref="D108" r:id="rId96"/>
     <hyperlink ref="D110" r:id="rId97"/>
     <hyperlink ref="D111" r:id="rId98"/>
     <hyperlink ref="D112" r:id="rId99"/>
     <hyperlink ref="D113" r:id="rId100"/>
     <hyperlink ref="D114" r:id="rId101"/>
     <hyperlink ref="D115" r:id="rId102"/>
-    <hyperlink ref="D117" r:id="rId103"/>
-[...13 lines deleted...]
-    <hyperlink ref="D132" r:id="rId117"/>
+    <hyperlink ref="D116" r:id="rId103"/>
+    <hyperlink ref="D117" r:id="rId104"/>
+    <hyperlink ref="D118" r:id="rId105"/>
+    <hyperlink ref="D119" r:id="rId106"/>
+    <hyperlink ref="D120" r:id="rId107"/>
+    <hyperlink ref="D121" r:id="rId108"/>
+    <hyperlink ref="D122" r:id="rId109"/>
+    <hyperlink ref="D123" r:id="rId110"/>
+    <hyperlink ref="D124" r:id="rId111"/>
+    <hyperlink ref="D126" r:id="rId112"/>
+    <hyperlink ref="D127" r:id="rId113"/>
+    <hyperlink ref="D128" r:id="rId114"/>
+    <hyperlink ref="D129" r:id="rId115"/>
+    <hyperlink ref="D130" r:id="rId116"/>
+    <hyperlink ref="D131" r:id="rId117"/>
     <hyperlink ref="D133" r:id="rId118"/>
     <hyperlink ref="D134" r:id="rId119"/>
     <hyperlink ref="D135" r:id="rId120"/>
     <hyperlink ref="D136" r:id="rId121"/>
     <hyperlink ref="D137" r:id="rId122"/>
     <hyperlink ref="D138" r:id="rId123"/>
-    <hyperlink ref="D139" r:id="rId124"/>
-[...5 lines deleted...]
-    <hyperlink ref="D145" r:id="rId130"/>
+    <hyperlink ref="D140" r:id="rId124"/>
+    <hyperlink ref="D141" r:id="rId125"/>
+    <hyperlink ref="D142" r:id="rId126"/>
+    <hyperlink ref="D143" r:id="rId127"/>
+    <hyperlink ref="D144" r:id="rId128"/>
+    <hyperlink ref="D145" r:id="rId129"/>
+    <hyperlink ref="D146" r:id="rId130"/>
     <hyperlink ref="D147" r:id="rId131"/>
     <hyperlink ref="D148" r:id="rId132"/>
     <hyperlink ref="D149" r:id="rId133"/>
     <hyperlink ref="D150" r:id="rId134"/>
     <hyperlink ref="D151" r:id="rId135"/>
     <hyperlink ref="D152" r:id="rId136"/>
     <hyperlink ref="D153" r:id="rId137"/>
     <hyperlink ref="D154" r:id="rId138"/>
     <hyperlink ref="D155" r:id="rId139"/>
     <hyperlink ref="D156" r:id="rId140"/>
     <hyperlink ref="D157" r:id="rId141"/>
     <hyperlink ref="D158" r:id="rId142"/>
     <hyperlink ref="D159" r:id="rId143"/>
     <hyperlink ref="D160" r:id="rId144"/>
     <hyperlink ref="D161" r:id="rId145"/>
+    <hyperlink ref="D162" r:id="rId146"/>
+    <hyperlink ref="D163" r:id="rId147"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>