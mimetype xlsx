--- v0 (2025-10-15)
+++ v1 (2025-12-08)
@@ -69,162 +69,162 @@
   <si>
     <t>70-0582</t>
   </si>
   <si>
     <t>Термометр наружный бытовой ТБ-202 PROconnect</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>70-0580</t>
   </si>
   <si>
     <t>Термометр наружный механический ТББ PROconnect</t>
   </si>
   <si>
     <t>70-0581</t>
   </si>
   <si>
     <t>Термометр наружный оконный на клейкой ленте ТБ-223 PROconnect</t>
   </si>
   <si>
+    <t>70-0595</t>
+  </si>
+  <si>
+    <t>Метеостанция с беспроводным выносным датчиком REXANT</t>
+  </si>
+  <si>
     <t>70-0513</t>
   </si>
   <si>
     <t>Метеостанция комнатно-уличная S3331SC с проводным датчиком REXANT</t>
   </si>
   <si>
+    <t>70-0596</t>
+  </si>
+  <si>
+    <t>Термометр электронный S3341BF с часами и беспроводным выносным датчиком REXANT</t>
+  </si>
+  <si>
     <t>70-0592</t>
   </si>
   <si>
     <t>Термометр электронный с часами и беспроводным выносным датчиком REXANT</t>
   </si>
   <si>
+    <t>70-0515</t>
+  </si>
+  <si>
+    <t>Термогигрометр комнатно-уличный REXANT</t>
+  </si>
+  <si>
+    <t>70-0500</t>
+  </si>
+  <si>
+    <t>Термометр оконный Солнечный зонтик, крепление на липучке REXANT</t>
+  </si>
+  <si>
+    <t>70-0540</t>
+  </si>
+  <si>
+    <t>Термометр цифровой (термощуп) RX-300 REXANT</t>
+  </si>
+  <si>
     <t>70-0502</t>
   </si>
   <si>
     <t>Термометр оконный, Ø20мм, полистирольная шкала, крепление на гвоздик REXANT</t>
   </si>
   <si>
-    <t>70-0596</t>
-[...4 lines deleted...]
-  <si>
     <t>70-0605</t>
   </si>
   <si>
     <t>Термометр наружный, пластмассовое основание REXANT</t>
   </si>
   <si>
+    <t>70-0509</t>
+  </si>
+  <si>
+    <t>Термометр электронный RX-509 REXANT</t>
+  </si>
+  <si>
+    <t>70-0516</t>
+  </si>
+  <si>
+    <t>Метеостанция комнатно-уличная S521C REXANT</t>
+  </si>
+  <si>
+    <t>70-0597</t>
+  </si>
+  <si>
+    <t>Метеостанция S637B с ЖК-экраном и беспроводным датчиком REXANT</t>
+  </si>
+  <si>
+    <t>70-0514</t>
+  </si>
+  <si>
+    <t>Метеостанция комнатная S5023 REXANT</t>
+  </si>
+  <si>
+    <t>70-0511</t>
+  </si>
+  <si>
+    <t>Термогигрометр комнатный с часами и функцией будильника REXANT</t>
+  </si>
+  <si>
     <t>70-0501</t>
   </si>
   <si>
     <t>Термометр электронный с дистанционным датчиком измерения температуры REXANT</t>
   </si>
   <si>
-    <t>70-0515</t>
-[...2 lines deleted...]
-    <t>Термогигрометр комнатно-уличный REXANT</t>
+    <t>70-0520</t>
+  </si>
+  <si>
+    <t>Метеостанция комнатная RX-108 REXANT</t>
+  </si>
+  <si>
+    <t>70-0518</t>
+  </si>
+  <si>
+    <t>Метеостанция комнатно-уличная с проводным выносным датчиком REXANT</t>
+  </si>
+  <si>
+    <t>70-0512</t>
+  </si>
+  <si>
+    <t>Термометр цифровой (термощуп) RX-512 REXANT</t>
   </si>
   <si>
     <t>70-0505</t>
   </si>
   <si>
     <t>Термометр электронный комнатно-уличный с часами REXANT</t>
-  </si>
-[...64 lines deleted...]
-    <t>Метеостанция S637B с ЖК-экраном и беспроводным датчиком REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -609,51 +609,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-naruzhnyy-bytovoy-tb-202-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-naruzhnyy-mehanicheskiy-tbb-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-naruzhnyy-okonnyy-na-kleykoy-lente-tb-223-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatno-ulichnaya-s3331sc-s-provodnym-datchikom-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronnyy-s-chasami-i-besprovodnym-vynosnym-datchikom-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-okonnyy-20mm-polistirolnaya-shkala-kreplenie-na-gvozdik-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronnyy-s3341bf-s-chasami-i-besprovodnym-vynosnym-datchikom-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-naruzhnyy-plastmassovoe-osnovanie-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronnyy-s-distantsionnym-datchikom-izmereniya-temperatury-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termogigrometr-komnatno-ulichnyy-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronnyy-komnatno-ulichnyy-s-chasami-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronnyy-rx-509-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatnaya-s5023-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatno-ulichnaya-s521c-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termogigrometr-komnatnyy-s-chasami-i-funktsiey-budilnika-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatnaya-rx-108-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-s-besprovodnym-vynosnym-datchikom-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-tsifrovoy-termoschup-rx-300-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-okonnyy-solnechnyy-zontik-kreplenie-na-lipuchke-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-tsifrovoy-termoschup-rx-512-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatno-ulichnaya-s-provodnym-vynosnym-datchikom-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-s637b-s-zhk-ekranom-i-besprovodnym-datchikom-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-narujniy-bitovoy-tb-202-10636" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-narujniy-mehanicheskiy-10634" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-narujniy-okonniy-na-kleykoy-lente-10635" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-s-besprovodnim-vinosnim-datchikom-11093" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatno-ulichnaya-rexant-s3331sc-s-provodnim-datchikom-26136" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronniy-rexant-s3341bf-s-chasami-i-besprovodnim-vinosnim-datchikom-26139" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-termometr-s-chasami-i-besprovodnim-vinosnim-datchikom-11094" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termogigrometr-komnatno-ulichniy-s-provodnim-vinosnim-datchikom-rexant-8311" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-okonniy-solnechniy-zontik-kreplenie-lipuchka-rexant-13418" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-termometr-termoschup-rx-300-rexant-10222" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-okonniy-oslash-20-mm-polistirolnaya-shkala-kreplenie-na-gvozdik-rexant-13447" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-narujniy-osnovanie-plastmassa-rexant-13478" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronniy-rx-509-rexant-14731" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatno-ulichnaya-rexant-s521c-26138" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-rexant-s637b-s-jk-ekranom-i-besprovodnim-datchikom-26140" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatnaya-rexant-s5023-26137" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termogigrometr-komnatniy-s-chasami-i-funktsiey-budilnika-rexant-8310" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronniy-s-distantsionnim-datchikom-izmereniya-temperaturi-rexant-8308" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatnaya-rx-108-rexant-10221" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatno-ulichnaya-rexant-13740" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-termometr-termoschup-rx-512-rexant-14752" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronniy-komnatno-ulichniy-s-chasami-rexant-8309" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I25"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -728,637 +728,637 @@
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
         <v>157.63</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>329</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
         <v>150.61</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>54</v>
+        <v>2620</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1233.41</v>
+        <v>3902.04</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>981</v>
+        <v>574</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>3902</v>
+        <v>1233.41</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1188</v>
+        <v>422</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>116.8</v>
+        <v>2492.01</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>275</v>
+        <v>542</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>2492.01</v>
+        <v>3902</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>797</v>
+        <v>1160</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>190.98</v>
+        <v>1541.94</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>5562</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>571.54</v>
+        <v>291.84</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>4348</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>1541.94</v>
+        <v>192.11</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>5736</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>635.04</v>
+        <v>116.8</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>4060</v>
+        <v>202</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>761.25</v>
+        <v>190.98</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>668</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>1148.06</v>
+        <v>761.25</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1513</v>
+        <v>516</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
         <v>876.36</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>466</v>
+        <v>320</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>977.27</v>
+        <v>4001.61</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>4305</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>968.33</v>
+        <v>1148.06</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>7043</v>
+        <v>1446</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>3902.04</v>
+        <v>977.27</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1077</v>
+        <v>4079</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>192.11</v>
+        <v>571.54</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>3773</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>291.84</v>
+        <v>968.33</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>46</v>
+        <v>6384</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>424.36</v>
+        <v>3014.78</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1256</v>
+        <v>2310</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>3014.78</v>
+        <v>424.36</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>2322</v>
+        <v>716</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>4001.61</v>
+        <v>635.04</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>731</v>
+        <v>3164</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>28</v>
+        <v>200</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>