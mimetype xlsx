--- v1 (2025-12-08)
+++ v2 (2026-03-05)
@@ -8,223 +8,217 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="55">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Электроника для дома</t>
   </si>
   <si>
     <t>1.1 Погодные станции/термометры</t>
   </si>
   <si>
+    <t>70-0509</t>
+  </si>
+  <si>
+    <t>Термометр электронный RX-509 REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>70-0513</t>
+  </si>
+  <si>
+    <t>Метеостанция комнатно-уличная S3331SC с проводным датчиком REXANT</t>
+  </si>
+  <si>
+    <t>70-0596</t>
+  </si>
+  <si>
+    <t>Термометр электронный S3341BF с часами и беспроводным выносным датчиком REXANT</t>
+  </si>
+  <si>
+    <t>70-0501</t>
+  </si>
+  <si>
+    <t>Термометр электронный с дистанционным датчиком измерения температуры REXANT</t>
+  </si>
+  <si>
+    <t>70-0515</t>
+  </si>
+  <si>
+    <t>Термогигрометр комнатно-уличный REXANT</t>
+  </si>
+  <si>
+    <t>70-0580</t>
+  </si>
+  <si>
+    <t>Термометр наружный механический ТББ PROconnect</t>
+  </si>
+  <si>
     <t>70-0582</t>
   </si>
   <si>
     <t>Термометр наружный бытовой ТБ-202 PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Термометр наружный механический ТББ PROconnect</t>
+    <t>70-0592</t>
+  </si>
+  <si>
+    <t>Термометр электронный с часами и беспроводным выносным датчиком REXANT</t>
+  </si>
+  <si>
+    <t>70-0502</t>
+  </si>
+  <si>
+    <t>Термометр оконный, Ø20мм, полистирольная шкала, крепление на гвоздик REXANT</t>
+  </si>
+  <si>
+    <t>70-0605</t>
+  </si>
+  <si>
+    <t>Термометр наружный, пластмассовое основание REXANT</t>
+  </si>
+  <si>
+    <t>70-0514</t>
+  </si>
+  <si>
+    <t>Метеостанция комнатная S5023 REXANT</t>
+  </si>
+  <si>
+    <t>70-0516</t>
+  </si>
+  <si>
+    <t>Метеостанция комнатно-уличная S521C REXANT</t>
+  </si>
+  <si>
+    <t>70-0597</t>
+  </si>
+  <si>
+    <t>Метеостанция S637B с ЖК-экраном и беспроводным датчиком REXANT</t>
+  </si>
+  <si>
+    <t>70-0505</t>
+  </si>
+  <si>
+    <t>Термометр электронный комнатно-уличный с часами REXANT</t>
+  </si>
+  <si>
+    <t>70-0511</t>
+  </si>
+  <si>
+    <t>Термогигрометр комнатный с часами и функцией будильника REXANT</t>
+  </si>
+  <si>
+    <t>70-0520</t>
+  </si>
+  <si>
+    <t>Метеостанция комнатная RX-108 REXANT</t>
   </si>
   <si>
     <t>70-0581</t>
   </si>
   <si>
     <t>Термометр наружный оконный на клейкой ленте ТБ-223 PROconnect</t>
   </si>
   <si>
     <t>70-0595</t>
   </si>
   <si>
     <t>Метеостанция с беспроводным выносным датчиком REXANT</t>
   </si>
   <si>
-    <t>70-0513</t>
-[...22 lines deleted...]
-  <si>
     <t>70-0500</t>
   </si>
   <si>
     <t>Термометр оконный Солнечный зонтик, крепление на липучке REXANT</t>
   </si>
   <si>
-    <t>70-0540</t>
-[...58 lines deleted...]
-  <si>
     <t>70-0518</t>
   </si>
   <si>
     <t>Метеостанция комнатно-уличная с проводным выносным датчиком REXANT</t>
   </si>
   <si>
     <t>70-0512</t>
   </si>
   <si>
     <t>Термометр цифровой (термощуп) RX-512 REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Термометр электронный комнатно-уличный с часами REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -609,56 +603,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-narujniy-bitovoy-tb-202-10636" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-narujniy-mehanicheskiy-10634" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-narujniy-okonniy-na-kleykoy-lente-10635" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-s-besprovodnim-vinosnim-datchikom-11093" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatno-ulichnaya-rexant-s3331sc-s-provodnim-datchikom-26136" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronniy-rexant-s3341bf-s-chasami-i-besprovodnim-vinosnim-datchikom-26139" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-termometr-s-chasami-i-besprovodnim-vinosnim-datchikom-11094" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termogigrometr-komnatno-ulichniy-s-provodnim-vinosnim-datchikom-rexant-8311" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-okonniy-solnechniy-zontik-kreplenie-lipuchka-rexant-13418" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-termometr-termoschup-rx-300-rexant-10222" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-okonniy-oslash-20-mm-polistirolnaya-shkala-kreplenie-na-gvozdik-rexant-13447" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-narujniy-osnovanie-plastmassa-rexant-13478" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronniy-rx-509-rexant-14731" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatno-ulichnaya-rexant-s521c-26138" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-rexant-s637b-s-jk-ekranom-i-besprovodnim-datchikom-26140" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatnaya-rexant-s5023-26137" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termogigrometr-komnatniy-s-chasami-i-funktsiey-budilnika-rexant-8310" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronniy-s-distantsionnim-datchikom-izmereniya-temperaturi-rexant-8308" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatnaya-rx-108-rexant-10221" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatno-ulichnaya-rexant-13740" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-termometr-termoschup-rx-512-rexant-14752" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronniy-komnatno-ulichniy-s-chasami-rexant-8309" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronnyy-rx-509-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatno-ulichnaya-s3331sc-s-provodnym-datchikom-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronnyy-s3341bf-s-chasami-i-besprovodnym-vynosnym-datchikom-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronnyy-s-distantsionnym-datchikom-izmereniya-temperatury-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termogigrometr-komnatno-ulichnyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-naruzhnyy-mehanicheskiy-tbb-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-naruzhnyy-bytovoy-tb-202-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronnyy-s-chasami-i-besprovodnym-vynosnym-datchikom-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-okonnyy-20mm-polistirolnaya-shkala-kreplenie-na-gvozdik-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-naruzhnyy-plastmassovoe-osnovanie-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatnaya-s5023-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatno-ulichnaya-s521c-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-s637b-s-zhk-ekranom-i-besprovodnym-datchikom-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-elektronnyy-komnatno-ulichnyy-s-chasami-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termogigrometr-komnatnyy-s-chasami-i-funktsiey-budilnika-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatnaya-rx-108-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-naruzhnyy-okonnyy-na-kleykoy-lente-tb-223-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-s-besprovodnym-vynosnym-datchikom-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-okonnyy-solnechnyy-zontik-kreplenie-na-lipuchke-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-komnatno-ulichnaya-s-provodnym-vynosnym-datchikom-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-tsifrovoy-termoshchup-rx-512-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I25"/>
+  <dimension ref="A1:I24"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -690,708 +684,678 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>132.9</v>
+        <v>325.44</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>157.63</v>
+        <v>780.24</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>150.61</v>
+        <v>1210.23</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>2620</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>3902.04</v>
+        <v>227.1</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>574</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>1233.41</v>
+        <v>647.83</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>422</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>2492.01</v>
+        <v>136.26</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>542</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>3902</v>
+        <v>114.89</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1160</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>1541.94</v>
+        <v>1708.56</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>5562</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>291.84</v>
+        <v>100.97</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>192.11</v>
+        <v>165.1</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>116.8</v>
+        <v>548.16</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>202</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>190.98</v>
+        <v>355.95</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>761.25</v>
+        <v>2135.7</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>516</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>28</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>876.36</v>
+        <v>352.39</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>320</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>4001.61</v>
+        <v>484.09</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>1148.06</v>
+        <v>587.32</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1446</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>977.27</v>
+        <v>130.19</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>4079</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>571.54</v>
+        <v>1850.94</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>3773</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>968.33</v>
+        <v>252.28</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>6384</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>3014.78</v>
+        <v>1067.85</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>2310</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>424.36</v>
+        <v>366.83</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>716</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>200</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
-    <hyperlink ref="D25" r:id="rId22"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>