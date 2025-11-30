--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -8,442 +8,436 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="246" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="130">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Электропатроны</t>
   </si>
   <si>
     <t>1.1 Патроны карболитовые и пластиковые</t>
   </si>
   <si>
+    <t>11-8826</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной с кольцом Е27 черный REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-8823</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий с кольцом Е14 белый, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8895</t>
+  </si>
+  <si>
+    <t>Цоколь «патрон» пластиковый G4 с проводом 15см, черный REXANT</t>
+  </si>
+  <si>
     <t>11-8801</t>
   </si>
   <si>
     <t>Патрон подвесной с клеммной колодкой E27 белый, с этикеткой, индивидуальный пакет REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Цоколь «патрон» пластиковый G4 с проводом 15см, черный REXANT</t>
+    <t>11-8817</t>
+  </si>
+  <si>
+    <t>Патрон карболитовый настенный Е27 черный, c этикеткой, наклонный REXANT</t>
+  </si>
+  <si>
+    <t>11-8819</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е27 белый, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8875</t>
+  </si>
+  <si>
+    <t>Патрон E27 с проводом 20см бело-бежевый REXANT</t>
   </si>
   <si>
     <t>11-8815</t>
   </si>
   <si>
     <t>Патрон карболитовый подвесной Е27 черный, c этикеткой REXANT</t>
   </si>
   <si>
     <t>11-8818</t>
   </si>
   <si>
     <t>Патрон карболитовый потолочный Е27 черный, c этикеткой REXANT</t>
   </si>
   <si>
-    <t>11-8819</t>
-[...4 lines deleted...]
-  <si>
     <t>11-8855</t>
   </si>
   <si>
     <t>Патрон-розетка карболитовый Е27 черный, с этикеткой REXANT</t>
   </si>
   <si>
-    <t>11-8875</t>
-[...2 lines deleted...]
-    <t>Патрон E27 с проводом 20см бело-бежевый REXANT</t>
+    <t>11-8825</t>
+  </si>
+  <si>
+    <t>Патрон подвесной с клеммной колодкой E27 черный, с этикеткой, индивидуальный пакет REXANT</t>
+  </si>
+  <si>
+    <t>11-8828</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е27 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8870</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый настенный Е27 прямой, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8827</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной с кольцом Е14 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8822</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е14 белый, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8876</t>
+  </si>
+  <si>
+    <t>Патрон E27 с проводом 20см черный REXANT</t>
   </si>
   <si>
     <t>11-8843-4</t>
   </si>
   <si>
     <t>Патрон пластиковый термостойкий подвесной Е14 черный REXANT</t>
   </si>
   <si>
-    <t>11-8823</t>
-[...34 lines deleted...]
-  <si>
     <t>11-8816</t>
   </si>
   <si>
     <t>Патрон карболитовый с кольцом Е27 черный, c этикеткой REXANT</t>
   </si>
   <si>
     <t>11-8872</t>
   </si>
   <si>
     <t>Патрон пластиковый настенный Е27 наклонный, белый, c этикеткой REXANT</t>
   </si>
   <si>
-    <t>11-8870</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Патроны керамические</t>
   </si>
   <si>
     <t>11-8880</t>
   </si>
   <si>
     <t>Цоколь «патрон» керамический G4 с проводом 15см, белый REXANT</t>
   </si>
   <si>
+    <t>11-8891</t>
+  </si>
+  <si>
+    <t>Патрон керамический E27 с этикеткой REXANT</t>
+  </si>
+  <si>
     <t>11-8804</t>
   </si>
   <si>
     <t>Цоколь «патрон» GU-10 с проводом REXANT</t>
   </si>
   <si>
+    <t>11-8879</t>
+  </si>
+  <si>
+    <t>Цоколь «патрон» G9 с проводом 15см, белый, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8866</t>
+  </si>
+  <si>
+    <t>Патрон керамический E40 REXANT</t>
+  </si>
+  <si>
+    <t>11-8867</t>
+  </si>
+  <si>
+    <t>Патрон керамический E27 с держателем REXANT</t>
+  </si>
+  <si>
     <t>11-8805</t>
   </si>
   <si>
     <t>Цоколь «патрон» GU-5.3 с проводом REXANT</t>
   </si>
   <si>
-    <t>11-8891</t>
-[...22 lines deleted...]
-  <si>
     <t>11-8893</t>
   </si>
   <si>
     <t>Патрон керамический E14 с этикеткой REXANT</t>
   </si>
   <si>
-    <t>11-8893-9</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3 Разветвители цокольные и переходники</t>
   </si>
   <si>
+    <t>11-8861</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-3хЕ27 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8860</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-2хЕ27 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8841</t>
+  </si>
+  <si>
+    <t>Переходник  цокольный GU10-Е27 REXANT</t>
+  </si>
+  <si>
+    <t>11-8881</t>
+  </si>
+  <si>
+    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный AC 220В-Е27 с выключателем REXANT</t>
+  </si>
+  <si>
+    <t>11-8869</t>
+  </si>
+  <si>
+    <t>Переходник Е27-Е27 гибкий 300 мм REXANT</t>
+  </si>
+  <si>
+    <t>11-8811</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный  Е27-2хЕ27 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8883</t>
+  </si>
+  <si>
+    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный AC 220В-Е14 с выключателем REXANT</t>
+  </si>
+  <si>
+    <t>80-1194</t>
+  </si>
+  <si>
+    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный гибкий 220В-Е27 150 мм с выключателем REXANT</t>
+  </si>
+  <si>
+    <t>11-8834</t>
+  </si>
+  <si>
+    <t>Переходник цокольный E14-GU10 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8871</t>
+  </si>
+  <si>
+    <t>Переходник цокольный E14-E27 черный REXANT</t>
+  </si>
+  <si>
     <t>11-8831</t>
   </si>
   <si>
     <t>Переходник цокольный Е14-Е27 белый REXANT</t>
   </si>
   <si>
-    <t>11-8881</t>
-[...2 lines deleted...]
-    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный AC 220В-Е27 с выключателем REXANT</t>
+    <t>11-8864</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-4хЕ27 (поворотный цоколь) белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8854-9</t>
+  </si>
+  <si>
+    <t>Переходник цокольный GU5,3- GU10 (пакет БОПП) 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>11-8856</t>
+  </si>
+  <si>
+    <t>Переходник цокольный E14-G9 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8862</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-4хЕ27 белый REXANT</t>
   </si>
   <si>
     <t>11-8865</t>
   </si>
   <si>
     <t>Разветвитель цокольный Е27-5хЕ27 белый REXANT</t>
   </si>
   <si>
-    <t>11-8811</t>
-[...44 lines deleted...]
-    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный гибкий 220В-Е27 150 мм с выключателем REXANT</t>
+    <t>11-8868</t>
+  </si>
+  <si>
+    <t>Переходник Е27-Е27 гибкий 150 мм REXANT</t>
+  </si>
+  <si>
+    <t>11-8813</t>
+  </si>
+  <si>
+    <t>Переходник цокольный E27-E14 белый REXANT</t>
   </si>
   <si>
     <t>11-8821</t>
   </si>
   <si>
     <t>Переходник цокольный E40-E27 белый REXANT</t>
   </si>
   <si>
+    <t>11-8843</t>
+  </si>
+  <si>
+    <t>Переходник цокольный GU10-Е14 REXANT</t>
+  </si>
+  <si>
+    <t>11-8854</t>
+  </si>
+  <si>
+    <t>Переходник цокольный GU5.3- GU10 REXANT</t>
+  </si>
+  <si>
     <t>11-8812</t>
   </si>
   <si>
     <t>Переходник цокольный Е27-Е40 REXANT</t>
   </si>
   <si>
-    <t>11-8841</t>
-[...22 lines deleted...]
-  <si>
     <t>11-8863</t>
   </si>
   <si>
     <t>Разветвитель цокольный Е27-3хЕ27 (поворотный цоколь) белый REXANT</t>
   </si>
   <si>
-    <t>11-8854</t>
-[...28 lines deleted...]
-  <si>
     <t>1.4 Патроны со шнуром</t>
   </si>
   <si>
     <t>11-8885</t>
   </si>
   <si>
     <t>Патрон E27 силиконовый со шнуром 1м синий REXANT</t>
   </si>
   <si>
+    <t>11-8888</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м красный REXANT</t>
+  </si>
+  <si>
+    <t>11-8890</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8887</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м фиолетовый REXANT</t>
+  </si>
+  <si>
     <t>11-8884</t>
   </si>
   <si>
     <t>Патрон E27 силиконовый со шнуром 1м белый REXANT</t>
   </si>
   <si>
     <t>11-8886</t>
   </si>
   <si>
     <t>Патрон E27 силиконовый со шнуром 1м зеленый REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Патрон E27 силиконовый со шнуром 1м черный REXANT</t>
   </si>
   <si>
     <t>11-8889</t>
   </si>
   <si>
     <t>Патрон E27 силиконовый со шнуром 1м желтый REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -834,56 +828,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-belyy-s-etiketkoy-individualnyy-paket-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-s-koltsom-e27-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-plastikovyy-g4-s-provodom-15sm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-podvesnoy-e27-chernyy-c-etiketkoy-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-potolochnyy-e27-chernyy-c-etiketkoy-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e27-belyy-c-etiketkoy-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-rozetka-karbolitovyy-e27-chernyy-s-etiketkoy-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20sm-belo-bezhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e14-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-s-koltsom-e14-belyy-c-etiketkoy-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-nastennyy-e27-chernyy-c-etiketkoy-naklonnyy-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e14-belyy-c-etiketkoy-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-chernyy-s-etiketkoy-individualnyy-paket-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20sm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-s-koltsom-e14-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-s-koltsom-e27-chernyy-c-etiketkoy-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-nastennyy-e27-naklonnyy-belyy-c-etiketkoy-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-nastennyy-e27-pryamoy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e27-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-keramicheskiy-g4-s-provodom-15sm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-10-s-provodom-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-5-3-s-provodom-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-etiketkoy-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-derzhatelem-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e40-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-g9-s-provodom-15sm-belyy-c-etiketkoy-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e14-s-etiketkoy-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-keramicheskiy-e14-paket-bopp-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-e27-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-ac-220v-e27-.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-5he27-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-2he27-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-e27-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-4he27-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-g9-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-ac-220v-e14-.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu5-3-gu10-paket-bopp-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-2he27-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-gibkiy-220v-.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e40-e27-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e27-e40-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu10-e27-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-gu10-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-3he27-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-3he27-povorotnyy-tsokol-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu5-3-gu10-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e27-e14-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu10-e14-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-4he27-povorotnyy-tsokol-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-zelenyy-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-fioletovyy-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-zheltyy-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-s-koltsom-e27-cherniy-rexant-24774" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-s-koltsom-e14-beliy-c-etiketkoy-rexant-18665" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-plastikoviy-g4-s-provodom-15-sm-cherniy-rexant-24778" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-beliy-s-etiketkoy-individualniy-paket-rexant-10174" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitoviy-nastenniy-e27-cherniy-c-etiketkoy-naklonniy-rexant-18672" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-e27-beliy-c-etiketkoy-rexant-18668" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20-sm-beliy-rexant-20039" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitoviy-podvesnoy-e27-cherniy-c-etiketkoy-rexant-18667" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitoviy-potolochniy-e27-cherniy-c-etiketkoy-rexant-18664" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-rozetka-karbolitoviy-e27-cherniy-s-etiketkoy-rexant-18671" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-cherniy-s-etiketkoy-individualniy-paket-rexant-18666" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-e27-cherniy-rexant-24773" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-nastenniy-e27-pryamoy-beliy-rexant-24775" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-s-koltsom-e14-cherniy-rexant-24777" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-e14-beliy-c-etiketkoy-rexant-18670" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20-sm-cherniy-rexant-20038" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-e14-cherniy-rexant-24776" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitoviy-s-koltsom-e27-cherniy-c-etiketkoy-rexant-18669" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-nastenniy-e27-naklonniy-beliy-c-etiketkoy-rexant-22173" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-keramicheskiy-g4-s-provodom-15-sm-beliy-rexant-24779" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-etiketkoy-rexant-11603" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-10-s-provodom-rexant-10171" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-g9-s-provodom-15-sm-beliy-c-etiketkoy-rexant-22177" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e40-rexant-19599" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-derjatelem-rexant-19598" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-5-3-s-provodom-rexant-10172" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e14-s-etiketkoy-rexant-11602" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-3he27-beliy-rexant-19593" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-2he27-cherniy-rexant-19588" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-gu10-e27-rexant-8021" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolniy-ac-220v-e27-s-viklyuchatelem-rexant-9383" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-300-mm-rexant-19586" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-2he27-beliy-rexant-10173" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolniy-ac-220v-e14-s-viklyuchatelem-rexant-9384" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolniy-gibkiy-220v-e27-150-mm-s-viklyuchatelem-rexant-19594" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e14-gu10-beliy-rexant-8024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e14-e27-cherniy-rexant-19592" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e14-e27-beliy-rexant-8019" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-4he27-povorotniy-tsokol-beliy-rexant-19596" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-gu5-3-gu10-paket-bopp-1-sht-rexant-12358" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e14-g9-beliy-rexant-19585" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-4he27-beliy-rexant-19587" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-5he27-beliy-rexant-19597" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-150-mm-rexant-19590" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e27-e14-beliy-rexant-8018" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e40-e27-beliy-rexant-8020" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-gu10-e14-rexant-8023" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-gu5-3-gu10-rexant-8026" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e27-e40-rexant-8017" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-3he27-povorotniy-tsokol-beliy-rexant-19589" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-siniy-rexant-18679" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-krasniy-rexant-18682" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-cherniy-rexant-18680" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-fioletoviy-rexant-18681" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-beliy-rexant-18685" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-zeleniy-rexant-18683" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-jeltiy-rexant-18684" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I64"/>
+  <dimension ref="A1:I63"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -915,1830 +909,1800 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>77.55</v>
+        <v>39.59</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>7118</v>
+        <v>6456</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>41.67</v>
+        <v>27.34</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1732</v>
+        <v>3963</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>22.68</v>
+        <v>20.41</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>6600</v>
+        <v>5600</v>
       </c>
       <c r="G6" s="3">
         <v>200</v>
       </c>
       <c r="H6" s="3">
         <v>2000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>41.79</v>
+        <v>81.44</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>31189</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>59.02</v>
+        <v>57.77</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>15414</v>
+        <v>9681</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
         <v>31.65</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>7829</v>
+        <v>6976</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>75.1</v>
+        <v>43.56</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>8406</v>
+        <v>18272</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>40.72</v>
+        <v>39.7</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>21735</v>
+        <v>23006</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>17.11</v>
+        <v>59.02</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>4138</v>
+        <v>12305</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>27.34</v>
+        <v>75.1</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>3979</v>
+        <v>7737</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>57.77</v>
+        <v>81.66</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>12249</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>20.6</v>
+        <v>31.33</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>2648</v>
+        <v>8887</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>77.77</v>
+        <v>54.24</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>10725</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>45.64</v>
+        <v>22.84</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>7952</v>
+        <v>2153</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>22.84</v>
+        <v>20.6</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>2550</v>
+        <v>2053</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>73.95</v>
+        <v>48.83</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>4807</v>
+        <v>6001</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>52.07</v>
+        <v>17.11</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>3200</v>
+        <v>3652</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>51.66</v>
+        <v>73.95</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>13988</v>
+        <v>4250</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>32.98</v>
+        <v>52.07</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>2321</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>200</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
         <v>27.02</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>467</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>100</v>
       </c>
       <c r="H24" s="3">
         <v>2000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>38.83</v>
+        <v>49.8</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>13935</v>
+        <v>22494</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>27.94</v>
+        <v>36.11</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>20158</v>
+        <v>6150</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>49.8</v>
+        <v>61.13</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>25113</v>
+        <v>3300</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>41.51</v>
+        <v>150.83</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>20366</v>
+        <v>1270</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>400</v>
+        <v>120</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>150.83</v>
+        <v>41.51</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>2023</v>
+        <v>20109</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>120</v>
+        <v>400</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>61.13</v>
+        <v>27.94</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>2300</v>
+        <v>19370</v>
       </c>
       <c r="G30" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
         <v>43.68</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>5817</v>
+        <v>5635</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>400</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="3" t="s">
+      <c r="A32" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="3" t="s">
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="C32" s="3">
-[...22 lines deleted...]
-      <c r="A33" s="2" t="s">
+      <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B33" s="2"/>
-[...6 lines deleted...]
-      <c r="I33" s="2"/>
+      <c r="C33" s="3">
+        <v>621.39</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="3">
+        <v>1341</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
+        <v>60</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>75.4</v>
+        <v>112.19</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>8098</v>
+        <v>7057</v>
       </c>
       <c r="G34" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>360</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>182.11</v>
+        <v>75.03</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>1459</v>
+        <v>390</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H35" s="3">
-        <v>360</v>
+        <v>500</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>561.41</v>
+        <v>173.01</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>1302</v>
+        <v>927</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>30</v>
+        <v>360</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>98.61</v>
+        <v>285.78</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>5070</v>
+        <v>1035</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>360</v>
+        <v>120</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>130.23</v>
+        <v>98.61</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>2112</v>
+        <v>6767</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>360</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>392.7</v>
+        <v>169.12</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>1488</v>
+        <v>978</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>85</v>
+        <v>360</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>97.2</v>
+        <v>307.99</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>1568</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>600</v>
+        <v>120</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>169.12</v>
+        <v>87.87</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>1156</v>
+        <v>1354</v>
       </c>
       <c r="G41" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H41" s="3">
-        <v>360</v>
+        <v>600</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>411.39</v>
+        <v>130.23</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>114</v>
+        <v>1702</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>600</v>
+        <v>360</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>124.66</v>
+        <v>75.4</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>8382</v>
+        <v>7336</v>
       </c>
       <c r="G43" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H43" s="3">
         <v>360</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>307.99</v>
+        <v>1275.25</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>1895</v>
+        <v>862</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>50.18</v>
+        <v>411.39</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>4551</v>
+        <v>96</v>
       </c>
       <c r="G45" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>600</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>121.64</v>
+        <v>97.2</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>3256</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>75.03</v>
+        <v>392.7</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>565</v>
+        <v>810</v>
       </c>
       <c r="G47" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>500</v>
+        <v>85</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>92.49</v>
+        <v>561.41</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>1474</v>
+        <v>975</v>
       </c>
       <c r="G48" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>600</v>
+        <v>30</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>621.39</v>
+        <v>336.58</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>1435</v>
+        <v>459</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>285.78</v>
+        <v>67.04</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>1283</v>
+        <v>4520</v>
       </c>
       <c r="G50" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H50" s="3">
-        <v>120</v>
+        <v>400</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>1282.21</v>
+        <v>45.16</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>2149</v>
+        <v>4201</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H51" s="3">
-        <v>60</v>
+        <v>600</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>291.42</v>
+        <v>109.48</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>1897</v>
+        <v>513</v>
       </c>
       <c r="G52" s="3">
         <v>25</v>
       </c>
       <c r="H52" s="3">
         <v>500</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>67.04</v>
+        <v>291.42</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>5417</v>
+        <v>1741</v>
       </c>
       <c r="G53" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H53" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>109.48</v>
+        <v>121.64</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>588</v>
+        <v>2763</v>
       </c>
       <c r="G54" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="H54" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>1416.94</v>
+        <v>1282.21</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>946</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>60</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A56" s="3" t="s">
+      <c r="A56" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="B56" s="3" t="s">
+      <c r="B56" s="2"/>
+      <c r="C56" s="2"/>
+      <c r="D56" s="2"/>
+      <c r="E56" s="2"/>
+      <c r="F56" s="2"/>
+      <c r="G56" s="2"/>
+      <c r="H56" s="2"/>
+      <c r="I56" s="2"/>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="C56" s="3">
-[...22 lines deleted...]
-      <c r="A57" s="2" t="s">
+      <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B57" s="2"/>
-[...6 lines deleted...]
-      <c r="I57" s="2"/>
+      <c r="C57" s="3">
+        <v>234.81</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F57" s="3">
+        <v>913</v>
+      </c>
+      <c r="G57" s="3">
+        <v>1</v>
+      </c>
+      <c r="H57" s="3">
+        <v>60</v>
+      </c>
+      <c r="I57" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>234.81</v>
+        <v>267.72</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>900</v>
+        <v>536</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>60</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>236.03</v>
+        <v>245.44</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>76</v>
+        <v>2003</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>60</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C60" s="3">
-        <v>256.06</v>
+        <v>267.72</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>458</v>
+        <v>423</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>60</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C61" s="3">
-        <v>267.72</v>
+        <v>247.84</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>442</v>
+        <v>2919</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>60</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>267.72</v>
+        <v>256.06</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>520</v>
+        <v>458</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>60</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>233.75</v>
+        <v>251.65</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>2184</v>
+        <v>584</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>60</v>
       </c>
       <c r="I63" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A23:I23"/>
-    <mergeCell ref="A33:I33"/>
-    <mergeCell ref="A57:I57"/>
+    <mergeCell ref="A32:I32"/>
+    <mergeCell ref="A56:I56"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
-    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D33" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
     <hyperlink ref="D51" r:id="rId46"/>
     <hyperlink ref="D52" r:id="rId47"/>
     <hyperlink ref="D53" r:id="rId48"/>
     <hyperlink ref="D54" r:id="rId49"/>
     <hyperlink ref="D55" r:id="rId50"/>
-    <hyperlink ref="D56" r:id="rId51"/>
+    <hyperlink ref="D57" r:id="rId51"/>
     <hyperlink ref="D58" r:id="rId52"/>
     <hyperlink ref="D59" r:id="rId53"/>
     <hyperlink ref="D60" r:id="rId54"/>
     <hyperlink ref="D61" r:id="rId55"/>
     <hyperlink ref="D62" r:id="rId56"/>
     <hyperlink ref="D63" r:id="rId57"/>
-    <hyperlink ref="D64" r:id="rId58"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>