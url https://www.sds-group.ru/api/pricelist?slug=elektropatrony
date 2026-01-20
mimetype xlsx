--- v1 (2025-11-30)
+++ v2 (2026-01-20)
@@ -45,405 +45,405 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Электропатроны</t>
   </si>
   <si>
     <t>1.1 Патроны карболитовые и пластиковые</t>
   </si>
   <si>
+    <t>11-8872</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый настенный Е27 наклонный, белый, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>11-8826</t>
   </si>
   <si>
     <t>Патрон пластиковый термостойкий подвесной с кольцом Е27 черный REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>11-8870</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый настенный Е27 прямой, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8817</t>
+  </si>
+  <si>
+    <t>Патрон карболитовый настенный Е27 черный, c этикеткой, наклонный REXANT</t>
+  </si>
+  <si>
+    <t>11-8816</t>
+  </si>
+  <si>
+    <t>Патрон карболитовый с кольцом Е27 черный, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8801</t>
+  </si>
+  <si>
+    <t>Патрон подвесной с клеммной колодкой E27 белый, с этикеткой, индивидуальный пакет REXANT</t>
+  </si>
+  <si>
+    <t>11-8828</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е27 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8843-4</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е14 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8819</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е27 белый, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8895</t>
+  </si>
+  <si>
+    <t>Цоколь «патрон» пластиковый G4 с проводом 15см, черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8815</t>
+  </si>
+  <si>
+    <t>Патрон карболитовый подвесной Е27 черный, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8818</t>
+  </si>
+  <si>
+    <t>Патрон карболитовый потолочный Е27 черный, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8822</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е14 белый, c этикеткой REXANT</t>
   </si>
   <si>
     <t>11-8823</t>
   </si>
   <si>
     <t>Патрон пластиковый термостойкий с кольцом Е14 белый, c этикеткой REXANT</t>
   </si>
   <si>
-    <t>11-8895</t>
-[...20 lines deleted...]
-    <t>Патрон пластиковый термостойкий подвесной Е27 белый, c этикеткой REXANT</t>
+    <t>11-8825</t>
+  </si>
+  <si>
+    <t>Патрон подвесной с клеммной колодкой E27 черный, с этикеткой, индивидуальный пакет REXANT</t>
+  </si>
+  <si>
+    <t>11-8855</t>
+  </si>
+  <si>
+    <t>Патрон-розетка карболитовый Е27 черный, с этикеткой REXANT</t>
   </si>
   <si>
     <t>11-8875</t>
   </si>
   <si>
     <t>Патрон E27 с проводом 20см бело-бежевый REXANT</t>
   </si>
   <si>
-    <t>11-8815</t>
-[...32 lines deleted...]
-    <t>Патрон пластиковый настенный Е27 прямой, белый REXANT</t>
+    <t>11-8876</t>
+  </si>
+  <si>
+    <t>Патрон E27 с проводом 20см черный REXANT</t>
   </si>
   <si>
     <t>11-8827</t>
   </si>
   <si>
     <t>Патрон пластиковый термостойкий подвесной с кольцом Е14 черный REXANT</t>
   </si>
   <si>
-    <t>11-8822</t>
-[...28 lines deleted...]
-  <si>
     <t>1.2 Патроны керамические</t>
   </si>
   <si>
+    <t>11-8866</t>
+  </si>
+  <si>
+    <t>Патрон керамический E40 REXANT</t>
+  </si>
+  <si>
+    <t>11-8867</t>
+  </si>
+  <si>
+    <t>Патрон керамический E27 с держателем REXANT</t>
+  </si>
+  <si>
     <t>11-8880</t>
   </si>
   <si>
     <t>Цоколь «патрон» керамический G4 с проводом 15см, белый REXANT</t>
   </si>
   <si>
+    <t>11-8893</t>
+  </si>
+  <si>
+    <t>Патрон керамический E14 с этикеткой REXANT</t>
+  </si>
+  <si>
     <t>11-8891</t>
   </si>
   <si>
     <t>Патрон керамический E27 с этикеткой REXANT</t>
   </si>
   <si>
     <t>11-8804</t>
   </si>
   <si>
     <t>Цоколь «патрон» GU-10 с проводом REXANT</t>
   </si>
   <si>
     <t>11-8879</t>
   </si>
   <si>
     <t>Цоколь «патрон» G9 с проводом 15см, белый, c этикеткой REXANT</t>
   </si>
   <si>
-    <t>11-8866</t>
-[...10 lines deleted...]
-  <si>
     <t>11-8805</t>
   </si>
   <si>
     <t>Цоколь «патрон» GU-5.3 с проводом REXANT</t>
   </si>
   <si>
-    <t>11-8893</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3 Разветвители цокольные и переходники</t>
   </si>
   <si>
+    <t>11-8813</t>
+  </si>
+  <si>
+    <t>Переходник цокольный E27-E14 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8834</t>
+  </si>
+  <si>
+    <t>Переходник цокольный E14-GU10 белый REXANT</t>
+  </si>
+  <si>
+    <t>80-1194</t>
+  </si>
+  <si>
+    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный гибкий 220В-Е27 150 мм с выключателем REXANT</t>
+  </si>
+  <si>
+    <t>11-8863</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-3хЕ27 (поворотный цоколь) белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8864</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-4хЕ27 (поворотный цоколь) белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8843</t>
+  </si>
+  <si>
+    <t>Переходник цокольный GU10-Е14 REXANT</t>
+  </si>
+  <si>
+    <t>11-8860</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-2хЕ27 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8821</t>
+  </si>
+  <si>
+    <t>Переходник цокольный E40-E27 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8854-9</t>
+  </si>
+  <si>
+    <t>Переходник цокольный GU5,3- GU10 (пакет БОПП) 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>11-8854</t>
+  </si>
+  <si>
+    <t>Переходник цокольный GU5.3- GU10 REXANT</t>
+  </si>
+  <si>
+    <t>11-8812</t>
+  </si>
+  <si>
+    <t>Переходник цокольный Е27-Е40 REXANT</t>
+  </si>
+  <si>
+    <t>11-8811</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный  Е27-2хЕ27 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8881</t>
+  </si>
+  <si>
+    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный AC 220В-Е27 с выключателем REXANT</t>
+  </si>
+  <si>
+    <t>11-8883</t>
+  </si>
+  <si>
+    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный AC 220В-Е14 с выключателем REXANT</t>
+  </si>
+  <si>
+    <t>11-8871</t>
+  </si>
+  <si>
+    <t>Переходник цокольный E14-E27 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8868</t>
+  </si>
+  <si>
+    <t>Переходник Е27-Е27 гибкий 150 мм REXANT</t>
+  </si>
+  <si>
+    <t>11-8841</t>
+  </si>
+  <si>
+    <t>Переходник  цокольный GU10-Е27 REXANT</t>
+  </si>
+  <si>
+    <t>11-8831</t>
+  </si>
+  <si>
+    <t>Переходник цокольный Е14-Е27 белый REXANT</t>
+  </si>
+  <si>
     <t>11-8861</t>
   </si>
   <si>
     <t>Разветвитель цокольный Е27-3хЕ27 белый REXANT</t>
   </si>
   <si>
-    <t>11-8860</t>
-[...14 lines deleted...]
-    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный AC 220В-Е27 с выключателем REXANT</t>
+    <t>11-8865</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-5хЕ27 белый REXANT</t>
   </si>
   <si>
     <t>11-8869</t>
   </si>
   <si>
     <t>Переходник Е27-Е27 гибкий 300 мм REXANT</t>
   </si>
   <si>
-    <t>11-8811</t>
-[...46 lines deleted...]
-  <si>
     <t>11-8856</t>
   </si>
   <si>
     <t>Переходник цокольный E14-G9 белый REXANT</t>
   </si>
   <si>
     <t>11-8862</t>
   </si>
   <si>
     <t>Разветвитель цокольный Е27-4хЕ27 белый REXANT</t>
   </si>
   <si>
-    <t>11-8865</t>
-[...46 lines deleted...]
-  <si>
     <t>1.4 Патроны со шнуром</t>
   </si>
   <si>
+    <t>11-8890</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м черный REXANT</t>
+  </si>
+  <si>
     <t>11-8885</t>
   </si>
   <si>
     <t>Патрон E27 силиконовый со шнуром 1м синий REXANT</t>
   </si>
   <si>
+    <t>11-8886</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м зеленый REXANT</t>
+  </si>
+  <si>
+    <t>11-8889</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м желтый REXANT</t>
+  </si>
+  <si>
+    <t>11-8887</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м фиолетовый REXANT</t>
+  </si>
+  <si>
     <t>11-8888</t>
   </si>
   <si>
     <t>Патрон E27 силиконовый со шнуром 1м красный REXANT</t>
   </si>
   <si>
-    <t>11-8890</t>
-[...10 lines deleted...]
-  <si>
     <t>11-8884</t>
   </si>
   <si>
     <t>Патрон E27 силиконовый со шнуром 1м белый REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Патрон E27 силиконовый со шнуром 1м желтый REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -828,51 +828,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-s-koltsom-e27-cherniy-rexant-24774" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-s-koltsom-e14-beliy-c-etiketkoy-rexant-18665" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-plastikoviy-g4-s-provodom-15-sm-cherniy-rexant-24778" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-beliy-s-etiketkoy-individualniy-paket-rexant-10174" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitoviy-nastenniy-e27-cherniy-c-etiketkoy-naklonniy-rexant-18672" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-e27-beliy-c-etiketkoy-rexant-18668" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20-sm-beliy-rexant-20039" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitoviy-podvesnoy-e27-cherniy-c-etiketkoy-rexant-18667" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitoviy-potolochniy-e27-cherniy-c-etiketkoy-rexant-18664" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-rozetka-karbolitoviy-e27-cherniy-s-etiketkoy-rexant-18671" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-cherniy-s-etiketkoy-individualniy-paket-rexant-18666" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-e27-cherniy-rexant-24773" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-nastenniy-e27-pryamoy-beliy-rexant-24775" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-s-koltsom-e14-cherniy-rexant-24777" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-e14-beliy-c-etiketkoy-rexant-18670" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20-sm-cherniy-rexant-20038" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-termostoykiy-podvesnoy-e14-cherniy-rexant-24776" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitoviy-s-koltsom-e27-cherniy-c-etiketkoy-rexant-18669" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikoviy-nastenniy-e27-naklonniy-beliy-c-etiketkoy-rexant-22173" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-keramicheskiy-g4-s-provodom-15-sm-beliy-rexant-24779" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-etiketkoy-rexant-11603" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-10-s-provodom-rexant-10171" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-g9-s-provodom-15-sm-beliy-c-etiketkoy-rexant-22177" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e40-rexant-19599" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-derjatelem-rexant-19598" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-5-3-s-provodom-rexant-10172" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e14-s-etiketkoy-rexant-11602" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-3he27-beliy-rexant-19593" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-2he27-cherniy-rexant-19588" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-gu10-e27-rexant-8021" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolniy-ac-220v-e27-s-viklyuchatelem-rexant-9383" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-300-mm-rexant-19586" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-2he27-beliy-rexant-10173" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolniy-ac-220v-e14-s-viklyuchatelem-rexant-9384" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolniy-gibkiy-220v-e27-150-mm-s-viklyuchatelem-rexant-19594" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e14-gu10-beliy-rexant-8024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e14-e27-cherniy-rexant-19592" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e14-e27-beliy-rexant-8019" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-4he27-povorotniy-tsokol-beliy-rexant-19596" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-gu5-3-gu10-paket-bopp-1-sht-rexant-12358" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e14-g9-beliy-rexant-19585" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-4he27-beliy-rexant-19587" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-5he27-beliy-rexant-19597" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-150-mm-rexant-19590" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e27-e14-beliy-rexant-8018" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e40-e27-beliy-rexant-8020" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-gu10-e14-rexant-8023" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-gu5-3-gu10-rexant-8026" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolniy-e27-e40-rexant-8017" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolniy-e27-3he27-povorotniy-tsokol-beliy-rexant-19589" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-siniy-rexant-18679" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-krasniy-rexant-18682" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-cherniy-rexant-18680" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-fioletoviy-rexant-18681" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-beliy-rexant-18685" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-zeleniy-rexant-18683" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonoviy-so-shnurom-1-m-jeltiy-rexant-18684" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-nastennyy-e27-naklonnyy-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-s-koltsom-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-nastennyy-e27-pryamoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-nastennyy-e27-chernyy-c-etiketkoy-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-s-koltsom-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-belyy-s-etiketkoy-individualnyy-paket-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e14-chernyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e27-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-plastikovyy-g4-s-provodom-15sm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-podvesnoy-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-potolochnyy-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e14-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-s-koltsom-e14-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-chernyy-s-etiketkoy-individualnyy-paket-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-rozetka-karbolitovyy-e27-chernyy-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20sm-belo-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20sm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-s-koltsom-e14-chernyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e40-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-derzhatelem-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-keramicheskiy-g4-s-provodom-15sm-belyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e14-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-10-s-provodom-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-g9-s-provodom-15sm-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-5-3-s-provodom-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e27-e14-belyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-gu10-belyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-gibkiy-220v" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-3he27-povorotnyy-tsokol-belyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-4he27-povorotnyy-tsokol-belyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu10-e14-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-2he27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e40-e27-belyy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu5-3-gu10-paket-bopp-1-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu5-3-gu10-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e27-e40-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-2he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-ac-220v-e27" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-ac-220v-e14" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-150-mm-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu10-e27-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-e27-belyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-3he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-5he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-300-mm-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-g9-belyy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-4he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-siniy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-fioletovyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-belyy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I63"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -909,1723 +909,1723 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>39.59</v>
+        <v>52.96</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>6456</v>
+        <v>1180</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>27.34</v>
+        <v>40.26</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>3963</v>
+        <v>4429</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>20.41</v>
+        <v>55.16</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>5600</v>
+        <v>7835</v>
       </c>
       <c r="G6" s="3">
+        <v>1</v>
+      </c>
+      <c r="H6" s="3">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>2000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>81.44</v>
+        <v>58.75</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>8918</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>57.77</v>
+        <v>75.21</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>9681</v>
+        <v>3728</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>31.65</v>
+        <v>82.82</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>6976</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>43.56</v>
+        <v>31.86</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>18272</v>
+        <v>6263</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>39.7</v>
+        <v>17.4</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>23006</v>
+        <v>3350</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>59.02</v>
+        <v>32.19</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>12305</v>
+        <v>4273</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>75.1</v>
+        <v>20.76</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>7737</v>
+        <v>5000</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H13" s="3">
-        <v>240</v>
+        <v>2000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>81.66</v>
+        <v>40.37</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>17921</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>31.33</v>
+        <v>60.02</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>8887</v>
+        <v>10255</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>54.24</v>
+        <v>18.85</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>10725</v>
+        <v>809</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>22.84</v>
+        <v>27.8</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>2153</v>
+        <v>327</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>20.6</v>
+        <v>83.05</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>2053</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>48.83</v>
+        <v>76.38</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>6001</v>
+        <v>7160</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>17.11</v>
+        <v>44.3</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>3652</v>
+        <v>13494</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>73.95</v>
+        <v>49.66</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>4250</v>
+        <v>4717</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>52.07</v>
+        <v>23.23</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>2321</v>
+        <v>1700</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>27.02</v>
+        <v>153.39</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>1528</v>
       </c>
       <c r="G24" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>2000</v>
+        <v>120</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>49.8</v>
+        <v>42.22</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>22494</v>
+        <v>16856</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>36.11</v>
+        <v>24.73</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>6150</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H26" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>61.13</v>
+        <v>42.2</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>3300</v>
+        <v>5639</v>
       </c>
       <c r="G27" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>150.83</v>
+        <v>50.65</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1270</v>
+        <v>21259</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>41.51</v>
+        <v>36.72</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>20109</v>
+        <v>2814</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>27.94</v>
+        <v>62.17</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>19370</v>
+        <v>3250</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H30" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>43.68</v>
+        <v>28.41</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>5635</v>
+        <v>15347</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>400</v>
+        <v>2000</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>621.39</v>
+        <v>68.18</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1341</v>
+        <v>3980</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H33" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>112.19</v>
+        <v>84.9</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>7057</v>
+        <v>1306</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H34" s="3">
-        <v>360</v>
+        <v>600</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>75.03</v>
+        <v>297.56</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>390</v>
+        <v>1333</v>
       </c>
       <c r="G35" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>173.01</v>
+        <v>1304.01</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>927</v>
+        <v>5</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>360</v>
+        <v>60</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>285.78</v>
+        <v>1296.93</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>1035</v>
+        <v>722</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>98.61</v>
+        <v>94.64</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>6767</v>
+        <v>13</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H38" s="3">
-        <v>360</v>
+        <v>500</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>169.12</v>
+        <v>96.98</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>978</v>
+        <v>584</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>360</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>307.99</v>
+        <v>43.63</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1568</v>
+        <v>3078</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H40" s="3">
-        <v>120</v>
+        <v>600</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>87.87</v>
+        <v>418.38</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>1354</v>
+        <v>88</v>
       </c>
       <c r="G41" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>600</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>130.23</v>
+        <v>296.37</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1702</v>
+        <v>1444</v>
       </c>
       <c r="G42" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H42" s="3">
-        <v>360</v>
+        <v>500</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>75.4</v>
+        <v>123.71</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>7336</v>
+        <v>2383</v>
       </c>
       <c r="G43" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="H43" s="3">
-        <v>360</v>
+        <v>400</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>1275.25</v>
+        <v>100.29</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>862</v>
+        <v>5082</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>60</v>
+        <v>360</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>411.39</v>
+        <v>149.57</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>96</v>
+        <v>699</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>600</v>
+        <v>360</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>97.2</v>
+        <v>172</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>909</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>600</v>
+        <v>360</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>392.7</v>
+        <v>132.44</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>810</v>
+        <v>157</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>85</v>
+        <v>360</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>561.41</v>
+        <v>342.3</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>975</v>
+        <v>60</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>336.58</v>
+        <v>76.31</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>459</v>
+        <v>340</v>
       </c>
       <c r="G49" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H49" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>67.04</v>
+        <v>76.68</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>4520</v>
+        <v>6065</v>
       </c>
       <c r="G50" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="H50" s="3">
-        <v>400</v>
+        <v>360</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>45.16</v>
+        <v>631.95</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>4201</v>
+        <v>1264</v>
       </c>
       <c r="G51" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>600</v>
+        <v>60</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>109.48</v>
+        <v>570.95</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>513</v>
+        <v>803</v>
       </c>
       <c r="G52" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>500</v>
+        <v>30</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>291.42</v>
+        <v>276.11</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>1741</v>
+        <v>546</v>
       </c>
       <c r="G53" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>121.64</v>
+        <v>84.02</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>2763</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>1282.21</v>
+        <v>399.38</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>553</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
       <c r="D56" s="2"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
       <c r="I56" s="2"/>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>234.81</v>
+        <v>249.61</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>913</v>
+        <v>2662</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>60</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>267.72</v>
+        <v>226.86</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>536</v>
+        <v>912</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>60</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>245.44</v>
+        <v>216.14</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>2003</v>
+        <v>441</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>60</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C60" s="3">
-        <v>267.72</v>
+        <v>255.93</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>423</v>
+        <v>349</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>60</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C61" s="3">
-        <v>247.84</v>
+        <v>217.81</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>2919</v>
+        <v>295</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>60</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>256.06</v>
+        <v>217.81</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>458</v>
+        <v>555</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>60</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>251.65</v>
+        <v>252.05</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>584</v>
+        <v>2662</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>60</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A23:I23"/>
     <mergeCell ref="A32:I32"/>
     <mergeCell ref="A56:I56"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>