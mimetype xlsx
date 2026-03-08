--- v2 (2026-01-20)
+++ v3 (2026-03-08)
@@ -8,442 +8,436 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="238" uniqueCount="128">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Электропатроны</t>
   </si>
   <si>
     <t>1.1 Патроны карболитовые и пластиковые</t>
   </si>
   <si>
+    <t>11-8826</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной с кольцом Е27 черный REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-8895</t>
+  </si>
+  <si>
+    <t>Цоколь «патрон» пластиковый G4 с проводом 15см, черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8801</t>
+  </si>
+  <si>
+    <t>Патрон подвесной с клеммной колодкой E27 белый, с этикеткой, индивидуальный пакет REXANT</t>
+  </si>
+  <si>
+    <t>11-8815</t>
+  </si>
+  <si>
+    <t>Патрон карболитовый подвесной Е27 черный, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8817</t>
+  </si>
+  <si>
+    <t>Патрон карболитовый настенный Е27 черный, c этикеткой, наклонный REXANT</t>
+  </si>
+  <si>
+    <t>11-8818</t>
+  </si>
+  <si>
+    <t>Патрон карболитовый потолочный Е27 черный, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8819</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е27 белый, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8822</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е14 белый, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8823</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий с кольцом Е14 белый, c этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8825</t>
+  </si>
+  <si>
+    <t>Патрон подвесной с клеммной колодкой E27 черный, с этикеткой, индивидуальный пакет REXANT</t>
+  </si>
+  <si>
+    <t>11-8855</t>
+  </si>
+  <si>
+    <t>Патрон-розетка карболитовый Е27 черный, с этикеткой REXANT</t>
+  </si>
+  <si>
+    <t>11-8875</t>
+  </si>
+  <si>
+    <t>Патрон E27 с проводом 20см бело-бежевый REXANT</t>
+  </si>
+  <si>
+    <t>11-8876</t>
+  </si>
+  <si>
+    <t>Патрон E27 с проводом 20см черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8828</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е27 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8870</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый настенный Е27 прямой, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8843-4</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной Е14 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8827</t>
+  </si>
+  <si>
+    <t>Патрон пластиковый термостойкий подвесной с кольцом Е14 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8816</t>
+  </si>
+  <si>
+    <t>Патрон карболитовый с кольцом Е27 черный, c этикеткой REXANT</t>
+  </si>
+  <si>
     <t>11-8872</t>
   </si>
   <si>
     <t>Патрон пластиковый настенный Е27 наклонный, белый, c этикеткой REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...112 lines deleted...]
-  <si>
     <t>1.2 Патроны керамические</t>
   </si>
   <si>
+    <t>11-8880</t>
+  </si>
+  <si>
+    <t>Цоколь «патрон» керамический G4 с проводом 15см, белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8804</t>
+  </si>
+  <si>
+    <t>Цоколь «патрон» GU-10 с проводом REXANT</t>
+  </si>
+  <si>
+    <t>11-8805</t>
+  </si>
+  <si>
+    <t>Цоколь «патрон» GU-5.3 с проводом REXANT</t>
+  </si>
+  <si>
+    <t>11-8891</t>
+  </si>
+  <si>
+    <t>Патрон керамический E27 с этикеткой REXANT</t>
+  </si>
+  <si>
     <t>11-8866</t>
   </si>
   <si>
     <t>Патрон керамический E40 REXANT</t>
   </si>
   <si>
     <t>11-8867</t>
   </si>
   <si>
     <t>Патрон керамический E27 с держателем REXANT</t>
   </si>
   <si>
-    <t>11-8880</t>
-[...2 lines deleted...]
-    <t>Цоколь «патрон» керамический G4 с проводом 15см, белый REXANT</t>
+    <t>11-8879</t>
+  </si>
+  <si>
+    <t>Цоколь «патрон» G9 с проводом 15см, белый, c этикеткой REXANT</t>
   </si>
   <si>
     <t>11-8893</t>
   </si>
   <si>
     <t>Патрон керамический E14 с этикеткой REXANT</t>
   </si>
   <si>
-    <t>11-8891</t>
-[...22 lines deleted...]
-  <si>
     <t>1.3 Разветвители цокольные и переходники</t>
   </si>
   <si>
+    <t>11-8881</t>
+  </si>
+  <si>
+    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный AC 220В-Е27 с выключателем REXANT</t>
+  </si>
+  <si>
+    <t>11-8883</t>
+  </si>
+  <si>
+    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный AC 220В-Е14 с выключателем REXANT</t>
+  </si>
+  <si>
+    <t>11-8811</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-2хЕ27 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8831</t>
+  </si>
+  <si>
+    <t>Переходник цокольный Е14-Е27 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8854-9</t>
+  </si>
+  <si>
+    <t>Переходник цокольный GU5,3- GU10 (пакет БОПП) 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>11-8871</t>
+  </si>
+  <si>
+    <t>Переходник цокольный E14-E27 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8860</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-2хЕ27 черный REXANT</t>
+  </si>
+  <si>
+    <t>11-8862</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-4хЕ27 белый REXANT</t>
+  </si>
+  <si>
+    <t>80-1194</t>
+  </si>
+  <si>
+    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный гибкий 220В-Е27 150 мм с выключателем REXANT</t>
+  </si>
+  <si>
+    <t>11-8812</t>
+  </si>
+  <si>
+    <t>Переходник цокольный Е27-Е40 REXANT</t>
+  </si>
+  <si>
     <t>11-8813</t>
   </si>
   <si>
     <t>Переходник цокольный E27-E14 белый REXANT</t>
   </si>
   <si>
+    <t>11-8821</t>
+  </si>
+  <si>
+    <t>Переходник цокольный E40-E27 белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8841</t>
+  </si>
+  <si>
+    <t>Переходник  цокольный GU10-Е27 REXANT</t>
+  </si>
+  <si>
+    <t>11-8843</t>
+  </si>
+  <si>
+    <t>Переходник цокольный GU10-Е14 REXANT</t>
+  </si>
+  <si>
     <t>11-8834</t>
   </si>
   <si>
     <t>Переходник цокольный E14-GU10 белый REXANT</t>
   </si>
   <si>
-    <t>80-1194</t>
-[...2 lines deleted...]
-    <t>Переходник-светильник для крепления в штепсельной сетевой розетке переходник цокольный гибкий 220В-Е27 150 мм с выключателем REXANT</t>
+    <t>11-8854</t>
+  </si>
+  <si>
+    <t>Переходник цокольный GU5.3- GU10 REXANT</t>
+  </si>
+  <si>
+    <t>11-8861</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-3хЕ27 белый REXANT</t>
   </si>
   <si>
     <t>11-8863</t>
   </si>
   <si>
     <t>Разветвитель цокольный Е27-3хЕ27 (поворотный цоколь) белый REXANT</t>
   </si>
   <si>
     <t>11-8864</t>
   </si>
   <si>
     <t>Разветвитель цокольный Е27-4хЕ27 (поворотный цоколь) белый REXANT</t>
   </si>
   <si>
-    <t>11-8843</t>
-[...56 lines deleted...]
-    <t>Переходник цокольный E14-E27 черный REXANT</t>
+    <t>11-8865</t>
+  </si>
+  <si>
+    <t>Разветвитель цокольный Е27-5хЕ27 белый REXANT</t>
   </si>
   <si>
     <t>11-8868</t>
   </si>
   <si>
     <t>Переходник Е27-Е27 гибкий 150 мм REXANT</t>
   </si>
   <si>
-    <t>11-8841</t>
-[...22 lines deleted...]
-  <si>
     <t>11-8869</t>
   </si>
   <si>
     <t>Переходник Е27-Е27 гибкий 300 мм REXANT</t>
   </si>
   <si>
-    <t>11-8856</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4 Патроны со шнуром</t>
   </si>
   <si>
+    <t>11-8884</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м белый REXANT</t>
+  </si>
+  <si>
+    <t>11-8885</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м синий REXANT</t>
+  </si>
+  <si>
     <t>11-8890</t>
   </si>
   <si>
     <t>Патрон E27 силиконовый со шнуром 1м черный REXANT</t>
   </si>
   <si>
-    <t>11-8885</t>
-[...4 lines deleted...]
-  <si>
     <t>11-8886</t>
   </si>
   <si>
     <t>Патрон E27 силиконовый со шнуром 1м зеленый REXANT</t>
   </si>
   <si>
+    <t>11-8887</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м фиолетовый REXANT</t>
+  </si>
+  <si>
+    <t>11-8888</t>
+  </si>
+  <si>
+    <t>Патрон E27 силиконовый со шнуром 1м красный REXANT</t>
+  </si>
+  <si>
     <t>11-8889</t>
   </si>
   <si>
     <t>Патрон E27 силиконовый со шнуром 1м желтый REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Патрон E27 силиконовый со шнуром 1м белый REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -828,56 +822,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-nastennyy-e27-naklonnyy-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-s-koltsom-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-nastennyy-e27-pryamoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-nastennyy-e27-chernyy-c-etiketkoy-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-s-koltsom-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-belyy-s-etiketkoy-individualnyy-paket-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e14-chernyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e27-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-plastikovyy-g4-s-provodom-15sm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-podvesnoy-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-potolochnyy-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e14-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-s-koltsom-e14-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-chernyy-s-etiketkoy-individualnyy-paket-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-rozetka-karbolitovyy-e27-chernyy-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20sm-belo-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20sm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-s-koltsom-e14-chernyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e40-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-derzhatelem-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-keramicheskiy-g4-s-provodom-15sm-belyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e14-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-10-s-provodom-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-g9-s-provodom-15sm-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-5-3-s-provodom-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e27-e14-belyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-gu10-belyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-gibkiy-220v" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-3he27-povorotnyy-tsokol-belyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-4he27-povorotnyy-tsokol-belyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu10-e14-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-2he27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e40-e27-belyy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu5-3-gu10-paket-bopp-1-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu5-3-gu10-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e27-e40-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-2he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-ac-220v-e27" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-ac-220v-e14" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-150-mm-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu10-e27-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-e27-belyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-3he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-5he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-300-mm-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-g9-belyy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-4he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-siniy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-fioletovyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-belyy-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-s-koltsom-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-plastikovyy-g4-s-provodom-15sm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-belyy-s-etiketkoy-individualnyy-paket-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-podvesnoy-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-nastennyy-e27-chernyy-c-etiketkoy-naklonnyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-potolochnyy-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e27-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e14-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-s-koltsom-e14-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-podvesnoy-s-klemmnoy-kolodkoy-e27-chernyy-s-etiketkoy-individualnyy-paket-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-rozetka-karbolitovyy-e27-chernyy-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20sm-belo-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-s-provodom-20sm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-nastennyy-e27-pryamoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-e14-chernyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-termostoykiy-podvesnoy-s-koltsom-e14-chernyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-karbolitovyy-s-koltsom-e27-chernyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-plastikovyy-nastennyy-e27-naklonnyy-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-keramicheskiy-g4-s-provodom-15sm-belyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-10-s-provodom-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-gu-5-3-s-provodom-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e40-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e27-s-derzhatelem-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsokol-patron-g9-s-provodom-15sm-belyy-c-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-keramicheskiy-e14-s-etiketkoy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-ac-220v-e27-s-vyklyuchatelem-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-ac-220v-e14-s-vyklyuchatelem-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-2he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-e27-belyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu5-3-gu10-paket-bopp-1-sht-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-e27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-2he27-chernyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-4he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-svetilnik-dlya-krepleniya-v-shtepselnoy-setevoy-rozetke-perehodnik-tsokolnyy-gibkiy-220v-e27-150-mm-s-vyklyuchatelem-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e27-e40-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e27-e14-belyy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e40-e27-belyy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu10-e27-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu10-e14-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-e14-gu10-belyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-tsokolnyy-gu5-3-gu10-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-3he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-3he27-povorotnyy-tsokol-belyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-4he27-povorotnyy-tsokol-belyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-tsokolnyy-e27-5he27-belyy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-150-mm-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-e27-e27-gibkiy-300-mm-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-belyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-siniy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-fioletovyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patron-e27-silikonovyy-so-shnurom-1m-zheltyy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I63"/>
+  <dimension ref="A1:I62"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -909,1741 +903,1712 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>52.96</v>
+        <v>34.22</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1180</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>40.26</v>
+        <v>14.53</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>4429</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>55.16</v>
+        <v>70.4</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>7835</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>58.75</v>
+        <v>34.31</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>8918</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>75.21</v>
+        <v>49.94</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>3728</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>82.82</v>
+        <v>51.02</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>31.86</v>
+        <v>27.36</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>6263</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>17.4</v>
+        <v>13.2</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>3350</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>32.19</v>
+        <v>23.63</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>4273</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>20.76</v>
+        <v>70.59</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>5000</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>2000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>40.37</v>
+        <v>64.92</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>17921</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>60.02</v>
+        <v>37.66</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>10255</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>18.85</v>
+        <v>42.21</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>809</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>27.8</v>
+        <v>27.08</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>327</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>83.05</v>
+        <v>46.89</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>76.38</v>
+        <v>12.18</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>7160</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>44.3</v>
+        <v>16.26</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>13494</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>49.66</v>
+        <v>63.93</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>4717</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>23.23</v>
+        <v>45.02</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1700</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>153.39</v>
+        <v>17.31</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1528</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H24" s="3">
-        <v>120</v>
+        <v>2000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>42.22</v>
+        <v>36.72</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>16856</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>24.73</v>
+        <v>24.15</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>2000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>42.2</v>
+        <v>43.05</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>5639</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>50.65</v>
+        <v>130.38</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>21259</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>36.72</v>
+        <v>35.89</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>2814</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>62.17</v>
+        <v>52.84</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>3250</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>100</v>
       </c>
       <c r="H30" s="3">
         <v>1000</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>28.41</v>
+        <v>29.54</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>15347</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>2000</v>
+        <v>400</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>68.18</v>
+        <v>127.13</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>3980</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>400</v>
+        <v>360</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>84.9</v>
+        <v>146.2</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1306</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>600</v>
+        <v>360</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>297.56</v>
+        <v>85.25</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>1333</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>120</v>
+        <v>360</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>1304.01</v>
+        <v>65.18</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H36" s="3">
-        <v>60</v>
+        <v>360</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>1296.93</v>
+        <v>355.62</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>722</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>60</v>
+        <v>600</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>94.64</v>
+        <v>112.57</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>500</v>
+        <v>360</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>96.98</v>
+        <v>67.89</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>584</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>360</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>43.63</v>
+        <v>319.5</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>3078</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>600</v>
+        <v>30</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>418.38</v>
+        <v>238.05</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>88</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>600</v>
+        <v>120</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>296.37</v>
+        <v>105.15</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1444</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="H42" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>123.71</v>
+        <v>57.95</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>2383</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H43" s="3">
         <v>400</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>100.29</v>
+        <v>30.54</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>5082</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H44" s="3">
-        <v>360</v>
+        <v>600</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>149.57</v>
+        <v>53.42</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>699</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H45" s="3">
-        <v>360</v>
+        <v>500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>172</v>
+        <v>66.25</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>909</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H46" s="3">
-        <v>360</v>
+        <v>500</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>132.44</v>
+        <v>59.43</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>157</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H47" s="3">
-        <v>360</v>
+        <v>600</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>342.3</v>
+        <v>251.91</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H48" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>76.31</v>
+        <v>505.56</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>340</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>500</v>
+        <v>60</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>76.68</v>
+        <v>912.81</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>6065</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>360</v>
+        <v>60</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>631.95</v>
+        <v>1024.57</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>1264</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>60</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>570.95</v>
+        <v>456.76</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>803</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>30</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>276.11</v>
+        <v>290.96</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>546</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>120</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>84.02</v>
+        <v>234.69</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
         <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>600</v>
+        <v>120</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A55" s="3" t="s">
+      <c r="A55" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="B55" s="3" t="s">
+      <c r="B55" s="2"/>
+      <c r="C55" s="2"/>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2"/>
+      <c r="F55" s="2"/>
+      <c r="G55" s="2"/>
+      <c r="H55" s="2"/>
+      <c r="I55" s="2"/>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="C55" s="3">
-[...22 lines deleted...]
-      <c r="A56" s="2" t="s">
+      <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B56" s="2"/>
-[...6 lines deleted...]
-      <c r="I56" s="2"/>
+      <c r="C56" s="3">
+        <v>214.24</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" s="3">
+        <v>0</v>
+      </c>
+      <c r="G56" s="3">
+        <v>1</v>
+      </c>
+      <c r="H56" s="3">
+        <v>60</v>
+      </c>
+      <c r="I56" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>249.61</v>
+        <v>158.8</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>2662</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>60</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>226.86</v>
+        <v>212.17</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>912</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>60</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>216.14</v>
+        <v>151.3</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>441</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>60</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C60" s="3">
-        <v>255.93</v>
+        <v>152.47</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>349</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>60</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C61" s="3">
-        <v>217.81</v>
+        <v>152.47</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>295</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>60</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>217.81</v>
+        <v>179.15</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>555</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>60</v>
       </c>
       <c r="I62" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A23:I23"/>
     <mergeCell ref="A32:I32"/>
-    <mergeCell ref="A56:I56"/>
+    <mergeCell ref="A55:I55"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
@@ -2651,58 +2616,57 @@
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D33" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
     <hyperlink ref="D51" r:id="rId46"/>
     <hyperlink ref="D52" r:id="rId47"/>
     <hyperlink ref="D53" r:id="rId48"/>
     <hyperlink ref="D54" r:id="rId49"/>
-    <hyperlink ref="D55" r:id="rId50"/>
+    <hyperlink ref="D56" r:id="rId50"/>
     <hyperlink ref="D57" r:id="rId51"/>
     <hyperlink ref="D58" r:id="rId52"/>
     <hyperlink ref="D59" r:id="rId53"/>
     <hyperlink ref="D60" r:id="rId54"/>
     <hyperlink ref="D61" r:id="rId55"/>
     <hyperlink ref="D62" r:id="rId56"/>
-    <hyperlink ref="D63" r:id="rId57"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>