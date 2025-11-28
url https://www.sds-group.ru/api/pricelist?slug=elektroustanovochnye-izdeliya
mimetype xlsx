--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -8,1801 +8,1807 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1143" uniqueCount="583">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1147" uniqueCount="585">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Электроустановочные изделия</t>
   </si>
   <si>
     <t>1.1 Выключатели и розетки скрытой установки</t>
   </si>
   <si>
     <t>1.1.1 Выключатели и розетки скрытой установки серия Happy</t>
   </si>
   <si>
+    <t>KR-78-0622</t>
+  </si>
+  <si>
+    <t>Розетка одноместная HAPPY Ромашка с/у, с/з, со шторками, желтая/белая KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-78-0627</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный HAPPY Цветок с/у, белый/голубой KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0629</t>
+  </si>
+  <si>
+    <t>Выключатель одноклавишный HAPPY Яичница с/у, желтый/белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0617</t>
+  </si>
+  <si>
+    <t>Выключатель одноклавишный HAPPY Солнце с/у, желтый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0631</t>
+  </si>
+  <si>
+    <t>Розетка одноместная HAPPY Яичница с/у, с/з, со шторками, желтая/белая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0621</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный HAPPY Ромашка с/у, желтый/белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0620</t>
+  </si>
+  <si>
+    <t>Выключатель одноклавишный HAPPY Ромашка с/у, желтый/белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0632</t>
+  </si>
+  <si>
+    <t>Розетка двойная HAPPY Яичница с/у, с/з, со шторками, желтая/белая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0624</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный HAPPY Цветок с/у, белый/розовый KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0618</t>
   </si>
   <si>
     <t>Выключатель двухклавишный HAPPY Солнце с/у, желтый KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0813</t>
   </si>
   <si>
     <t>Розетка одноместная HAPPY Солнце с/у, с/з, со шторками, желтая KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0617</t>
-[...14 lines deleted...]
-    <t>Розетка одноместная HAPPY Ромашка с/у, с/з, со шторками, желтая/белая KRANZ</t>
+    <t>KR-78-0625</t>
+  </si>
+  <si>
+    <t>Розетка одноместная HAPPY Цветок с/у, с/з, со шторками, белая/розовая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0630</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный HAPPY Яичница с/у, желтый/белый KRANZ</t>
   </si>
   <si>
     <t>KR-78-0623</t>
   </si>
   <si>
     <t>Выключатель одноклавишный HAPPY Цветок с/у, белый/розовый KRANZ</t>
   </si>
   <si>
     <t>KR-78-0626</t>
   </si>
   <si>
     <t>Выключатель одноклавишный HAPPY Цветок с/у, белый/голубой KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0627</t>
-[...40 lines deleted...]
-  <si>
     <t>KR-78-0628</t>
   </si>
   <si>
     <t>Розетка одноместная HAPPY Цветок с/у, с/з, со шторками, белая/голубая KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0629</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.2 Выключатели и розетки скрытой установки серия DEA</t>
   </si>
   <si>
+    <t>KR-78-0271</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Серебряный металлик KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0331</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Черный Металлик KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая керамика с/з с/у 16А Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0228</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0259</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0252</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Телефон RJ11 с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
     <t>KR-78-0288</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 4-я горизонтальная Серебряный металлик KRANZ </t>
   </si>
   <si>
+    <t>KR-78-0348</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0227</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0236</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. (инд) с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0320</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0235</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0212</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з з/ш с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0258</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0223</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Компьютер RJ45 с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0229</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0238</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл перекрест. с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0256</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0316</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0319</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0224</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Светорегулятор 300Вт с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0287</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0318</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0204</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 3кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая керамика с/з с/у 16А Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0231</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл (инд) с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0240</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая б/з с/у 10А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0242</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з з/ш с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0217</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая б/з с/у 10А  Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0245</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0241</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0239</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель для жалюзи 2кл с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0246</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с крышкой с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0232</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0247</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая б/з с/у 10А Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0248</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая с/з с/у 16А Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0253</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Компьютер RJ45 с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0216</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с крышкой с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0243</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с крышкой с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0218</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая с/з с/у 16А Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл (инд) с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл (инд) с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0210</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая б/з с/у 10А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0214</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика б/з с/у 10А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0219</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая керамика б/з с/у 10А Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0221</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка TV Проходная с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0230</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0233</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл (инд) с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0234</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 3кл с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0244</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика б/з с/у 10А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0249</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая керамика б/з с/у 10А Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка TV Проходная с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0209</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель для жалюзи 2кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0213</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с крышкой с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0222</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Телефон RJ11 с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0206</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. (инд) с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0225</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0208</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл перекрест. с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0226</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0237</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 2кл прох. с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0254</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Светорегулятор 300Вт с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0255</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0257</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0285</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0286</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0289</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
     <t>KR-78-0317</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 3-я горизонтальная Золотой Металлик KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0318</t>
-[...34 lines deleted...]
-  <si>
     <t>KR-78-0345</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 1-я горизонтальная Черный Металлик KRANZ </t>
   </si>
   <si>
+    <t>KR-78-0346</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Черный Металлик KRANZ </t>
+  </si>
+  <si>
     <t>KR-78-0347</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 3-я горизонтальная Черный Металлик KRANZ </t>
   </si>
   <si>
     <t>KR-78-0349</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 5-я горизонтальная Черный Металлик KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0331</t>
-[...164 lines deleted...]
-    <t xml:space="preserve">DEA Розетка Телефон RJ11 с/у мех. Бел KRANZ </t>
+    <t>KR-78-0205</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0207</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 2кл прох. с/у 10А мех. белый KRANZ</t>
   </si>
   <si>
     <t>KR-78-0260</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Серебряный металлик KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0227</t>
-[...232 lines deleted...]
-  <si>
     <t>1.1.3 Выключатели и розетки серия ROUND со скругленным углом</t>
   </si>
   <si>
     <t>KR-78-0728-1</t>
   </si>
   <si>
     <t>Терморегулятор ROUND Wi-Fi с/у перламутр KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0727-1</t>
+  </si>
+  <si>
+    <t>Подсветка настенная ROUND для ног с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) с подсветкой 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0714-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл с подсветкой 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0702-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками и крышкой 16А перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0702-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками и крышкой 16А титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл проходной (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл с подсветкой 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0728-2</t>
+  </si>
+  <si>
+    <t>Терморегулятор ROUND Wi-Fi с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл проходной (переключатель) 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND TV с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0714-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл с подсветкой 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0751-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 1-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 2-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 + TV с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 5-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0714-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл с подсветкой 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0751-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 1-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0711-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл для жалюзи возвратный 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 2-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0702-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками и крышкой 16А оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0711-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл для жалюзи возвратный 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл с подсветкой 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) с подсветкой 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0751-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 1-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 5-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками 16А перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0753-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 3-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0732-2</t>
+  </si>
+  <si>
+    <t>Светорегулятор ROUND (диммер) 300Вт с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 + TV с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND TV с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0727-3</t>
+  </si>
+  <si>
+    <t>Подсветка настенная ROUND для ног с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0732-1</t>
+  </si>
+  <si>
+    <t>Светорегулятор ROUND (диммер) 300Вт с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл проходной (переключатель) 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND TV с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0732-3</t>
+  </si>
+  <si>
+    <t>Светорегулятор ROUND (диммер) 300Вт с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 2-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0753-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 3-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 4-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0753-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 3-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 4-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0727-2</t>
+  </si>
+  <si>
+    <t>Подсветка настенная ROUND для ног с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0712-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл возвратный 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 4-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками 16А оникс KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0728-3</t>
   </si>
   <si>
     <t>Терморегулятор ROUND Wi-Fi с/у оникс KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0753-3</t>
-[...62 lines deleted...]
-    <t>Выключатель ROUND 1 кл проходной (переключатель) с подсветкой 10А с/у перламутр KRANZ</t>
+    <t>KR-78-0711-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл для жалюзи возвратный 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 + TV с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками 16А титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 5-постовая оникс KRANZ</t>
   </si>
   <si>
     <t>KR-78-0713-2</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл с подсветкой 10А с/у титан KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0714-2</t>
-[...26 lines deleted...]
-    <t>Выключатель ROUND 2 кл с подсветкой 10А с/у оникс KRANZ</t>
+    <t>KR-78-0712-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл возвратный 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0712-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл возвратный 10А с/у оникс KRANZ</t>
   </si>
   <si>
     <t>KR-78-0716-3</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл проходной (переключатель) с подсветкой 10А с/у оникс KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0755-3</t>
-[...44 lines deleted...]
-    <t>Рамка ROUND 1-постовая оникс KRANZ</t>
+    <t>KR-78-0704-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А перламутр KRANZ</t>
   </si>
   <si>
     <t>KR-78-0706-1</t>
   </si>
   <si>
     <t>Выключатель ROUND 2 кл 10А с/у перламутр KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0710-1</t>
-[...274 lines deleted...]
-  <si>
     <t>1.1.4 Выключатели и розетки серия STRONG с прямым углом</t>
   </si>
   <si>
+    <t>KR-78-0727-4</t>
+  </si>
+  <si>
+    <t>Подсветка настенная STRONG для ног с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0712-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл возвратный 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл перекрестный (переключатель) с подсветкой 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная RJ45 кат6 с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл перекрестный (переключатель) с подсветкой 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у, со шторками 16А жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0753-6</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 3-постовая графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-6</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 5-постовая графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0727-5</t>
+  </si>
+  <si>
+    <t>Подсветка настенная STRONG для ног с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0732-4</t>
+  </si>
+  <si>
+    <t>Светорегулятор STRONG (диммер) 300Вт с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл перекрестный (переключатель) с подсветкой 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-5</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 5-постовая антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-6</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 2-постовая графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-6</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 4-постовая графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG TV с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0751-4</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 1-постовая жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-4</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 2-постовая жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0714-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл с подсветкой 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-4</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 5-постовая жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл проходной (переключатель) с подсветкой 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0728-5</t>
+  </si>
+  <si>
+    <t>Терморегулятор STRONG Wi-Fi с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0728-6</t>
+  </si>
+  <si>
+    <t>Терморегулятор STRONG Wi-Fi с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0751-5</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 1-постовая антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0732-6</t>
+  </si>
+  <si>
+    <t>Светорегулятор STRONG (диммер) 300Вт с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-4</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 4-постовая жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл проходной (переключатель) 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0702-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у, со шторками и крышкой 16А жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG TV с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная RJ45 кат6 с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у, со шторками 16А антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А антрацит KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0706-5</t>
   </si>
   <si>
     <t>Выключатель STRONG 2 кл 10А с/у антрацит KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0705-5</t>
-[...8 lines deleted...]
-    <t>Рамка STRONG 1-постовая антрацит KRANZ</t>
+    <t>KR-78-0711-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл для жалюзи возвратный 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная RJ45 кат6 + TV с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная RJ45 кат6 + TV с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG TV с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл проходной (переключатель) 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная RJ45 кат6 + TV с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0702-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у, со шторками и крышкой 16А антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0712-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл возвратный 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл с подсветкой 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл проходной (переключатель) 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у, со шторками 16А графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл перекрестный (переключатель) 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0714-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл с подсветкой 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0711-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл для жалюзи возвратный 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл проходной (переключатель) 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл проходной (переключатель) 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл перекрестный (переключатель) 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл проходной (переключатель) 10А с/у антрацит KRANZ</t>
   </si>
   <si>
     <t>KR-78-0710-5</t>
   </si>
   <si>
     <t>Выключатель STRONG 1 кл перекрестный (переключатель) 10А с/у антрацит KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0708-5</t>
-[...2 lines deleted...]
-    <t>Выключатель STRONG 1 кл проходной (переключатель) 10А с/у антрацит KRANZ</t>
+    <t>KR-78-0754-5</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 4-постовая антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0727-6</t>
+  </si>
+  <si>
+    <t>Подсветка настенная STRONG для ног с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0711-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл для жалюзи возвратный 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл проходной (переключатель) с подсветкой 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл с подсветкой 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0714-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл с подсветкой 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0732-5</t>
+  </si>
+  <si>
+    <t>Светорегулятор STRONG (диммер) 300Вт с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0702-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у, со шторками и крышкой 16А графит KRANZ</t>
   </si>
   <si>
     <t>KR-78-0753-5</t>
   </si>
   <si>
     <t>Рамка STRONG 3-постовая антрацит KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0711-5</t>
-[...2 lines deleted...]
-    <t>Выключатель STRONG 2 кл для жалюзи возвратный 10А с/у антрацит KRANZ</t>
+    <t>KR-78-0712-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл возвратный 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная RJ45 кат6 с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл с подсветкой 10А с/у жемчуг KRANZ</t>
   </si>
   <si>
     <t>KR-78-0752-5</t>
   </si>
   <si>
     <t>Рамка STRONG 2-постовая антрацит KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0751-4</t>
-[...116 lines deleted...]
-    <t>Выключатель STRONG 1 кл с подсветкой 10А с/у антрацит KRANZ</t>
+    <t>KR-78-0705-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл 10А с/у жемчуг KRANZ</t>
   </si>
   <si>
     <t>KR-78-0753-4</t>
   </si>
   <si>
     <t>Рамка STRONG 3-постовая жемчуг KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0711-6</t>
-[...32 lines deleted...]
-    <t>Выключатель STRONG 1 кл с подсветкой 10А с/у жемчуг KRANZ</t>
+    <t>KR-78-0705-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0728-4</t>
+  </si>
+  <si>
+    <t>Терморегулятор STRONG Wi-Fi с/у жемчуг KRANZ</t>
   </si>
   <si>
     <t>KR-78-0716-5</t>
   </si>
   <si>
     <t>Выключатель STRONG 1 кл проходной (переключатель) с подсветкой 10А с/у антрацит KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0755-5</t>
-[...226 lines deleted...]
-  <si>
     <t>1.2 Выключатели и розетки открытой установки</t>
   </si>
   <si>
+    <t>11-8980</t>
+  </si>
+  <si>
+    <t>Розетка штепсельная карболитовая открытой установки б/з 16А, черная REXANT</t>
+  </si>
+  <si>
     <t>11-8979</t>
   </si>
   <si>
     <t>Колодка 3 гнезда карболитовая б/з 16А, черная REXANT</t>
   </si>
   <si>
-    <t>11-8980</t>
-[...4 lines deleted...]
-  <si>
     <t>11-8981</t>
   </si>
   <si>
     <t>Колодка 2 гнезда карболитовая б/з 16А, черная REXANT</t>
   </si>
   <si>
     <t>1.3 Выключатели и розетки открытой установки влагозащищенные IP54</t>
   </si>
   <si>
     <t>1.3.1 Выключатели и розетки открытой установки серия KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0606</t>
+  </si>
+  <si>
+    <t>Блок горизонтальный 2 розетки Mini OG IP54 с/з, о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0611</t>
+  </si>
+  <si>
+    <t>Розетка одноместная INDUSTRIAL IP54 с/з, о/у серая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0608</t>
+  </si>
+  <si>
+    <t>Выключатель одноклавишный INDUSTRIAL IP54 о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0802</t>
+  </si>
+  <si>
+    <t>Блок вертикальный 2 розетки INDUSTRIAL IP54 с/з, о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0602</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный Mini OG IP54 о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0804</t>
+  </si>
+  <si>
+    <t>Блок горизонтальный 2 розетки (керамика) Mini OG IP54 с/з, о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0604</t>
+  </si>
+  <si>
+    <t>Розетка одноместная Mini OG IP54 с/з, о/у, белая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0605</t>
+  </si>
+  <si>
+    <t>Розетка одноместная (керамика) Mini OG IP54 с/з, о/у, белая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0607</t>
+  </si>
+  <si>
+    <t>Блок горизонтальный 2 розетки (керамика) Mini OG IP54 с/з, о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0612</t>
+  </si>
+  <si>
+    <t>Розетка одноместная (керамика) INDUSTRIAL IP54 с/з, о/у, серая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0613</t>
+  </si>
+  <si>
+    <t>Блок горизонтальный 2 розетки INDUSTRIAL IP54 с/з, о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0614</t>
+  </si>
+  <si>
+    <t>Блок горизонтальный 2 розетки (керамика) INDUSTRIAL IP54 с/з, о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0615</t>
+  </si>
+  <si>
+    <t>Блок вертикальный 2 розетки INDUSTRIAL IP54 с/з, о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0803</t>
+  </si>
+  <si>
+    <t>Блок горизонтальный 2 розетки (керамика) INDUSTRIAL IP54 с/з, о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0609</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный INDUSTRIAL IP54 о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0816</t>
+  </si>
+  <si>
+    <t>Розетка одноместная INDUSTRIAL IP54 с/з, о/у, белая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0801</t>
+  </si>
+  <si>
+    <t>Блок вертикальный 2 розетки (керамика) INDUSTRIAL IP54 с/з, о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0805</t>
+  </si>
+  <si>
+    <t>Блок горизонтальный 2 розетки INDUSTRIAL IP54 с/з, о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0833</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный Mini OG IP54 о/у, серый KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0601</t>
   </si>
   <si>
     <t>Выключатель одноклавишный Mini OG IP54 о/у, белый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0602</t>
-[...20 lines deleted...]
-    <t>Розетка одноместная INDUSTRIAL IP54 с/з, о/у серая KRANZ</t>
+    <t>KR-78-0815</t>
+  </si>
+  <si>
+    <t>Розетка одноместная (керамика) Mini OG IP54 с/з, о/у, серая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0603</t>
+  </si>
+  <si>
+    <t>Переключатель проходной Mini OG IP54 о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0832</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный INDUSTRIAL IP54 о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0834</t>
+  </si>
+  <si>
+    <t>Выключатель одноклавишный INDUSTRIAL IP54 о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0610</t>
+  </si>
+  <si>
+    <t>Переключатель проходной INDUSTRIAL IP54 о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0806</t>
+  </si>
+  <si>
+    <t>Блок горизонтальный 2 розетки Mini OG IP54 с/з, о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0835</t>
+  </si>
+  <si>
+    <t>Выключатель одноклавишный Mini OG IP54 о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0817</t>
+  </si>
+  <si>
+    <t>Розетка одноместная Mini OG IP54 с/з, о/у, серая KRANZ</t>
   </si>
   <si>
     <t>KR-78-0616</t>
   </si>
   <si>
     <t>Блок вертикальный 2 розетки (керамика) INDUSTRIAL IP54 с/з, о/у, серый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0834</t>
-[...124 lines deleted...]
-  <si>
     <t>KR-78-0814</t>
   </si>
   <si>
     <t>Розетка одноместная (керамика) INDUSTRIAL IP54 с/з, о/у, белая KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0603</t>
-[...8 lines deleted...]
-    <t>Переключатель проходной INDUSTRIAL IP54 о/у, серый KRANZ</t>
+    <t>KR-78-0836</t>
+  </si>
+  <si>
+    <t>Переключатель проходной INDUSTRIAL IP54 о/у, белый KRANZ</t>
   </si>
   <si>
     <t>KR-78-0837</t>
   </si>
   <si>
     <t>Переключатель проходной Mini OG IP54 о/у, серый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0836</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3.2 Выключатели и розетки открытой установки серия REXANT</t>
   </si>
   <si>
     <t>78-0521</t>
   </si>
   <si>
     <t>Выключатель двухклавишный влагозащищенный открытой установки REXANT IP54, 10 А, А56-224 (03)</t>
   </si>
   <si>
     <t>78-0528</t>
   </si>
   <si>
     <t>Выключатель двухклавишный + розетка влагозащищенная для открытой установки REXANT IP54, выключатель 10 А, розетка б/з 16 А, 2В-РЦ-655(03)</t>
+  </si>
+  <si>
+    <t>78-0530</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный + розетка влагозащищенная для открытой установки REXANT IP54, выключатель 10 А, розетка с/з 16 А, В-РЦ-659(03)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2187,56 +2193,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-solntse-s-u-zheltyy-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-solntse-s-u-s-z-so-shtorkami-zheltaya-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-solntse-s-u-zheltyy-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-romashka-s-u-zheltyy-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-romashka-s-u-s-z-so-shtorkami-zheltaya-belaya-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-tsvetok-s-u-belyy-rozovyy-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-tsvetok-s-u-belyy-goluboy-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-tsvetok-s-u-belyy-goluboy-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-tsvetok-s-u-s-z-so-shtorkami-belaya-rozovaya-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-yaichnitsa-s-u-zheltyy-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-yaichnitsa-s-u-s-z-so-shtorkami-zheltaya-belaya-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-dvoynaya-happy-yaichnitsa-s-u-s-z-so-shtorkami-zheltaya-belaya-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-romashka-s-u-zheltyy-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-tsvetok-s-u-belyy-rozovyy-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-tsvetok-s-u-s-z-so-shtorkami-belaya-golubaya-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-yaichnitsa-s-u-zheltyy-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-serebryanyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-zolotoy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-zolotoy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-serebryanyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-zolotoy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-zolotoy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-zolotoy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-chernyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-chernyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-chernyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-chernyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-chernyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-s-u-10a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-ind-s-u-10a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-3kl-s-u-10a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-ind-s-u-10a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bel-kranz.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-ind-s-u-10a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-s-u-10a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-ind-s-u-10a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-3kl-s-u-10a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-dlya-zhalyuzi-2kl-s-u-10a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-dlya-zhalyuzi-2kl-s-u-10a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-kryshkoy-s-u-16a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-serebryanyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bel-kranz.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bel-kranz.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-2kl-proh-s-u-10a-meh-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bel-kranz.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-s-u-10a-meh-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bel-kranz.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bel-kranz.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-s-u-10a-meh-bezhevyy-kranz.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-2kl-proh-s-u-10a-meh-bezhevyy-kranz.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-serebryanyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-serebryanyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bel-kranz.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bel-kranz.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bel-kranz.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-kryshkoy-s-u-16a-meh-bel-kranz.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-kryshkoy-s-u-16a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-kryshkoy-s-u-16a-meh-bezh-kranz.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-chernyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-serebryanyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-perekrest-s-u-10a-meh-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-chernyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-bezhevyy-kranz.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-serebryanyy-metallik-kranz.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-perekrest-s-u-10a-meh-bezhevyy-kranz.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-titan-kranz.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-titan-kranz.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-titan-kranz.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-titan-kranz.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-titan-kranz.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-titan-kranz.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-titan-kranz.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-oniks-kranz.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-titan-kranz.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-perlamutr-kranz.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-titan-kranz.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-10a-s-u-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-10a-s-u-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-1-postovaya-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-s-u-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-3-postovaya-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-2-postovaya-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-1-postovaya-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-s-u-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-s-u-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-4-postovaya-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-vozvratnyy-10a-s-u-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-10a-s-u-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-16a-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-16a-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-4-postovaya-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-s-podsvetkoy-10a-s-u-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-s-podsvetkoy-10a-s-u-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-3-postovaya-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-tv-s-u-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-tv-s-u-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-s-u-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-s-podsvetkoy-10a-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-s-podsvetkoy-10a-s-u-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-10a-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-10a-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-2-postovaya-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-3-postovaya-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-4-postovaya-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-s-u-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-s-u-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-s-u-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-s-u-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-s-u-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-s-u-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-s-u-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-s-u-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-s-u-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-s-u-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-tv-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-10a-s-u-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-16a-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-s-podsvetkoy-10a-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-vozvratnyy-10a-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-2-postovaya-zhemchug-kranz.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-s-podsvetkoy-10a-s-u-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-vozvratnyy-10a-s-u-antratsit-kranz.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-karbolitovaya-b-z-16a-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-karbolitovaya-otkrytoy-ustanovki-b-z-16a-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-karbolitovaya-b-z-16a-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-mini-og-ip54-o-u-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-mini-og-ip54-o-u-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-mini-og-ip54-s-z-o-u-belaya-kranz.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-industrial-ip54-o-u-seryy-kranz.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-industrial-ip54-s-z-o-u-seraya-kranz.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalnyy-2-rozetki-keramika-industrial-ip54-s-z-o-u-seryy-kranz.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-industrial-ip54-o-u-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-mini-og-ip54-o-u-seryy-kranz.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-keramika-industrial-ip54-s-z-o-u-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-mini-og-ip54-s-z-o-u-seryy-kranz.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-industrial-ip54-o-u-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-mini-og-ip54-o-u-seryy-kranz.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-mini-og-ip54-s-z-o-u-seraya-kranz.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-mini-og-ip54-s-z-o-u-seraya-kranz.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-industrial-ip54-s-z-o-u-seryy-kranz.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-mini-og-ip54-s-z-o-u-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-mini-og-ip54-s-z-o-u-belaya-kranz.html" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-industrial-ip54-o-u-seryy-kranz.html" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-keramika-mini-og-ip54-s-z-o-u-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-keramika-industrial-ip54-s-z-o-u-seryy-kranz.html" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-industrial-ip54-s-z-o-u-seraya-kranz.html" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalnyy-2-rozetki-industrial-ip54-s-z-o-u-seryy-kranz.html" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-industrial-ip54-s-z-o-u-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-industrial-ip54-s-z-o-u-belaya-kranz.html" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalnyy-2-rozetki-industrial-ip54-s-z-o-u-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalnyy-2-rozetki-keramika-industrial-ip54-s-z-o-u-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-keramika-mini-og-ip54-s-z-o-u-seryy-kranz.html" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-industrial-ip54-s-z-o-u-belaya-kranz.html" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-mini-og-ip54-o-u-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-industrial-ip54-o-u-seryy-kranz.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-mini-og-ip54-o-u-seryy-kranz.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-industrial-ip54-o-u-belyy-kranz.html" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-vlagozaschischennyy-otkrytoy-ustanovki-rexant-ip54-10-a-a56-224-03.html" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-rozetka-vlagozaschischennaya-dlya-otkrytoy-ustanovki-rexant-ip54-vyklyuc.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-kranz-happy-romashka-skritoy-ustanovki-s-zazemleniem-i-zaschitnimi-shtorkami-jeltaya-belaya-26794" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-kranz-happy-tsvetok-skritoy-ustanovki-beliy-goluboy-26799" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-kranz-happy-yaichnitsa-skritoy-ustanovki-jeltiy-beliy-26801" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-kranz-happy-solntse-skritoy-ustanovki-jeltiy-26789" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-kranz-happy-yaichnitsa-skritoy-ustanovki-s-zazemleniem-i-zaschitnimi-shtorkami-jeltaya-belaya-26803" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-kranz-happy-romashka-skritoy-ustanovki-jeltiy-beliy-26793" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-kranz-happy-romashka-skritoy-ustanovki-jeltiy-beliy-26792" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-dvoynaya-kranz-happy-yaichnitsa-skritoy-ustanovki-s-zazemleniem-i-zaschitnimi-shtorkami-jeltaya-belaya-26804" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-kranz-happy-tsvetok-skritoy-ustanovki-beliy-rozoviy-26796" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-kranz-happy-solntse-skritoy-ustanovki-jeltiy-26790" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-kranz-happy-solntse-skritoy-ustanovki-s-zazemleniem-i-zaschitnimi-shtorkami-jeltaya-26791" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-kranz-happy-tsvetok-skritoy-ustanovki-s-zazemleniem-i-zaschitnimi-shtorkami-belaya-rozovaya-26797" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-kranz-happy-yaichnitsa-skritoy-ustanovki-jeltiy-beliy-26802" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-kranz-happy-tsvetok-skritoy-ustanovki-beliy-rozoviy-26795" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-kranz-happy-tsvetok-skritoy-ustanovki-beliy-goluboy-26798" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-kranz-happy-tsvetok-skritoy-ustanovki-s-zazemleniem-i-zaschitnimi-shtorkami-belaya-golubaya-26800" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-serebryaniy-metallik-kranz-30556" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-cherniy-metallik-kranz-30558" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bej-kranz-29188" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bel-kranz-29164" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bej-kranz-29197" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bej-kranz-29190" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-serebryaniy-metallik-kranz-29201" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-cherniy-metallik-kranz-29211" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bel-kranz-29163" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-bej-kranz-29172" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-s-u-10a-meh-cherniy-metallik-kranz-30557" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-proh-s-u-10a-meh-bej-kranz-29171" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bel-kranz-29152" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bej-kranz-29196" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bel-kranz-29440" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bel-kranz-29165" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-perekrest-s-u-10a-meh-bej-kranz-29174" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bej-kranz-29194" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-zolotoy-metallik-kranz-29204" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-zolotoy-metallik-kranz-29207" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bel-kranz-29160" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-serebryaniy-metallik-kranz-29200" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-zolotoy-metallik-kranz-29206" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-3kl-s-u-10a-meh-bel-kranz-29146" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bel-kranz-29151" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bel-kranz-29158" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-ind-s-u-10a-meh-bej-kranz-29167" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bej-kranz-29175" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bej-kranz-29177" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bel-kranz-29155" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bej-kranz-29179" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bej-kranz-29176" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-dlya-jalyuzi-2kl-s-u-10a-meh-bej-kranz-29431" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-krishkoy-s-u-16a-meh-bej-kranz-29433" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-2kl-s-u-10a-meh-bel-kranz-29182" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bel-kranz-29154" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-2kl-s-u-10a-meh-bej-kranz-29168" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bej-kranz-29185" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bej-kranz-29186" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bej-kranz-29191" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-krishkoy-s-u-16a-meh-bel-kranz-29438" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-krishkoy-s-u-16a-meh-bej-kranz-29432" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bel-kranz-29156" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-ind-s-u-10a-meh-bel-kranz-29181" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-2kl-ind-s-u-10a-meh-bel-kranz-29183" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bel-kranz-29150" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bel-kranz-29153" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bel-kranz-29157" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bel-kranz-29159" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-s-u-10a-meh-bej-kranz-29166" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-2kl-ind-s-u-10a-meh-bej-kranz-29169" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-3kl-s-u-10a-meh-bej-kranz-29170" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bej-kranz-29178" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bej-kranz-29187" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bej-kranz-29189" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-dlya-jalyuzi-2kl-s-u-10a-meh-bel-kranz-29436" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-krishkoy-s-u-16a-meh-bel-kranz-29437" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bel-kranz-29439" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-s-u-10a-meh-bel-kranz-29180" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-bel-kranz-29147" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bel-kranz-29161" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-perekrest-s-u-10a-meh-bel-kranz-29149" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bel-kranz-29162" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-2kl-proh-s-u-10a-meh-bej-kranz-29173" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bej-kranz-29192" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bej-kranz-29193" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bej-kranz-29195" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-serebryaniy-metallik-kranz-29198" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-serebryaniy-metallik-kranz-29199" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-serebryaniy-metallik-kranz-29202" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-zolotoy-metallik-kranz-29203" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-zolotoy-metallik-kranz-29205" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-cherniy-metallik-kranz-29208" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-cherniy-metallik-kranz-29209" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-cherniy-metallik-kranz-29210" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-cherniy-metallik-kranz-29212" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-proh-s-u-10a-meh-bel-kranz-29435" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-2kl-proh-s-u-10a-meh-bel-kranz-29148" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-s-u-10a-meh-serebryaniy-metallik-kranz-30555" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-perlamutr-kranz-31897" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-perlamutr-kranz-31649" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-titan-kranz-31605" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-1-kl-perekrestniy-pereklyuchatel-10a-s-u-beliy-kranz-31225" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-perlamutr-kranz-31659" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-titan-kranz-31647" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-so-shtorkami-i-krishkoy-16a-belaya-kranz-31220" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-1-kl-10a-s-u-seriy-kranz-31232" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bistroy-zaryadki-5v-3a-chernaya-kranz-31237" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-1-kl-10a-s-u-cherniy-kranz-31238" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-oniks-kranz-31648" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-so-shtorkami-i-krishkoy-16a-seraya-kranz-31277" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-oniks-kranz-31361" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-oniks-kranz-32051" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-oniks-kranz-31608" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-titan-kranz-31898" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-titan-kranz-32049" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-titan-kranz-31644" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-perekrestniy-pereklyuchatel-10a-s-u-titan-kranz-32041" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-perekrestniy-pereklyuchatel-s-podsvetkoy-10a-s-u-oniks-kranz-32052" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-oniks-kranz-31609" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-ramka-1-postovaya-belaya-kranz-31229" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-ramka-2-postovaya-chernaya-kranz-31241" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-kompyuternaya-rj45-kat6-tv-s-u-seraya-kranz-31279" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-perlamutr-kranz-31602" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-titan-kranz-31604" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-ramka-1-postovaya-chernaya-kranz-31240" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-1-kl-10a-s-u-beliy-kranz-31222" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-2-kl-10a-s-u-cherniy-kranz-31239" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-perekrestniy-pereklyuchatel-s-podsvetkoy-10a-s-u-perlamutr-kranz-32048" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-2-kl-dlya-jalyuzi-vozvratniy-10a-s-u-seriy-kranz-31278" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-ramka-2-postovaya-seraya-kranz-31280" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-so-shtorkami-i-krishkoy-16a-chernaya-kranz-31282" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-2-kl-dlya-jalyuzi-vozvratniy-10a-s-u-cherniy-kranz-31283" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-perlamutr-kranz-31658" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-perlamutr-kranz-31660" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-1-kl-prohodnoy-pereklyuchatel-10a-s-u-beliy-kranz-31224" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-ramka-1-postovaya-seraya-kranz-31234" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-titan-kranz-31606" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-so-shtorkami-16a-belaya-kranz-31219" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-ramka-3-postovaya-seraya-kranz-31281" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-titan-kranz-31653" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-perekrestniy-pereklyuchatel-s-podsvetkoy-10a-s-u-titan-kranz-32050" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-kompyuternaya-rj45-kat6-tv-s-u-chernaya-kranz-31284" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-oniks-kranz-31645" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-oniks-kranz-31651" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-perlamutr-kranz-31652" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-perlamutr-kranz-32047" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-perlamutr-kranz-31643" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-oniks-kranz-31654" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-perekrestniy-pereklyuchatel-10a-s-u-oniks-kranz-31607" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-perlamutr-kranz-31646" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-perlamutr-kranz-31325" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-perlamutr-kranz-31326" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-perlamutr-kranz-31327" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-titan-kranz-31360" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-oniks-kranz-31362" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-oniks-kranz-31363" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-titan-kranz-31650" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-1-kl-vozvratniy-10a-s-u-beliy-kranz-31227" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-2-kl-10a-s-u-seriy-kranz-31233" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-ramka-4-postovaya-seraya-kranz-31235" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-so-shtorkami-16a-chernaya-kranz-31236" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-oniks-kranz-31899" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-2-kl-dlya-jalyuzi-vozvratniy-10a-s-u-beliy-kranz-31226" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-kompyuternaya-rj45-kat6-tv-s-u-belaya-kranz-31228" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-so-shtorkami-16a-seraya-kranz-31230" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-oniks-kranz-31611" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-titan-kranz-31603" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-vozvratniy-10a-s-u-titan-kranz-32042" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-vozvratniy-10a-s-u-oniks-kranz-32043" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-oniks-kranz-31610" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bistroy-zaryadki-5v-3a-seraya-kranz-31231" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bistroy-zaryadki-5v-3a-belaya-kranz-31221" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-2-kl-10a-s-u-beliy-kranz-31223" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-s-u-jemchug-kranz-31640" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-vozvratniy-10a-s-u-antratsit-kranz-32044" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-perekrestniy-pereklyuchatel-s-podsvetkoy-10a-s-u-grafit-kranz-32046" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-s-u-jemchug-kranz-31637" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-perekrestniy-pereklyuchatel-s-podsvetkoy-10a-s-u-antratsit-kranz-32056" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-rozetka-1-aya-s-z-s-u-so-shtorkami-16a-jemchug-kranz-31242" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-viklyuchatel-2-kl-10a-s-u-jemchug-kranz-31245" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-rozetka-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bistroy-zaryadki-5v-3a-jemchug-kranz-31243" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-3-postovaya-grafit-kranz-31631" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-grafit-kranz-31633" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-s-u-antratsit-kranz-31641" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-s-u-jemchug-kranz-31655" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-perekrestniy-pereklyuchatel-s-podsvetkoy-10a-s-u-jemchug-kranz-32054" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-antratsit-kranz-31619" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-2-postovaya-grafit-kranz-31630" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-4-postovaya-grafit-kranz-31632" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-s-u-antratsit-kranz-31635" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-ramka-1-postovaya-jemchug-kranz-31246" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-ramka-2-postovaya-jemchug-kranz-31288" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-s-podsvetkoy-10a-s-u-jemchug-kranz-31613" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-jemchug-kranz-31615" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-grafit-kranz-31629" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-s-u-antratsit-kranz-31895" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-viklyuchatel-1-kl-10a-s-u-antratsit-kranz-31250" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-s-u-grafit-kranz-31896" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-ramka-1-postovaya-antratsit-kranz-31253" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-s-u-grafit-kranz-31657" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-ramka-4-postovaya-jemchug-kranz-31247" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-s-u-jemchug-kranz-32053" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-rozetka-1-aya-s-z-s-u-so-shtorkami-i-krishkoy-16a-jemchug-kranz-31285" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-s-u-grafit-kranz-31636" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-s-u-grafit-kranz-31639" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-rozetka-1-aya-s-z-s-u-so-shtorkami-16a-antratsit-kranz-31248" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-rozetka-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bistroy-zaryadki-5v-3a-antratsit-kranz-31249" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-viklyuchatel-2-kl-10a-s-u-antratsit-kranz-31251" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-viklyuchatel-2-kl-dlya-jalyuzi-vozvratniy-10a-s-u-antratsit-kranz-31252" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-rozetka-kompyuternaya-rj45-kat6-tv-s-u-jemchug-kranz-31287" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-rozetka-kompyuternaya-rj45-kat6-tv-s-u-antratsit-kranz-31291" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-s-u-jemchug-kranz-31634" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-s-u-antratsit-kranz-32055" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-tv-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-rozetka-1-aya-s-z-s-u-so-shtorkami-i-krishkoy-16a-antratsit-kranz-31290" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-viklyuchatel-1-kl-vozvratniy-10a-s-u-jemchug-kranz-31286" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-s-podsvetkoy-10a-s-u-antratsit-kranz-31616" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-s-u-grafit-kranz-31624" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-16a-grafit-kranz-31620" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-perekrestniy-pereklyuchatel-10a-s-u-grafit-kranz-32040" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-s-podsvetkoy-10a-s-u-antratsit-kranz-31617" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-dlya-jalyuzi-vozvratniy-10a-s-u-grafit-kranz-31625" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-s-u-grafit-kranz-32045" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bistroy-zaryadki-5v-3a-grafit-kranz-31621" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-s-u-jemchug-kranz-31364" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-perekrestniy-pereklyuchatel-10a-s-u-jemchug-kranz-31365" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-s-u-antratsit-kranz-31367" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-perekrestniy-pereklyuchatel-10a-s-u-antratsit-kranz-31328" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-4-postovaya-antratsit-kranz-31330" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-s-u-grafit-kranz-31642" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-dlya-jalyuzi-vozvratniy-10a-s-u-jemchug-kranz-31366" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-jemchug-kranz-31614" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-s-podsvetkoy-10a-s-u-grafit-kranz-31627" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-s-podsvetkoy-10a-s-u-grafit-kranz-31628" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-s-u-antratsit-kranz-31656" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-3-postovaya-antratsit-kranz-31329" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-vozvratniy-10a-s-u-grafit-kranz-31626" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-s-u-antratsit-kranz-31638" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-s-podsvetkoy-10a-s-u-jemchug-kranz-31612" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-ramka-2-postovaya-antratsit-kranz-31254" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-viklyuchatel-1-kl-10a-s-u-jemchug-kranz-31244" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-ramka-3-postovaya-jemchug-kranz-31289" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-10a-s-u-grafit-kranz-31622" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-10a-s-u-grafit-kranz-31623" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-s-u-jemchug-kranz-31894" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-antratsit-kranz-31618" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-karbolitovaya-otkritoy-ustanovki-b-z-16-a-chernaya-rexant-24780" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-karbolitovaya-b-z-16-a-chernaya-rexant-24782" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-karbolitovaya-b-z-16-a-chernaya-rexant-24781" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalniy-2-rozetki-mini-og-ip54-s-zazemleniem-o-u-beliy-kranz-26811" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-industrial-ip54-s-zazemleniem-o-u-seraya-kranz-26783" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-industrial-ip54-o-u-seriy-kranz-26780" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalniy-2-rozetki-industrial-ip54-s-zazemleniem-o-u-beliy-kranz-28330" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-mini-og-og-ip54-o-u-beliy-kranz-26807" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalniy-2-rozetki-keramika-mini-og-ip54-s-zazemleniem-o-u-seriy-kranz-28332" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-mini-og-ip54-s-zazemleniem-o-u-belaya-kranz-26809" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-mini-og-ip54-s-zazemleniem-o-u-belaya-kranz-26810" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalniy-2-rozetki-keramika-mini-og-ip54-s-zazemleniem-o-u-beliy-kranz-26779" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-industrial-ip54-s-zazemleniem-o-u-seraya-kranz-26784" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalniy-2-rozetki-industrial-ip54-s-zazemleniem-o-u-seriy-kranz-26785" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalniy-2-rozetki-keramika-industrial-ip54-s-zazemleniem-o-u-seriy-kranz-26786" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalniy-2-rozetki-industrial-ip54-s-zazemleniem-o-u-seriy-kranz-26787" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalniy-2-rozetki-keramika-industrial-ip54-s-zazemleniem-o-u-beliy-kranz-28331" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-industrial-ip54-o-u-seriy-kranz-26781" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-industrial-ip54-s-zazemleniem-o-u-belaya-kranz-28327" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalniy-2-rozetki-keramika-industrial-ip54-s-zazemleniem-o-u-beliy-kranz-28329" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalniy-2-rozetki-industrial-ip54-s-zazemleniem-o-u-beliy-kranz-28333" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-mini-og-og-ip54-o-u-seriy-kranz-28336" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-mini-og-ip54-o-u-beliy-kranz-26806" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-mini-og-ip54-s-zazemleniem-o-u-seraya-kranz-28326" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-mini-og-ip54-o-u-beliy-kranz-26808" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-industrial-ip54-o-u-beliy-kranz-28335" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-industrial-ip54-o-u-beliy-kranz-28337" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-industrial-ip54-o-u-seriy-kranz-26782" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalniy-2-rozetki-mini-og-ip54-s-zazemleniem-o-u-seriy-kranz-28334" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-mini-og-ip54-o-u-seriy-kranz-28322" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-mini-og-ip54-s-zazemleniem-o-u-seraya-kranz-28328" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalniy-2-rozetki-keramika-industrial-ip54-s-zazemleniem-o-u-seriy-kranz-26788" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-industrial-ip54-s-zazemleniem-o-u-belaya-kranz-28325" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-industrial-ip54-o-u-beliy-kranz-28323" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-mini-og-ip54-o-u-seriy-kranz-28324" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-vlagozaschischenniy-otkritoy-ustanovki-rexant-ip54-10-a-a56-224-03-12015" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-rozetka-vlagozaschischennaya-dlya-otkritoy-ustanovki-rexant-ip54-viklyuchatel-10-a-rozetka-b-z-16-a-2v-rts-655-03-12018" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-rozetka-vlagozaschischennaya-dlya-otkritoy-ustanovki-rexant-ip54-viklyuchatel-10-a-rozetka-s-z-16-a-v-rts-659-03-12020" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I292"/>
+  <dimension ref="A1:I293"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2281,8280 +2287,8309 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>277.05</v>
+        <v>258.14</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>1142</v>
+        <v>6331</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>168</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>285.86</v>
+        <v>253.61</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>2743</v>
+        <v>1107</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>168</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>201.83</v>
+        <v>175.2</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>1701</v>
+        <v>3515</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>168</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>291.61</v>
+        <v>181.65</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>1449</v>
+        <v>1655</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>168</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>286.82</v>
+        <v>258.39</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>6353</v>
+        <v>7710</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>168</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>195.51</v>
+        <v>262.45</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>1794</v>
+        <v>1442</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>168</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>249.44</v>
+        <v>175.28</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>2265</v>
+        <v>3326</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>168</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>281.79</v>
+        <v>291.3</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>1110</v>
+        <v>1033</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>168</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>287.3</v>
+        <v>254.68</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>4674</v>
+        <v>976</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>168</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>289.38</v>
+        <v>249.35</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>1471</v>
+        <v>1132</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>168</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>287.1</v>
+        <v>257.27</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>7719</v>
+        <v>2680</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>168</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>323.67</v>
+        <v>258.57</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>1116</v>
+        <v>4556</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>168</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>194.75</v>
+        <v>260.44</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>3337</v>
+        <v>1468</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>168</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>282.98</v>
+        <v>175.96</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>992</v>
+        <v>1726</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>168</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>287.21</v>
+        <v>224.5</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>5297</v>
+        <v>2257</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>168</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>194.67</v>
+        <v>258.49</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>3528</v>
+        <v>5282</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>168</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>302.4</v>
+        <v>178.81</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>1113</v>
+        <v>1593</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>191.37</v>
+        <v>188.76</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>243</v>
+        <v>1301</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>120</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>241.91</v>
+        <v>298.44</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>207</v>
+        <v>9390</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>336.82</v>
+        <v>160.44</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>993</v>
+        <v>353</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>90</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>88.29</v>
+        <v>149.34</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>1567</v>
+        <v>1463</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>240</v>
+        <v>90</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>173.95</v>
+        <v>148.68</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>674</v>
+        <v>1858</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>342.94</v>
+        <v>272.16</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>200</v>
+        <v>1113</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>90</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>278.68</v>
+        <v>250.81</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
         <v>1105</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>90</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>85.84</v>
+        <v>113.24</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>1438</v>
+        <v>1401</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>215.41</v>
+        <v>177.29</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>930</v>
+        <v>302</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>120</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>365.95</v>
+        <v>150.71</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>531</v>
+        <v>1505</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>209.73</v>
+        <v>130.93</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>1402</v>
+        <v>990</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>120</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>137.41</v>
+        <v>158.8</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>23852</v>
+        <v>2461</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>120</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>157.5</v>
+        <v>139.56</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>1129</v>
+        <v>1187</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>241.15</v>
+        <v>279.56</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>276</v>
+        <v>1570</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>120</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>163.54</v>
+        <v>139.37</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>260</v>
+        <v>1045</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>167.19</v>
+        <v>186.16</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>720</v>
+        <v>241</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>120</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>134.75</v>
+        <v>85.48</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>13711</v>
+        <v>6600</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>105.04</v>
+        <v>156.56</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>6626</v>
+        <v>673</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>238.43</v>
+        <v>308.65</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>12192</v>
+        <v>200</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>110.33</v>
+        <v>789.02</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>11056</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>133.97</v>
+        <v>193.87</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>1843</v>
+        <v>984</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>120</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>124.66</v>
+        <v>217.72</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>1968</v>
+        <v>207</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>186.03</v>
+        <v>163.54</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>1009</v>
+        <v>230</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>120</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>176.96</v>
+        <v>121.28</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>5563</v>
+        <v>12919</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>120</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>332.8</v>
+        <v>294.26</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>2544</v>
+        <v>3713</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>265</v>
+        <v>120.57</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>2493</v>
+        <v>1826</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>120</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>165.2</v>
+        <v>102.07</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>1858</v>
+        <v>11664</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>120</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>157.09</v>
+        <v>137.98</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>9382</v>
+        <v>7216</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>120</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>163.54</v>
+        <v>207.02</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>829</v>
+        <v>802</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>120</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>113.41</v>
+        <v>146.61</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>11758</v>
+        <v>14908</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>120</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>162.9</v>
+        <v>123.67</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>15039</v>
+        <v>23623</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>120</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>268.23</v>
+        <v>244.73</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>2465</v>
+        <v>709</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>120</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>331.6</v>
+        <v>172.94</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>9506</v>
+        <v>1413</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>244.03</v>
+        <v>157.5</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>556</v>
+        <v>837</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>120</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>310.62</v>
+        <v>141.38</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>1656</v>
+        <v>8811</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>120</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>271.92</v>
+        <v>112.19</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>716</v>
+        <v>1827</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>120</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>237.81</v>
+        <v>159.26</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>117</v>
+        <v>5115</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>120</v>
       </c>
       <c r="I59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>165.2</v>
+        <v>214.59</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>1253</v>
+        <v>16068</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>120</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>167.46</v>
+        <v>299.52</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>1652</v>
+        <v>2532</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>120</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C62" s="3">
-        <v>119.2</v>
+        <v>237.23</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>1568</v>
+        <v>136</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>120</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>160.44</v>
+        <v>160.7</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>389</v>
+        <v>950</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>206.84</v>
+        <v>214.59</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>289</v>
+        <v>11937</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>789.02</v>
+        <v>167.19</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>115</v>
+        <v>552</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>47.28</v>
+        <v>241.15</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>12147</v>
+        <v>171</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>206.84</v>
+        <v>94.09</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>247</v>
+        <v>7701</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>120</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>177.89</v>
+        <v>100.88</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>94</v>
+        <v>11638</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>120</v>
       </c>
       <c r="I68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>113.85</v>
+        <v>370.26</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>1639</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>154.85</v>
+        <v>227.99</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>1071</v>
+        <v>1406</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>145.48</v>
+        <v>99.3</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>994</v>
+        <v>10899</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>120</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>206.84</v>
+        <v>167.43</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>309</v>
+        <v>994</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>120</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>684.76</v>
+        <v>147.19</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>718</v>
+        <v>817</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>56.26</v>
+        <v>104.62</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>26473</v>
+        <v>16472</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>94.98</v>
+        <v>241.41</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>6847</v>
+        <v>2449</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>165.93</v>
+        <v>238.5</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>1464</v>
+        <v>2487</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>96.82</v>
+        <v>219.63</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>1153</v>
+        <v>532</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>116.62</v>
+        <v>237.81</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>3919</v>
+        <v>98</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>120</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>155.07</v>
+        <v>148.68</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>1190</v>
+        <v>1249</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>159.81</v>
+        <v>94.54</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>1105</v>
+        <v>6170</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>112.09</v>
+        <v>186.16</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>12054</v>
+        <v>234</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>120</v>
       </c>
       <c r="I81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C82" s="3">
-        <v>153.31</v>
+        <v>44.92</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>7225</v>
+        <v>10133</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C83" s="3">
-        <v>158.8</v>
+        <v>186.16</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>2754</v>
+        <v>248</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>120</v>
       </c>
       <c r="I83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C84" s="3">
-        <v>253.32</v>
+        <v>113.85</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>1487</v>
+        <v>1253</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C85" s="3">
-        <v>104.54</v>
+        <v>186.16</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>8063</v>
+        <v>298</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>120</v>
       </c>
       <c r="I85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C86" s="3">
-        <v>207.02</v>
+        <v>616.28</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>1996</v>
+        <v>715</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C87" s="3">
-        <v>370.26</v>
+        <v>50.63</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>26116</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C88" s="3">
-        <v>326.95</v>
+        <v>104.96</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>5037</v>
+        <v>3860</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C89" s="3">
-        <v>116.24</v>
+        <v>87.14</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>16595</v>
+        <v>1063</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C90" s="3">
-        <v>237.23</v>
+        <v>143.83</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>262</v>
+        <v>1103</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I90" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>238.43</v>
+        <v>303.14</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>16126</v>
+        <v>993</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>192.16</v>
+        <v>79.46</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>1415</v>
+        <v>1531</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I92" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>178.56</v>
+        <v>172.23</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>955</v>
+        <v>243</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>120</v>
       </c>
       <c r="I93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>167.46</v>
+        <v>77.26</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>1515</v>
+        <v>1344</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>198.68</v>
+        <v>151.83</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>1758</v>
+        <v>991</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>120</v>
       </c>
       <c r="I95" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>206.84</v>
+        <v>193.87</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>268</v>
+        <v>929</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>120</v>
       </c>
       <c r="I96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>168.7</v>
+        <v>329.36</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>992</v>
+        <v>531</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>196.99</v>
+        <v>177.89</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>302</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>120</v>
       </c>
       <c r="I98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>215.41</v>
+        <v>186.16</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>984</v>
+        <v>276</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>120</v>
       </c>
       <c r="I99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>206.84</v>
+        <v>150.71</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>245</v>
+        <v>1632</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>120</v>
       </c>
       <c r="I100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
         <v>205</v>
       </c>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="2"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
       <c r="I101" s="2"/>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C102" s="3">
         <v>12618.39</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>292</v>
+        <v>260</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>60</v>
       </c>
       <c r="I102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C103" s="3">
-        <v>15142.05</v>
+        <v>2324.44</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>253</v>
+        <v>239</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C104" s="3">
-        <v>604.8</v>
+        <v>1090.91</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>1395.5</v>
+        <v>482</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>100</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C105" s="3">
-        <v>604.8</v>
+        <v>1206.66</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>1295.5</v>
+        <v>1373</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>100</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C106" s="3">
-        <v>1905.12</v>
+        <v>1214.79</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>524</v>
+        <v>346</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>100</v>
       </c>
       <c r="I106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C107" s="3">
-        <v>1573.43</v>
+        <v>1905.12</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>437</v>
+        <v>118</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>100</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C108" s="3">
-        <v>1905.12</v>
+        <v>950.58</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>353</v>
+        <v>26</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C109" s="3">
-        <v>2324.44</v>
+        <v>733.82</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>309</v>
+        <v>3095</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>100</v>
       </c>
       <c r="I109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C110" s="3">
-        <v>4294</v>
+        <v>5122.66</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>232</v>
+        <v>791</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>80</v>
       </c>
       <c r="I110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C111" s="3">
-        <v>4294</v>
+        <v>740.38</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>217</v>
+        <v>3843</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C112" s="3">
-        <v>3873</v>
+        <v>1905.12</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>329</v>
+        <v>187</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C113" s="3">
-        <v>1214.79</v>
+        <v>1171.79</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>771</v>
+        <v>18</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I113" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C114" s="3">
-        <v>905</v>
+        <v>1027.35</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>675</v>
+        <v>656</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>100</v>
       </c>
       <c r="I114" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C115" s="3">
-        <v>943.75</v>
+        <v>1592</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>1156.5</v>
+        <v>292</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
         <v>100</v>
       </c>
       <c r="I115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C116" s="3">
-        <v>1477.53</v>
+        <v>953.97</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>354</v>
+        <v>533</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>100</v>
       </c>
       <c r="I116" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C117" s="3">
-        <v>1090.91</v>
+        <v>15142.05</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>595.5</v>
+        <v>202</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C118" s="3">
-        <v>1075.55</v>
+        <v>1620</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>1262</v>
+        <v>491</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
         <v>100</v>
       </c>
       <c r="I118" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C119" s="3">
-        <v>953.97</v>
+        <v>1340.64</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>1045.5</v>
+        <v>414</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>100</v>
       </c>
       <c r="I119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C120" s="3">
-        <v>1477.53</v>
+        <v>1467.65</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>64</v>
+        <v>1136</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>100</v>
       </c>
       <c r="I120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C121" s="3">
-        <v>1100.74</v>
+        <v>1764</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>352</v>
+        <v>1237</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>100</v>
       </c>
       <c r="I121" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C122" s="3">
-        <v>1075.55</v>
+        <v>1477.53</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>1164</v>
+        <v>0</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>100</v>
       </c>
       <c r="I122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C123" s="3">
-        <v>2235.74</v>
+        <v>97.76</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>452</v>
+        <v>25</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C124" s="3">
-        <v>1161.42</v>
+        <v>338.47</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>520.5</v>
+        <v>947</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C125" s="3">
-        <v>1184.6</v>
+        <v>2235.74</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>549</v>
+        <v>378</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>100</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C126" s="3">
-        <v>837.19</v>
+        <v>640.3</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>211.5</v>
+        <v>561</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>100</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C127" s="3">
-        <v>740.38</v>
+        <v>1477.53</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>5331.5</v>
+        <v>177</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>100</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C128" s="3">
-        <v>1137.43</v>
+        <v>168</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>1586</v>
+        <v>0</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I128" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C129" s="3">
-        <v>168</v>
+        <v>600.6</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>839</v>
+        <v>3790</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I129" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C130" s="3">
-        <v>930.93</v>
+        <v>1137.43</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>2661.5</v>
+        <v>310</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>100</v>
       </c>
       <c r="I130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C131" s="3">
-        <v>1206.66</v>
+        <v>1470</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>1604.5</v>
+        <v>1229</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
         <v>100</v>
       </c>
       <c r="I131" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C132" s="3">
-        <v>965.33</v>
+        <v>1174.12</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>841</v>
+        <v>733</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
         <v>100</v>
       </c>
       <c r="I132" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C133" s="3">
-        <v>978.43</v>
+        <v>338.47</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>203</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I133" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C134" s="3">
-        <v>1157.74</v>
+        <v>1161.42</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>1629</v>
+        <v>0</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I134" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C135" s="3">
-        <v>168</v>
+        <v>1184.6</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>1059</v>
+        <v>504</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I135" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C136" s="3">
-        <v>873.6</v>
+        <v>794.98</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>919.5</v>
+        <v>1722</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
         <v>100</v>
       </c>
       <c r="I136" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C137" s="3">
-        <v>4192.65</v>
+        <v>905</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>1584.5</v>
+        <v>497</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I137" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C138" s="3">
-        <v>97.76</v>
+        <v>844.66</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>1188</v>
+        <v>1578</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C139" s="3">
-        <v>5122.66</v>
+        <v>168</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>1125.5</v>
+        <v>0</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C140" s="3">
-        <v>1171.79</v>
+        <v>1075.55</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>364.5</v>
+        <v>1163</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C141" s="3">
-        <v>1174.12</v>
+        <v>679.14</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>808</v>
+        <v>0</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
         <v>100</v>
       </c>
       <c r="I141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C142" s="3">
-        <v>2257.92</v>
+        <v>604.8</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>536.5</v>
+        <v>511</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>100</v>
       </c>
       <c r="I142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C143" s="3">
-        <v>346.45</v>
+        <v>4294</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>1478.5</v>
+        <v>174</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C144" s="3">
-        <v>487.51</v>
+        <v>1745</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>2280.5</v>
+        <v>1244</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
         <v>100</v>
       </c>
       <c r="I144" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C145" s="3">
-        <v>1027.35</v>
+        <v>2257.92</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>737.5</v>
+        <v>366</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
         <v>100</v>
       </c>
       <c r="I145" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C146" s="3">
-        <v>1027.35</v>
+        <v>1340.64</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>1134.5</v>
+        <v>230</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>100</v>
       </c>
       <c r="I146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C147" s="3">
-        <v>873.6</v>
+        <v>2789.34</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>1244.5</v>
+        <v>243</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>100</v>
       </c>
       <c r="I147" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C148" s="3">
-        <v>242.18</v>
+        <v>3873</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>3222.5</v>
+        <v>236</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I148" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C149" s="3">
-        <v>794.98</v>
+        <v>1303</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>2345</v>
+        <v>249</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
         <v>100</v>
       </c>
       <c r="I149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C150" s="3">
-        <v>640.3</v>
+        <v>1107.23</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>793</v>
+        <v>197</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>100</v>
       </c>
       <c r="I150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C151" s="3">
-        <v>1454.54</v>
+        <v>4294</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>997</v>
+        <v>161</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C152" s="3">
-        <v>2789.34</v>
+        <v>1454.54</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>300</v>
+        <v>797</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>100</v>
       </c>
       <c r="I152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C153" s="3">
-        <v>2789.34</v>
+        <v>1573.43</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>303</v>
+        <v>74</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
         <v>100</v>
       </c>
       <c r="I153" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C154" s="3">
-        <v>1107.23</v>
+        <v>242.18</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>431</v>
+        <v>964</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I154" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>312</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C155" s="3">
-        <v>1340.64</v>
+        <v>346.45</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>519</v>
+        <v>355</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
         <v>100</v>
       </c>
       <c r="I155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C156" s="3">
-        <v>1340.64</v>
+        <v>487.51</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>431</v>
+        <v>1678</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
         <v>100</v>
       </c>
       <c r="I156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>316</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C157" s="3">
-        <v>15142.05</v>
+        <v>1027.35</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>227</v>
+        <v>591</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C158" s="3">
-        <v>1467.65</v>
+        <v>604.8</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>1185</v>
+        <v>110</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
         <v>100</v>
       </c>
       <c r="I158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C159" s="3">
-        <v>1158.39</v>
+        <v>873.6</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>332</v>
+        <v>859</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
         <v>100</v>
       </c>
       <c r="I159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C160" s="3">
-        <v>1162.59</v>
+        <v>2789.34</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
         <v>244</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
         <v>100</v>
       </c>
       <c r="I160" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C161" s="3">
-        <v>1620</v>
+        <v>978.43</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>661</v>
+        <v>60</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
         <v>100</v>
       </c>
       <c r="I161" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C162" s="3">
-        <v>1592</v>
+        <v>1157.74</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>549</v>
+        <v>669</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
         <v>100</v>
       </c>
       <c r="I162" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C163" s="3">
-        <v>1764</v>
+        <v>873.6</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>1267.5</v>
+        <v>627</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
         <v>100</v>
       </c>
       <c r="I163" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C164" s="3">
-        <v>1470</v>
+        <v>829.79</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>1260.5</v>
+        <v>0</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
         <v>100</v>
       </c>
       <c r="I164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C165" s="3">
-        <v>733.82</v>
+        <v>15142.05</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>4465.5</v>
+        <v>213</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C166" s="3">
-        <v>1898.4</v>
+        <v>965.33</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>1014</v>
+        <v>788</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
         <v>100</v>
       </c>
       <c r="I166" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C167" s="3">
-        <v>5168.39</v>
+        <v>1898.4</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>1394.5</v>
+        <v>903</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I167" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C168" s="3">
-        <v>844.66</v>
+        <v>837.19</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>2123.5</v>
+        <v>0</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
         <v>100</v>
       </c>
       <c r="I168" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C169" s="3">
-        <v>338.47</v>
+        <v>1075.55</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>2768</v>
+        <v>945</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C170" s="3">
-        <v>679.14</v>
+        <v>943.75</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>3267</v>
+        <v>865</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
         <v>100</v>
       </c>
       <c r="I170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C171" s="3">
-        <v>950.58</v>
+        <v>1158.39</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>520.5</v>
+        <v>308</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C172" s="3">
-        <v>829.79</v>
+        <v>1162.59</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>3826.5</v>
+        <v>127</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
         <v>100</v>
       </c>
       <c r="I172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C173" s="3">
-        <v>600.6</v>
+        <v>1100.74</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>5699</v>
+        <v>207</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
         <v>100</v>
       </c>
       <c r="I173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C174" s="3">
-        <v>338.47</v>
+        <v>5168.39</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F174" s="3">
-        <v>1305</v>
+        <v>1292</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I174" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C175" s="3">
-        <v>1303</v>
+        <v>4192.65</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>580</v>
+        <v>1169</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C176" s="3">
-        <v>1745</v>
+        <v>930.93</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>1276</v>
+        <v>1386</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
         <v>100</v>
       </c>
       <c r="I176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="2" t="s">
         <v>356</v>
       </c>
       <c r="B177" s="2"/>
       <c r="C177" s="2"/>
       <c r="D177" s="2"/>
       <c r="E177" s="2"/>
       <c r="F177" s="2"/>
       <c r="G177" s="2"/>
       <c r="H177" s="2"/>
       <c r="I177" s="2"/>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>357</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C178" s="3">
-        <v>1137.43</v>
+        <v>2324.44</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>897.5</v>
+        <v>29</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I178" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C179" s="3">
-        <v>740.38</v>
+        <v>1174.12</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>1993.5</v>
+        <v>0</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
         <v>100</v>
       </c>
       <c r="I179" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C180" s="3">
-        <v>168</v>
+        <v>1764</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>733</v>
+        <v>858</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C181" s="3">
-        <v>1467.65</v>
+        <v>1587.6</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>1686</v>
+        <v>472</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
         <v>100</v>
       </c>
       <c r="I181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>365</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C182" s="3">
-        <v>1027.35</v>
+        <v>1764</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>553</v>
+        <v>474</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
         <v>100</v>
       </c>
       <c r="I182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C183" s="3">
-        <v>604.8</v>
+        <v>684.08</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>2070.5</v>
+        <v>2860</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
         <v>100</v>
       </c>
       <c r="I183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C184" s="3">
-        <v>1174.12</v>
+        <v>935.16</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>310</v>
+        <v>733</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
         <v>100</v>
       </c>
       <c r="I184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C185" s="3">
-        <v>361.98</v>
+        <v>4211.71</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>1141.5</v>
+        <v>1161</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I185" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C186" s="3">
-        <v>97.76</v>
+        <v>558.96</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>1085</v>
+        <v>11</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I186" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C187" s="3">
-        <v>1110.56</v>
+        <v>1058.76</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>563</v>
+        <v>897</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
         <v>100</v>
       </c>
       <c r="I187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C188" s="3">
-        <v>1027.35</v>
+        <v>2789.34</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>740</v>
+        <v>0</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I188" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C189" s="3">
         <v>3873</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>369</v>
+        <v>317</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
         <v>80</v>
       </c>
       <c r="I189" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C190" s="3">
-        <v>4294</v>
+        <v>1451</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>152</v>
+        <v>428</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>383</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C191" s="3">
-        <v>4294</v>
+        <v>1099.98</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>183</v>
+        <v>530</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I191" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C192" s="3">
-        <v>1206.66</v>
+        <v>361.98</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>1719</v>
+        <v>0</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>388</v>
       </c>
       <c r="C193" s="3">
-        <v>873.6</v>
+        <v>808.86</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>1197.5</v>
+        <v>131</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
         <v>100</v>
       </c>
       <c r="I193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>389</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>390</v>
       </c>
       <c r="C194" s="3">
-        <v>957.49</v>
+        <v>1328.67</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>352</v>
+        <v>0</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>391</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>392</v>
       </c>
       <c r="C195" s="3">
-        <v>969.7</v>
+        <v>97.76</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>127</v>
+        <v>0</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>393</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>394</v>
       </c>
       <c r="C196" s="3">
-        <v>935.16</v>
+        <v>251.73</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>2260.5</v>
+        <v>4083</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>395</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>396</v>
       </c>
       <c r="C197" s="3">
-        <v>829.79</v>
+        <v>1231.28</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>2164</v>
+        <v>1776</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
         <v>100</v>
       </c>
       <c r="I197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>397</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C198" s="3">
-        <v>5122.66</v>
+        <v>664.72</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>632</v>
+        <v>1233</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C199" s="3">
-        <v>684.08</v>
+        <v>1110.56</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>7287.5</v>
+        <v>529</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
         <v>100</v>
       </c>
       <c r="I199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C200" s="3">
-        <v>4211.71</v>
+        <v>15142.05</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>1591.5</v>
+        <v>122</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C201" s="3">
-        <v>512</v>
+        <v>740.38</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>2607.5</v>
+        <v>142</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
         <v>100</v>
       </c>
       <c r="I201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C202" s="3">
-        <v>1231.28</v>
+        <v>15142.05</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>2368</v>
+        <v>158</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I202" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>407</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>408</v>
       </c>
       <c r="C203" s="3">
-        <v>905</v>
+        <v>168</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>435.5</v>
+        <v>0</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I203" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>409</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C204" s="3">
-        <v>664.72</v>
+        <v>4294</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>1399</v>
+        <v>133</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>412</v>
       </c>
       <c r="C205" s="3">
-        <v>953.97</v>
+        <v>512</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>1129.5</v>
+        <v>2211</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
         <v>100</v>
       </c>
       <c r="I205" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>413</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>414</v>
       </c>
       <c r="C206" s="3">
-        <v>373.45</v>
+        <v>1309</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>4256.5</v>
+        <v>290</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
         <v>100</v>
       </c>
       <c r="I206" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>415</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C207" s="3">
-        <v>1174.12</v>
+        <v>957.49</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>204</v>
+        <v>0</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I207" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
         <v>417</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>418</v>
       </c>
       <c r="C208" s="3">
-        <v>1861.44</v>
+        <v>1340.64</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>910</v>
+        <v>166</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
         <v>100</v>
       </c>
       <c r="I208" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>419</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>420</v>
       </c>
       <c r="C209" s="3">
-        <v>2257.92</v>
+        <v>1922.13</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>479.5</v>
+        <v>661</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
         <v>100</v>
       </c>
       <c r="I209" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>421</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>422</v>
       </c>
       <c r="C210" s="3">
-        <v>844.66</v>
+        <v>829.79</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>1168</v>
+        <v>0</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
         <v>100</v>
       </c>
       <c r="I210" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C211" s="3">
-        <v>953.97</v>
+        <v>5122.66</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>2410</v>
+        <v>392</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I211" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>425</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>426</v>
       </c>
       <c r="C212" s="3">
-        <v>784.33</v>
+        <v>1137.43</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>2318.5</v>
+        <v>0</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
         <v>100</v>
       </c>
       <c r="I212" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>427</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>428</v>
       </c>
       <c r="C213" s="3">
-        <v>1100.74</v>
+        <v>1174.12</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F213" s="3">
-        <v>208.5</v>
+        <v>188</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
         <v>100</v>
       </c>
       <c r="I213" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>429</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>430</v>
       </c>
       <c r="C214" s="3">
-        <v>1099.98</v>
+        <v>1861.44</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>708</v>
+        <v>780</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
         <v>100</v>
       </c>
       <c r="I214" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>431</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>432</v>
       </c>
       <c r="C215" s="3">
-        <v>733.82</v>
+        <v>2257.92</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>1022</v>
+        <v>332</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
         <v>100</v>
       </c>
       <c r="I215" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
         <v>433</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>434</v>
       </c>
       <c r="C216" s="3">
-        <v>1137.43</v>
+        <v>1097.25</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>419</v>
+        <v>0</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
         <v>100</v>
       </c>
       <c r="I216" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>435</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>436</v>
       </c>
       <c r="C217" s="3">
-        <v>361.98</v>
+        <v>1592</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>223</v>
+        <v>214</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>437</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>438</v>
       </c>
       <c r="C218" s="3">
-        <v>558.96</v>
+        <v>2278.08</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>383</v>
+        <v>229</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
         <v>100</v>
       </c>
       <c r="I218" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
         <v>439</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C219" s="3">
-        <v>808.86</v>
+        <v>1161.42</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>263</v>
+        <v>5</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I219" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>441</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>442</v>
       </c>
       <c r="C220" s="3">
-        <v>1058.76</v>
+        <v>969.7</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F220" s="3">
-        <v>988</v>
+        <v>21</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
         <v>100</v>
       </c>
       <c r="I220" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>443</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>444</v>
       </c>
       <c r="C221" s="3">
-        <v>1097.25</v>
+        <v>953.97</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F221" s="3">
-        <v>96</v>
+        <v>445</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
         <v>100</v>
       </c>
       <c r="I221" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>445</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>446</v>
       </c>
       <c r="C222" s="3">
-        <v>1328.67</v>
+        <v>1027.35</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>42</v>
+        <v>633</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
         <v>100</v>
       </c>
       <c r="I222" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>447</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>448</v>
       </c>
       <c r="C223" s="3">
-        <v>1340.64</v>
+        <v>833.49</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F223" s="3">
-        <v>287</v>
+        <v>0</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
         <v>100</v>
       </c>
       <c r="I223" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>450</v>
       </c>
       <c r="C224" s="3">
-        <v>1587.6</v>
+        <v>1451.92</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>695</v>
+        <v>1249</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
         <v>100</v>
       </c>
       <c r="I224" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
         <v>451</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>452</v>
       </c>
       <c r="C225" s="3">
-        <v>1922.13</v>
+        <v>1477.53</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="3">
-        <v>353</v>
+        <v>719</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
         <v>100</v>
       </c>
       <c r="I225" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
         <v>453</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>454</v>
       </c>
       <c r="C226" s="3">
-        <v>2324.44</v>
+        <v>1174.12</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>74</v>
+        <v>161</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I226" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>455</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>456</v>
       </c>
       <c r="C227" s="3">
-        <v>2789.34</v>
+        <v>1592</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>58</v>
+        <v>595</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I227" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
         <v>457</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>458</v>
       </c>
       <c r="C228" s="3">
-        <v>2789.34</v>
+        <v>5122.66</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>106</v>
+        <v>590</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I228" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>460</v>
       </c>
       <c r="C229" s="3">
-        <v>15142.05</v>
+        <v>844.66</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>174</v>
+        <v>753</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I229" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
         <v>461</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>462</v>
       </c>
       <c r="C230" s="3">
-        <v>12618.39</v>
+        <v>1206.66</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>302</v>
+        <v>1443</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I230" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
         <v>463</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>464</v>
       </c>
       <c r="C231" s="3">
-        <v>15142.05</v>
+        <v>1027.35</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>163</v>
+        <v>12</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I231" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
         <v>465</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>466</v>
       </c>
       <c r="C232" s="3">
-        <v>1592</v>
+        <v>1467.65</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>701</v>
+        <v>1432</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
         <v>100</v>
       </c>
       <c r="I232" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
         <v>467</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>468</v>
       </c>
       <c r="C233" s="3">
-        <v>1764</v>
+        <v>873.6</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>890</v>
+        <v>726</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
         <v>100</v>
       </c>
       <c r="I233" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
         <v>469</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>470</v>
       </c>
       <c r="C234" s="3">
-        <v>1451</v>
+        <v>2789.34</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>650</v>
+        <v>56</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I234" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
         <v>471</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>472</v>
       </c>
       <c r="C235" s="3">
-        <v>1764</v>
+        <v>965.33</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F235" s="3">
-        <v>660</v>
+        <v>252</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
         <v>100</v>
       </c>
       <c r="I235" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
         <v>473</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>474</v>
       </c>
       <c r="C236" s="3">
-        <v>1451.92</v>
+        <v>905</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>1320</v>
+        <v>315</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
         <v>100</v>
       </c>
       <c r="I236" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
         <v>475</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>476</v>
       </c>
       <c r="C237" s="3">
-        <v>1309</v>
+        <v>953.97</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>518</v>
+        <v>2033</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
         <v>100</v>
       </c>
       <c r="I237" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
         <v>477</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>478</v>
       </c>
       <c r="C238" s="3">
-        <v>1592</v>
+        <v>1477.53</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>438</v>
+        <v>1285</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
         <v>100</v>
       </c>
       <c r="I238" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
         <v>479</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>480</v>
       </c>
       <c r="C239" s="3">
-        <v>1161.42</v>
+        <v>4294</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>204</v>
+        <v>97</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
         <v>80</v>
       </c>
       <c r="I239" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>481</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>482</v>
       </c>
       <c r="C240" s="3">
-        <v>2278.08</v>
+        <v>1161.42</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>277</v>
+        <v>20</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I240" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C241" s="3">
-        <v>5122.66</v>
+        <v>604.8</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>661</v>
+        <v>1029</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I241" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C242" s="3">
-        <v>604.97</v>
+        <v>1174.12</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>4518</v>
+        <v>366</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
         <v>100</v>
       </c>
       <c r="I242" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
         <v>487</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C243" s="3">
         <v>1922.13</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>774</v>
+        <v>113</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
         <v>100</v>
       </c>
       <c r="I243" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
         <v>489</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>490</v>
       </c>
       <c r="C244" s="3">
-        <v>1161.42</v>
+        <v>784.33</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>88</v>
+        <v>1737</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I244" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
         <v>491</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>492</v>
       </c>
       <c r="C245" s="3">
-        <v>833.49</v>
+        <v>361.98</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>69</v>
+        <v>5</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I245" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
         <v>493</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>494</v>
       </c>
       <c r="C246" s="3">
-        <v>965.33</v>
+        <v>604.97</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F246" s="3">
-        <v>382</v>
+        <v>2686</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
         <v>100</v>
       </c>
       <c r="I246" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>495</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>496</v>
       </c>
       <c r="C247" s="3">
-        <v>1477.53</v>
+        <v>373.45</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>1636</v>
+        <v>3234</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
         <v>100</v>
       </c>
       <c r="I247" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>497</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>498</v>
       </c>
       <c r="C248" s="3">
-        <v>1174.12</v>
+        <v>733.82</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F248" s="3">
-        <v>436</v>
+        <v>290</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
         <v>100</v>
       </c>
       <c r="I248" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>499</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>500</v>
       </c>
       <c r="C249" s="3">
-        <v>251.73</v>
+        <v>1137.43</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>6063</v>
+        <v>0</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I249" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
         <v>501</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C250" s="3">
-        <v>1477.53</v>
+        <v>12618.39</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>1292</v>
+        <v>260</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I250" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
         <v>503</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>504</v>
       </c>
       <c r="C251" s="3">
-        <v>1174.12</v>
+        <v>1100.74</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F251" s="3">
-        <v>12</v>
+        <v>125</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
         <v>100</v>
       </c>
       <c r="I251" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="2" t="s">
         <v>505</v>
       </c>
       <c r="B252" s="2"/>
       <c r="C252" s="2"/>
       <c r="D252" s="2"/>
       <c r="E252" s="2"/>
       <c r="F252" s="2"/>
       <c r="G252" s="2"/>
       <c r="H252" s="2"/>
       <c r="I252" s="2"/>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
         <v>506</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C253" s="3">
-        <v>207</v>
+        <v>103</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>1361</v>
+        <v>2679</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
         <v>508</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>509</v>
       </c>
       <c r="C254" s="3">
-        <v>103</v>
+        <v>207</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>1885</v>
+        <v>1011</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
         <v>510</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>511</v>
       </c>
       <c r="C255" s="3">
         <v>164</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>1986</v>
+        <v>1864</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
         <v>200</v>
       </c>
       <c r="I255" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="2" t="s">
         <v>512</v>
       </c>
       <c r="B256" s="2"/>
       <c r="C256" s="2"/>
       <c r="D256" s="2"/>
       <c r="E256" s="2"/>
       <c r="F256" s="2"/>
       <c r="G256" s="2"/>
       <c r="H256" s="2"/>
       <c r="I256" s="2"/>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="2" t="s">
         <v>513</v>
       </c>
       <c r="B257" s="2"/>
       <c r="C257" s="2"/>
       <c r="D257" s="2"/>
       <c r="E257" s="2"/>
       <c r="F257" s="2"/>
       <c r="G257" s="2"/>
       <c r="H257" s="2"/>
       <c r="I257" s="2"/>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
         <v>514</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>515</v>
       </c>
       <c r="C258" s="3">
-        <v>309</v>
+        <v>671.91</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F258" s="3">
-        <v>2183</v>
+        <v>1482</v>
       </c>
       <c r="G258" s="3">
         <v>1</v>
       </c>
       <c r="H258" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I258" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
         <v>516</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>517</v>
       </c>
       <c r="C259" s="3">
-        <v>340</v>
+        <v>319</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F259" s="3">
-        <v>1002</v>
+        <v>407</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="I259" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
         <v>518</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>519</v>
       </c>
       <c r="C260" s="3">
-        <v>376.26</v>
+        <v>399</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>0</v>
+        <v>4965</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>288</v>
+        <v>100</v>
       </c>
       <c r="I260" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
         <v>520</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>521</v>
       </c>
       <c r="C261" s="3">
-        <v>429</v>
+        <v>480</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F261" s="3">
-        <v>1149</v>
+        <v>93</v>
       </c>
       <c r="G261" s="3">
         <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I261" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
         <v>522</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>523</v>
       </c>
       <c r="C262" s="3">
-        <v>319</v>
+        <v>340</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F262" s="3">
-        <v>2233</v>
+        <v>947</v>
       </c>
       <c r="G262" s="3">
         <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>240</v>
+        <v>288</v>
       </c>
       <c r="I262" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
         <v>524</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>525</v>
       </c>
       <c r="C263" s="3">
-        <v>958.87</v>
+        <v>1121.32</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F263" s="3">
         <v>0</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>120</v>
+        <v>168</v>
       </c>
       <c r="I263" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
         <v>526</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>527</v>
       </c>
       <c r="C264" s="3">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F264" s="3">
-        <v>257</v>
+        <v>3594</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I264" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
         <v>528</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>529</v>
       </c>
       <c r="C265" s="3">
-        <v>342</v>
+        <v>376.26</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F265" s="3">
-        <v>199</v>
+        <v>0</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
         <v>288</v>
       </c>
       <c r="I265" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
         <v>530</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>531</v>
       </c>
       <c r="C266" s="3">
-        <v>900.08</v>
+        <v>736.15</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F266" s="3">
-        <v>6</v>
+        <v>44</v>
       </c>
       <c r="G266" s="3">
         <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>120</v>
+        <v>168</v>
       </c>
       <c r="I266" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C267" s="3">
-        <v>687</v>
+        <v>448.26</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F267" s="3">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>168</v>
+        <v>240</v>
       </c>
       <c r="I267" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
         <v>534</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>535</v>
       </c>
       <c r="C268" s="3">
-        <v>345</v>
+        <v>530</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F268" s="3">
-        <v>116</v>
+        <v>1011</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I268" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
         <v>536</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>537</v>
       </c>
       <c r="C269" s="3">
-        <v>310</v>
+        <v>629.13</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F269" s="3">
         <v>0</v>
       </c>
       <c r="G269" s="3">
         <v>1</v>
       </c>
       <c r="H269" s="3">
-        <v>288</v>
+        <v>120</v>
       </c>
       <c r="I269" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
         <v>538</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>539</v>
       </c>
       <c r="C270" s="3">
-        <v>369.52</v>
+        <v>697.68</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F270" s="3">
-        <v>0</v>
+        <v>3689</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>288</v>
+        <v>50</v>
       </c>
       <c r="I270" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C271" s="3">
-        <v>382.32</v>
+        <v>900.08</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F271" s="3">
-        <v>2937</v>
+        <v>3</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I271" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
         <v>542</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>543</v>
       </c>
       <c r="C272" s="3">
-        <v>530</v>
+        <v>429</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F272" s="3">
-        <v>2868</v>
+        <v>998</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I272" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C273" s="3">
-        <v>671.91</v>
+        <v>395</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F273" s="3">
-        <v>1747</v>
+        <v>437</v>
       </c>
       <c r="G273" s="3">
         <v>1</v>
       </c>
       <c r="H273" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I273" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
         <v>546</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>547</v>
       </c>
       <c r="C274" s="3">
-        <v>329</v>
+        <v>665.88</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F274" s="3">
-        <v>3901</v>
+        <v>12</v>
       </c>
       <c r="G274" s="3">
         <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I274" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C275" s="3">
-        <v>399</v>
+        <v>746.38</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F275" s="3">
-        <v>5371</v>
+        <v>906</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I275" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
         <v>550</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>551</v>
       </c>
       <c r="C276" s="3">
-        <v>736.15</v>
+        <v>342</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F276" s="3">
-        <v>96</v>
+        <v>119</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>168</v>
+        <v>288</v>
       </c>
       <c r="I276" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C277" s="3">
-        <v>629.13</v>
+        <v>309</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F277" s="3">
-        <v>244</v>
+        <v>1953</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I277" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
         <v>554</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>555</v>
       </c>
       <c r="C278" s="3">
-        <v>448.26</v>
+        <v>369.52</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F278" s="3">
         <v>0</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>240</v>
+        <v>288</v>
       </c>
       <c r="I278" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C279" s="3">
-        <v>697.68</v>
+        <v>349</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>3854</v>
+        <v>274</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>50</v>
+        <v>288</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
         <v>558</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>559</v>
       </c>
       <c r="C280" s="3">
-        <v>746.38</v>
+        <v>345</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>955</v>
+        <v>105</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
         <v>560</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C281" s="3">
-        <v>395</v>
+        <v>335</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F281" s="3">
-        <v>484</v>
+        <v>241</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I281" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
         <v>562</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>563</v>
       </c>
       <c r="C282" s="3">
-        <v>480</v>
+        <v>347.67</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>127</v>
+        <v>733</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I282" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
         <v>564</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>565</v>
       </c>
       <c r="C283" s="3">
-        <v>665.88</v>
+        <v>687</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F283" s="3">
-        <v>41</v>
+        <v>6</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>120</v>
+        <v>168</v>
       </c>
       <c r="I283" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
         <v>566</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>567</v>
       </c>
       <c r="C284" s="3">
-        <v>1121.32</v>
+        <v>310</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F284" s="3">
         <v>0</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>168</v>
+        <v>288</v>
       </c>
       <c r="I284" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
         <v>568</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>569</v>
       </c>
       <c r="C285" s="3">
-        <v>330</v>
+        <v>382.32</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>2345</v>
+        <v>2896</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I285" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
         <v>570</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>571</v>
       </c>
       <c r="C286" s="3">
-        <v>349</v>
+        <v>958.87</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F286" s="3">
-        <v>298</v>
+        <v>0</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>288</v>
+        <v>120</v>
       </c>
       <c r="I286" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
         <v>572</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>573</v>
       </c>
       <c r="C287" s="3">
-        <v>347.67</v>
+        <v>330</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F287" s="3">
-        <v>873</v>
+        <v>1793</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
         <v>240</v>
       </c>
       <c r="I287" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
         <v>574</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>575</v>
       </c>
       <c r="C288" s="3">
-        <v>384.18</v>
+        <v>355</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F288" s="3">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
         <v>576</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>577</v>
       </c>
       <c r="C289" s="3">
-        <v>355</v>
+        <v>384.18</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F289" s="3">
-        <v>105</v>
+        <v>0</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>240</v>
+        <v>288</v>
       </c>
       <c r="I289" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="2" t="s">
         <v>578</v>
       </c>
       <c r="B290" s="2"/>
       <c r="C290" s="2"/>
       <c r="D290" s="2"/>
       <c r="E290" s="2"/>
       <c r="F290" s="2"/>
       <c r="G290" s="2"/>
       <c r="H290" s="2"/>
       <c r="I290" s="2"/>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
         <v>579</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>580</v>
       </c>
       <c r="C291" s="3">
-        <v>245.82</v>
+        <v>221.24</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F291" s="3">
         <v>0</v>
       </c>
       <c r="G291" s="3">
         <v>1</v>
       </c>
       <c r="H291" s="3">
         <v>60</v>
       </c>
       <c r="I291" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
         <v>581</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>582</v>
       </c>
       <c r="C292" s="3">
-        <v>421.26</v>
+        <v>379.13</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F292" s="3">
         <v>0</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
         <v>30</v>
       </c>
       <c r="I292" s="3">
         <v>0</v>
+      </c>
+    </row>
+    <row r="293" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A293" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="B293" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="C293" s="3">
+        <v>464.88</v>
+      </c>
+      <c r="D293" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E293" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F293" s="3">
+        <v>0</v>
+      </c>
+      <c r="G293" s="3">
+        <v>1</v>
+      </c>
+      <c r="H293" s="3">
+        <v>25</v>
+      </c>
+      <c r="I293" s="3">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A21:I21"/>
     <mergeCell ref="A101:I101"/>
     <mergeCell ref="A177:I177"/>
     <mergeCell ref="A252:I252"/>
     <mergeCell ref="A256:I256"/>
     <mergeCell ref="A257:I257"/>
     <mergeCell ref="A290:I290"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
@@ -10808,50 +10843,51 @@
     <hyperlink ref="D267" r:id="rId257"/>
     <hyperlink ref="D268" r:id="rId258"/>
     <hyperlink ref="D269" r:id="rId259"/>
     <hyperlink ref="D270" r:id="rId260"/>
     <hyperlink ref="D271" r:id="rId261"/>
     <hyperlink ref="D272" r:id="rId262"/>
     <hyperlink ref="D273" r:id="rId263"/>
     <hyperlink ref="D274" r:id="rId264"/>
     <hyperlink ref="D275" r:id="rId265"/>
     <hyperlink ref="D276" r:id="rId266"/>
     <hyperlink ref="D277" r:id="rId267"/>
     <hyperlink ref="D278" r:id="rId268"/>
     <hyperlink ref="D279" r:id="rId269"/>
     <hyperlink ref="D280" r:id="rId270"/>
     <hyperlink ref="D281" r:id="rId271"/>
     <hyperlink ref="D282" r:id="rId272"/>
     <hyperlink ref="D283" r:id="rId273"/>
     <hyperlink ref="D284" r:id="rId274"/>
     <hyperlink ref="D285" r:id="rId275"/>
     <hyperlink ref="D286" r:id="rId276"/>
     <hyperlink ref="D287" r:id="rId277"/>
     <hyperlink ref="D288" r:id="rId278"/>
     <hyperlink ref="D289" r:id="rId279"/>
     <hyperlink ref="D291" r:id="rId280"/>
     <hyperlink ref="D292" r:id="rId281"/>
+    <hyperlink ref="D293" r:id="rId282"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>