--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -8,1807 +8,2041 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1147" uniqueCount="585">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1303" uniqueCount="663">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Электроустановочные изделия</t>
   </si>
   <si>
     <t>1.1 Выключатели и розетки скрытой установки</t>
   </si>
   <si>
     <t>1.1.1 Выключатели и розетки скрытой установки серия Happy</t>
   </si>
   <si>
+    <t>KR-78-0626</t>
+  </si>
+  <si>
+    <t>Выключатель одноклавишный HAPPY Цветок с/у, белый/голубой KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-78-0627</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный HAPPY Цветок с/у, белый/голубой KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0617</t>
+  </si>
+  <si>
+    <t>Выключатель одноклавишный HAPPY Солнце с/у, желтый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0618</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный HAPPY Солнце с/у, желтый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0813</t>
+  </si>
+  <si>
+    <t>Розетка одноместная HAPPY Солнце с/у, с/з, со шторками, желтая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0621</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный HAPPY Ромашка с/у, желтый/белый KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0622</t>
   </si>
   <si>
     <t>Розетка одноместная HAPPY Ромашка с/у, с/з, со шторками, желтая/белая KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Выключатель двухклавишный HAPPY Цветок с/у, белый/голубой KRANZ</t>
+    <t>KR-78-0623</t>
+  </si>
+  <si>
+    <t>Выключатель одноклавишный HAPPY Цветок с/у, белый/розовый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0624</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный HAPPY Цветок с/у, белый/розовый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0628</t>
+  </si>
+  <si>
+    <t>Розетка одноместная HAPPY Цветок с/у, с/з, со шторками, белая/голубая KRANZ</t>
   </si>
   <si>
     <t>KR-78-0629</t>
   </si>
   <si>
     <t>Выключатель одноклавишный HAPPY Яичница с/у, желтый/белый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0617</t>
-[...2 lines deleted...]
-    <t>Выключатель одноклавишный HAPPY Солнце с/у, желтый KRANZ</t>
+    <t>KR-78-0620</t>
+  </si>
+  <si>
+    <t>Выключатель одноклавишный HAPPY Ромашка с/у, желтый/белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0630</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный HAPPY Яичница с/у, желтый/белый KRANZ</t>
   </si>
   <si>
     <t>KR-78-0631</t>
   </si>
   <si>
     <t>Розетка одноместная HAPPY Яичница с/у, с/з, со шторками, желтая/белая KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0621</t>
-[...8 lines deleted...]
-    <t>Выключатель одноклавишный HAPPY Ромашка с/у, желтый/белый KRANZ</t>
+    <t>KR-78-0625</t>
+  </si>
+  <si>
+    <t>Розетка одноместная HAPPY Цветок с/у, с/з, со шторками, белая/розовая KRANZ</t>
   </si>
   <si>
     <t>KR-78-0632</t>
   </si>
   <si>
     <t>Розетка двойная HAPPY Яичница с/у, с/з, со шторками, желтая/белая KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0624</t>
-[...46 lines deleted...]
-  <si>
     <t>1.1.2 Выключатели и розетки скрытой установки серия DEA</t>
   </si>
   <si>
+    <t>KR-78-0229</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0235</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0255</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0289</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0319</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0345</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0347</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0348</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Черный Металлик KRANZ </t>
+  </si>
+  <si>
     <t>KR-78-0271</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Серебряный металлик KRANZ  </t>
   </si>
   <si>
+    <t>KR-78-0320</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0346</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0249</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая керамика б/з с/у 10А Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0214</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика б/з с/у 10А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0254</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Светорегулятор 300Вт с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0256</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0234</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 3кл с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл (инд) с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0218</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая с/з с/у 16А Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0230</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0245</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0216</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с крышкой с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0222</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Телефон RJ11 с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая керамика с/з с/у 16А Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0252</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Телефон RJ11 с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0253</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Компьютер RJ45 с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0207</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 2кл прох. с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0227</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0237</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 2кл прох. с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0288</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0287</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0226</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0317</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
     <t>KR-78-0331</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Черный Металлик KRANZ  </t>
   </si>
   <si>
-    <t>KR-78-0250</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">DEA Розетка 2-ая керамика с/з с/у 16А Беж KRANZ </t>
+    <t>KR-78-0316</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл (инд) с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0219</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая керамика б/з с/у 10А Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0210</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая б/з с/у 10А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0244</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика б/з с/у 10А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0242</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з з/ш с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка TV Проходная с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0206</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. (инд) с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0208</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл перекрест. с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0236</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. (инд) с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0285</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0231</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл (инд) с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0209</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель для жалюзи 2кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0205</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0224</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Светорегулятор 300Вт с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0238</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл перекрест. с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0258</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0259</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0286</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0318</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0349</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0233</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл (инд) с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0240</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая б/з с/у 10А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0241</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0225</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Бел KRANZ </t>
   </si>
   <si>
     <t>KR-78-0228</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 4-я горизонтальная Бел KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0259</t>
-[...44 lines deleted...]
-    <t>DEA Выключатель (переключатель) 1кл прох. с/у 10А мех. бежевый KRANZ</t>
+    <t>KR-78-0257</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0213</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с крышкой с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0204</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 3кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0246</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с крышкой с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0223</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Компьютер RJ45 с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0239</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель для жалюзи 2кл с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0243</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с крышкой с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0247</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая б/з с/у 10А Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0248</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая с/з с/у 16А Беж KRANZ </t>
   </si>
   <si>
     <t>KR-78-0212</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая с/з з/ш с/у 16А мех. Бел KRANZ  </t>
   </si>
   <si>
-    <t>KR-78-0258</t>
-[...68 lines deleted...]
-    <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Бел KRANZ  </t>
+    <t>KR-78-0215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0217</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая б/з с/у 10А  Бел KRANZ  </t>
   </si>
   <si>
     <t>KR-78-0220</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 2-ая керамика с/з с/у 16А Бел KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0231</t>
-[...56 lines deleted...]
-    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с/у 16А мех. Бел KRANZ  </t>
+    <t>KR-78-0221</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка TV Проходная с/у мех. Бел KRANZ </t>
   </si>
   <si>
     <t>KR-78-0232</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Выключатель 2кл с/у 10А мех. Беж KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0247</t>
-[...250 lines deleted...]
-  <si>
     <t>1.1.3 Выключатели и розетки серия ROUND со скругленным углом</t>
   </si>
   <si>
+    <t>KR-78-0701-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками 16А перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0753-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 3-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0702-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками и крышкой 16А оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 2-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0728-2</t>
+  </si>
+  <si>
+    <t>Терморегулятор ROUND Wi-Fi с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0753-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 3-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0730-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND HDMI с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0702-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками и крышкой 16А титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл с подсветкой 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND TV с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0732-2</t>
+  </si>
+  <si>
+    <t>Светорегулятор ROUND (диммер) 300Вт с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл с подсветкой 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0714-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл с подсветкой 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) с подсветкой 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 5-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл с подсветкой 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0714-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл с подсветкой 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) с подсветкой 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 5-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND TV с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0727-1</t>
+  </si>
+  <si>
+    <t>Подсветка настенная ROUND для ног с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0727-2</t>
+  </si>
+  <si>
+    <t>Подсветка настенная ROUND для ног с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0732-1</t>
+  </si>
+  <si>
+    <t>Светорегулятор ROUND (диммер) 300Вт с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0732-3</t>
+  </si>
+  <si>
+    <t>Светорегулятор ROUND (диммер) 300Вт с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0712-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл возвратный 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0751-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 1-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0751-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 1-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0751-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 1-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0711-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл для жалюзи возвратный 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 + TV с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 2-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0711-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл для жалюзи возвратный 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 4-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0728-3</t>
+  </si>
+  <si>
+    <t>Терморегулятор ROUND Wi-Fi с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0730-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND HDMI с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0707-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 3 кл 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) 10А с/у титан KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0728-1</t>
   </si>
   <si>
     <t>Терморегулятор ROUND Wi-Fi с/у перламутр KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0727-1</t>
-[...14 lines deleted...]
-    <t>Выключатель ROUND 1 кл перекрестный (переключатель) 10А с/у перламутр KRANZ</t>
+    <t>KR-78-0712-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл возвратный 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0712-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл возвратный 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл проходной (переключатель) 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл проходной (переключатель) 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл проходной (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0733-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл перекрестный (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0733-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл перекрестный (переключатель) 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0734-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND USB-A+Type-C 3А с функцией быстрой зарядки титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0735-1</t>
+  </si>
+  <si>
+    <t>Заглушка ROUND декоративная с суппортом перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0735-2</t>
+  </si>
+  <si>
+    <t>Заглушка ROUND декоративная с суппортом титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0707-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 3 кл 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0707-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 3 кл 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0725-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная двойная RJ45+RJ45 кат6 с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0725-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная двойная RJ45+RJ45 кат6 с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) с подсветкой 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками 16А титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 4-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0735-3</t>
+  </si>
+  <si>
+    <t>Заглушка ROUND декоративная с суппортом оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 4-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0753-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 3-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 5-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND TV с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0727-3</t>
+  </si>
+  <si>
+    <t>Подсветка настенная ROUND для ног с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0730-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND HDMI с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0702-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками и крышкой 16А перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0711-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл для жалюзи возвратный 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 + TV с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками 16А оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 + TV с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 2-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл 10А с/у перламутр KRANZ</t>
   </si>
   <si>
     <t>KR-78-0714-1</t>
   </si>
   <si>
     <t>Выключатель ROUND 2 кл с подсветкой 10А с/у перламутр KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0724-2</t>
-[...142 lines deleted...]
-  <si>
     <t>KR-78-0718-1</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у перламутр KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0711-2</t>
-[...266 lines deleted...]
-    <t>Выключатель ROUND 2 кл 10А с/у перламутр KRANZ</t>
+    <t>KR-78-0733-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл перекрестный (переключатель) 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0734-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND USB-A+Type-C 3А с функцией быстрой зарядки оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0734-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND USB-A+Type-C 3А с функцией быстрой зарядки перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0725-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная двойная RJ45+RJ45 кат6 с/у оникс KRANZ</t>
   </si>
   <si>
     <t>1.1.4 Выключатели и розетки серия STRONG с прямым углом</t>
   </si>
   <si>
+    <t>KR-78-0735-5</t>
+  </si>
+  <si>
+    <t>Заглушка STRONG декоративная с суппортом антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0730-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG HDMI с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-6</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 2-постовая графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0732-4</t>
+  </si>
+  <si>
+    <t>Светорегулятор STRONG (диммер) 300Вт с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0728-5</t>
+  </si>
+  <si>
+    <t>Терморегулятор STRONG Wi-Fi с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл с подсветкой 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0714-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл с подсветкой 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-4</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 5-постовая жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у, со шторками 16А графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл проходной (переключатель) 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0711-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл для жалюзи возвратный 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0712-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл возвратный 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл проходной (переключатель) с подсветкой 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0753-6</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 3-постовая графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-6</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 4-постовая графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-6</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 5-постовая графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG TV с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG TV с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная RJ45 кат6 с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная RJ45 кат6 с/у графит KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0727-4</t>
   </si>
   <si>
     <t>Подсветка настенная STRONG для ног с/у жемчуг KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0732-5</t>
+  </si>
+  <si>
+    <t>Светорегулятор STRONG (диммер) 300Вт с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у, со шторками 16А жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-4</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 4-постовая жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у, со шторками 16А антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0711-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл для жалюзи возвратный 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-5</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 2-постовая антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0702-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у, со шторками и крышкой 16А антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0702-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у, со шторками и крышкой 16А жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная RJ45 кат6 + TV с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0753-4</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 3-постовая жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл перекрестный (переключатель) 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная RJ45 кат6 + TV с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0711-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл для жалюзи возвратный 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл проходной (переключатель) 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0753-5</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 3-постовая антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-5</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 4-постовая антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная RJ45 кат6 + TV с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0714-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл с подсветкой 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0732-6</t>
+  </si>
+  <si>
+    <t>Светорегулятор STRONG (диммер) 300Вт с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл проходной (переключатель) с подсветкой 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0728-6</t>
+  </si>
+  <si>
+    <t>Терморегулятор STRONG Wi-Fi с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0707-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 3 кл 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл проходной (переключатель) 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0712-5</t>
   </si>
   <si>
     <t>Выключатель STRONG 1 кл возвратный 10А с/у антрацит KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0709-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл проходной (переключатель) 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл перекрестный (переключатель) с подсветкой 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл проходной (переключатель) 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0733-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл перекрестный (переключатель) 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0733-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл перекрестный (переключатель) 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0734-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG USB-A+Type-C 3А с функцией быстрой зарядки антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0734-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG USB-A+Type-C 3А с функцией быстрой зарядки жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0735-6</t>
+  </si>
+  <si>
+    <t>Заглушка STRONG декоративная с суппортом графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0736-5</t>
+  </si>
+  <si>
+    <t>Вывод кабеля STRONG антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0736-4</t>
+  </si>
+  <si>
+    <t>Вывод кабеля STRONG жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0707-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 3 кл 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0725-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная двойная RJ45+RJ45 кат6 с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0725-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная двойная RJ45+RJ45 кат6 с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0730-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG HDMI с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-4</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 2-постовая жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл проходной (переключатель) 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0707-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 3 кл 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0730-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG HDMI с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0712-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл возвратный 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл с подсветкой 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл с подсветкой 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG TV с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0727-5</t>
+  </si>
+  <si>
+    <t>Подсветка настенная STRONG для ног с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0725-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная двойная RJ45+RJ45 кат6 с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл перекрестный (переключатель) 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-5</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 5-постовая антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0751-5</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 1-постовая антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная RJ45 кат6 с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0751-4</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 1-постовая жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл проходной (переключатель) с подсветкой 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0714-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл с подсветкой 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0727-6</t>
+  </si>
+  <si>
+    <t>Подсветка настенная STRONG для ног с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0728-4</t>
+  </si>
+  <si>
+    <t>Терморегулятор STRONG Wi-Fi с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл перекрестный (переключатель) 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл перекрестный (переключатель) с подсветкой 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0718-6</t>
   </si>
   <si>
     <t>Выключатель STRONG 1 кл перекрестный (переключатель) с подсветкой 10А с/у графит KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0724-4</t>
-[...352 lines deleted...]
-  <si>
     <t>KR-78-0702-6</t>
   </si>
   <si>
     <t>Розетка STRONG 1-ая с/з с/у, со шторками и крышкой 16А графит KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0753-5</t>
-[...62 lines deleted...]
-    <t>Выключатель STRONG 1 кл проходной (переключатель) с подсветкой 10А с/у антрацит KRANZ</t>
+    <t>KR-78-0733-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл перекрестный (переключатель) 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0734-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG USB-A+Type-C 3А с функцией быстрой зарядки графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0736-6</t>
+  </si>
+  <si>
+    <t>Вывод кабеля STRONG графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0735-4</t>
+  </si>
+  <si>
+    <t>Заглушка STRONG декоративная с суппортом жемчуг KRANZ</t>
   </si>
   <si>
     <t>1.2 Выключатели и розетки открытой установки</t>
   </si>
   <si>
     <t>11-8980</t>
   </si>
   <si>
     <t>Розетка штепсельная карболитовая открытой установки б/з 16А, черная REXANT</t>
   </si>
   <si>
     <t>11-8979</t>
   </si>
   <si>
     <t>Колодка 3 гнезда карболитовая б/з 16А, черная REXANT</t>
   </si>
   <si>
     <t>11-8981</t>
   </si>
   <si>
     <t>Колодка 2 гнезда карболитовая б/з 16А, черная REXANT</t>
   </si>
   <si>
     <t>1.3 Выключатели и розетки открытой установки влагозащищенные IP54</t>
   </si>
   <si>
     <t>1.3.1 Выключатели и розетки открытой установки серия KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0803</t>
+  </si>
+  <si>
+    <t>Блок горизонтальный 2 розетки (керамика) INDUSTRIAL IP54 с/з, о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0804</t>
+  </si>
+  <si>
+    <t>Блок горизонтальный 2 розетки (керамика) Mini OG IP54 с/з, о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0806</t>
+  </si>
+  <si>
+    <t>Блок горизонтальный 2 розетки Mini OG IP54 с/з, о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0832</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный INDUSTRIAL IP54 о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0834</t>
+  </si>
+  <si>
+    <t>Выключатель одноклавишный INDUSTRIAL IP54 о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0814</t>
+  </si>
+  <si>
+    <t>Розетка одноместная (керамика) INDUSTRIAL IP54 с/з, о/у, белая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0837</t>
+  </si>
+  <si>
+    <t>Переключатель проходной Mini OG IP54 о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0835</t>
+  </si>
+  <si>
+    <t>Выключатель одноклавишный Mini OG IP54 о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0817</t>
+  </si>
+  <si>
+    <t>Розетка одноместная Mini OG IP54 с/з, о/у, серая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0609</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный INDUSTRIAL IP54 о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0601</t>
+  </si>
+  <si>
+    <t>Выключатель одноклавишный Mini OG IP54 о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0602</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный Mini OG IP54 о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0604</t>
+  </si>
+  <si>
+    <t>Розетка одноместная Mini OG IP54 с/з, о/у, белая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0605</t>
+  </si>
+  <si>
+    <t>Розетка одноместная (керамика) Mini OG IP54 с/з, о/у, белая KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0606</t>
   </si>
   <si>
     <t>Блок горизонтальный 2 розетки Mini OG IP54 с/з, о/у, белый KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0608</t>
+  </si>
+  <si>
+    <t>Выключатель одноклавишный INDUSTRIAL IP54 о/у, серый KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0611</t>
   </si>
   <si>
     <t>Розетка одноместная INDUSTRIAL IP54 с/з, о/у серая KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0608</t>
-[...2 lines deleted...]
-    <t>Выключатель одноклавишный INDUSTRIAL IP54 о/у, серый KRANZ</t>
+    <t>KR-78-0612</t>
+  </si>
+  <si>
+    <t>Розетка одноместная (керамика) INDUSTRIAL IP54 с/з, о/у, серая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0613</t>
+  </si>
+  <si>
+    <t>Блок горизонтальный 2 розетки INDUSTRIAL IP54 с/з, о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0614</t>
+  </si>
+  <si>
+    <t>Блок горизонтальный 2 розетки (керамика) INDUSTRIAL IP54 с/з, о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0615</t>
+  </si>
+  <si>
+    <t>Блок вертикальный 2 розетки INDUSTRIAL IP54 с/з, о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0616</t>
+  </si>
+  <si>
+    <t>Блок вертикальный 2 розетки (керамика) INDUSTRIAL IP54 с/з, о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0610</t>
+  </si>
+  <si>
+    <t>Переключатель проходной INDUSTRIAL IP54 о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0836</t>
+  </si>
+  <si>
+    <t>Переключатель проходной INDUSTRIAL IP54 о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0607</t>
+  </si>
+  <si>
+    <t>Блок горизонтальный 2 розетки (керамика) Mini OG IP54 с/з, о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0603</t>
+  </si>
+  <si>
+    <t>Переключатель проходной Mini OG IP54 о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0801</t>
+  </si>
+  <si>
+    <t>Блок вертикальный 2 розетки (керамика) INDUSTRIAL IP54 с/з, о/у, белый KRANZ</t>
   </si>
   <si>
     <t>KR-78-0802</t>
   </si>
   <si>
     <t>Блок вертикальный 2 розетки INDUSTRIAL IP54 с/з, о/у, белый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0602</t>
-[...62 lines deleted...]
-    <t>Выключатель двухклавишный INDUSTRIAL IP54 о/у, серый KRANZ</t>
+    <t>KR-78-0805</t>
+  </si>
+  <si>
+    <t>Блок горизонтальный 2 розетки INDUSTRIAL IP54 с/з, о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0833</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный Mini OG IP54 о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0815</t>
+  </si>
+  <si>
+    <t>Розетка одноместная (керамика) Mini OG IP54 с/з, о/у, серая KRANZ</t>
   </si>
   <si>
     <t>KR-78-0816</t>
   </si>
   <si>
     <t>Розетка одноместная INDUSTRIAL IP54 с/з, о/у, белая KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0801</t>
-[...94 lines deleted...]
-  <si>
     <t>1.3.2 Выключатели и розетки открытой установки серия REXANT</t>
   </si>
   <si>
+    <t>78-0528</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный + розетка влагозащищенная для открытой установки REXANT IP54, выключатель 10 А, розетка б/з 16 А, 2В-РЦ-655(03)</t>
+  </si>
+  <si>
+    <t>78-0530</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный + розетка влагозащищенная для открытой установки REXANT IP54, выключатель 10 А, розетка с/з 16 А, В-РЦ-659(03)</t>
+  </si>
+  <si>
     <t>78-0521</t>
   </si>
   <si>
     <t>Выключатель двухклавишный влагозащищенный открытой установки REXANT IP54, 10 А, А56-224 (03)</t>
-  </si>
-[...10 lines deleted...]
-    <t>Выключатель двухклавишный + розетка влагозащищенная для открытой установки REXANT IP54, выключатель 10 А, розетка с/з 16 А, В-РЦ-659(03)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2193,56 +2427,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-kranz-happy-romashka-skritoy-ustanovki-s-zazemleniem-i-zaschitnimi-shtorkami-jeltaya-belaya-26794" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-kranz-happy-tsvetok-skritoy-ustanovki-beliy-goluboy-26799" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-kranz-happy-yaichnitsa-skritoy-ustanovki-jeltiy-beliy-26801" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-kranz-happy-solntse-skritoy-ustanovki-jeltiy-26789" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-kranz-happy-yaichnitsa-skritoy-ustanovki-s-zazemleniem-i-zaschitnimi-shtorkami-jeltaya-belaya-26803" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-kranz-happy-romashka-skritoy-ustanovki-jeltiy-beliy-26793" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-kranz-happy-romashka-skritoy-ustanovki-jeltiy-beliy-26792" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-dvoynaya-kranz-happy-yaichnitsa-skritoy-ustanovki-s-zazemleniem-i-zaschitnimi-shtorkami-jeltaya-belaya-26804" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-kranz-happy-tsvetok-skritoy-ustanovki-beliy-rozoviy-26796" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-kranz-happy-solntse-skritoy-ustanovki-jeltiy-26790" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-kranz-happy-solntse-skritoy-ustanovki-s-zazemleniem-i-zaschitnimi-shtorkami-jeltaya-26791" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-kranz-happy-tsvetok-skritoy-ustanovki-s-zazemleniem-i-zaschitnimi-shtorkami-belaya-rozovaya-26797" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-kranz-happy-yaichnitsa-skritoy-ustanovki-jeltiy-beliy-26802" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-kranz-happy-tsvetok-skritoy-ustanovki-beliy-rozoviy-26795" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-kranz-happy-tsvetok-skritoy-ustanovki-beliy-goluboy-26798" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-kranz-happy-tsvetok-skritoy-ustanovki-s-zazemleniem-i-zaschitnimi-shtorkami-belaya-golubaya-26800" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-serebryaniy-metallik-kranz-30556" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-cherniy-metallik-kranz-30558" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bej-kranz-29188" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bel-kranz-29164" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bej-kranz-29197" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bej-kranz-29190" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-serebryaniy-metallik-kranz-29201" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-cherniy-metallik-kranz-29211" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bel-kranz-29163" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-bej-kranz-29172" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-s-u-10a-meh-cherniy-metallik-kranz-30557" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-proh-s-u-10a-meh-bej-kranz-29171" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bel-kranz-29152" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bej-kranz-29196" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bel-kranz-29440" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bel-kranz-29165" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-perekrest-s-u-10a-meh-bej-kranz-29174" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bej-kranz-29194" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-zolotoy-metallik-kranz-29204" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-zolotoy-metallik-kranz-29207" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bel-kranz-29160" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-serebryaniy-metallik-kranz-29200" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-zolotoy-metallik-kranz-29206" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-3kl-s-u-10a-meh-bel-kranz-29146" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bel-kranz-29151" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bel-kranz-29158" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-ind-s-u-10a-meh-bej-kranz-29167" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bej-kranz-29175" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bej-kranz-29177" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bel-kranz-29155" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bej-kranz-29179" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bej-kranz-29176" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-dlya-jalyuzi-2kl-s-u-10a-meh-bej-kranz-29431" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-krishkoy-s-u-16a-meh-bej-kranz-29433" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-2kl-s-u-10a-meh-bel-kranz-29182" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bel-kranz-29154" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-2kl-s-u-10a-meh-bej-kranz-29168" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bej-kranz-29185" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bej-kranz-29186" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bej-kranz-29191" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-krishkoy-s-u-16a-meh-bel-kranz-29438" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-krishkoy-s-u-16a-meh-bej-kranz-29432" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bel-kranz-29156" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-ind-s-u-10a-meh-bel-kranz-29181" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-2kl-ind-s-u-10a-meh-bel-kranz-29183" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bel-kranz-29150" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bel-kranz-29153" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bel-kranz-29157" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bel-kranz-29159" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-s-u-10a-meh-bej-kranz-29166" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-2kl-ind-s-u-10a-meh-bej-kranz-29169" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-3kl-s-u-10a-meh-bej-kranz-29170" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bej-kranz-29178" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bej-kranz-29187" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bej-kranz-29189" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-dlya-jalyuzi-2kl-s-u-10a-meh-bel-kranz-29436" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-krishkoy-s-u-16a-meh-bel-kranz-29437" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bel-kranz-29439" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-s-u-10a-meh-bel-kranz-29180" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-bel-kranz-29147" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bel-kranz-29161" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-perekrest-s-u-10a-meh-bel-kranz-29149" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bel-kranz-29162" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-2kl-proh-s-u-10a-meh-bej-kranz-29173" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bej-kranz-29192" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bej-kranz-29193" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bej-kranz-29195" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-serebryaniy-metallik-kranz-29198" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-serebryaniy-metallik-kranz-29199" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-serebryaniy-metallik-kranz-29202" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-zolotoy-metallik-kranz-29203" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-zolotoy-metallik-kranz-29205" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-cherniy-metallik-kranz-29208" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-cherniy-metallik-kranz-29209" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-cherniy-metallik-kranz-29210" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-cherniy-metallik-kranz-29212" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-1kl-proh-s-u-10a-meh-bel-kranz-29435" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-pereklyuchatel-2kl-proh-s-u-10a-meh-bel-kranz-29148" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-viklyuchatel-1kl-s-u-10a-meh-serebryaniy-metallik-kranz-30555" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-perlamutr-kranz-31897" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-perlamutr-kranz-31649" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-titan-kranz-31605" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-1-kl-perekrestniy-pereklyuchatel-10a-s-u-beliy-kranz-31225" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-perlamutr-kranz-31659" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-titan-kranz-31647" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-so-shtorkami-i-krishkoy-16a-belaya-kranz-31220" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-1-kl-10a-s-u-seriy-kranz-31232" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bistroy-zaryadki-5v-3a-chernaya-kranz-31237" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-1-kl-10a-s-u-cherniy-kranz-31238" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-oniks-kranz-31648" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-so-shtorkami-i-krishkoy-16a-seraya-kranz-31277" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-oniks-kranz-31361" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-oniks-kranz-32051" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-oniks-kranz-31608" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-titan-kranz-31898" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-titan-kranz-32049" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-titan-kranz-31644" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-perekrestniy-pereklyuchatel-10a-s-u-titan-kranz-32041" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-perekrestniy-pereklyuchatel-s-podsvetkoy-10a-s-u-oniks-kranz-32052" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-oniks-kranz-31609" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-ramka-1-postovaya-belaya-kranz-31229" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-ramka-2-postovaya-chernaya-kranz-31241" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-kompyuternaya-rj45-kat6-tv-s-u-seraya-kranz-31279" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-perlamutr-kranz-31602" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-titan-kranz-31604" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-ramka-1-postovaya-chernaya-kranz-31240" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-1-kl-10a-s-u-beliy-kranz-31222" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-2-kl-10a-s-u-cherniy-kranz-31239" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-perekrestniy-pereklyuchatel-s-podsvetkoy-10a-s-u-perlamutr-kranz-32048" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-2-kl-dlya-jalyuzi-vozvratniy-10a-s-u-seriy-kranz-31278" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-ramka-2-postovaya-seraya-kranz-31280" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-so-shtorkami-i-krishkoy-16a-chernaya-kranz-31282" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-2-kl-dlya-jalyuzi-vozvratniy-10a-s-u-cherniy-kranz-31283" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-perlamutr-kranz-31658" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-perlamutr-kranz-31660" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-1-kl-prohodnoy-pereklyuchatel-10a-s-u-beliy-kranz-31224" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-ramka-1-postovaya-seraya-kranz-31234" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-titan-kranz-31606" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-so-shtorkami-16a-belaya-kranz-31219" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-ramka-3-postovaya-seraya-kranz-31281" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-titan-kranz-31653" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-perekrestniy-pereklyuchatel-s-podsvetkoy-10a-s-u-titan-kranz-32050" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-kompyuternaya-rj45-kat6-tv-s-u-chernaya-kranz-31284" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-oniks-kranz-31645" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-oniks-kranz-31651" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-perlamutr-kranz-31652" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-perlamutr-kranz-32047" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-perlamutr-kranz-31643" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-oniks-kranz-31654" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-perekrestniy-pereklyuchatel-10a-s-u-oniks-kranz-31607" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-perlamutr-kranz-31646" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-perlamutr-kranz-31325" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-perlamutr-kranz-31326" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-perlamutr-kranz-31327" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-titan-kranz-31360" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-oniks-kranz-31362" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-oniks-kranz-31363" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-titan-kranz-31650" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-1-kl-vozvratniy-10a-s-u-beliy-kranz-31227" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-2-kl-10a-s-u-seriy-kranz-31233" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-ramka-4-postovaya-seraya-kranz-31235" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-so-shtorkami-16a-chernaya-kranz-31236" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-oniks-kranz-31899" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-2-kl-dlya-jalyuzi-vozvratniy-10a-s-u-beliy-kranz-31226" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-kompyuternaya-rj45-kat6-tv-s-u-belaya-kranz-31228" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-so-shtorkami-16a-seraya-kranz-31230" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-oniks-kranz-31611" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-titan-kranz-31603" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-vozvratniy-10a-s-u-titan-kranz-32042" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-vozvratniy-10a-s-u-oniks-kranz-32043" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-oniks-kranz-31610" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bistroy-zaryadki-5v-3a-seraya-kranz-31231" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-rozetka-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bistroy-zaryadki-5v-3a-belaya-kranz-31221" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-round-viklyuchatel-2-kl-10a-s-u-beliy-kranz-31223" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-s-u-jemchug-kranz-31640" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-vozvratniy-10a-s-u-antratsit-kranz-32044" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-perekrestniy-pereklyuchatel-s-podsvetkoy-10a-s-u-grafit-kranz-32046" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-s-u-jemchug-kranz-31637" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-perekrestniy-pereklyuchatel-s-podsvetkoy-10a-s-u-antratsit-kranz-32056" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-rozetka-1-aya-s-z-s-u-so-shtorkami-16a-jemchug-kranz-31242" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-viklyuchatel-2-kl-10a-s-u-jemchug-kranz-31245" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-rozetka-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bistroy-zaryadki-5v-3a-jemchug-kranz-31243" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-3-postovaya-grafit-kranz-31631" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-grafit-kranz-31633" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-s-u-antratsit-kranz-31641" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-s-u-jemchug-kranz-31655" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-perekrestniy-pereklyuchatel-s-podsvetkoy-10a-s-u-jemchug-kranz-32054" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-antratsit-kranz-31619" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-2-postovaya-grafit-kranz-31630" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-4-postovaya-grafit-kranz-31632" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-s-u-antratsit-kranz-31635" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-ramka-1-postovaya-jemchug-kranz-31246" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-ramka-2-postovaya-jemchug-kranz-31288" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-s-podsvetkoy-10a-s-u-jemchug-kranz-31613" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-jemchug-kranz-31615" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-grafit-kranz-31629" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-s-u-antratsit-kranz-31895" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-viklyuchatel-1-kl-10a-s-u-antratsit-kranz-31250" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-s-u-grafit-kranz-31896" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-ramka-1-postovaya-antratsit-kranz-31253" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-s-u-grafit-kranz-31657" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-ramka-4-postovaya-jemchug-kranz-31247" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-s-u-jemchug-kranz-32053" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-rozetka-1-aya-s-z-s-u-so-shtorkami-i-krishkoy-16a-jemchug-kranz-31285" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-s-u-grafit-kranz-31636" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-s-u-grafit-kranz-31639" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-rozetka-1-aya-s-z-s-u-so-shtorkami-16a-antratsit-kranz-31248" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-rozetka-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bistroy-zaryadki-5v-3a-antratsit-kranz-31249" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-viklyuchatel-2-kl-10a-s-u-antratsit-kranz-31251" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-viklyuchatel-2-kl-dlya-jalyuzi-vozvratniy-10a-s-u-antratsit-kranz-31252" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-rozetka-kompyuternaya-rj45-kat6-tv-s-u-jemchug-kranz-31287" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-rozetka-kompyuternaya-rj45-kat6-tv-s-u-antratsit-kranz-31291" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-s-u-jemchug-kranz-31634" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-s-u-antratsit-kranz-32055" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-tv-s-u-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-rozetka-1-aya-s-z-s-u-so-shtorkami-i-krishkoy-16a-antratsit-kranz-31290" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-viklyuchatel-1-kl-vozvratniy-10a-s-u-jemchug-kranz-31286" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-s-podsvetkoy-10a-s-u-antratsit-kranz-31616" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-s-u-grafit-kranz-31624" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-16a-grafit-kranz-31620" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-perekrestniy-pereklyuchatel-10a-s-u-grafit-kranz-32040" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-s-podsvetkoy-10a-s-u-antratsit-kranz-31617" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-dlya-jalyuzi-vozvratniy-10a-s-u-grafit-kranz-31625" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-s-u-grafit-kranz-32045" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bistroy-zaryadki-5v-3a-grafit-kranz-31621" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-s-u-jemchug-kranz-31364" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-perekrestniy-pereklyuchatel-10a-s-u-jemchug-kranz-31365" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-s-u-antratsit-kranz-31367" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-perekrestniy-pereklyuchatel-10a-s-u-antratsit-kranz-31328" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-4-postovaya-antratsit-kranz-31330" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-s-u-grafit-kranz-31642" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-dlya-jalyuzi-vozvratniy-10a-s-u-jemchug-kranz-31366" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-jemchug-kranz-31614" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-s-podsvetkoy-10a-s-u-grafit-kranz-31627" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-s-podsvetkoy-10a-s-u-grafit-kranz-31628" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-s-u-antratsit-kranz-31656" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-grafit-kranz.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-3-postovaya-antratsit-kranz-31329" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-vozvratniy-10a-s-u-grafit-kranz-31626" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-s-u-antratsit-kranz-31638" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-s-podsvetkoy-10a-s-u-jemchug-kranz-31612" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-ramka-2-postovaya-antratsit-kranz-31254" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-viklyuchatel-1-kl-10a-s-u-jemchug-kranz-31244" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/miele-strong-ramka-3-postovaya-jemchug-kranz-31289" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-10a-s-u-grafit-kranz-31622" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-2-kl-10a-s-u-grafit-kranz-31623" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-s-u-jemchug-kranz-31894" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-antratsit-kranz-31618" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-karbolitovaya-otkritoy-ustanovki-b-z-16-a-chernaya-rexant-24780" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-karbolitovaya-b-z-16-a-chernaya-rexant-24782" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-karbolitovaya-b-z-16-a-chernaya-rexant-24781" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalniy-2-rozetki-mini-og-ip54-s-zazemleniem-o-u-beliy-kranz-26811" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-industrial-ip54-s-zazemleniem-o-u-seraya-kranz-26783" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-industrial-ip54-o-u-seriy-kranz-26780" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalniy-2-rozetki-industrial-ip54-s-zazemleniem-o-u-beliy-kranz-28330" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-mini-og-og-ip54-o-u-beliy-kranz-26807" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalniy-2-rozetki-keramika-mini-og-ip54-s-zazemleniem-o-u-seriy-kranz-28332" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-mini-og-ip54-s-zazemleniem-o-u-belaya-kranz-26809" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-mini-og-ip54-s-zazemleniem-o-u-belaya-kranz-26810" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalniy-2-rozetki-keramika-mini-og-ip54-s-zazemleniem-o-u-beliy-kranz-26779" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-industrial-ip54-s-zazemleniem-o-u-seraya-kranz-26784" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalniy-2-rozetki-industrial-ip54-s-zazemleniem-o-u-seriy-kranz-26785" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalniy-2-rozetki-keramika-industrial-ip54-s-zazemleniem-o-u-seriy-kranz-26786" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalniy-2-rozetki-industrial-ip54-s-zazemleniem-o-u-seriy-kranz-26787" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalniy-2-rozetki-keramika-industrial-ip54-s-zazemleniem-o-u-beliy-kranz-28331" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-industrial-ip54-o-u-seriy-kranz-26781" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-industrial-ip54-s-zazemleniem-o-u-belaya-kranz-28327" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalniy-2-rozetki-keramika-industrial-ip54-s-zazemleniem-o-u-beliy-kranz-28329" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalniy-2-rozetki-industrial-ip54-s-zazemleniem-o-u-beliy-kranz-28333" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-mini-og-og-ip54-o-u-seriy-kranz-28336" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-mini-og-ip54-o-u-beliy-kranz-26806" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-mini-og-ip54-s-zazemleniem-o-u-seraya-kranz-28326" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-mini-og-ip54-o-u-beliy-kranz-26808" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-industrial-ip54-o-u-beliy-kranz-28335" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-industrial-ip54-o-u-beliy-kranz-28337" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-industrial-ip54-o-u-seriy-kranz-26782" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalniy-2-rozetki-mini-og-ip54-s-zazemleniem-o-u-seriy-kranz-28334" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-odnoklavishniy-mini-og-ip54-o-u-seriy-kranz-28322" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-mini-og-ip54-s-zazemleniem-o-u-seraya-kranz-28328" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalniy-2-rozetki-keramika-industrial-ip54-s-zazemleniem-o-u-seriy-kranz-26788" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-industrial-ip54-s-zazemleniem-o-u-belaya-kranz-28325" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-industrial-ip54-o-u-beliy-kranz-28323" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-mini-og-ip54-o-u-seriy-kranz-28324" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-vlagozaschischenniy-otkritoy-ustanovki-rexant-ip54-10-a-a56-224-03-12015" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-rozetka-vlagozaschischennaya-dlya-otkritoy-ustanovki-rexant-ip54-viklyuchatel-10-a-rozetka-b-z-16-a-2v-rts-655-03-12018" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-dvuhklavishniy-rozetka-vlagozaschischennaya-dlya-otkritoy-ustanovki-rexant-ip54-viklyuchatel-10-a-rozetka-s-z-16-a-v-rts-659-03-12020" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-tsvetok-s-u-belyy-goluboy-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-tsvetok-su-belyygoluboy-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-solntse-s-u-zheltyy-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-solntse-s-u-zheltyy-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-solntse-s-u-s-z-so-shtorkami-zheltaya-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-romashka-s-u-zheltyy-belyy-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-romashka-s-u-s-z-so-shtorkami-zheltaya-belaya-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-tsvetok-s-u-belyy-rozovyy-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-tsvetok-s-u-belyy-rozovyy-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-tsvetok-s-u-s-z-so-shtorkami-belaya-golubaya-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-yaichnitsa-s-u-zheltyy-belyy-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-romashka-s-u-zheltyy-belyy-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-yaichnitsa-s-u-zheltyy-belyy-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-yaichnitsa-s-u-s-z-so-shtorkami-zheltaya-belaya-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-tsvetok-s-u-s-z-so-shtorkami-belaya-rozovaya-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-dvoynaya-happy-yaichnitsa-s-u-s-z-so-shtorkami-zheltaya-belaya-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-s-u-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bezh-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-3kl-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-ind-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bel-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-kryshkoy-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bezh-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-2kl-proh-s-u-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-2kl-proh-s-u-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-ind-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bel-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-perekrest-s-u-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-ind-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-dlya-zhalyuzi-2kl-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-s-u-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-perekrest-s-u-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-ind-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-kryshkoy-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-3kl-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-kryshkoy-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-dlya-zhalyuzi-2kl-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-kryshkoy-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bezh-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bezh-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bel-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bel-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-oniks-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-titan-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-titan-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-titan-kranz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-titan-kranz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-titan-kranz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-oniks-kranz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-oniks-kranz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-oniks-kranz" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-oniks-kranz" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-strong-dekorativnaya-s-supportom-antratsit-kranz" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-hdmi-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-2-postovaya-grafit-kranz" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-s-podsvetkoy-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-s-podsvetkoy-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-16a-grafit-kranz" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-vozvratnyy-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-3-postovaya-grafit-kranz" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-4-postovaya-grafit-kranz" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-grafit-kranz" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-16a-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-4-postovaya-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-16a-antratsit-kranz" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-2-postovaya-antratsit-kranz" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-antratsit-kranz" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-tv-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-3-postovaya-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-tv-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-3-postovaya-antratsit-kranz" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-4-postovaya-antratsit-kranz" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-tv-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-s-podsvetkoy-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-3-kl-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-vozvratnyy-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-antratsit-kranz" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-strong-dekorativnaya-s-supportom-grafit-kranz" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyvod-kabelya-strong-antratsit-kranz" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyvod-kabelya-strong-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-3-kl-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-hdmi-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-2-postovaya-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-3-kl-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-hdmi-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-vozvratnyy-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-s-podsvetkoy-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-s-podsvetkoy-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-antratsit-kranz" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-antratsit-kranz" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-1-postovaya-antratsit-kranz" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-1-postovaya-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-grafit-kranz" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-s-podsvetkoy-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-grafit-kranz" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-grafit-kranz" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyvod-kabelya-strong-grafit-kranz" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-strong-dekorativnaya-s-supportom-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-karbolitovaya-otkrytoy-ustanovki-b-z-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-karbolitovaya-b-z-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-karbolitovaya-b-z-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-keramika-industrial-ip54-s-z-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-keramika-mini-og-ip54-s-z-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-mini-og-ip54-s-z-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-industrial-ip54-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-industrial-ip54-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-industrial-ip54-s-z-o-u-belaya-kranz" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-mini-og-ip54-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-mini-og-ip54-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-mini-og-ip54-s-z-o-u-seraya-kranz" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-industrial-ip54-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-mini-og-ip54-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-mini-og-ip54-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-mini-og-ip54-s-z-o-u-belaya-kranz" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-mini-og-ip54-s-z-o-u-belaya-kranz" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-mini-og-ip54-s-z-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-industrial-ip54-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-industrial-ip54-s-z-o-u-seraya-kranz" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-industrial-ip54-s-z-o-u-seraya-kranz" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-industrial-ip54-s-z-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-keramika-industrial-ip54-s-z-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalnyy-2-rozetki-industrial-ip54-s-z-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalnyy-2-rozetki-keramika-industrial-ip54-s-z-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-industrial-ip54-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-industrial-ip54-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-keramika-mini-og-ip54-s-z-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-mini-og-ip54-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalnyy-2-rozetki-keramika-industrial-ip54-s-z-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalnyy-2-rozetki-industrial-ip54-s-z-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-industrial-ip54-s-z-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-mini-og-ip54-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-mini-og-ip54-s-z-o-u-seraya-kranz" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-industrial-ip54-s-z-o-u-belaya-kranz" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-rozetka-vlagozaschischennaya-dlya-otkrytoy-ustanovki-rexant-ip54-vyklyuc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-rozetka-vlagozaschischennaya-dlya-otkrytoy-ustanovki-rexant-ip54-vyklyuc-2" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-vlagozaschischennyy-otkrytoy-ustanovki-rexant-ip54-10-a-a56-224-03" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I293"/>
+  <dimension ref="A1:I332"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2287,8323 +2521,9454 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>258.14</v>
+        <v>205.48</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>6331</v>
+        <v>2251</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>168</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>253.61</v>
+        <v>232.13</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>168</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>175.2</v>
+        <v>166.26</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>3515</v>
+        <v>1632</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>168</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>181.65</v>
+        <v>228.23</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>1655</v>
+        <v>1114</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>168</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>258.39</v>
+        <v>235.48</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>7710</v>
+        <v>2651</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>168</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>262.45</v>
+        <v>240.22</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>1442</v>
+        <v>1435</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>168</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>175.28</v>
+        <v>236.28</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>3326</v>
+        <v>6317</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>168</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>291.3</v>
+        <v>161.06</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>1033</v>
+        <v>1693</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>168</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>254.68</v>
+        <v>233.11</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>976</v>
+        <v>960</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>168</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>249.35</v>
+        <v>236.6</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>1132</v>
+        <v>5265</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>168</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>257.27</v>
+        <v>160.36</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>2680</v>
+        <v>3507</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>168</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>258.57</v>
+        <v>160.43</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>4556</v>
+        <v>3313</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>168</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>260.44</v>
+        <v>238.38</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>1468</v>
+        <v>1458</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>168</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>175.96</v>
+        <v>236.5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>1726</v>
+        <v>7702</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>168</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>224.5</v>
+        <v>236.67</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>2257</v>
+        <v>4466</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>168</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>258.49</v>
+        <v>266.63</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>5282</v>
+        <v>1003</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>168</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>178.81</v>
+        <v>127.57</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>1593</v>
+        <v>1053</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>188.76</v>
+        <v>119.84</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>1301</v>
+        <v>987</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>120</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>298.44</v>
+        <v>46.34</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>9390</v>
+        <v>25554</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>160.44</v>
+        <v>277.46</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>353</v>
+        <v>993</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>90</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>149.34</v>
+        <v>282.51</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>1463</v>
+        <v>199</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>90</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>148.68</v>
+        <v>74.64</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>1858</v>
+        <v>1344</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>272.16</v>
+        <v>177.45</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>1113</v>
+        <v>929</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>250.81</v>
+        <v>229.57</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
         <v>1105</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>90</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>113.24</v>
+        <v>172.76</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>1401</v>
+        <v>1579</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>120</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>177.29</v>
+        <v>137.94</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>302</v>
+        <v>1502</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>120</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>150.71</v>
+        <v>138.97</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>1505</v>
+        <v>991</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>120</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>130.93</v>
+        <v>220.96</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>990</v>
+        <v>2449</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>120</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>158.8</v>
+        <v>92.34</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>2461</v>
+        <v>11399</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>120</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>139.56</v>
+        <v>564.08</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>1187</v>
+        <v>714</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>279.56</v>
+        <v>78.24</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>1570</v>
+        <v>6405</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>139.37</v>
+        <v>134.72</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>1045</v>
+        <v>816</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>186.16</v>
+        <v>170.03</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>241</v>
+        <v>542</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>120</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>85.48</v>
+        <v>111.01</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>6600</v>
+        <v>12425</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>156.56</v>
+        <v>196.41</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>673</v>
+        <v>11730</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>180</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>308.65</v>
+        <v>90.89</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>200</v>
+        <v>10767</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>789.02</v>
+        <v>134.19</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>14662</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>193.87</v>
+        <v>241.26</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>984</v>
+        <v>136</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>120</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>217.72</v>
+        <v>136.09</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>207</v>
+        <v>1246</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>163.54</v>
+        <v>273.16</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>230</v>
+        <v>9390</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>121.28</v>
+        <v>86.53</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>12919</v>
+        <v>5881</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>120</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>294.26</v>
+        <v>136.09</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>3713</v>
+        <v>1858</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>120.57</v>
+        <v>274.15</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>1826</v>
+        <v>2532</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>120</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>102.07</v>
+        <v>170.39</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>11664</v>
+        <v>270</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>120</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>137.98</v>
+        <v>115.17</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>7216</v>
+        <v>1289</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>120</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>207.02</v>
+        <v>170.39</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>802</v>
+        <v>298</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>120</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>146.61</v>
+        <v>249.11</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>14908</v>
+        <v>1113</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>123.67</v>
+        <v>177.45</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>23623</v>
+        <v>983</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>120</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>244.73</v>
+        <v>115.79</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>709</v>
+        <v>978</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>172.94</v>
+        <v>72.73</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>1413</v>
+        <v>1522</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>157.5</v>
+        <v>157.64</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>837</v>
+        <v>243</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>120</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>141.38</v>
+        <v>191.97</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>8811</v>
+        <v>1300</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>120</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>112.19</v>
+        <v>143.3</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>1827</v>
+        <v>673</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>159.26</v>
+        <v>245.25</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>5115</v>
+        <v>176</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>120</v>
       </c>
       <c r="I59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>214.59</v>
+        <v>376.55</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>16068</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>120</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>299.52</v>
+        <v>86.12</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>2532</v>
+        <v>7566</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>120</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C62" s="3">
-        <v>237.23</v>
+        <v>95.76</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>136</v>
+        <v>16352</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>120</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>160.7</v>
+        <v>126.29</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>950</v>
+        <v>7172</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>120</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>214.59</v>
+        <v>218.3</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>11937</v>
+        <v>2487</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>167.19</v>
+        <v>160.18</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>552</v>
+        <v>683</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>120</v>
       </c>
       <c r="I65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>241.15</v>
+        <v>170.39</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>171</v>
+        <v>234</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>120</v>
       </c>
       <c r="I66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>94.09</v>
+        <v>170.39</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>7701</v>
+        <v>249</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>120</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>100.88</v>
+        <v>162.27</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>11638</v>
+        <v>302</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>120</v>
       </c>
       <c r="I68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>370.26</v>
+        <v>79.76</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>0</v>
+        <v>1047</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>227.99</v>
+        <v>110.36</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>1406</v>
+        <v>1829</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>120</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>99.3</v>
+        <v>137.94</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>10899</v>
+        <v>1622</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>120</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>167.43</v>
+        <v>201.03</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>994</v>
+        <v>525</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>120</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>147.19</v>
+        <v>180.91</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>817</v>
+        <v>69</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>120</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>104.62</v>
+        <v>802.43</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>16472</v>
+        <v>111</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>241.41</v>
+        <v>170.39</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>2449</v>
+        <v>241</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>120</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>238.5</v>
+        <v>127.74</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>2487</v>
+        <v>1187</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>219.63</v>
+        <v>136.69</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>532</v>
+        <v>1463</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>237.81</v>
+        <v>131.65</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>98</v>
+        <v>1093</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>148.68</v>
+        <v>199.28</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>1249</v>
+        <v>207</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>94.54</v>
+        <v>301.46</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>6170</v>
+        <v>531</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>186.16</v>
+        <v>153.25</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>234</v>
+        <v>998</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>120</v>
       </c>
       <c r="I81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C82" s="3">
-        <v>44.92</v>
+        <v>93.42</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>10133</v>
+        <v>11655</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C83" s="3">
-        <v>186.16</v>
+        <v>113.2</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>248</v>
+        <v>23575</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>120</v>
       </c>
       <c r="I83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C84" s="3">
-        <v>113.85</v>
+        <v>45.68</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>1253</v>
+        <v>8958</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>180</v>
+        <v>240</v>
       </c>
       <c r="I84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C85" s="3">
-        <v>186.16</v>
+        <v>163.17</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>298</v>
+        <v>348</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C86" s="3">
-        <v>616.28</v>
+        <v>96.07</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>715</v>
+        <v>3853</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C87" s="3">
-        <v>50.63</v>
+        <v>241.85</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>26116</v>
+        <v>97</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C88" s="3">
-        <v>104.96</v>
+        <v>166.32</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>3860</v>
+        <v>228</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>120</v>
       </c>
       <c r="I88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C89" s="3">
-        <v>87.14</v>
+        <v>158.29</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>1063</v>
+        <v>1413</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C90" s="3">
-        <v>143.83</v>
+        <v>255.88</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>1103</v>
+        <v>1568</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I90" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>303.14</v>
+        <v>224</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>993</v>
+        <v>708</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>79.46</v>
+        <v>147.09</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>1531</v>
+        <v>952</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I92" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>172.23</v>
+        <v>145.77</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>243</v>
+        <v>4679</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>120</v>
       </c>
       <c r="I93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>77.26</v>
+        <v>196.41</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>1344</v>
+        <v>16040</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>151.83</v>
+        <v>161.5</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>991</v>
+        <v>2344</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>120</v>
       </c>
       <c r="I95" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>193.87</v>
+        <v>129.41</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>929</v>
+        <v>8470</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>120</v>
       </c>
       <c r="I96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>329.36</v>
+        <v>210.54</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>531</v>
+        <v>1607</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>177.89</v>
+        <v>284.3</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>0</v>
+        <v>4548</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>186.16</v>
+        <v>208.68</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>276</v>
+        <v>1396</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>120</v>
       </c>
       <c r="I99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>150.71</v>
+        <v>102.69</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>1632</v>
+        <v>1706</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>120</v>
       </c>
       <c r="I100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
         <v>205</v>
       </c>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="2"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
       <c r="I101" s="2"/>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C102" s="3">
-        <v>12618.39</v>
+        <v>690.69</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>260</v>
+        <v>69</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C103" s="3">
-        <v>2324.44</v>
+        <v>615.08</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>239</v>
+        <v>1631</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>100</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C104" s="3">
-        <v>1090.91</v>
+        <v>1181.16</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>482</v>
+        <v>648</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C105" s="3">
-        <v>1206.66</v>
+        <v>246.3</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>1373</v>
+        <v>2896</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C106" s="3">
-        <v>1214.79</v>
+        <v>15399.46</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>346</v>
+        <v>188</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C107" s="3">
-        <v>1905.12</v>
+        <v>615.08</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>118</v>
+        <v>1560</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>100</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C108" s="3">
-        <v>950.58</v>
+        <v>2852.69</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>26</v>
+        <v>149</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>80</v>
       </c>
       <c r="I108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C109" s="3">
-        <v>733.82</v>
+        <v>5256.25</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>3095</v>
+        <v>1319</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C110" s="3">
-        <v>5122.66</v>
+        <v>1177.42</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>791</v>
+        <v>1549</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C111" s="3">
-        <v>740.38</v>
+        <v>1191.71</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>3843</v>
+        <v>839</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C112" s="3">
-        <v>1905.12</v>
+        <v>959.79</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>187</v>
+        <v>806</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>100</v>
       </c>
       <c r="I112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C113" s="3">
-        <v>1171.79</v>
+        <v>1363.43</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I113" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C114" s="3">
-        <v>1027.35</v>
+        <v>4367</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>656</v>
+        <v>160</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I114" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C115" s="3">
-        <v>1592</v>
+        <v>808.49</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>292</v>
+        <v>1335</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
         <v>100</v>
       </c>
       <c r="I115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C116" s="3">
-        <v>953.97</v>
+        <v>1502.65</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>533</v>
+        <v>590</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>100</v>
       </c>
       <c r="I116" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C117" s="3">
-        <v>15142.05</v>
+        <v>1109.46</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>202</v>
+        <v>487</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C118" s="3">
-        <v>1620</v>
+        <v>1093.83</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>491</v>
+        <v>1147</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
         <v>100</v>
       </c>
       <c r="I118" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C119" s="3">
-        <v>1340.64</v>
+        <v>970.19</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>414</v>
+        <v>374</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>100</v>
       </c>
       <c r="I119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C120" s="3">
-        <v>1467.65</v>
+        <v>1502.65</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>1136</v>
+        <v>387</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>100</v>
       </c>
       <c r="I120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C121" s="3">
-        <v>1764</v>
+        <v>1119.45</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>1237</v>
+        <v>131</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>100</v>
       </c>
       <c r="I121" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C122" s="3">
-        <v>1477.53</v>
+        <v>1093.83</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>0</v>
+        <v>745</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>100</v>
       </c>
       <c r="I122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C123" s="3">
-        <v>97.76</v>
+        <v>1363.43</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>25</v>
+        <v>850</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C124" s="3">
-        <v>338.47</v>
+        <v>1600.18</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>947</v>
+        <v>3</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C125" s="3">
-        <v>2235.74</v>
+        <v>1937.51</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>378</v>
+        <v>454</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>100</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C126" s="3">
-        <v>640.3</v>
+        <v>2363.96</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>561</v>
+        <v>234</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>100</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C127" s="3">
-        <v>1477.53</v>
+        <v>2836.76</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>177</v>
+        <v>239</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>100</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C128" s="3">
-        <v>168</v>
+        <v>3938.84</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>0</v>
+        <v>134</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I128" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C129" s="3">
-        <v>600.6</v>
+        <v>4367</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>3790</v>
+        <v>93</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I129" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C130" s="3">
-        <v>1137.43</v>
+        <v>995.06</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>310</v>
+        <v>345</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>100</v>
       </c>
       <c r="I130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C131" s="3">
-        <v>1470</v>
+        <v>99.42</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>1229</v>
+        <v>1102</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I131" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C132" s="3">
-        <v>1174.12</v>
+        <v>170.86</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>733</v>
+        <v>781</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I132" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C133" s="3">
-        <v>338.47</v>
+        <v>170.86</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>0</v>
+        <v>932</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
         <v>200</v>
       </c>
       <c r="I133" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C134" s="3">
-        <v>1161.42</v>
+        <v>4263.93</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>0</v>
+        <v>1104</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
         <v>80</v>
       </c>
       <c r="I134" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C135" s="3">
-        <v>1184.6</v>
+        <v>1227.17</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>504</v>
+        <v>1131</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
         <v>100</v>
       </c>
       <c r="I135" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C136" s="3">
-        <v>794.98</v>
+        <v>1194.08</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>1722</v>
+        <v>718</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
         <v>100</v>
       </c>
       <c r="I136" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C137" s="3">
-        <v>905</v>
+        <v>2273.75</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>497</v>
+        <v>1300</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
         <v>100</v>
       </c>
       <c r="I137" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C138" s="3">
-        <v>844.66</v>
+        <v>344.22</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>1578</v>
+        <v>2567</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C139" s="3">
-        <v>168</v>
+        <v>1204.74</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>0</v>
+        <v>483</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C140" s="3">
-        <v>1075.55</v>
+        <v>1044.81</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>1163</v>
+        <v>1091</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>100</v>
       </c>
       <c r="I140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C141" s="3">
-        <v>679.14</v>
+        <v>888.45</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>0</v>
+        <v>582</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
         <v>100</v>
       </c>
       <c r="I141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C142" s="3">
-        <v>604.8</v>
+        <v>1937.51</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>511</v>
+        <v>320</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>100</v>
       </c>
       <c r="I142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C143" s="3">
-        <v>4294</v>
+        <v>15399.46</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>174</v>
+        <v>209</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C144" s="3">
-        <v>1745</v>
+        <v>752.97</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>1244</v>
+        <v>3981</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
         <v>100</v>
       </c>
       <c r="I144" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C145" s="3">
-        <v>2257.92</v>
+        <v>2852.69</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>366</v>
+        <v>151</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I145" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C146" s="3">
-        <v>1340.64</v>
+        <v>1275.32</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>230</v>
+        <v>68</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>100</v>
       </c>
       <c r="I146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C147" s="3">
-        <v>2789.34</v>
+        <v>1492.6</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>243</v>
+        <v>1099</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>100</v>
       </c>
       <c r="I147" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C148" s="3">
-        <v>3873</v>
+        <v>12832.9</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>236</v>
+        <v>259</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I148" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C149" s="3">
-        <v>1303</v>
+        <v>1178.08</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>249</v>
+        <v>458</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
         <v>100</v>
       </c>
       <c r="I149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C150" s="3">
-        <v>1107.23</v>
+        <v>1182.35</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>197</v>
+        <v>250</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>100</v>
       </c>
       <c r="I150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C151" s="3">
-        <v>4294</v>
+        <v>1325.15</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>161</v>
+        <v>496</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C152" s="3">
-        <v>1454.54</v>
+        <v>1647.54</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>100</v>
       </c>
       <c r="I152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C153" s="3">
-        <v>1573.43</v>
+        <v>1774.67</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>74</v>
+        <v>1241</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
         <v>100</v>
       </c>
       <c r="I153" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C154" s="3">
-        <v>242.18</v>
+        <v>1619.06</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>964</v>
+        <v>511</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I154" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>312</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C155" s="3">
-        <v>346.45</v>
+        <v>1793.99</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>355</v>
+        <v>1241</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
         <v>100</v>
       </c>
       <c r="I155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C156" s="3">
-        <v>487.51</v>
+        <v>2188.58</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>1678</v>
+        <v>528</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
         <v>100</v>
       </c>
       <c r="I156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>316</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C157" s="3">
-        <v>1027.35</v>
+        <v>2188.58</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>591</v>
+        <v>529</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
         <v>100</v>
       </c>
       <c r="I157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C158" s="3">
-        <v>604.8</v>
+        <v>5082.97</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>110</v>
+        <v>175</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
         <v>100</v>
       </c>
       <c r="I158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C159" s="3">
-        <v>873.6</v>
+        <v>302.05</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>859</v>
+        <v>203</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
         <v>100</v>
       </c>
       <c r="I159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C160" s="3">
-        <v>2789.34</v>
+        <v>362.05</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>244</v>
+        <v>212</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
         <v>100</v>
       </c>
       <c r="I160" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C161" s="3">
-        <v>978.43</v>
+        <v>1159.38</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
         <v>100</v>
       </c>
       <c r="I161" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C162" s="3">
-        <v>1157.74</v>
+        <v>1275.32</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>669</v>
+        <v>50</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
         <v>100</v>
       </c>
       <c r="I162" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C163" s="3">
-        <v>873.6</v>
+        <v>3749.68</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>627</v>
+        <v>139</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I163" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C164" s="3">
-        <v>829.79</v>
+        <v>4492.09</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>0</v>
+        <v>139</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C165" s="3">
-        <v>15142.05</v>
+        <v>920.38</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>213</v>
+        <v>477</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C166" s="3">
-        <v>965.33</v>
+        <v>859.02</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>788</v>
+        <v>1401</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
         <v>100</v>
       </c>
       <c r="I166" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C167" s="3">
-        <v>1898.4</v>
+        <v>851.42</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>903</v>
+        <v>17</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
         <v>100</v>
       </c>
       <c r="I167" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C168" s="3">
-        <v>837.19</v>
+        <v>1156.77</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>0</v>
+        <v>1528</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
         <v>100</v>
       </c>
       <c r="I168" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C169" s="3">
-        <v>1075.55</v>
+        <v>495.8</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>945</v>
+        <v>1468</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
         <v>100</v>
       </c>
       <c r="I169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C170" s="3">
-        <v>943.75</v>
+        <v>362.05</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>865</v>
+        <v>200</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
         <v>100</v>
       </c>
       <c r="I170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C171" s="3">
-        <v>1158.39</v>
+        <v>888.45</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>308</v>
+        <v>1327</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
         <v>100</v>
       </c>
       <c r="I171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C172" s="3">
-        <v>1162.59</v>
+        <v>352.34</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>127</v>
+        <v>2231</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
         <v>100</v>
       </c>
       <c r="I172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C173" s="3">
-        <v>1100.74</v>
+        <v>651.19</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>207</v>
+        <v>410</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
         <v>100</v>
       </c>
       <c r="I173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C174" s="3">
-        <v>5168.39</v>
+        <v>1479.27</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F174" s="3">
-        <v>1292</v>
+        <v>618</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I174" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C175" s="3">
-        <v>4192.65</v>
+        <v>1126.05</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>1169</v>
+        <v>591</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C176" s="3">
-        <v>930.93</v>
+        <v>2836.76</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>1386</v>
+        <v>235</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
         <v>100</v>
       </c>
       <c r="I176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A177" s="2" t="s">
+      <c r="A177" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="B177" s="2"/>
-[...6 lines deleted...]
-      <c r="I177" s="2"/>
+      <c r="B177" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C177" s="3">
+        <v>2376.73</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F177" s="3">
+        <v>141</v>
+      </c>
+      <c r="G177" s="3">
+        <v>1</v>
+      </c>
+      <c r="H177" s="3">
+        <v>80</v>
+      </c>
+      <c r="I177" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C178" s="3">
-        <v>2324.44</v>
+        <v>966.74</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>29</v>
+        <v>882</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I178" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C179" s="3">
-        <v>1174.12</v>
+        <v>981.74</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>0</v>
+        <v>823</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
         <v>100</v>
       </c>
       <c r="I179" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C180" s="3">
-        <v>1764</v>
+        <v>1930.67</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>858</v>
+        <v>921</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
         <v>100</v>
       </c>
       <c r="I180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C181" s="3">
-        <v>1587.6</v>
+        <v>746.29</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>472</v>
+        <v>3843</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
         <v>100</v>
       </c>
       <c r="I181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C182" s="3">
-        <v>1764</v>
+        <v>843.9</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>474</v>
+        <v>973</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
         <v>100</v>
       </c>
       <c r="I182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C183" s="3">
-        <v>684.08</v>
+        <v>5209.75</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>2860</v>
+        <v>927</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C184" s="3">
-        <v>935.16</v>
+        <v>2296.3</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>733</v>
+        <v>975</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
         <v>100</v>
       </c>
       <c r="I184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C185" s="3">
-        <v>4211.71</v>
+        <v>344.22</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>1161</v>
+        <v>1992</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I185" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C186" s="3">
-        <v>558.96</v>
+        <v>1044.81</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>11</v>
+        <v>768</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
         <v>100</v>
       </c>
       <c r="I186" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C187" s="3">
-        <v>1058.76</v>
+        <v>610.81</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>897</v>
+        <v>3659</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
         <v>100</v>
       </c>
       <c r="I187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C188" s="3">
-        <v>2789.34</v>
+        <v>946.76</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>0</v>
+        <v>1709</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I188" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C189" s="3">
-        <v>3873</v>
+        <v>1235.44</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>317</v>
+        <v>636</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I189" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C190" s="3">
-        <v>1451</v>
+        <v>1494.99</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>428</v>
+        <v>1232</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
         <v>100</v>
       </c>
       <c r="I190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C191" s="3">
-        <v>1099.98</v>
+        <v>1824.5</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>530</v>
+        <v>518</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
         <v>100</v>
       </c>
       <c r="I191" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C192" s="3">
-        <v>361.98</v>
+        <v>5082.97</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>0</v>
+        <v>175</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C193" s="3">
-        <v>808.86</v>
+        <v>4314.11</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>131</v>
+        <v>175</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
         <v>100</v>
       </c>
       <c r="I193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C194" s="3">
-        <v>1328.67</v>
+        <v>4492.09</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>0</v>
+        <v>145</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A195" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B195" s="3" t="s">
+      <c r="A195" s="2" t="s">
         <v>392</v>
       </c>
-      <c r="C195" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B195" s="2"/>
+      <c r="C195" s="2"/>
+      <c r="D195" s="2"/>
+      <c r="E195" s="2"/>
+      <c r="F195" s="2"/>
+      <c r="G195" s="2"/>
+      <c r="H195" s="2"/>
+      <c r="I195" s="2"/>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>393</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>394</v>
       </c>
       <c r="C196" s="3">
-        <v>251.73</v>
+        <v>362.05</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>4083</v>
+        <v>201</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>395</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>396</v>
       </c>
       <c r="C197" s="3">
-        <v>1231.28</v>
+        <v>2852.69</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>1776</v>
+        <v>161</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>397</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C198" s="3">
-        <v>664.72</v>
+        <v>368.13</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>1233</v>
+        <v>932</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C199" s="3">
-        <v>1110.56</v>
+        <v>3938.84</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>529</v>
+        <v>253</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C200" s="3">
-        <v>15142.05</v>
+        <v>15399.46</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>122</v>
+        <v>107</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
         <v>60</v>
       </c>
       <c r="I200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C201" s="3">
-        <v>740.38</v>
+        <v>797.66</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>142</v>
+        <v>1296</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
         <v>100</v>
       </c>
       <c r="I201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C202" s="3">
-        <v>15142.05</v>
+        <v>1252.21</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>158</v>
+        <v>1397</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I202" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>407</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>408</v>
       </c>
       <c r="C203" s="3">
-        <v>168</v>
+        <v>676.02</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>0</v>
+        <v>865</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I203" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>409</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C204" s="3">
-        <v>4294</v>
+        <v>847.66</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>133</v>
+        <v>277</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>412</v>
       </c>
       <c r="C205" s="3">
-        <v>512</v>
+        <v>1156.77</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>2211</v>
+        <v>1507</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
         <v>100</v>
       </c>
       <c r="I205" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>413</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>414</v>
       </c>
       <c r="C206" s="3">
-        <v>1309</v>
+        <v>1044.81</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>290</v>
+        <v>582</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
         <v>100</v>
       </c>
       <c r="I206" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>415</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C207" s="3">
-        <v>957.49</v>
+        <v>1194.08</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>0</v>
+        <v>156</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I207" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
         <v>417</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>418</v>
       </c>
       <c r="C208" s="3">
-        <v>1340.64</v>
+        <v>1194.08</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>166</v>
+        <v>327</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
         <v>100</v>
       </c>
       <c r="I208" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>419</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>420</v>
       </c>
       <c r="C209" s="3">
-        <v>1922.13</v>
+        <v>1129.44</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>661</v>
+        <v>509</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
         <v>100</v>
       </c>
       <c r="I209" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>421</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>422</v>
       </c>
       <c r="C210" s="3">
-        <v>829.79</v>
+        <v>568.46</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>0</v>
+        <v>754</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
         <v>100</v>
       </c>
       <c r="I210" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C211" s="3">
-        <v>5122.66</v>
+        <v>822.61</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>392</v>
+        <v>1201</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I211" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>425</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>426</v>
       </c>
       <c r="C212" s="3">
-        <v>1137.43</v>
+        <v>1076.76</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>0</v>
+        <v>849</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
         <v>100</v>
       </c>
       <c r="I212" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>427</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>428</v>
       </c>
       <c r="C213" s="3">
-        <v>1174.12</v>
+        <v>1351.26</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F213" s="3">
-        <v>188</v>
+        <v>478</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
         <v>100</v>
       </c>
       <c r="I213" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>429</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>430</v>
       </c>
       <c r="C214" s="3">
-        <v>1861.44</v>
+        <v>1363.43</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>780</v>
+        <v>556</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
         <v>100</v>
       </c>
       <c r="I214" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>431</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>432</v>
       </c>
       <c r="C215" s="3">
-        <v>2257.92</v>
+        <v>1614.59</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>332</v>
+        <v>656</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
         <v>100</v>
       </c>
       <c r="I215" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
         <v>433</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>434</v>
       </c>
       <c r="C216" s="3">
-        <v>1097.25</v>
+        <v>1954.81</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>0</v>
+        <v>590</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
         <v>100</v>
       </c>
       <c r="I216" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>435</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>436</v>
       </c>
       <c r="C217" s="3">
-        <v>1592</v>
+        <v>2363.96</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
         <v>100</v>
       </c>
       <c r="I217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>437</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>438</v>
       </c>
       <c r="C218" s="3">
-        <v>2278.08</v>
+        <v>4367</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>229</v>
+        <v>43</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I218" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
         <v>439</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C219" s="3">
-        <v>1161.42</v>
+        <v>695.71</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>5</v>
+        <v>2253</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I219" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>441</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>442</v>
       </c>
       <c r="C220" s="3">
-        <v>969.7</v>
+        <v>4283.31</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F220" s="3">
-        <v>21</v>
+        <v>1076</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I220" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>443</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>444</v>
       </c>
       <c r="C221" s="3">
-        <v>953.97</v>
+        <v>951.06</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F221" s="3">
-        <v>445</v>
+        <v>1606</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
         <v>100</v>
       </c>
       <c r="I221" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>445</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>446</v>
       </c>
       <c r="C222" s="3">
-        <v>1027.35</v>
+        <v>520.7</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>633</v>
+        <v>1754</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
         <v>100</v>
       </c>
       <c r="I222" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>447</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>448</v>
       </c>
       <c r="C223" s="3">
-        <v>833.49</v>
+        <v>843.9</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F223" s="3">
         <v>0</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
         <v>100</v>
       </c>
       <c r="I223" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>450</v>
       </c>
       <c r="C224" s="3">
-        <v>1451.92</v>
+        <v>752.97</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>1249</v>
+        <v>2393</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
         <v>100</v>
       </c>
       <c r="I224" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
         <v>451</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>452</v>
       </c>
       <c r="C225" s="3">
-        <v>1477.53</v>
+        <v>1194.08</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="3">
-        <v>719</v>
+        <v>528</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
         <v>100</v>
       </c>
       <c r="I225" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
         <v>453</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>454</v>
       </c>
       <c r="C226" s="3">
-        <v>1174.12</v>
+        <v>368.13</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>161</v>
+        <v>1870</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I226" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>455</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>456</v>
       </c>
       <c r="C227" s="3">
-        <v>1592</v>
+        <v>1181.16</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>595</v>
+        <v>250</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I227" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
         <v>457</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>458</v>
       </c>
       <c r="C228" s="3">
-        <v>5122.66</v>
+        <v>973.77</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>590</v>
+        <v>571</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
         <v>80</v>
       </c>
       <c r="I228" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>460</v>
       </c>
       <c r="C229" s="3">
-        <v>844.66</v>
+        <v>1893.08</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>753</v>
+        <v>841</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
         <v>100</v>
       </c>
       <c r="I229" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
         <v>461</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>462</v>
       </c>
       <c r="C230" s="3">
-        <v>1206.66</v>
+        <v>379.8</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>1443</v>
+        <v>3059</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
         <v>100</v>
       </c>
       <c r="I230" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
         <v>463</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>464</v>
       </c>
       <c r="C231" s="3">
-        <v>1027.35</v>
+        <v>1227.17</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>12</v>
+        <v>1251</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
         <v>100</v>
       </c>
       <c r="I231" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
         <v>465</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>466</v>
       </c>
       <c r="C232" s="3">
-        <v>1467.65</v>
+        <v>2296.3</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>1432</v>
+        <v>427</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
         <v>100</v>
       </c>
       <c r="I232" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
         <v>467</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>468</v>
       </c>
       <c r="C233" s="3">
-        <v>873.6</v>
+        <v>981.74</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>726</v>
+        <v>548</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
         <v>100</v>
       </c>
       <c r="I233" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
         <v>469</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>470</v>
       </c>
       <c r="C234" s="3">
-        <v>2789.34</v>
+        <v>859.02</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>56</v>
+        <v>673</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I234" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
         <v>471</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>472</v>
       </c>
       <c r="C235" s="3">
-        <v>965.33</v>
+        <v>615.08</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F235" s="3">
-        <v>252</v>
+        <v>821</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
         <v>100</v>
       </c>
       <c r="I235" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
         <v>473</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>474</v>
       </c>
       <c r="C236" s="3">
-        <v>905</v>
+        <v>888.45</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>315</v>
+        <v>400</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
         <v>100</v>
       </c>
       <c r="I236" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
         <v>475</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>476</v>
       </c>
       <c r="C237" s="3">
-        <v>953.97</v>
+        <v>746.29</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>2033</v>
+        <v>1425</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
         <v>100</v>
       </c>
       <c r="I237" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
         <v>477</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>478</v>
       </c>
       <c r="C238" s="3">
-        <v>1477.53</v>
+        <v>2316.81</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>1285</v>
+        <v>989</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
         <v>100</v>
       </c>
       <c r="I238" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
         <v>479</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>480</v>
       </c>
       <c r="C239" s="3">
-        <v>4294</v>
+        <v>1502.65</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>97</v>
+        <v>407</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I239" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>481</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>482</v>
       </c>
       <c r="C240" s="3">
-        <v>1161.42</v>
+        <v>4367</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>20</v>
+        <v>268</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
         <v>80</v>
       </c>
       <c r="I240" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C241" s="3">
-        <v>604.8</v>
+        <v>1119.45</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>1029</v>
+        <v>74</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
         <v>100</v>
       </c>
       <c r="I241" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C242" s="3">
-        <v>1174.12</v>
+        <v>15399.46</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>366</v>
+        <v>152</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I242" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
         <v>487</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C243" s="3">
-        <v>1922.13</v>
+        <v>1275.32</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>113</v>
+        <v>1</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
         <v>100</v>
       </c>
       <c r="I243" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
         <v>489</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>490</v>
       </c>
       <c r="C244" s="3">
-        <v>784.33</v>
+        <v>1619.06</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>1737</v>
+        <v>385</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
         <v>100</v>
       </c>
       <c r="I244" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
         <v>491</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>492</v>
       </c>
       <c r="C245" s="3">
-        <v>361.98</v>
+        <v>1194.08</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>5</v>
+        <v>364</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I245" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
         <v>493</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>494</v>
       </c>
       <c r="C246" s="3">
-        <v>604.97</v>
+        <v>1331.25</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F246" s="3">
-        <v>2686</v>
+        <v>540</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
         <v>100</v>
       </c>
       <c r="I246" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>495</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>496</v>
       </c>
       <c r="C247" s="3">
-        <v>373.45</v>
+        <v>1793.99</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>3234</v>
+        <v>330</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
         <v>100</v>
       </c>
       <c r="I247" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>497</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>498</v>
       </c>
       <c r="C248" s="3">
-        <v>733.82</v>
+        <v>1619.06</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F248" s="3">
-        <v>290</v>
+        <v>916</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
         <v>100</v>
       </c>
       <c r="I248" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>499</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>500</v>
       </c>
       <c r="C249" s="3">
-        <v>1137.43</v>
+        <v>2188.58</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>0</v>
+        <v>443</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
         <v>100</v>
       </c>
       <c r="I249" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
         <v>501</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C250" s="3">
-        <v>12618.39</v>
+        <v>1824.5</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>260</v>
+        <v>429</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I250" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
         <v>503</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>504</v>
       </c>
       <c r="C251" s="3">
-        <v>1100.74</v>
+        <v>5082.97</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F251" s="3">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
         <v>100</v>
       </c>
       <c r="I251" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A252" s="2" t="s">
+      <c r="A252" s="3" t="s">
         <v>505</v>
       </c>
-      <c r="B252" s="2"/>
-[...6 lines deleted...]
-      <c r="I252" s="2"/>
+      <c r="B252" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="C252" s="3">
+        <v>4314.11</v>
+      </c>
+      <c r="D252" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E252" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F252" s="3">
+        <v>149</v>
+      </c>
+      <c r="G252" s="3">
+        <v>1</v>
+      </c>
+      <c r="H252" s="3">
+        <v>100</v>
+      </c>
+      <c r="I252" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C253" s="3">
-        <v>103</v>
+        <v>362.05</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>2679</v>
+        <v>225</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I253" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C254" s="3">
-        <v>207</v>
+        <v>715.97</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>1011</v>
+        <v>317</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I254" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C255" s="3">
-        <v>164</v>
+        <v>596.98</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>1864</v>
+        <v>314</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I255" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A256" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I256" s="2"/>
+      <c r="A256" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="B256" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="C256" s="3">
+        <v>1275.32</v>
+      </c>
+      <c r="D256" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E256" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F256" s="3">
+        <v>1</v>
+      </c>
+      <c r="G256" s="3">
+        <v>1</v>
+      </c>
+      <c r="H256" s="3">
+        <v>100</v>
+      </c>
+      <c r="I256" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A257" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I257" s="2"/>
+      <c r="A257" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="B257" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="C257" s="3">
+        <v>3749.68</v>
+      </c>
+      <c r="D257" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F257" s="3">
+        <v>129</v>
+      </c>
+      <c r="G257" s="3">
+        <v>1</v>
+      </c>
+      <c r="H257" s="3">
+        <v>80</v>
+      </c>
+      <c r="I257" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="C258" s="3">
-        <v>671.91</v>
+        <v>4492.09</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F258" s="3">
-        <v>1482</v>
+        <v>135</v>
       </c>
       <c r="G258" s="3">
         <v>1</v>
       </c>
       <c r="H258" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I258" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="C259" s="3">
-        <v>319</v>
+        <v>2852.69</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F259" s="3">
-        <v>407</v>
+        <v>161</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>240</v>
+        <v>80</v>
       </c>
       <c r="I259" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="C260" s="3">
-        <v>399</v>
+        <v>256.01</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>4965</v>
+        <v>3906</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I260" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="C261" s="3">
-        <v>480</v>
+        <v>1044.81</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F261" s="3">
-        <v>93</v>
+        <v>828</v>
       </c>
       <c r="G261" s="3">
         <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I261" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="C262" s="3">
-        <v>340</v>
+        <v>1159.38</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F262" s="3">
-        <v>947</v>
+        <v>46</v>
       </c>
       <c r="G262" s="3">
         <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>288</v>
+        <v>100</v>
       </c>
       <c r="I262" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="C263" s="3">
-        <v>1121.32</v>
+        <v>2376.73</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F263" s="3">
-        <v>0</v>
+        <v>156</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>168</v>
+        <v>80</v>
       </c>
       <c r="I263" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="C264" s="3">
-        <v>329</v>
+        <v>986.18</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F264" s="3">
-        <v>3594</v>
+        <v>452</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
         <v>100</v>
       </c>
       <c r="I264" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="C265" s="3">
-        <v>376.26</v>
+        <v>970.19</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F265" s="3">
-        <v>0</v>
+        <v>151</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>288</v>
+        <v>100</v>
       </c>
       <c r="I265" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="C266" s="3">
-        <v>736.15</v>
+        <v>970.19</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F266" s="3">
-        <v>44</v>
+        <v>1932</v>
       </c>
       <c r="G266" s="3">
         <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>168</v>
+        <v>100</v>
       </c>
       <c r="I266" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="C267" s="3">
-        <v>448.26</v>
+        <v>1115.9</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F267" s="3">
-        <v>0</v>
+        <v>559</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I267" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="C268" s="3">
-        <v>530</v>
+        <v>2836.76</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F268" s="3">
-        <v>1011</v>
+        <v>147</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I268" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="C269" s="3">
-        <v>629.13</v>
+        <v>4492.09</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F269" s="3">
-        <v>0</v>
+        <v>139</v>
       </c>
       <c r="G269" s="3">
         <v>1</v>
       </c>
       <c r="H269" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I269" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="C270" s="3">
-        <v>697.68</v>
+        <v>5209.75</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F270" s="3">
-        <v>3689</v>
+        <v>655</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I270" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="C271" s="3">
-        <v>900.08</v>
+        <v>1492.6</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F271" s="3">
-        <v>3</v>
+        <v>1122</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I271" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="C272" s="3">
-        <v>429</v>
+        <v>1118.68</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F272" s="3">
-        <v>998</v>
+        <v>645</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I272" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="C273" s="3">
-        <v>395</v>
+        <v>170.86</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F273" s="3">
-        <v>437</v>
+        <v>633</v>
       </c>
       <c r="G273" s="3">
         <v>1</v>
       </c>
       <c r="H273" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I273" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="C274" s="3">
-        <v>665.88</v>
+        <v>1954.81</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F274" s="3">
-        <v>12</v>
+        <v>339</v>
       </c>
       <c r="G274" s="3">
         <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I274" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="C275" s="3">
-        <v>746.38</v>
+        <v>1156.77</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F275" s="3">
-        <v>906</v>
+        <v>1222</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I275" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="C276" s="3">
-        <v>342</v>
+        <v>615.25</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F276" s="3">
-        <v>119</v>
+        <v>2468</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>288</v>
+        <v>100</v>
       </c>
       <c r="I276" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="C277" s="3">
-        <v>309</v>
+        <v>99.42</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F277" s="3">
-        <v>1953</v>
+        <v>1029</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I277" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="C278" s="3">
-        <v>369.52</v>
+        <v>920.38</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>0</v>
+        <v>276</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>288</v>
+        <v>100</v>
       </c>
       <c r="I278" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="C279" s="3">
-        <v>349</v>
+        <v>5209.75</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>274</v>
+        <v>537</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>288</v>
+        <v>80</v>
       </c>
       <c r="I279" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="C280" s="3">
-        <v>345</v>
+        <v>1502.65</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>105</v>
+        <v>1188</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I280" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="C281" s="3">
-        <v>335</v>
+        <v>2836.76</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F281" s="3">
-        <v>241</v>
+        <v>222</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I281" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="C282" s="3">
-        <v>347.67</v>
+        <v>12832.9</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>733</v>
+        <v>246</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="I282" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="C283" s="3">
-        <v>687</v>
+        <v>1476.6</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F283" s="3">
-        <v>6</v>
+        <v>1229</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>168</v>
+        <v>100</v>
       </c>
       <c r="I283" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="C284" s="3">
-        <v>310</v>
+        <v>1475.67</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F284" s="3">
-        <v>0</v>
+        <v>283</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>288</v>
+        <v>100</v>
       </c>
       <c r="I284" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="C285" s="3">
-        <v>382.32</v>
+        <v>1793.99</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>2896</v>
+        <v>848</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
         <v>100</v>
       </c>
       <c r="I285" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="C286" s="3">
-        <v>958.87</v>
+        <v>1181.16</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F286" s="3">
-        <v>0</v>
+        <v>238</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I286" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="C287" s="3">
-        <v>330</v>
+        <v>2188.58</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F287" s="3">
-        <v>1793</v>
+        <v>446</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I287" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="C288" s="3">
-        <v>355</v>
+        <v>5082.97</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F288" s="3">
-        <v>35</v>
+        <v>158</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I288" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="C289" s="3">
-        <v>384.18</v>
+        <v>715.97</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F289" s="3">
-        <v>0</v>
+        <v>345</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>288</v>
+        <v>80</v>
       </c>
       <c r="I289" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A290" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I290" s="2"/>
+      <c r="A290" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="B290" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="C290" s="3">
+        <v>302.05</v>
+      </c>
+      <c r="D290" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E290" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F290" s="3">
+        <v>214</v>
+      </c>
+      <c r="G290" s="3">
+        <v>1</v>
+      </c>
+      <c r="H290" s="3">
+        <v>100</v>
+      </c>
+      <c r="I290" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A291" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A291" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="B291" s="2"/>
+      <c r="C291" s="2"/>
+      <c r="D291" s="2"/>
+      <c r="E291" s="2"/>
+      <c r="F291" s="2"/>
+      <c r="G291" s="2"/>
+      <c r="H291" s="2"/>
+      <c r="I291" s="2"/>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="C292" s="3">
-        <v>379.13</v>
+        <v>104.75</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F292" s="3">
-        <v>0</v>
+        <v>2548</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>30</v>
+        <v>240</v>
       </c>
       <c r="I292" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="C293" s="3">
-        <v>464.88</v>
+        <v>210.52</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F293" s="3">
-        <v>0</v>
+        <v>894</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
+        <v>120</v>
+      </c>
+      <c r="I293" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="294" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A294" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="B294" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="C294" s="3">
+        <v>166.79</v>
+      </c>
+      <c r="D294" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E294" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F294" s="3">
+        <v>1784</v>
+      </c>
+      <c r="G294" s="3">
+        <v>1</v>
+      </c>
+      <c r="H294" s="3">
+        <v>200</v>
+      </c>
+      <c r="I294" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="295" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A295" s="2" t="s">
+        <v>590</v>
+      </c>
+      <c r="B295" s="2"/>
+      <c r="C295" s="2"/>
+      <c r="D295" s="2"/>
+      <c r="E295" s="2"/>
+      <c r="F295" s="2"/>
+      <c r="G295" s="2"/>
+      <c r="H295" s="2"/>
+      <c r="I295" s="2"/>
+    </row>
+    <row r="296" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A296" s="2" t="s">
+        <v>591</v>
+      </c>
+      <c r="B296" s="2"/>
+      <c r="C296" s="2"/>
+      <c r="D296" s="2"/>
+      <c r="E296" s="2"/>
+      <c r="F296" s="2"/>
+      <c r="G296" s="2"/>
+      <c r="H296" s="2"/>
+      <c r="I296" s="2"/>
+    </row>
+    <row r="297" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A297" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="B297" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="C297" s="3">
+        <v>915.38</v>
+      </c>
+      <c r="D297" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F297" s="3">
+        <v>0</v>
+      </c>
+      <c r="G297" s="3">
+        <v>1</v>
+      </c>
+      <c r="H297" s="3">
+        <v>120</v>
+      </c>
+      <c r="I297" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="298" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A298" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="B298" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="C298" s="3">
+        <v>1140.38</v>
+      </c>
+      <c r="D298" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F298" s="3">
+        <v>0</v>
+      </c>
+      <c r="G298" s="3">
+        <v>1</v>
+      </c>
+      <c r="H298" s="3">
+        <v>168</v>
+      </c>
+      <c r="I298" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="299" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A299" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="B299" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="C299" s="3">
+        <v>698.68</v>
+      </c>
+      <c r="D299" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E299" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F299" s="3">
+        <v>0</v>
+      </c>
+      <c r="G299" s="3">
+        <v>1</v>
+      </c>
+      <c r="H299" s="3">
+        <v>168</v>
+      </c>
+      <c r="I299" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="300" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A300" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="B300" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="C300" s="3">
+        <v>350.87</v>
+      </c>
+      <c r="D300" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F300" s="3">
+        <v>94</v>
+      </c>
+      <c r="G300" s="3">
+        <v>1</v>
+      </c>
+      <c r="H300" s="3">
+        <v>240</v>
+      </c>
+      <c r="I300" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="301" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A301" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="B301" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="C301" s="3">
+        <v>340.7</v>
+      </c>
+      <c r="D301" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E301" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F301" s="3">
+        <v>230</v>
+      </c>
+      <c r="G301" s="3">
+        <v>1</v>
+      </c>
+      <c r="H301" s="3">
+        <v>240</v>
+      </c>
+      <c r="I301" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="302" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A302" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="B302" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="C302" s="3">
+        <v>335.61</v>
+      </c>
+      <c r="D302" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E302" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F302" s="3">
+        <v>1350</v>
+      </c>
+      <c r="G302" s="3">
+        <v>1</v>
+      </c>
+      <c r="H302" s="3">
+        <v>240</v>
+      </c>
+      <c r="I302" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="303" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A303" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="B303" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="C303" s="3">
+        <v>390.71</v>
+      </c>
+      <c r="D303" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F303" s="3">
+        <v>0</v>
+      </c>
+      <c r="G303" s="3">
+        <v>1</v>
+      </c>
+      <c r="H303" s="3">
+        <v>288</v>
+      </c>
+      <c r="I303" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="304" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A304" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="B304" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="C304" s="3">
+        <v>315.27</v>
+      </c>
+      <c r="D304" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F304" s="3">
+        <v>0</v>
+      </c>
+      <c r="G304" s="3">
+        <v>1</v>
+      </c>
+      <c r="H304" s="3">
+        <v>288</v>
+      </c>
+      <c r="I304" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="305" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A305" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="B305" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="C305" s="3">
+        <v>388.82</v>
+      </c>
+      <c r="D305" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E305" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F305" s="3">
+        <v>2794</v>
+      </c>
+      <c r="G305" s="3">
+        <v>1</v>
+      </c>
+      <c r="H305" s="3">
+        <v>100</v>
+      </c>
+      <c r="I305" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="306" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A306" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="B306" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="C306" s="3">
+        <v>436.29</v>
+      </c>
+      <c r="D306" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F306" s="3">
+        <v>863</v>
+      </c>
+      <c r="G306" s="3">
+        <v>1</v>
+      </c>
+      <c r="H306" s="3">
+        <v>240</v>
+      </c>
+      <c r="I306" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="307" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A307" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="B307" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="C307" s="3">
+        <v>314.25</v>
+      </c>
+      <c r="D307" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F307" s="3">
+        <v>1837</v>
+      </c>
+      <c r="G307" s="3">
+        <v>1</v>
+      </c>
+      <c r="H307" s="3">
+        <v>100</v>
+      </c>
+      <c r="I307" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="308" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A308" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="B308" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="C308" s="3">
+        <v>345.78</v>
+      </c>
+      <c r="D308" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F308" s="3">
+        <v>919</v>
+      </c>
+      <c r="G308" s="3">
+        <v>1</v>
+      </c>
+      <c r="H308" s="3">
+        <v>288</v>
+      </c>
+      <c r="I308" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="309" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A309" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="B309" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="C309" s="3">
+        <v>334.59</v>
+      </c>
+      <c r="D309" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F309" s="3">
+        <v>3446</v>
+      </c>
+      <c r="G309" s="3">
+        <v>1</v>
+      </c>
+      <c r="H309" s="3">
+        <v>100</v>
+      </c>
+      <c r="I309" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="310" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A310" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="B310" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="C310" s="3">
+        <v>382.66</v>
+      </c>
+      <c r="D310" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F310" s="3">
+        <v>0</v>
+      </c>
+      <c r="G310" s="3">
+        <v>1</v>
+      </c>
+      <c r="H310" s="3">
+        <v>288</v>
+      </c>
+      <c r="I310" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="311" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A311" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="B311" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="C311" s="3">
+        <v>683.33</v>
+      </c>
+      <c r="D311" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F311" s="3">
+        <v>1468</v>
+      </c>
+      <c r="G311" s="3">
+        <v>1</v>
+      </c>
+      <c r="H311" s="3">
+        <v>50</v>
+      </c>
+      <c r="I311" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="312" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A312" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="B312" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="C312" s="3">
+        <v>405.78</v>
+      </c>
+      <c r="D312" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F312" s="3">
+        <v>4445</v>
+      </c>
+      <c r="G312" s="3">
+        <v>1</v>
+      </c>
+      <c r="H312" s="3">
+        <v>100</v>
+      </c>
+      <c r="I312" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="313" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A313" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="B313" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="C313" s="3">
+        <v>324.42</v>
+      </c>
+      <c r="D313" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F313" s="3">
+        <v>0</v>
+      </c>
+      <c r="G313" s="3">
+        <v>1</v>
+      </c>
+      <c r="H313" s="3">
+        <v>240</v>
+      </c>
+      <c r="I313" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="314" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A314" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="B314" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="C314" s="3">
+        <v>455.88</v>
+      </c>
+      <c r="D314" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F314" s="3">
+        <v>0</v>
+      </c>
+      <c r="G314" s="3">
+        <v>1</v>
+      </c>
+      <c r="H314" s="3">
+        <v>240</v>
+      </c>
+      <c r="I314" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="315" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A315" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="B315" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="C315" s="3">
+        <v>539.01</v>
+      </c>
+      <c r="D315" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F315" s="3">
+        <v>0</v>
+      </c>
+      <c r="G315" s="3">
+        <v>1</v>
+      </c>
+      <c r="H315" s="3">
+        <v>120</v>
+      </c>
+      <c r="I315" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="316" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A316" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="B316" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="C316" s="3">
+        <v>639.83</v>
+      </c>
+      <c r="D316" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F316" s="3">
+        <v>56</v>
+      </c>
+      <c r="G316" s="3">
+        <v>1</v>
+      </c>
+      <c r="H316" s="3">
+        <v>120</v>
+      </c>
+      <c r="I316" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="317" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A317" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="B317" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="C317" s="3">
+        <v>709.54</v>
+      </c>
+      <c r="D317" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F317" s="3">
+        <v>3560</v>
+      </c>
+      <c r="G317" s="3">
+        <v>1</v>
+      </c>
+      <c r="H317" s="3">
+        <v>50</v>
+      </c>
+      <c r="I317" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="318" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A318" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="B318" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="C318" s="3">
+        <v>975.17</v>
+      </c>
+      <c r="D318" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E318" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F318" s="3">
+        <v>0</v>
+      </c>
+      <c r="G318" s="3">
+        <v>1</v>
+      </c>
+      <c r="H318" s="3">
+        <v>120</v>
+      </c>
+      <c r="I318" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="319" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A319" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="B319" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="C319" s="3">
+        <v>353.58</v>
+      </c>
+      <c r="D319" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E319" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F319" s="3">
+        <v>683</v>
+      </c>
+      <c r="G319" s="3">
+        <v>1</v>
+      </c>
+      <c r="H319" s="3">
+        <v>240</v>
+      </c>
+      <c r="I319" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="320" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A320" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="B320" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="C320" s="3">
+        <v>361.04</v>
+      </c>
+      <c r="D320" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F320" s="3">
         <v>25</v>
       </c>
-      <c r="I293" s="3">
-        <v>1</v>
+      <c r="G320" s="3">
+        <v>1</v>
+      </c>
+      <c r="H320" s="3">
+        <v>240</v>
+      </c>
+      <c r="I320" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="321" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A321" s="3" t="s">
+        <v>640</v>
+      </c>
+      <c r="B321" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="C321" s="3">
+        <v>748.66</v>
+      </c>
+      <c r="D321" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F321" s="3">
+        <v>0</v>
+      </c>
+      <c r="G321" s="3">
+        <v>1</v>
+      </c>
+      <c r="H321" s="3">
+        <v>168</v>
+      </c>
+      <c r="I321" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="322" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A322" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="B322" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="C322" s="3">
+        <v>354.93</v>
+      </c>
+      <c r="D322" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E322" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F322" s="3">
+        <v>268</v>
+      </c>
+      <c r="G322" s="3">
+        <v>1</v>
+      </c>
+      <c r="H322" s="3">
+        <v>288</v>
+      </c>
+      <c r="I322" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="323" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A323" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="B323" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="C323" s="3">
+        <v>677.2</v>
+      </c>
+      <c r="D323" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F323" s="3">
+        <v>0</v>
+      </c>
+      <c r="G323" s="3">
+        <v>1</v>
+      </c>
+      <c r="H323" s="3">
+        <v>120</v>
+      </c>
+      <c r="I323" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="324" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A324" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="B324" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="C324" s="3">
+        <v>488.16</v>
+      </c>
+      <c r="D324" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F324" s="3">
+        <v>72</v>
+      </c>
+      <c r="G324" s="3">
+        <v>1</v>
+      </c>
+      <c r="H324" s="3">
+        <v>120</v>
+      </c>
+      <c r="I324" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="325" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A325" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="B325" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="C325" s="3">
+        <v>759.07</v>
+      </c>
+      <c r="D325" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F325" s="3">
+        <v>878</v>
+      </c>
+      <c r="G325" s="3">
+        <v>1</v>
+      </c>
+      <c r="H325" s="3">
+        <v>50</v>
+      </c>
+      <c r="I325" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="326" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A326" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="B326" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="C326" s="3">
+        <v>347.81</v>
+      </c>
+      <c r="D326" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E326" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F326" s="3">
+        <v>117</v>
+      </c>
+      <c r="G326" s="3">
+        <v>1</v>
+      </c>
+      <c r="H326" s="3">
+        <v>288</v>
+      </c>
+      <c r="I326" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="327" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A327" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="B327" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="C327" s="3">
+        <v>375.8</v>
+      </c>
+      <c r="D327" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F327" s="3">
+        <v>0</v>
+      </c>
+      <c r="G327" s="3">
+        <v>1</v>
+      </c>
+      <c r="H327" s="3">
+        <v>288</v>
+      </c>
+      <c r="I327" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="328" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A328" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="B328" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="C328" s="3">
+        <v>401.72</v>
+      </c>
+      <c r="D328" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E328" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F328" s="3">
+        <v>415</v>
+      </c>
+      <c r="G328" s="3">
+        <v>1</v>
+      </c>
+      <c r="H328" s="3">
+        <v>100</v>
+      </c>
+      <c r="I328" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="329" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A329" s="2" t="s">
+        <v>656</v>
+      </c>
+      <c r="B329" s="2"/>
+      <c r="C329" s="2"/>
+      <c r="D329" s="2"/>
+      <c r="E329" s="2"/>
+      <c r="F329" s="2"/>
+      <c r="G329" s="2"/>
+      <c r="H329" s="2"/>
+      <c r="I329" s="2"/>
+    </row>
+    <row r="330" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A330" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="B330" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="C330" s="3">
+        <v>347.02</v>
+      </c>
+      <c r="D330" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E330" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F330" s="3">
+        <v>0</v>
+      </c>
+      <c r="G330" s="3">
+        <v>1</v>
+      </c>
+      <c r="H330" s="3">
+        <v>30</v>
+      </c>
+      <c r="I330" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="331" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A331" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="B331" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="C331" s="3">
+        <v>472.78</v>
+      </c>
+      <c r="D331" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E331" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F331" s="3">
+        <v>0</v>
+      </c>
+      <c r="G331" s="3">
+        <v>1</v>
+      </c>
+      <c r="H331" s="3">
+        <v>25</v>
+      </c>
+      <c r="I331" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="332" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A332" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="B332" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="C332" s="3">
+        <v>202.5</v>
+      </c>
+      <c r="D332" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F332" s="3">
+        <v>0</v>
+      </c>
+      <c r="G332" s="3">
+        <v>1</v>
+      </c>
+      <c r="H332" s="3">
+        <v>60</v>
+      </c>
+      <c r="I332" s="3">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A21:I21"/>
     <mergeCell ref="A101:I101"/>
-    <mergeCell ref="A177:I177"/>
-[...3 lines deleted...]
-    <mergeCell ref="A290:I290"/>
+    <mergeCell ref="A195:I195"/>
+    <mergeCell ref="A291:I291"/>
+    <mergeCell ref="A295:I295"/>
+    <mergeCell ref="A296:I296"/>
+    <mergeCell ref="A329:I329"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
@@ -10732,68 +12097,68 @@
     <hyperlink ref="D152" r:id="rId146"/>
     <hyperlink ref="D153" r:id="rId147"/>
     <hyperlink ref="D154" r:id="rId148"/>
     <hyperlink ref="D155" r:id="rId149"/>
     <hyperlink ref="D156" r:id="rId150"/>
     <hyperlink ref="D157" r:id="rId151"/>
     <hyperlink ref="D158" r:id="rId152"/>
     <hyperlink ref="D159" r:id="rId153"/>
     <hyperlink ref="D160" r:id="rId154"/>
     <hyperlink ref="D161" r:id="rId155"/>
     <hyperlink ref="D162" r:id="rId156"/>
     <hyperlink ref="D163" r:id="rId157"/>
     <hyperlink ref="D164" r:id="rId158"/>
     <hyperlink ref="D165" r:id="rId159"/>
     <hyperlink ref="D166" r:id="rId160"/>
     <hyperlink ref="D167" r:id="rId161"/>
     <hyperlink ref="D168" r:id="rId162"/>
     <hyperlink ref="D169" r:id="rId163"/>
     <hyperlink ref="D170" r:id="rId164"/>
     <hyperlink ref="D171" r:id="rId165"/>
     <hyperlink ref="D172" r:id="rId166"/>
     <hyperlink ref="D173" r:id="rId167"/>
     <hyperlink ref="D174" r:id="rId168"/>
     <hyperlink ref="D175" r:id="rId169"/>
     <hyperlink ref="D176" r:id="rId170"/>
-    <hyperlink ref="D178" r:id="rId171"/>
-[...16 lines deleted...]
-    <hyperlink ref="D195" r:id="rId188"/>
+    <hyperlink ref="D177" r:id="rId171"/>
+    <hyperlink ref="D178" r:id="rId172"/>
+    <hyperlink ref="D179" r:id="rId173"/>
+    <hyperlink ref="D180" r:id="rId174"/>
+    <hyperlink ref="D181" r:id="rId175"/>
+    <hyperlink ref="D182" r:id="rId176"/>
+    <hyperlink ref="D183" r:id="rId177"/>
+    <hyperlink ref="D184" r:id="rId178"/>
+    <hyperlink ref="D185" r:id="rId179"/>
+    <hyperlink ref="D186" r:id="rId180"/>
+    <hyperlink ref="D187" r:id="rId181"/>
+    <hyperlink ref="D188" r:id="rId182"/>
+    <hyperlink ref="D189" r:id="rId183"/>
+    <hyperlink ref="D190" r:id="rId184"/>
+    <hyperlink ref="D191" r:id="rId185"/>
+    <hyperlink ref="D192" r:id="rId186"/>
+    <hyperlink ref="D193" r:id="rId187"/>
+    <hyperlink ref="D194" r:id="rId188"/>
     <hyperlink ref="D196" r:id="rId189"/>
     <hyperlink ref="D197" r:id="rId190"/>
     <hyperlink ref="D198" r:id="rId191"/>
     <hyperlink ref="D199" r:id="rId192"/>
     <hyperlink ref="D200" r:id="rId193"/>
     <hyperlink ref="D201" r:id="rId194"/>
     <hyperlink ref="D202" r:id="rId195"/>
     <hyperlink ref="D203" r:id="rId196"/>
     <hyperlink ref="D204" r:id="rId197"/>
     <hyperlink ref="D205" r:id="rId198"/>
     <hyperlink ref="D206" r:id="rId199"/>
     <hyperlink ref="D207" r:id="rId200"/>
     <hyperlink ref="D208" r:id="rId201"/>
     <hyperlink ref="D209" r:id="rId202"/>
     <hyperlink ref="D210" r:id="rId203"/>
     <hyperlink ref="D211" r:id="rId204"/>
     <hyperlink ref="D212" r:id="rId205"/>
     <hyperlink ref="D213" r:id="rId206"/>
     <hyperlink ref="D214" r:id="rId207"/>
     <hyperlink ref="D215" r:id="rId208"/>
     <hyperlink ref="D216" r:id="rId209"/>
     <hyperlink ref="D217" r:id="rId210"/>
     <hyperlink ref="D218" r:id="rId211"/>
     <hyperlink ref="D219" r:id="rId212"/>
     <hyperlink ref="D220" r:id="rId213"/>
@@ -10806,88 +12171,127 @@
     <hyperlink ref="D227" r:id="rId220"/>
     <hyperlink ref="D228" r:id="rId221"/>
     <hyperlink ref="D229" r:id="rId222"/>
     <hyperlink ref="D230" r:id="rId223"/>
     <hyperlink ref="D231" r:id="rId224"/>
     <hyperlink ref="D232" r:id="rId225"/>
     <hyperlink ref="D233" r:id="rId226"/>
     <hyperlink ref="D234" r:id="rId227"/>
     <hyperlink ref="D235" r:id="rId228"/>
     <hyperlink ref="D236" r:id="rId229"/>
     <hyperlink ref="D237" r:id="rId230"/>
     <hyperlink ref="D238" r:id="rId231"/>
     <hyperlink ref="D239" r:id="rId232"/>
     <hyperlink ref="D240" r:id="rId233"/>
     <hyperlink ref="D241" r:id="rId234"/>
     <hyperlink ref="D242" r:id="rId235"/>
     <hyperlink ref="D243" r:id="rId236"/>
     <hyperlink ref="D244" r:id="rId237"/>
     <hyperlink ref="D245" r:id="rId238"/>
     <hyperlink ref="D246" r:id="rId239"/>
     <hyperlink ref="D247" r:id="rId240"/>
     <hyperlink ref="D248" r:id="rId241"/>
     <hyperlink ref="D249" r:id="rId242"/>
     <hyperlink ref="D250" r:id="rId243"/>
     <hyperlink ref="D251" r:id="rId244"/>
-    <hyperlink ref="D253" r:id="rId245"/>
-[...36 lines deleted...]
-    <hyperlink ref="D293" r:id="rId282"/>
+    <hyperlink ref="D252" r:id="rId245"/>
+    <hyperlink ref="D253" r:id="rId246"/>
+    <hyperlink ref="D254" r:id="rId247"/>
+    <hyperlink ref="D255" r:id="rId248"/>
+    <hyperlink ref="D256" r:id="rId249"/>
+    <hyperlink ref="D257" r:id="rId250"/>
+    <hyperlink ref="D258" r:id="rId251"/>
+    <hyperlink ref="D259" r:id="rId252"/>
+    <hyperlink ref="D260" r:id="rId253"/>
+    <hyperlink ref="D261" r:id="rId254"/>
+    <hyperlink ref="D262" r:id="rId255"/>
+    <hyperlink ref="D263" r:id="rId256"/>
+    <hyperlink ref="D264" r:id="rId257"/>
+    <hyperlink ref="D265" r:id="rId258"/>
+    <hyperlink ref="D266" r:id="rId259"/>
+    <hyperlink ref="D267" r:id="rId260"/>
+    <hyperlink ref="D268" r:id="rId261"/>
+    <hyperlink ref="D269" r:id="rId262"/>
+    <hyperlink ref="D270" r:id="rId263"/>
+    <hyperlink ref="D271" r:id="rId264"/>
+    <hyperlink ref="D272" r:id="rId265"/>
+    <hyperlink ref="D273" r:id="rId266"/>
+    <hyperlink ref="D274" r:id="rId267"/>
+    <hyperlink ref="D275" r:id="rId268"/>
+    <hyperlink ref="D276" r:id="rId269"/>
+    <hyperlink ref="D277" r:id="rId270"/>
+    <hyperlink ref="D278" r:id="rId271"/>
+    <hyperlink ref="D279" r:id="rId272"/>
+    <hyperlink ref="D280" r:id="rId273"/>
+    <hyperlink ref="D281" r:id="rId274"/>
+    <hyperlink ref="D282" r:id="rId275"/>
+    <hyperlink ref="D283" r:id="rId276"/>
+    <hyperlink ref="D284" r:id="rId277"/>
+    <hyperlink ref="D285" r:id="rId278"/>
+    <hyperlink ref="D286" r:id="rId279"/>
+    <hyperlink ref="D287" r:id="rId280"/>
+    <hyperlink ref="D288" r:id="rId281"/>
+    <hyperlink ref="D289" r:id="rId282"/>
+    <hyperlink ref="D290" r:id="rId283"/>
+    <hyperlink ref="D292" r:id="rId284"/>
+    <hyperlink ref="D293" r:id="rId285"/>
+    <hyperlink ref="D294" r:id="rId286"/>
+    <hyperlink ref="D297" r:id="rId287"/>
+    <hyperlink ref="D298" r:id="rId288"/>
+    <hyperlink ref="D299" r:id="rId289"/>
+    <hyperlink ref="D300" r:id="rId290"/>
+    <hyperlink ref="D301" r:id="rId291"/>
+    <hyperlink ref="D302" r:id="rId292"/>
+    <hyperlink ref="D303" r:id="rId293"/>
+    <hyperlink ref="D304" r:id="rId294"/>
+    <hyperlink ref="D305" r:id="rId295"/>
+    <hyperlink ref="D306" r:id="rId296"/>
+    <hyperlink ref="D307" r:id="rId297"/>
+    <hyperlink ref="D308" r:id="rId298"/>
+    <hyperlink ref="D309" r:id="rId299"/>
+    <hyperlink ref="D310" r:id="rId300"/>
+    <hyperlink ref="D311" r:id="rId301"/>
+    <hyperlink ref="D312" r:id="rId302"/>
+    <hyperlink ref="D313" r:id="rId303"/>
+    <hyperlink ref="D314" r:id="rId304"/>
+    <hyperlink ref="D315" r:id="rId305"/>
+    <hyperlink ref="D316" r:id="rId306"/>
+    <hyperlink ref="D317" r:id="rId307"/>
+    <hyperlink ref="D318" r:id="rId308"/>
+    <hyperlink ref="D319" r:id="rId309"/>
+    <hyperlink ref="D320" r:id="rId310"/>
+    <hyperlink ref="D321" r:id="rId311"/>
+    <hyperlink ref="D322" r:id="rId312"/>
+    <hyperlink ref="D323" r:id="rId313"/>
+    <hyperlink ref="D324" r:id="rId314"/>
+    <hyperlink ref="D325" r:id="rId315"/>
+    <hyperlink ref="D326" r:id="rId316"/>
+    <hyperlink ref="D327" r:id="rId317"/>
+    <hyperlink ref="D328" r:id="rId318"/>
+    <hyperlink ref="D330" r:id="rId319"/>
+    <hyperlink ref="D331" r:id="rId320"/>
+    <hyperlink ref="D332" r:id="rId321"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>