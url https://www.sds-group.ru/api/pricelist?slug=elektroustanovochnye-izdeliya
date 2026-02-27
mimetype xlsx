--- v2 (2026-01-12)
+++ v3 (2026-02-27)
@@ -8,2041 +8,2029 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1303" uniqueCount="663">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1295" uniqueCount="659">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Электроустановочные изделия</t>
   </si>
   <si>
     <t>1.1 Выключатели и розетки скрытой установки</t>
   </si>
   <si>
     <t>1.1.1 Выключатели и розетки скрытой установки серия Happy</t>
   </si>
   <si>
+    <t>KR-78-0813</t>
+  </si>
+  <si>
+    <t>Розетка одноместная HAPPY Солнце с/у, с/з, со шторками, желтая KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-78-0620</t>
+  </si>
+  <si>
+    <t>Выключатель одноклавишный HAPPY Ромашка с/у, желтый/белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0622</t>
+  </si>
+  <si>
+    <t>Розетка одноместная HAPPY Ромашка с/у, с/з, со шторками, желтая/белая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0625</t>
+  </si>
+  <si>
+    <t>Розетка одноместная HAPPY Цветок с/у, с/з, со шторками, белая/розовая KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0626</t>
   </si>
   <si>
     <t>Выключатель одноклавишный HAPPY Цветок с/у, белый/голубой KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>KR-78-0628</t>
+  </si>
+  <si>
+    <t>Розетка одноместная HAPPY Цветок с/у, с/з, со шторками, белая/голубая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0630</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный HAPPY Яичница с/у, желтый/белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0631</t>
+  </si>
+  <si>
+    <t>Розетка одноместная HAPPY Яичница с/у, с/з, со шторками, желтая/белая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0632</t>
+  </si>
+  <si>
+    <t>Розетка двойная HAPPY Яичница с/у, с/з, со шторками, желтая/белая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0624</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный HAPPY Цветок с/у, белый/розовый KRANZ</t>
   </si>
   <si>
     <t>KR-78-0627</t>
   </si>
   <si>
     <t>Выключатель двухклавишный HAPPY Цветок с/у, белый/голубой KRANZ</t>
   </si>
   <si>
     <t>KR-78-0617</t>
   </si>
   <si>
     <t>Выключатель одноклавишный HAPPY Солнце с/у, желтый KRANZ</t>
   </si>
   <si>
     <t>KR-78-0618</t>
   </si>
   <si>
     <t>Выключатель двухклавишный HAPPY Солнце с/у, желтый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0813</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0621</t>
   </si>
   <si>
     <t>Выключатель двухклавишный HAPPY Ромашка с/у, желтый/белый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0622</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0623</t>
   </si>
   <si>
     <t>Выключатель одноклавишный HAPPY Цветок с/у, белый/розовый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0624</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-78-0629</t>
   </si>
   <si>
     <t>Выключатель одноклавишный HAPPY Яичница с/у, желтый/белый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0620</t>
-[...28 lines deleted...]
-  <si>
     <t>1.1.2 Выключатели и розетки скрытой установки серия DEA</t>
   </si>
   <si>
+    <t>KR-78-0247</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая б/з с/у 10А Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0225</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0228</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0289</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0348</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0320</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Черный Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл (инд) с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0204</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 3кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0212</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з з/ш с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0217</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая б/з с/у 10А  Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 2-ая керамика с/з с/у 16А Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0221</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка TV Проходная с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0231</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл (инд) с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0232</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0233</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл (инд) с/у 10А мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0241</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0244</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика б/з с/у 10А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0209</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель для жалюзи 2кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0223</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка Компьютер RJ45 с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0243</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з с крышкой с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0246</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с крышкой с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0206</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. (инд) с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0237</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 2кл прох. с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0254</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Светорегулятор 300Вт с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
     <t>KR-78-0229</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 5-я горизонтальная Бел KRANZ </t>
   </si>
   <si>
+    <t>KR-78-0255</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 2кл (инд) с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с/у 16А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0205</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0208</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл перекрест. с/у 10А мех. белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0224</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Светорегулятор 300Вт с/у мех. Бел KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0227</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Бел KRANZ </t>
+  </si>
+  <si>
     <t>KR-78-0235</t>
   </si>
   <si>
     <t>DEA Выключатель (переключатель) 1кл прох. с/у 10А мех. бежевый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0255</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Серебряный металлик KRANZ </t>
+    <t>KR-78-0236</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл прох. (инд) с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0238</t>
+  </si>
+  <si>
+    <t>DEA Выключатель (переключатель) 1кл перекрест. с/у 10А мех. бежевый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0256</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0257</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0258</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0259</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0286</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0287</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Серебряный металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0316</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 2-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0317</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Золотой Металлик KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0318</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Золотой Металлик KRANZ </t>
   </si>
   <si>
     <t>KR-78-0319</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 5-я горизонтальная Золотой Металлик KRANZ </t>
   </si>
   <si>
     <t>KR-78-0345</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 1-я горизонтальная Черный Металлик KRANZ </t>
   </si>
   <si>
     <t>KR-78-0347</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 3-я горизонтальная Черный Металлик KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0348</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">DEA Рамка 4-я горизонтальная Черный Металлик KRANZ </t>
+    <t>KR-78-0349</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 5-я горизонтальная Черный Металлик KRANZ </t>
   </si>
   <si>
     <t>KR-78-0271</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Серебряный металлик KRANZ  </t>
   </si>
   <si>
-    <t>KR-78-0320</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0346</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 2-я горизонтальная Черный Металлик KRANZ </t>
   </si>
   <si>
     <t>KR-78-0249</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 2-ая керамика б/з с/у 10А Беж KRANZ  </t>
   </si>
   <si>
     <t>KR-78-0214</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая керамика б/з с/у 10А мех. Бел KRANZ  </t>
   </si>
   <si>
-    <t>KR-78-0254</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-78-0234</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Выключатель 3кл с/у 10А мех. Беж KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0201</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0211</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Бел KRANZ  </t>
   </si>
   <si>
     <t>KR-78-0218</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 2-ая с/з с/у 16А Бел KRANZ </t>
   </si>
   <si>
     <t>KR-78-0230</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Беж KRANZ </t>
   </si>
   <si>
     <t>KR-78-0245</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с/у 16А мех. Беж KRANZ  </t>
   </si>
   <si>
     <t>KR-78-0216</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая керамика с/з с крышкой с/у 16А мех. Бел KRANZ  </t>
   </si>
   <si>
     <t>KR-78-0222</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка Телефон RJ11 с/у мех. Бел KRANZ </t>
   </si>
   <si>
     <t>KR-78-0250</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 2-ая керамика с/з с/у 16А Беж KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0200</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Бел KRANZ </t>
+    <t>KR-78-0285</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Рамка 1-я горизонтальная Серебряный металлик KRANZ </t>
   </si>
   <si>
     <t>KR-78-0252</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка Телефон RJ11 с/у мех. Беж KRANZ </t>
   </si>
   <si>
     <t>KR-78-0253</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка Компьютер RJ45 с/у мех. Беж KRANZ </t>
   </si>
   <si>
     <t>KR-78-0207</t>
   </si>
   <si>
     <t>DEA Выключатель (переключатель) 2кл прох. с/у 10А мех. белый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0227</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-78-0288</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 4-я горизонтальная Серебряный металлик KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0287</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0226</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Рамка 2-я горизонтальная Бел KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0315</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">DEA Рамка 3-я горизонтальная Золотой Металлик KRANZ </t>
+    <t>KR-78-0210</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая б/з с/у 10А мех. Бел KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0242</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка 1-ая с/з з/ш с/у 16А мех. Беж KRANZ  </t>
+  </si>
+  <si>
+    <t>KR-78-0251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Розетка TV Проходная с/у мех. Беж KRANZ </t>
+  </si>
+  <si>
+    <t>KR-78-0260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEA Выключатель 1кл с/у 10А мех. Серебряный металлик KRANZ </t>
   </si>
   <si>
     <t>KR-78-0331</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая с/з с/у 16А мех. Черный Металлик KRANZ  </t>
   </si>
   <si>
-    <t>KR-78-0316</t>
-[...142 lines deleted...]
-  <si>
     <t>KR-78-0240</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая б/з с/у 10А мех. Беж KRANZ  </t>
   </si>
   <si>
-    <t>KR-78-0241</t>
-[...22 lines deleted...]
-  <si>
     <t>KR-78-0213</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 1-ая с/з с крышкой с/у 16А мех. Бел KRANZ  </t>
   </si>
   <si>
-    <t>KR-78-0204</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-78-0239</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Выключатель для жалюзи 2кл с/у 10А мех. Беж KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0243</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-78-0248</t>
   </si>
   <si>
     <t xml:space="preserve">DEA Розетка 2-ая с/з с/у 16А Беж KRANZ </t>
   </si>
   <si>
-    <t>KR-78-0212</t>
-[...34 lines deleted...]
-  <si>
     <t>1.1.3 Выключатели и розетки серия ROUND со скругленным углом</t>
   </si>
   <si>
+    <t>KR-78-0708-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 + TV с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0753-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 3-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 4-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 5-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0728-3</t>
+  </si>
+  <si>
+    <t>Терморегулятор ROUND Wi-Fi с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0753-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 3-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0714-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл с подсветкой 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) с подсветкой 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл с подсветкой 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0732-3</t>
+  </si>
+  <si>
+    <t>Светорегулятор ROUND (диммер) 300Вт с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0725-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная двойная RJ45+RJ45 кат6 с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0725-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная двойная RJ45+RJ45 кат6 с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0730-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND HDMI с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0730-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND HDMI с/у титан KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0701-1</t>
   </si>
   <si>
     <t>Розетка ROUND 1-ая с/з с/у, со шторками 16А перламутр KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0753-2</t>
-[...2 lines deleted...]
-    <t>Рамка ROUND 3-постовая титан KRANZ</t>
+    <t>KR-78-0723-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND TV с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками 16А титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 2-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0711-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл для жалюзи возвратный 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками 16А оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 + TV с/у титан KRANZ</t>
   </si>
   <si>
     <t>KR-78-0702-3</t>
   </si>
   <si>
     <t>Розетка ROUND 1-ая с/з с/у, со шторками и крышкой 16А оникс KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0711-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл для жалюзи возвратный 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0752-1</t>
   </si>
   <si>
     <t>Рамка ROUND 2-постовая перламутр KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0753-3</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 3-постовая оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл проходной (переключатель) с подсветкой 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 5-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0728-1</t>
+  </si>
+  <si>
+    <t>Терморегулятор ROUND Wi-Fi с/у перламутр KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0728-2</t>
   </si>
   <si>
     <t>Терморегулятор ROUND Wi-Fi с/у титан KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0753-3</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-78-0704-2</t>
   </si>
   <si>
     <t>Розетка ROUND 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А титан KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0709-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл проходной (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0706-2</t>
   </si>
   <si>
     <t>Выключатель ROUND 2 кл 10А с/у титан KRANZ</t>
   </si>
   <si>
     <t>KR-78-0702-2</t>
   </si>
   <si>
     <t>Розетка ROUND 1-ая с/з с/у, со шторками и крышкой 16А титан KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0733-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл перекрестный (переключатель) 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0735-1</t>
+  </si>
+  <si>
+    <t>Заглушка ROUND декоративная с суппортом перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0734-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND USB-A+Type-C 3А с функцией быстрой зарядки оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0735-2</t>
+  </si>
+  <si>
+    <t>Заглушка ROUND декоративная с суппортом титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0707-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 3 кл 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0713-2</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл с подсветкой 10А с/у титан KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0723-3</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0732-2</t>
   </si>
   <si>
     <t>Светорегулятор ROUND (диммер) 300Вт с/у титан KRANZ</t>
   </si>
   <si>
     <t>KR-78-0713-1</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл с подсветкой 10А с/у перламутр KRANZ</t>
   </si>
   <si>
     <t>KR-78-0714-2</t>
   </si>
   <si>
     <t>Выключатель ROUND 2 кл с подсветкой 10А с/у титан KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0716-2</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-78-0714-3</t>
   </si>
   <si>
     <t>Выключатель ROUND 2 кл с подсветкой 10А с/у оникс KRANZ</t>
   </si>
   <si>
     <t>KR-78-0716-3</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл проходной (переключатель) с подсветкой 10А с/у оникс KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0755-3</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0723-2</t>
   </si>
   <si>
     <t>Розетка ROUND TV с/у титан KRANZ</t>
   </si>
   <si>
     <t>KR-78-0724-1</t>
   </si>
   <si>
     <t>Розетка ROUND компьютерная RJ45 кат6 с/у перламутр KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0724-2</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0727-1</t>
   </si>
   <si>
     <t>Подсветка настенная ROUND для ног с/у перламутр KRANZ</t>
   </si>
   <si>
     <t>KR-78-0727-2</t>
   </si>
   <si>
     <t>Подсветка настенная ROUND для ног с/у титан KRANZ</t>
   </si>
   <si>
     <t>KR-78-0732-1</t>
   </si>
   <si>
     <t>Светорегулятор ROUND (диммер) 300Вт с/у перламутр KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0732-3</t>
-[...2 lines deleted...]
-    <t>Светорегулятор ROUND (диммер) 300Вт с/у оникс KRANZ</t>
+    <t>KR-78-0712-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл возвратный 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0712-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл возвратный 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл проходной (переключатель) 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл проходной (переключатель) 10А с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0707-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 3 кл 10А с/у оникс KRANZ</t>
   </si>
   <si>
     <t>KR-78-0712-1</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл возвратный 10А с/у перламутр KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0710-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) 10А с/у титан KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0751-1</t>
   </si>
   <si>
     <t>Рамка ROUND 1-постовая перламутр KRANZ</t>
   </si>
   <si>
     <t>KR-78-0751-2</t>
   </si>
   <si>
     <t>Рамка ROUND 1-постовая титан KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0727-3</t>
+  </si>
+  <si>
+    <t>Подсветка настенная ROUND для ног с/у оникс KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0751-3</t>
   </si>
   <si>
     <t>Рамка ROUND 1-постовая оникс KRANZ</t>
   </si>
   <si>
     <t>KR-78-0704-1</t>
   </si>
   <si>
     <t>Розетка ROUND 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А перламутр KRANZ</t>
   </si>
   <si>
     <t>KR-78-0710-1</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл перекрестный (переключатель) 10А с/у перламутр KRANZ</t>
   </si>
   <si>
     <t>KR-78-0711-2</t>
   </si>
   <si>
     <t>Выключатель ROUND 2 кл для жалюзи возвратный 10А с/у титан KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0722-2</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0752-2</t>
   </si>
   <si>
     <t>Рамка ROUND 2-постовая титан KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0711-3</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0708-2</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл проходной (переключатель) 10А с/у титан KRANZ</t>
   </si>
   <si>
     <t>KR-78-0754-3</t>
   </si>
   <si>
     <t>Рамка ROUND 4-постовая оникс KRANZ</t>
   </si>
   <si>
     <t>KR-78-0724-3</t>
   </si>
   <si>
     <t>Розетка ROUND компьютерная RJ45 кат6 с/у оникс KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0728-3</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0705-3</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл 10А с/у оникс KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0730-3</t>
-[...44 lines deleted...]
-    <t>Выключатель ROUND 2 кл проходной (переключатель) 10А с/у титан KRANZ</t>
+    <t>KR-78-0707-2</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 3 кл 10А с/у титан KRANZ</t>
   </si>
   <si>
     <t>KR-78-0718-2</t>
   </si>
   <si>
     <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у титан KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0709-3</t>
-[...8 lines deleted...]
-    <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у оникс KRANZ</t>
+    <t>KR-78-0725-2</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная двойная RJ45+RJ45 кат6 с/у титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0735-3</t>
+  </si>
+  <si>
+    <t>Заглушка ROUND декоративная с суппортом оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-2</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 4-постовая титан KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0702-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у, со шторками и крышкой 16А перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-1</t>
+  </si>
+  <si>
+    <t>Рамка ROUND 5-постовая перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-3</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND TV с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0730-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND HDMI с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND компьютерная RJ45 кат6 + TV с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-3</t>
+  </si>
+  <si>
+    <t>Розетка ROUND 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 1 кл перекрестный (переключатель) с подсветкой 10А с/у перламутр KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0734-1</t>
+  </si>
+  <si>
+    <t>Розетка ROUND USB-A+Type-C 3А с функцией быстрой зарядки перламутр KRANZ</t>
   </si>
   <si>
     <t>KR-78-0733-3</t>
   </si>
   <si>
-    <t>Выключатель ROUND 2 кл перекрестный (переключатель) 10А с/у оникс KRANZ</t>
-[...5 lines deleted...]
-    <t>Выключатель ROUND 2 кл перекрестный (переключатель) 10А с/у титан KRANZ</t>
+    <t>Выключатель ROUND 2 кл перекрестный (переключатель) 10А с/у оникс KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0733-1</t>
+  </si>
+  <si>
+    <t>Выключатель ROUND 2 кл перекрестный (переключатель) 10А с/у перламутр KRANZ</t>
   </si>
   <si>
     <t>KR-78-0734-2</t>
   </si>
   <si>
-    <t>Розетка ROUND USB-A+Type-C 3А с функцией быстрой зарядки титан KRANZ</t>
-[...215 lines deleted...]
-    <t>Розетка ROUND компьютерная двойная RJ45+RJ45 кат6 с/у оникс KRANZ</t>
+    <t>Розетка ROUND USB-A+Type-C 3А с функцией быстрой зарядки титан KRANZ</t>
   </si>
   <si>
     <t>1.1.4 Выключатели и розетки серия STRONG с прямым углом</t>
   </si>
   <si>
+    <t>KR-78-0751-5</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 1-постовая антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-6</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 2-постовая графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-6</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 4-постовая графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0732-6</t>
+  </si>
+  <si>
+    <t>Светорегулятор STRONG (диммер) 300Вт с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0735-4</t>
+  </si>
+  <si>
+    <t>Заглушка STRONG декоративная с суппортом жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0707-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 3 кл 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0734-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG USB-A+Type-C 3А с функцией быстрой зарядки антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0734-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG USB-A+Type-C 3А с функцией быстрой зарядки графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0734-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG USB-A+Type-C 3А с функцией быстрой зарядки жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0712-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл возвратный 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная RJ45 кат6 с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная RJ45 кат6 с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0724-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная RJ45 кат6 с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0727-6</t>
+  </si>
+  <si>
+    <t>Подсветка настенная STRONG для ног с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0728-4</t>
+  </si>
+  <si>
+    <t>Терморегулятор STRONG Wi-Fi с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0728-6</t>
+  </si>
+  <si>
+    <t>Терморегулятор STRONG Wi-Fi с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл перекрестный (переключатель) с подсветкой 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл перекрестный (переключатель) с подсветкой 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0707-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 3 кл 10А с/у графит KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0735-5</t>
   </si>
   <si>
-    <t>Заглушка STRONG декоративная с суппортом антрацит KRANZ</t>
+    <t>Заглушка STRONG декоративная с суппортом антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл перекрестный (переключатель) 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл проходной (переключатель) 10А с/у графит KRANZ</t>
   </si>
   <si>
     <t>KR-78-0730-5</t>
   </si>
   <si>
     <t>Розетка STRONG HDMI с/у антрацит KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0752-6</t>
-[...2 lines deleted...]
-    <t>Рамка STRONG 2-постовая графит KRANZ</t>
+    <t>KR-78-0705-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у, со шторками 16А антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0706-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-5</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 2-постовая антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0722-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная RJ45 кат6 + TV с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0708-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл проходной (переключатель) 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0753-5</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 3-постовая антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0754-5</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 4-постовая антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл проходной (переключатель) с подсветкой 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0755-5</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 5-постовая антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0701-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у, со шторками 16А графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0704-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0705-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0727-4</t>
+  </si>
+  <si>
+    <t>Подсветка настенная STRONG для ног с/у жемчуг KRANZ</t>
   </si>
   <si>
     <t>KR-78-0732-4</t>
   </si>
   <si>
     <t>Светорегулятор STRONG (диммер) 300Вт с/у жемчуг KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0712-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл возвратный 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл перекрестный (переключатель) 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0709-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл проходной (переключатель) 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0733-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл перекрестный (переключатель) 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0736-5</t>
+  </si>
+  <si>
+    <t>Вывод кабеля STRONG антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0733-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл перекрестный (переключатель) 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0730-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG HDMI с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0723-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG TV с/у жемчуг KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0728-5</t>
   </si>
   <si>
     <t>Терморегулятор STRONG Wi-Fi с/у антрацит KRANZ</t>
   </si>
   <si>
     <t>KR-78-0713-4</t>
   </si>
   <si>
     <t>Выключатель STRONG 1 кл с подсветкой 10А с/у жемчуг KRANZ</t>
   </si>
   <si>
     <t>KR-78-0714-4</t>
   </si>
   <si>
     <t>Выключатель STRONG 2 кл с подсветкой 10А с/у жемчуг KRANZ</t>
   </si>
   <si>
     <t>KR-78-0755-4</t>
   </si>
   <si>
     <t>Рамка STRONG 5-постовая жемчуг KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0701-6</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0706-6</t>
   </si>
   <si>
     <t>Выключатель STRONG 2 кл 10А с/у графит KRANZ</t>
   </si>
   <si>
     <t>KR-78-0708-6</t>
   </si>
   <si>
     <t>Выключатель STRONG 1 кл проходной (переключатель) 10А с/у графит KRANZ</t>
   </si>
   <si>
     <t>KR-78-0711-6</t>
   </si>
   <si>
     <t>Выключатель STRONG 2 кл для жалюзи возвратный 10А с/у графит KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0712-6</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0716-6</t>
   </si>
   <si>
     <t>Выключатель STRONG 1 кл проходной (переключатель) с подсветкой 10А с/у графит KRANZ</t>
   </si>
   <si>
     <t>KR-78-0753-6</t>
   </si>
   <si>
     <t>Рамка STRONG 3-постовая графит KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0754-6</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0755-6</t>
   </si>
   <si>
     <t>Рамка STRONG 5-постовая графит KRANZ</t>
   </si>
   <si>
     <t>KR-78-0723-5</t>
   </si>
   <si>
     <t>Розетка STRONG TV с/у антрацит KRANZ</t>
   </si>
   <si>
     <t>KR-78-0723-6</t>
   </si>
   <si>
     <t>Розетка STRONG TV с/у графит KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0724-4</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-78-0732-5</t>
   </si>
   <si>
     <t>Светорегулятор STRONG (диммер) 300Вт с/у антрацит KRANZ</t>
   </si>
   <si>
     <t>KR-78-0701-4</t>
   </si>
   <si>
     <t>Розетка STRONG 1-ая с/з с/у, со шторками 16А жемчуг KRANZ</t>
   </si>
   <si>
     <t>KR-78-0704-4</t>
   </si>
   <si>
     <t>Розетка STRONG 1-ая с/з с/у з/ш 16А с USB A+C быстрой зарядки 5В/3А жемчуг KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0706-4</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0754-4</t>
   </si>
   <si>
     <t>Рамка STRONG 4-постовая жемчуг KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0701-5</t>
-[...10 lines deleted...]
-  <si>
     <t>KR-78-0711-5</t>
   </si>
   <si>
     <t>Выключатель STRONG 2 кл для жалюзи возвратный 10А с/у антрацит KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0752-5</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0702-5</t>
   </si>
   <si>
     <t>Розетка STRONG 1-ая с/з с/у, со шторками и крышкой 16А антрацит KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0736-6</t>
+  </si>
+  <si>
+    <t>Вывод кабеля STRONG графит KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0702-4</t>
   </si>
   <si>
     <t>Розетка STRONG 1-ая с/з с/у, со шторками и крышкой 16А жемчуг KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0722-4</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0753-4</t>
   </si>
   <si>
     <t>Рамка STRONG 3-постовая жемчуг KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0710-4</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0722-5</t>
   </si>
   <si>
     <t>Розетка STRONG компьютерная RJ45 кат6 + TV с/у антрацит KRANZ</t>
   </si>
   <si>
     <t>KR-78-0711-4</t>
   </si>
   <si>
     <t>Выключатель STRONG 2 кл для жалюзи возвратный 10А с/у жемчуг KRANZ</t>
   </si>
   <si>
     <t>KR-78-0708-4</t>
   </si>
   <si>
     <t>Выключатель STRONG 1 кл проходной (переключатель) 10А с/у жемчуг KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0753-5</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-78-0722-6</t>
   </si>
   <si>
     <t>Розетка STRONG компьютерная RJ45 кат6 + TV с/у графит KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0735-6</t>
+  </si>
+  <si>
+    <t>Заглушка STRONG декоративная с суппортом графит KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0714-5</t>
   </si>
   <si>
     <t>Выключатель STRONG 2 кл с подсветкой 10А с/у антрацит KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0732-6</t>
-[...20 lines deleted...]
-    <t>Выключатель STRONG 3 кл 10А с/у антрацит KRANZ</t>
+    <t>KR-78-0725-4</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная двойная RJ45+RJ45 кат6 с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0718-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл перекрестный (переключатель) с подсветкой 10А с/у антрацит KRANZ</t>
   </si>
   <si>
     <t>KR-78-0709-5</t>
   </si>
   <si>
     <t>Выключатель STRONG 2 кл проходной (переключатель) 10А с/у антрацит KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0712-5</t>
-[...28 lines deleted...]
-  <si>
     <t>KR-78-0733-4</t>
   </si>
   <si>
-    <t>Выключатель STRONG 2 кл перекрестный (переключатель) 10А с/у жемчуг KRANZ</t>
-[...23 lines deleted...]
-    <t>Вывод кабеля STRONG антрацит KRANZ</t>
+    <t>Выключатель STRONG 2 кл перекрестный (переключатель) 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0725-5</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная двойная RJ45+RJ45 кат6 с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0730-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG HDMI с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0752-4</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 2-постовая жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0707-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 3 кл 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0712-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл возвратный 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл с подсветкой 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0713-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл с подсветкой 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0727-5</t>
+  </si>
+  <si>
+    <t>Подсветка настенная STRONG для ног с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0725-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG компьютерная двойная RJ45+RJ45 кат6 с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0710-5</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл перекрестный (переключатель) 10А с/у антрацит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0751-4</t>
+  </si>
+  <si>
+    <t>Рамка STRONG 1-постовая жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0716-4</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 1 кл проходной (переключатель) с подсветкой 10А с/у жемчуг KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0714-6</t>
+  </si>
+  <si>
+    <t>Выключатель STRONG 2 кл с подсветкой 10А с/у графит KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0702-6</t>
+  </si>
+  <si>
+    <t>Розетка STRONG 1-ая с/з с/у, со шторками и крышкой 16А графит KRANZ</t>
   </si>
   <si>
     <t>KR-78-0736-4</t>
   </si>
   <si>
-    <t>Вывод кабеля STRONG жемчуг KRANZ</t>
-[...209 lines deleted...]
-    <t>Заглушка STRONG декоративная с суппортом жемчуг KRANZ</t>
+    <t>Вывод кабеля STRONG жемчуг KRANZ</t>
   </si>
   <si>
     <t>1.2 Выключатели и розетки открытой установки</t>
   </si>
   <si>
     <t>11-8980</t>
   </si>
   <si>
     <t>Розетка штепсельная карболитовая открытой установки б/з 16А, черная REXANT</t>
   </si>
   <si>
     <t>11-8979</t>
   </si>
   <si>
     <t>Колодка 3 гнезда карболитовая б/з 16А, черная REXANT</t>
   </si>
   <si>
     <t>11-8981</t>
   </si>
   <si>
     <t>Колодка 2 гнезда карболитовая б/з 16А, черная REXANT</t>
   </si>
   <si>
     <t>1.3 Выключатели и розетки открытой установки влагозащищенные IP54</t>
   </si>
   <si>
     <t>1.3.1 Выключатели и розетки открытой установки серия KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0607</t>
+  </si>
+  <si>
+    <t>Блок горизонтальный 2 розетки (керамика) Mini OG IP54 с/з, о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0612</t>
+  </si>
+  <si>
+    <t>Розетка одноместная (керамика) INDUSTRIAL IP54 с/з, о/у, серая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0615</t>
+  </si>
+  <si>
+    <t>Блок вертикальный 2 розетки INDUSTRIAL IP54 с/з, о/у, серый KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0803</t>
   </si>
   <si>
     <t>Блок горизонтальный 2 розетки (керамика) INDUSTRIAL IP54 с/з, о/у, белый KRANZ</t>
   </si>
   <si>
     <t>KR-78-0804</t>
   </si>
   <si>
     <t>Блок горизонтальный 2 розетки (керамика) Mini OG IP54 с/з, о/у, серый KRANZ</t>
   </si>
   <si>
     <t>KR-78-0806</t>
   </si>
   <si>
     <t>Блок горизонтальный 2 розетки Mini OG IP54 с/з, о/у, серый KRANZ</t>
   </si>
   <si>
     <t>KR-78-0832</t>
   </si>
   <si>
     <t>Выключатель двухклавишный INDUSTRIAL IP54 о/у, белый KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0816</t>
+  </si>
+  <si>
+    <t>Розетка одноместная INDUSTRIAL IP54 с/з, о/у, белая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0817</t>
+  </si>
+  <si>
+    <t>Розетка одноместная Mini OG IP54 с/з, о/у, серая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0801</t>
+  </si>
+  <si>
+    <t>Блок вертикальный 2 розетки (керамика) INDUSTRIAL IP54 с/з, о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0802</t>
+  </si>
+  <si>
+    <t>Блок вертикальный 2 розетки INDUSTRIAL IP54 с/з, о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0805</t>
+  </si>
+  <si>
+    <t>Блок горизонтальный 2 розетки INDUSTRIAL IP54 с/з, о/у, белый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0833</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный Mini OG IP54 о/у, серый KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0814</t>
+  </si>
+  <si>
+    <t>Розетка одноместная (керамика) INDUSTRIAL IP54 с/з, о/у, белая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0815</t>
+  </si>
+  <si>
+    <t>Розетка одноместная (керамика) Mini OG IP54 с/з, о/у, серая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-78-0603</t>
+  </si>
+  <si>
+    <t>Переключатель проходной Mini OG IP54 о/у, белый KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0834</t>
   </si>
   <si>
     <t>Выключатель одноклавишный INDUSTRIAL IP54 о/у, белый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0814</t>
-[...2 lines deleted...]
-    <t>Розетка одноместная (керамика) INDUSTRIAL IP54 с/з, о/у, белая KRANZ</t>
+    <t>KR-78-0608</t>
+  </si>
+  <si>
+    <t>Выключатель одноклавишный INDUSTRIAL IP54 о/у, серый KRANZ</t>
   </si>
   <si>
     <t>KR-78-0837</t>
   </si>
   <si>
     <t>Переключатель проходной Mini OG IP54 о/у, серый KRANZ</t>
   </si>
   <si>
+    <t>KR-78-0602</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный Mini OG IP54 о/у, белый KRANZ</t>
+  </si>
+  <si>
     <t>KR-78-0835</t>
   </si>
   <si>
     <t>Выключатель одноклавишный Mini OG IP54 о/у, серый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0817</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0609</t>
   </si>
   <si>
     <t>Выключатель двухклавишный INDUSTRIAL IP54 о/у, серый KRANZ</t>
   </si>
   <si>
     <t>KR-78-0601</t>
   </si>
   <si>
     <t>Выключатель одноклавишный Mini OG IP54 о/у, белый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0602</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0604</t>
   </si>
   <si>
     <t>Розетка одноместная Mini OG IP54 с/з, о/у, белая KRANZ</t>
   </si>
   <si>
     <t>KR-78-0605</t>
   </si>
   <si>
     <t>Розетка одноместная (керамика) Mini OG IP54 с/з, о/у, белая KRANZ</t>
   </si>
   <si>
     <t>KR-78-0606</t>
   </si>
   <si>
     <t>Блок горизонтальный 2 розетки Mini OG IP54 с/з, о/у, белый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0608</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0611</t>
   </si>
   <si>
     <t>Розетка одноместная INDUSTRIAL IP54 с/з, о/у серая KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0612</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0613</t>
   </si>
   <si>
     <t>Блок горизонтальный 2 розетки INDUSTRIAL IP54 с/з, о/у, серый KRANZ</t>
   </si>
   <si>
     <t>KR-78-0614</t>
   </si>
   <si>
     <t>Блок горизонтальный 2 розетки (керамика) INDUSTRIAL IP54 с/з, о/у, серый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0615</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-78-0616</t>
   </si>
   <si>
     <t>Блок вертикальный 2 розетки (керамика) INDUSTRIAL IP54 с/з, о/у, серый KRANZ</t>
   </si>
   <si>
     <t>KR-78-0610</t>
   </si>
   <si>
     <t>Переключатель проходной INDUSTRIAL IP54 о/у, серый KRANZ</t>
   </si>
   <si>
     <t>KR-78-0836</t>
   </si>
   <si>
     <t>Переключатель проходной INDUSTRIAL IP54 о/у, белый KRANZ</t>
   </si>
   <si>
-    <t>KR-78-0607</t>
-[...46 lines deleted...]
-  <si>
     <t>1.3.2 Выключатели и розетки открытой установки серия REXANT</t>
   </si>
   <si>
+    <t>78-0521</t>
+  </si>
+  <si>
+    <t>Выключатель двухклавишный влагозащищенный открытой установки REXANT IP54, 10 А, А56-224 (03)</t>
+  </si>
+  <si>
     <t>78-0528</t>
   </si>
   <si>
     <t>Выключатель двухклавишный + розетка влагозащищенная для открытой установки REXANT IP54, выключатель 10 А, розетка б/з 16 А, 2В-РЦ-655(03)</t>
-  </si>
-[...10 lines deleted...]
-    <t>Выключатель двухклавишный влагозащищенный открытой установки REXANT IP54, 10 А, А56-224 (03)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2427,56 +2415,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-tsvetok-s-u-belyy-goluboy-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-tsvetok-su-belyygoluboy-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-solntse-s-u-zheltyy-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-solntse-s-u-zheltyy-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-solntse-s-u-s-z-so-shtorkami-zheltaya-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-romashka-s-u-zheltyy-belyy-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-romashka-s-u-s-z-so-shtorkami-zheltaya-belaya-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-tsvetok-s-u-belyy-rozovyy-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-tsvetok-s-u-belyy-rozovyy-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-tsvetok-s-u-s-z-so-shtorkami-belaya-golubaya-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-yaichnitsa-s-u-zheltyy-belyy-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-romashka-s-u-zheltyy-belyy-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-yaichnitsa-s-u-zheltyy-belyy-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-yaichnitsa-s-u-s-z-so-shtorkami-zheltaya-belaya-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-tsvetok-s-u-s-z-so-shtorkami-belaya-rozovaya-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-dvoynaya-happy-yaichnitsa-s-u-s-z-so-shtorkami-zheltaya-belaya-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-s-u-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bezh-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-3kl-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-ind-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bel-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-kryshkoy-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bezh-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-s-u-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-2kl-proh-s-u-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-2kl-proh-s-u-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-ind-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-b-z-s-u-10a-bel-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-b-z-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-perekrest-s-u-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-ind-s-u-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-ind-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-dlya-zhalyuzi-2kl-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-s-u-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-s-u-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-perekrest-s-u-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-ind-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-b-z-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-kryshkoy-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-3kl-s-u-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-kryshkoy-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-s-u-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-dlya-zhalyuzi-2kl-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-kryshkoy-s-u-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bezh-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-s-z-s-u-16a-bezh-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-z-sh-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-s-z-s-u-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-b-z-s-u-10a-bel-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-s-z-s-u-16a-bel-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-s-u-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-s-u-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-oniks-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-titan-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-titan-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-titan-kranz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-titan-kranz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-titan-kranz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-oniks-kranz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-titan-kranz" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-so-shtorkami-16a-oniks-kranz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-oniks-kranz" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-oniks-kranz" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-oniks-kranz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-strong-dekorativnaya-s-supportom-antratsit-kranz" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-hdmi-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-2-postovaya-grafit-kranz" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-s-podsvetkoy-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-s-podsvetkoy-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-16a-grafit-kranz" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-vozvratnyy-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-3-postovaya-grafit-kranz" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-4-postovaya-grafit-kranz" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-grafit-kranz" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-16a-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-4-postovaya-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-16a-antratsit-kranz" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-2-postovaya-antratsit-kranz" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-antratsit-kranz" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-tv-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-3-postovaya-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-tv-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-dlya-zhalyuzi-vozvratnyy-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-3-postovaya-antratsit-kranz" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-4-postovaya-antratsit-kranz" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-tv-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-s-podsvetkoy-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-3-kl-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-vozvratnyy-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-antratsit-kranz" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-strong-dekorativnaya-s-supportom-grafit-kranz" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyvod-kabelya-strong-antratsit-kranz" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyvod-kabelya-strong-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-3-kl-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-hdmi-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-2-postovaya-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-3-kl-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-hdmi-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-vozvratnyy-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-s-podsvetkoy-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-s-podsvetkoy-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-dvoynaya-rj45-rj45-kat6-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-antratsit-kranz" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-antratsit-kranz" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-1-postovaya-antratsit-kranz" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-10a-s-u-antratsit-kranz" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-1-postovaya-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-z-sh-16a-s-usb-a-c-bystroy-zaryadki-5v-3a-grafit-kranz" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-s-podsvetkoy-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-s-z-s-u-so-shtorkami-i-kryshkoy-16a-grafit-kranz" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-perekrestnyy-pereklyuchatel-10a-s-u-grafit-kranz" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-grafit-kranz" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyvod-kabelya-strong-grafit-kranz" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-strong-dekorativnaya-s-supportom-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-karbolitovaya-otkrytoy-ustanovki-b-z-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-karbolitovaya-b-z-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-karbolitovaya-b-z-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-keramika-industrial-ip54-s-z-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-keramika-mini-og-ip54-s-z-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-mini-og-ip54-s-z-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-industrial-ip54-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-industrial-ip54-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-industrial-ip54-s-z-o-u-belaya-kranz" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-mini-og-ip54-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-mini-og-ip54-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-mini-og-ip54-s-z-o-u-seraya-kranz" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-industrial-ip54-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-mini-og-ip54-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-mini-og-ip54-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-mini-og-ip54-s-z-o-u-belaya-kranz" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-mini-og-ip54-s-z-o-u-belaya-kranz" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-mini-og-ip54-s-z-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-industrial-ip54-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-industrial-ip54-s-z-o-u-seraya-kranz" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-industrial-ip54-s-z-o-u-seraya-kranz" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-industrial-ip54-s-z-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-keramika-industrial-ip54-s-z-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalnyy-2-rozetki-industrial-ip54-s-z-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalnyy-2-rozetki-keramika-industrial-ip54-s-z-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-industrial-ip54-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-industrial-ip54-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-keramika-mini-og-ip54-s-z-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-mini-og-ip54-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalnyy-2-rozetki-keramika-industrial-ip54-s-z-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalnyy-2-rozetki-industrial-ip54-s-z-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-industrial-ip54-s-z-o-u-belyy-kranz" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-mini-og-ip54-o-u-seryy-kranz" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-mini-og-ip54-s-z-o-u-seraya-kranz" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-industrial-ip54-s-z-o-u-belaya-kranz" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-rozetka-vlagozaschischennaya-dlya-otkrytoy-ustanovki-rexant-ip54-vyklyuc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-rozetka-vlagozaschischennaya-dlya-otkrytoy-ustanovki-rexant-ip54-vyklyuc-2" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-vlagozaschischennyy-otkrytoy-ustanovki-rexant-ip54-10-a-a56-224-03" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-solntse-su-sz-so-shtorkami-zheltaya-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-romashka-su-zheltyybelyy-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-romashka-su-sz-so-shtorkami-zheltayabelaya-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-tsvetok-su-sz-so-shtorkami-belayarozovaya-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-tsvetok-su-belyygoluboy-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-tsvetok-su-sz-so-shtorkami-belayagolubaya-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-yaichnitsa-su-zheltyybelyy-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-happy-yaichnitsa-su-sz-so-shtorkami-zheltayabelaya-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-dvoynaya-happy-yaichnitsa-su-sz-so-shtorkami-zheltayabelaya-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-tsvetok-su-belyyrozovyy-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-tsvetok-su-belyygoluboy-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-solntse-su-zheltyy-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-solntse-su-zheltyy-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-happy-romashka-su-zheltyybelyy-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-tsvetok-su-belyyrozovyy-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-happy-yaichnitsa-su-zheltyybelyy-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-bz-su-10a-bezh-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-su-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-ind-su-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-3kl-su-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-sz-zsh-su-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-bz-su-10a-bel-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-sz-su-16a-bel-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-su-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-ind-su-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-su-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-ind-su-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-sz-su-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-bz-su-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-dlya-zhalyuzi-2kl-su-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-su-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-sz-s-kryshkoy-su-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-sz-s-kryshkoy-su-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-ind-su-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-2kl-proh-su-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-su-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-2kl-ind-su-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-sz-su-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-su-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-su-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-perekrest-su-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-svetoregulyator-300vt-su-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-su-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-proh-ind-su-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-1kl-perekrest-su-10a-meh-bezhevyy-kranz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-bezh-kranz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-zolotoy-metallik-kranz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-3-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-5-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-bz-su-10a-bezh-kranz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-bz-su-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-3kl-su-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-sz-su-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-sz-su-16a-bel-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-su-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-sz-su-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-keramika-sz-s-kryshkoy-su-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-su-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-keramika-sz-su-16a-bezh-kranz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-1-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-telefon-rj11-su-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-kompyuter-rj45-su-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-pereklyuchatel-2kl-proh-su-10a-meh-belyy-kranz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-4-ya-gorizontalnaya-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-ramka-2-ya-gorizontalnaya-bel-kranz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-bz-su-10a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-sz-zsh-su-16a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-tv-prohodnaya-su-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-1kl-s-u-10a-meh-serebryanyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-s-z-s-u-16a-meh-chernyy-metallik-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-bz-su-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-1-aya-sz-s-kryshkoy-su-16a-meh-bel-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-vyklyuchatel-dlya-zhalyuzi-2kl-su-10a-meh-bezh-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dea-rozetka-2-aya-sz-su-16a-bezh-kranz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-su-titan-kranz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-so-shtorkami-16a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-so-shtorkami-16a-titan-kranz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-su-titan-kranz" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-so-shtorkami-16a-oniks-kranz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-su-titan-kranz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-so-shtorkami-i-kryshkoy-16a-oniks-kranz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-3-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-round-wi-fi-su-titan-kranz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-zsh-16a-s-usb-a-c-bystroy-zaryadki-5v3a-titan-kranz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-so-shtorkami-i-kryshkoy-16a-titan-kranz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-oniks-kranz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-titan-kranz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-su-titan-kranz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-s-podsvetkoy-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-s-podsvetkoy-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-su-titan-kranz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-su-titan-kranz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-round-dimmer-300vt-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-prohodnoy-pereklyuchatel-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-vozvratnyy-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-round-dlya-nog-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-1-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-zsh-16a-s-usb-a-c-bystroy-zaryadki-5v3a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-dlya-zhalyuzi-vozvratnyy-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-2-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-prohodnoy-pereklyuchatel-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-oniks-kranz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-3-kl-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-su-titan-kranz" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-dvoynaya-rj45-rj45-kat6-su-titan-kranz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-round-dekorativnaya-s-supportom-oniks-kranz" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-4-postovaya-titan-kranz" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-so-shtorkami-i-kryshkoy-16a-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-round-5-postovaya-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-tv-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-hdmi-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-kompyuternaya-rj45-kat6-tv-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-1-aya-sz-su-zsh-16a-s-usb-a-c-bystroy-zaryadki-5v3a-oniks-kranz" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-su-oniks-kranz" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-round-2-kl-perekrestnyy-pereklyuchatel-10a-su-perlamutr-kranz" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-round-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-titan-kranz" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-1-postovaya-antratsit-kranz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-2-postovaya-grafit-kranz" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-4-postovaya-grafit-kranz" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-strong-dekorativnaya-s-supportom-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-3-kl-10a-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-antratsit-kranz" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-grafit-kranz" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-usb-a-type-c-3a-s-funktsiey-bystroy-zaryadki-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-vozvratnyy-10a-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-3-kl-10a-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-strong-dekorativnaya-s-supportom-antratsit-kranz" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-10a-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-10a-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-hdmi-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-10a-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-sz-su-so-shtorkami-16a-antratsit-kranz" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-sz-su-zsh-16a-s-usb-a-c-bystroy-zaryadki-5v3a-antratsit-kranz" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-10a-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-10a-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-2-postovaya-antratsit-kranz" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-tv-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-3-postovaya-antratsit-kranz" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-4-postovaya-antratsit-kranz" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-antratsit-kranz" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-sz-su-so-shtorkami-16a-grafit-kranz" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-sz-su-zsh-16a-s-usb-a-c-bystroy-zaryadki-5v3a-grafit-kranz" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-10a-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-vozvratnyy-10a-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-10a-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-perekrestnyy-pereklyuchatel-10a-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyvod-kabelya-strong-antratsit-kranz" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-perekrestnyy-pereklyuchatel-10a-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-hdmi-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-strong-wi-fi-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-s-podsvetkoy-10a-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-s-podsvetkoy-10a-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-10a-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-dlya-zhalyuzi-vozvratnyy-10a-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-3-postovaya-grafit-kranz" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-5-postovaya-grafit-kranz" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-tv-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetoregulyator-strong-dimmer-300vt-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-sz-su-so-shtorkami-16a-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-sz-su-zsh-16a-s-usb-a-c-bystroy-zaryadki-5v3a-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-4-postovaya-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-dlya-zhalyuzi-vozvratnyy-10a-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-sz-su-so-shtorkami-i-kryshkoy-16a-antratsit-kranz" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyvod-kabelya-strong-grafit-kranz" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-sz-su-so-shtorkami-i-kryshkoy-16a-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-3-postovaya-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-tv-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-dlya-zhalyuzi-vozvratnyy-10a-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-10a-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-rj45-kat6-tv-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-strong-dekorativnaya-s-supportom-grafit-kranz" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-s-podsvetkoy-10a-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-dvoynaya-rj45-rj45-kat6-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-s-podsvetkoy-10a-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-prohodnoy-pereklyuchatel-10a-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-perekrestnyy-pereklyuchatel-10a-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-dvoynaya-rj45-rj45-kat6-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-hdmi-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-2-postovaya-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-3-kl-10a-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-vozvratnyy-10a-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-s-podsvetkoy-10a-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-s-podsvetkoy-10a-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podsvetka-nastennaya-strong-dlya-nog-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-kompyuternaya-dvoynaya-rj45-rj45-kat6-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-perekrestnyy-pereklyuchatel-10a-su-antratsit-kranz" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ramka-strong-1-postovaya-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-1-kl-prohodnoy-pereklyuchatel-s-podsvetkoy-10a-su-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-strong-2-kl-s-podsvetkoy-10a-su-grafit-kranz" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-strong-1-aya-sz-su-so-shtorkami-i-kryshkoy-16a-grafit-kranz" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyvod-kabelya-strong-zhemchug-kranz" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-shtepselnaya-karbolitovaya-otkrytoy-ustanovki-bz-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-3-gnezda-karbolitovaya-bz-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-2-gnezda-karbolitovaya-bz-16a-chernaya-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-keramika-mini-og-ip54-sz-ou-belyy-kranz" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-industrial-ip54-sz-ou-seraya-kranz" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalnyy-2-rozetki-industrial-ip54-sz-ou-seryy-kranz" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-keramika-industrial-ip54-sz-ou-belyy-kranz" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-keramika-mini-og-ip54-sz-ou-seryy-kranz" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-mini-og-ip54-sz-ou-seryy-kranz" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-industrial-ip54-ou-belyy-kranz" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-industrial-ip54-sz-ou-belaya-kranz" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-mini-og-ip54-sz-ou-seraya-kranz" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalnyy-2-rozetki-keramika-industrial-ip54-sz-ou-belyy-kranz" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalnyy-2-rozetki-industrial-ip54-sz-ou-belyy-kranz" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-industrial-ip54-sz-ou-belyy-kranz" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-mini-og-ip54-ou-seryy-kranz" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-industrial-ip54-sz-ou-belaya-kranz" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-mini-og-ip54-sz-ou-seraya-kranz" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-mini-og-ip54-ou-belyy-kranz" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-industrial-ip54-ou-belyy-kranz" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-industrial-ip54-ou-seryy-kranz" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-mini-og-ip54-ou-seryy-kranz" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-mini-og-ip54-ou-belyy-kranz" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-mini-og-ip54-ou-seryy-kranz" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-industrial-ip54-ou-seryy-kranz" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-odnoklavishnyy-mini-og-ip54-ou-belyy-kranz" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-mini-og-ip54-sz-ou-belaya-kranz" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-keramika-mini-og-ip54-sz-ou-belaya-kranz" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-mini-og-ip54-sz-ou-belyy-kranz" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-odnomestnaya-industrial-ip54-sz-ou-seraya-kranz" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-industrial-ip54-sz-ou-seryy-kranz" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-gorizontalnyy-2-rozetki-keramika-industrial-ip54-sz-ou-seryy-kranz" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-vertikalnyy-2-rozetki-keramika-industrial-ip54-sz-ou-seryy-kranz" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-industrial-ip54-ou-seryy-kranz" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-prohodnoy-industrial-ip54-ou-belyy-kranz" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-vlagozashchishchennyy-otkrytoy-ustanovki-rexant-ip54-10-a-a56-224-03" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-dvuhklavishnyy-rozetka-vlagozashchishchennaya-dlya-otkrytoy-ustanovki-rexant-ip54-vyklyuchatel-10-a-rozetka-bz-16-a-2v-rts-65503" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I332"/>
+  <dimension ref="A1:I330"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2521,9454 +2509,9396 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>205.48</v>
+        <v>235.48</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>2251</v>
+        <v>2597</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>168</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>232.13</v>
+        <v>160.43</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>1104</v>
+        <v>3295</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>168</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>166.26</v>
+        <v>236.28</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>1632</v>
+        <v>6253</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>168</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>228.23</v>
+        <v>236.67</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>1114</v>
+        <v>4308</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>168</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>235.48</v>
+        <v>205.48</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>2651</v>
+        <v>2241</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>168</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>240.22</v>
+        <v>236.6</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>1435</v>
+        <v>5238</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>168</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>236.28</v>
+        <v>238.38</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>6317</v>
+        <v>1448</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>168</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>161.06</v>
+        <v>236.5</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>1693</v>
+        <v>7745</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>168</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>233.11</v>
+        <v>266.63</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>960</v>
+        <v>929</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>168</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>236.6</v>
+        <v>233.11</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>5265</v>
+        <v>947</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>168</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>160.36</v>
+        <v>232.13</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>3507</v>
+        <v>1097</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>168</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>160.43</v>
+        <v>166.26</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>3313</v>
+        <v>1614</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>168</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>238.38</v>
+        <v>228.23</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>1458</v>
+        <v>1093</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>168</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>236.5</v>
+        <v>240.22</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>7702</v>
+        <v>1416</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>168</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>236.67</v>
+        <v>161.06</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>4466</v>
+        <v>1636</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>168</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>266.63</v>
+        <v>160.36</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>1003</v>
+        <v>3500</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>168</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>127.57</v>
+        <v>145.77</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>1053</v>
+        <v>4602</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>119.84</v>
+        <v>45.68</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>987</v>
+        <v>6291</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>46.34</v>
+        <v>163.17</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>25554</v>
+        <v>274</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>240</v>
+        <v>90</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
         <v>277.46</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>993</v>
+        <v>992</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>90</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>282.51</v>
+        <v>72.73</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>199</v>
+        <v>1514</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>90</v>
+        <v>240</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>74.64</v>
+        <v>229.57</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>1344</v>
+        <v>1105</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>240</v>
+        <v>90</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>177.45</v>
+        <v>160.18</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>929</v>
+        <v>244</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>120</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>229.57</v>
+        <v>137.94</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>1105</v>
+        <v>1400</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>172.76</v>
+        <v>170.03</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>1579</v>
+        <v>279</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>120</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>137.94</v>
+        <v>166.32</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>1502</v>
+        <v>147</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>120</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>138.97</v>
+        <v>161.5</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>991</v>
+        <v>1522</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>120</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>220.96</v>
+        <v>210.54</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>2449</v>
+        <v>1009</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>120</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>92.34</v>
+        <v>284.3</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>11399</v>
+        <v>3846</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>564.08</v>
+        <v>208.68</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>714</v>
+        <v>1259</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>78.24</v>
+        <v>110.36</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>6405</v>
+        <v>1820</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>134.72</v>
+        <v>102.69</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>816</v>
+        <v>1677</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>120</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>170.03</v>
+        <v>153.25</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>542</v>
+        <v>987</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>120</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>111.01</v>
+        <v>113.2</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>12425</v>
+        <v>23509</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>120</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>196.41</v>
+        <v>95.76</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>11730</v>
+        <v>16321</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>90.89</v>
+        <v>201.03</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>10767</v>
+        <v>524</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>120</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>134.19</v>
+        <v>255.88</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>14662</v>
+        <v>1450</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>120</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>241.26</v>
+        <v>147.09</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>136</v>
+        <v>949</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>120</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>136.09</v>
+        <v>158.29</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>1246</v>
+        <v>1415</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>120</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>273.16</v>
+        <v>170.39</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>9390</v>
+        <v>225</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>86.53</v>
+        <v>170.39</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>5881</v>
+        <v>299</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>120</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>136.09</v>
+        <v>564.08</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>1858</v>
+        <v>713</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>274.15</v>
+        <v>127.57</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>2532</v>
+        <v>1053</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>170.39</v>
+        <v>46.34</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>270</v>
+        <v>25445</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>115.17</v>
+        <v>245.25</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>1289</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>120</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>170.39</v>
+        <v>129.41</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>298</v>
+        <v>7568</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>120</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>249.11</v>
+        <v>86.53</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>1113</v>
+        <v>5137</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>177.45</v>
+        <v>180.91</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>983</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>120</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>115.79</v>
+        <v>170.39</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>978</v>
+        <v>249</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>72.73</v>
+        <v>802.43</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>1522</v>
+        <v>58</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>157.64</v>
+        <v>115.17</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>243</v>
+        <v>951</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>120</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>191.97</v>
+        <v>119.84</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>1300</v>
+        <v>983</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>120</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>143.3</v>
+        <v>162.27</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>673</v>
+        <v>295</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>245.25</v>
+        <v>170.39</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>176</v>
+        <v>231</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>120</v>
       </c>
       <c r="I59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>376.55</v>
+        <v>78.24</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>0</v>
+        <v>6369</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>86.12</v>
+        <v>96.07</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>7566</v>
+        <v>3849</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>120</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C62" s="3">
-        <v>95.76</v>
+        <v>127.74</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>16352</v>
+        <v>1178</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>126.29</v>
+        <v>136.69</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>7172</v>
+        <v>1464</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>218.3</v>
+        <v>131.65</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>2487</v>
+        <v>1095</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>160.18</v>
+        <v>177.45</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>683</v>
+        <v>983</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>120</v>
       </c>
       <c r="I65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>170.39</v>
+        <v>143.3</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>234</v>
+        <v>678</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>170.39</v>
+        <v>157.64</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>120</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>162.27</v>
+        <v>199.28</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>302</v>
+        <v>207</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>79.76</v>
+        <v>282.51</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>1047</v>
+        <v>199</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>240</v>
+        <v>90</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>110.36</v>
+        <v>74.64</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>1829</v>
+        <v>1101</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>137.94</v>
+        <v>177.45</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>1622</v>
+        <v>905</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>120</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>201.03</v>
+        <v>301.46</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>180.91</v>
+        <v>172.76</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>69</v>
+        <v>1566</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>120</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>802.43</v>
+        <v>138.97</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>111</v>
+        <v>928</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>170.39</v>
+        <v>220.96</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>241</v>
+        <v>2447</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>120</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>127.74</v>
+        <v>92.34</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>1187</v>
+        <v>10714</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>136.69</v>
+        <v>134.72</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>1463</v>
+        <v>810</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>131.65</v>
+        <v>111.01</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>1093</v>
+        <v>11108</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>199.28</v>
+        <v>196.41</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>207</v>
+        <v>11032</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>301.46</v>
+        <v>90.89</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>531</v>
+        <v>10738</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="I80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>153.25</v>
+        <v>134.19</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>998</v>
+        <v>14668</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>120</v>
       </c>
       <c r="I81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C82" s="3">
-        <v>93.42</v>
+        <v>241.26</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>11655</v>
+        <v>88</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>120</v>
       </c>
       <c r="I82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C83" s="3">
-        <v>113.2</v>
+        <v>136.09</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>23575</v>
+        <v>1249</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>120</v>
       </c>
       <c r="I83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C84" s="3">
-        <v>45.68</v>
+        <v>273.16</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>8958</v>
+        <v>9390</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C85" s="3">
-        <v>163.17</v>
+        <v>79.76</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>348</v>
+        <v>1047</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>90</v>
+        <v>240</v>
       </c>
       <c r="I85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C86" s="3">
-        <v>96.07</v>
+        <v>136.09</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>3853</v>
+        <v>1858</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>120</v>
       </c>
       <c r="I86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C87" s="3">
-        <v>241.85</v>
+        <v>274.15</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>97</v>
+        <v>2528</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>120</v>
       </c>
       <c r="I87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C88" s="3">
-        <v>166.32</v>
+        <v>170.39</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>228</v>
+        <v>244</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>120</v>
       </c>
       <c r="I88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C89" s="3">
-        <v>158.29</v>
+        <v>249.11</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>1413</v>
+        <v>1113</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C90" s="3">
-        <v>255.88</v>
+        <v>115.79</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>1568</v>
+        <v>374</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="I90" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>224</v>
+        <v>86.12</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>708</v>
+        <v>6722</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>120</v>
       </c>
       <c r="I91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>147.09</v>
+        <v>126.29</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>952</v>
+        <v>7174</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>120</v>
       </c>
       <c r="I92" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>145.77</v>
+        <v>218.3</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>4679</v>
+        <v>2490</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>120</v>
       </c>
       <c r="I93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>196.41</v>
+        <v>137.94</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>16040</v>
+        <v>1617</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>120</v>
       </c>
       <c r="I94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>161.5</v>
+        <v>191.97</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>2344</v>
+        <v>919</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>120</v>
       </c>
       <c r="I95" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>129.41</v>
+        <v>93.42</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>8470</v>
+        <v>11650</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>120</v>
       </c>
       <c r="I96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>210.54</v>
+        <v>241.85</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>1607</v>
+        <v>10</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>120</v>
       </c>
       <c r="I97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>284.3</v>
+        <v>224</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>4548</v>
+        <v>704</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>208.68</v>
+        <v>196.41</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>1396</v>
+        <v>15987</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>120</v>
       </c>
       <c r="I99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A100" s="3" t="s">
+      <c r="A100" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="B100" s="3" t="s">
+      <c r="B100" s="2"/>
+      <c r="C100" s="2"/>
+      <c r="D100" s="2"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2"/>
+      <c r="I100" s="2"/>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="C100" s="3">
-[...22 lines deleted...]
-      <c r="A101" s="2" t="s">
+      <c r="B101" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B101" s="2"/>
-[...6 lines deleted...]
-      <c r="I101" s="2"/>
+      <c r="C101" s="3">
+        <v>859.02</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F101" s="3">
+        <v>1181</v>
+      </c>
+      <c r="G101" s="3">
+        <v>1</v>
+      </c>
+      <c r="H101" s="3">
+        <v>100</v>
+      </c>
+      <c r="I101" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C102" s="3">
-        <v>690.69</v>
+        <v>2296.3</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>69</v>
+        <v>902</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>100</v>
       </c>
       <c r="I102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C103" s="3">
-        <v>615.08</v>
+        <v>352.34</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>1631</v>
+        <v>3407</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>100</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C104" s="3">
-        <v>1181.16</v>
+        <v>495.8</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>648</v>
+        <v>1176</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C105" s="3">
-        <v>246.3</v>
+        <v>1093.83</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>2896</v>
+        <v>753</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C106" s="3">
         <v>15399.46</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>60</v>
       </c>
       <c r="I106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C107" s="3">
         <v>615.08</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>1560</v>
+        <v>2221</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>100</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C108" s="3">
-        <v>2852.69</v>
+        <v>1235.44</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>149</v>
+        <v>953</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C109" s="3">
-        <v>5256.25</v>
+        <v>920.38</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>1319</v>
+        <v>482</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C110" s="3">
-        <v>1177.42</v>
+        <v>970.19</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>1549</v>
+        <v>1175</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>100</v>
       </c>
       <c r="I110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C111" s="3">
-        <v>1191.71</v>
+        <v>4367</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>839</v>
+        <v>95</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>80</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C112" s="3">
-        <v>959.79</v>
+        <v>3749.68</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>806</v>
+        <v>221</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C113" s="3">
-        <v>1363.43</v>
+        <v>4492.09</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>52</v>
+        <v>122</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I113" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C114" s="3">
-        <v>4367</v>
+        <v>2852.69</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>160</v>
+        <v>136</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I114" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C115" s="3">
-        <v>808.49</v>
+        <v>2852.69</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>1335</v>
+        <v>336</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
         <v>100</v>
       </c>
       <c r="I115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C116" s="3">
-        <v>1502.65</v>
+        <v>690.69</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>590</v>
+        <v>9184</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>100</v>
       </c>
       <c r="I116" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C117" s="3">
-        <v>1109.46</v>
+        <v>1363.43</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>487</v>
+        <v>448</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
         <v>100</v>
       </c>
       <c r="I117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C118" s="3">
-        <v>1093.83</v>
+        <v>746.29</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>1147</v>
+        <v>3258</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
         <v>100</v>
       </c>
       <c r="I118" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C119" s="3">
-        <v>970.19</v>
+        <v>851.42</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>374</v>
+        <v>8948</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>100</v>
       </c>
       <c r="I119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C120" s="3">
-        <v>1502.65</v>
+        <v>344.22</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>387</v>
+        <v>3189</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C121" s="3">
-        <v>1119.45</v>
+        <v>1937.51</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>131</v>
+        <v>572</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>100</v>
       </c>
       <c r="I121" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C122" s="3">
-        <v>1093.83</v>
+        <v>1044.81</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>745</v>
+        <v>1100</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>100</v>
       </c>
       <c r="I122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C123" s="3">
-        <v>1363.43</v>
+        <v>610.81</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>850</v>
+        <v>3958</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>100</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C124" s="3">
-        <v>1600.18</v>
+        <v>946.76</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>3</v>
+        <v>2779</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>100</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C125" s="3">
-        <v>1937.51</v>
+        <v>981.74</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>454</v>
+        <v>804</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>100</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C126" s="3">
-        <v>2363.96</v>
+        <v>843.9</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>234</v>
+        <v>8325</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>100</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C127" s="3">
-        <v>2836.76</v>
+        <v>2273.75</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>239</v>
+        <v>1250</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>100</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C128" s="3">
-        <v>3938.84</v>
+        <v>1181.16</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>134</v>
+        <v>586</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
         <v>80</v>
       </c>
       <c r="I128" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C129" s="3">
-        <v>4367</v>
+        <v>1204.74</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>93</v>
+        <v>463</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I129" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C130" s="3">
-        <v>995.06</v>
+        <v>246.3</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>345</v>
+        <v>5447</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C131" s="3">
-        <v>99.42</v>
+        <v>615.08</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>1102</v>
+        <v>2636</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I131" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C132" s="3">
-        <v>170.86</v>
+        <v>1109.46</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>781</v>
+        <v>443</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I132" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C133" s="3">
-        <v>170.86</v>
+        <v>1093.83</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>932</v>
+        <v>1171</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I133" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C134" s="3">
-        <v>4263.93</v>
+        <v>1156.77</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>1104</v>
+        <v>2143</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I134" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C135" s="3">
-        <v>1227.17</v>
+        <v>12832.9</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>1131</v>
+        <v>221</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I135" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C136" s="3">
-        <v>1194.08</v>
+        <v>15399.46</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>718</v>
+        <v>144</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I136" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C137" s="3">
-        <v>2273.75</v>
+        <v>5256.25</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>1300</v>
+        <v>1183</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I137" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C138" s="3">
-        <v>344.22</v>
+        <v>1619.06</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>2567</v>
+        <v>1132</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C139" s="3">
-        <v>1204.74</v>
+        <v>1793.99</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>483</v>
+        <v>1238</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
         <v>100</v>
       </c>
       <c r="I139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C140" s="3">
-        <v>1044.81</v>
+        <v>1177.42</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>1091</v>
+        <v>2358</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>100</v>
       </c>
       <c r="I140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C141" s="3">
-        <v>888.45</v>
+        <v>1191.71</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>582</v>
+        <v>687</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C142" s="3">
-        <v>1937.51</v>
+        <v>2188.58</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>320</v>
+        <v>1182</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>100</v>
       </c>
       <c r="I142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C143" s="3">
-        <v>15399.46</v>
+        <v>302.05</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>209</v>
+        <v>164</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C144" s="3">
-        <v>752.97</v>
+        <v>5082.97</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>3981</v>
+        <v>158</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
         <v>100</v>
       </c>
       <c r="I144" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C145" s="3">
-        <v>2852.69</v>
+        <v>362.05</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>151</v>
+        <v>175</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I145" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C146" s="3">
-        <v>1275.32</v>
+        <v>1159.38</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>100</v>
       </c>
       <c r="I146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C147" s="3">
-        <v>1492.6</v>
+        <v>959.79</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
         <v>1099</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>100</v>
       </c>
       <c r="I147" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C148" s="3">
-        <v>12832.9</v>
+        <v>4367</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>259</v>
+        <v>166</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I148" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C149" s="3">
-        <v>1178.08</v>
+        <v>808.49</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>458</v>
+        <v>1346</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
         <v>100</v>
       </c>
       <c r="I149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C150" s="3">
-        <v>1182.35</v>
+        <v>1502.65</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>250</v>
+        <v>932</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>100</v>
       </c>
       <c r="I150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C151" s="3">
-        <v>1325.15</v>
+        <v>1502.65</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>496</v>
+        <v>679</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
         <v>100</v>
       </c>
       <c r="I151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C152" s="3">
-        <v>1647.54</v>
+        <v>1119.45</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>794</v>
+        <v>435</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>100</v>
       </c>
       <c r="I152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C153" s="3">
-        <v>1774.67</v>
+        <v>1363.43</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>1241</v>
+        <v>829</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
         <v>100</v>
       </c>
       <c r="I153" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C154" s="3">
-        <v>1619.06</v>
+        <v>1600.18</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>511</v>
+        <v>624</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>100</v>
       </c>
       <c r="I154" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>312</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C155" s="3">
-        <v>1793.99</v>
+        <v>2363.96</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>1241</v>
+        <v>246</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
         <v>100</v>
       </c>
       <c r="I155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C156" s="3">
-        <v>2188.58</v>
+        <v>2836.76</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>528</v>
+        <v>255</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
         <v>100</v>
       </c>
       <c r="I156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>316</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C157" s="3">
-        <v>2188.58</v>
+        <v>3938.84</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>529</v>
+        <v>148</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C158" s="3">
-        <v>5082.97</v>
+        <v>1178.08</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>175</v>
+        <v>470</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
         <v>100</v>
       </c>
       <c r="I158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C159" s="3">
-        <v>302.05</v>
+        <v>1182.35</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>203</v>
+        <v>287</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
         <v>100</v>
       </c>
       <c r="I159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C160" s="3">
-        <v>362.05</v>
+        <v>1325.15</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>212</v>
+        <v>1130</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
         <v>100</v>
       </c>
       <c r="I160" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C161" s="3">
-        <v>1159.38</v>
+        <v>1647.54</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>41</v>
+        <v>1265</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
         <v>100</v>
       </c>
       <c r="I161" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C162" s="3">
         <v>1275.32</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>50</v>
+        <v>113</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
         <v>100</v>
       </c>
       <c r="I162" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C163" s="3">
-        <v>3749.68</v>
+        <v>995.06</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>139</v>
+        <v>387</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I163" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C164" s="3">
-        <v>4492.09</v>
+        <v>1492.6</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>139</v>
+        <v>1102</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C165" s="3">
-        <v>920.38</v>
+        <v>99.42</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>477</v>
+        <v>0</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C166" s="3">
-        <v>859.02</v>
+        <v>170.86</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>1401</v>
+        <v>0</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I166" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C167" s="3">
-        <v>851.42</v>
+        <v>2836.76</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>17</v>
+        <v>273</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
         <v>100</v>
       </c>
       <c r="I167" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C168" s="3">
-        <v>1156.77</v>
+        <v>170.86</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>1528</v>
+        <v>0</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I168" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C169" s="3">
-        <v>495.8</v>
+        <v>4263.93</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>1468</v>
+        <v>1171</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C170" s="3">
-        <v>362.05</v>
+        <v>1227.17</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>200</v>
+        <v>1119</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
         <v>100</v>
       </c>
       <c r="I170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C171" s="3">
-        <v>888.45</v>
+        <v>1194.08</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>1327</v>
+        <v>682</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
         <v>100</v>
       </c>
       <c r="I171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C172" s="3">
-        <v>352.34</v>
+        <v>344.22</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>2231</v>
+        <v>4582</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C173" s="3">
-        <v>651.19</v>
+        <v>1044.81</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>410</v>
+        <v>1255</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
         <v>100</v>
       </c>
       <c r="I173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C174" s="3">
-        <v>1479.27</v>
+        <v>888.45</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F174" s="3">
-        <v>618</v>
+        <v>1188</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
         <v>100</v>
       </c>
       <c r="I174" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C175" s="3">
-        <v>1126.05</v>
+        <v>1937.51</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>591</v>
+        <v>285</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
         <v>100</v>
       </c>
       <c r="I175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C176" s="3">
-        <v>2836.76</v>
+        <v>752.97</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>235</v>
+        <v>3219</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
         <v>100</v>
       </c>
       <c r="I176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C177" s="3">
-        <v>2376.73</v>
+        <v>1275.32</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>141</v>
+        <v>92</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I177" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C178" s="3">
-        <v>966.74</v>
+        <v>1774.67</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>882</v>
+        <v>1236</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I178" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C179" s="3">
-        <v>981.74</v>
+        <v>4492.09</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>823</v>
+        <v>207</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I179" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C180" s="3">
-        <v>1930.67</v>
+        <v>362.05</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>921</v>
+        <v>166</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
         <v>100</v>
       </c>
       <c r="I180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C181" s="3">
-        <v>746.29</v>
+        <v>888.45</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>3843</v>
+        <v>1847</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
         <v>100</v>
       </c>
       <c r="I181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C182" s="3">
-        <v>843.9</v>
+        <v>966.74</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>973</v>
+        <v>1060</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C183" s="3">
-        <v>5209.75</v>
+        <v>651.19</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>927</v>
+        <v>617</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>370</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>371</v>
       </c>
       <c r="C184" s="3">
-        <v>2296.3</v>
+        <v>1479.27</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>975</v>
+        <v>639</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
         <v>100</v>
       </c>
       <c r="I184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>372</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>373</v>
       </c>
       <c r="C185" s="3">
-        <v>344.22</v>
+        <v>1126.05</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>1992</v>
+        <v>622</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I185" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>374</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>375</v>
       </c>
       <c r="C186" s="3">
-        <v>1044.81</v>
+        <v>2376.73</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>768</v>
+        <v>126</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
         <v>100</v>
       </c>
       <c r="I186" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>376</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>377</v>
       </c>
       <c r="C187" s="3">
-        <v>610.81</v>
+        <v>1930.67</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>3659</v>
+        <v>936</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
         <v>100</v>
       </c>
       <c r="I187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>378</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>379</v>
       </c>
       <c r="C188" s="3">
-        <v>946.76</v>
+        <v>5209.75</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>1709</v>
+        <v>891</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I188" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>380</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>381</v>
       </c>
       <c r="C189" s="3">
-        <v>1235.44</v>
+        <v>1494.99</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>636</v>
+        <v>1230</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
         <v>100</v>
       </c>
       <c r="I189" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>382</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>383</v>
       </c>
       <c r="C190" s="3">
-        <v>1494.99</v>
+        <v>4314.11</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>1232</v>
+        <v>348</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
         <v>100</v>
       </c>
       <c r="I190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>384</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>385</v>
       </c>
       <c r="C191" s="3">
-        <v>1824.5</v>
+        <v>2188.58</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>518</v>
+        <v>498</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
         <v>100</v>
       </c>
       <c r="I191" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>386</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>387</v>
       </c>
       <c r="C192" s="3">
-        <v>5082.97</v>
+        <v>1824.5</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>175</v>
+        <v>1188</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
         <v>100</v>
       </c>
       <c r="I192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>388</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>389</v>
       </c>
       <c r="C193" s="3">
-        <v>4314.11</v>
+        <v>5082.97</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>175</v>
+        <v>362</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
         <v>100</v>
       </c>
       <c r="I193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A194" s="3" t="s">
+      <c r="A194" s="2" t="s">
         <v>390</v>
       </c>
-      <c r="B194" s="3" t="s">
+      <c r="B194" s="2"/>
+      <c r="C194" s="2"/>
+      <c r="D194" s="2"/>
+      <c r="E194" s="2"/>
+      <c r="F194" s="2"/>
+      <c r="G194" s="2"/>
+      <c r="H194" s="2"/>
+      <c r="I194" s="2"/>
+    </row>
+    <row r="195" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A195" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="C194" s="3">
-[...22 lines deleted...]
-      <c r="A195" s="2" t="s">
+      <c r="B195" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="B195" s="2"/>
-[...6 lines deleted...]
-      <c r="I195" s="2"/>
+      <c r="C195" s="3">
+        <v>170.86</v>
+      </c>
+      <c r="D195" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F195" s="3">
+        <v>0</v>
+      </c>
+      <c r="G195" s="3">
+        <v>1</v>
+      </c>
+      <c r="H195" s="3">
+        <v>200</v>
+      </c>
+      <c r="I195" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>393</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>394</v>
       </c>
       <c r="C196" s="3">
-        <v>362.05</v>
+        <v>368.13</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>201</v>
+        <v>2210</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>395</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>396</v>
       </c>
       <c r="C197" s="3">
-        <v>2852.69</v>
+        <v>822.61</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>161</v>
+        <v>1205</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>397</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C198" s="3">
-        <v>368.13</v>
+        <v>4367</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>932</v>
+        <v>293</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C199" s="3">
-        <v>3938.84</v>
+        <v>302.05</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>253</v>
+        <v>186</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C200" s="3">
-        <v>15399.46</v>
+        <v>1275.32</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>107</v>
+        <v>23</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C201" s="3">
-        <v>797.66</v>
+        <v>5082.97</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>1296</v>
+        <v>240</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
         <v>100</v>
       </c>
       <c r="I201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C202" s="3">
-        <v>1252.21</v>
+        <v>5082.97</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>1397</v>
+        <v>239</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
         <v>100</v>
       </c>
       <c r="I202" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>407</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>408</v>
       </c>
       <c r="C203" s="3">
-        <v>676.02</v>
+        <v>4314.11</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>865</v>
+        <v>233</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
         <v>100</v>
       </c>
       <c r="I203" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>409</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C204" s="3">
-        <v>847.66</v>
+        <v>1194.08</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>277</v>
+        <v>379</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
         <v>100</v>
       </c>
       <c r="I204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>412</v>
       </c>
       <c r="C205" s="3">
-        <v>1156.77</v>
+        <v>1614.59</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>1507</v>
+        <v>600</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
         <v>100</v>
       </c>
       <c r="I205" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>413</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>414</v>
       </c>
       <c r="C206" s="3">
-        <v>1044.81</v>
+        <v>1954.81</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>582</v>
+        <v>759</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
         <v>100</v>
       </c>
       <c r="I206" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>415</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C207" s="3">
-        <v>1194.08</v>
+        <v>1954.81</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>156</v>
+        <v>550</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
         <v>100</v>
       </c>
       <c r="I207" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
         <v>417</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>418</v>
       </c>
       <c r="C208" s="3">
-        <v>1194.08</v>
+        <v>2836.76</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>327</v>
+        <v>240</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
         <v>100</v>
       </c>
       <c r="I208" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>419</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>420</v>
       </c>
       <c r="C209" s="3">
-        <v>1129.44</v>
+        <v>12832.9</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>509</v>
+        <v>249</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I209" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>421</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>422</v>
       </c>
       <c r="C210" s="3">
-        <v>568.46</v>
+        <v>15399.46</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>754</v>
+        <v>140</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I210" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>423</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C211" s="3">
-        <v>822.61</v>
+        <v>1475.67</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>1201</v>
+        <v>283</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
         <v>100</v>
       </c>
       <c r="I211" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>425</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>426</v>
       </c>
       <c r="C212" s="3">
-        <v>1076.76</v>
+        <v>1793.99</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
         <v>100</v>
       </c>
       <c r="I212" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>427</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>428</v>
       </c>
       <c r="C213" s="3">
-        <v>1351.26</v>
+        <v>1275.32</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F213" s="3">
-        <v>478</v>
+        <v>52</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
         <v>100</v>
       </c>
       <c r="I213" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>429</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>430</v>
       </c>
       <c r="C214" s="3">
-        <v>1363.43</v>
+        <v>362.05</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>556</v>
+        <v>163</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
         <v>100</v>
       </c>
       <c r="I214" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>431</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>432</v>
       </c>
       <c r="C215" s="3">
-        <v>1614.59</v>
+        <v>1227.17</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>656</v>
+        <v>1206</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
         <v>100</v>
       </c>
       <c r="I215" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
         <v>433</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>434</v>
       </c>
       <c r="C216" s="3">
-        <v>1954.81</v>
+        <v>951.06</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>590</v>
+        <v>2335</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
         <v>100</v>
       </c>
       <c r="I216" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>435</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>436</v>
       </c>
       <c r="C217" s="3">
-        <v>2363.96</v>
+        <v>1619.06</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>213</v>
+        <v>1518</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
         <v>100</v>
       </c>
       <c r="I217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>437</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>438</v>
       </c>
       <c r="C218" s="3">
-        <v>4367</v>
+        <v>2852.69</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>43</v>
+        <v>346</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I218" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
         <v>439</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C219" s="3">
-        <v>695.71</v>
+        <v>615.25</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>2253</v>
+        <v>2581</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
         <v>100</v>
       </c>
       <c r="I219" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>441</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>442</v>
       </c>
       <c r="C220" s="3">
-        <v>4283.31</v>
+        <v>843.9</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F220" s="3">
-        <v>1076</v>
+        <v>9035</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I220" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>443</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>444</v>
       </c>
       <c r="C221" s="3">
-        <v>951.06</v>
+        <v>5209.75</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F221" s="3">
-        <v>1606</v>
+        <v>596</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I221" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>445</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>446</v>
       </c>
       <c r="C222" s="3">
-        <v>520.7</v>
+        <v>752.97</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>1754</v>
+        <v>3304</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
         <v>100</v>
       </c>
       <c r="I222" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>447</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>448</v>
       </c>
       <c r="C223" s="3">
-        <v>843.9</v>
+        <v>1156.77</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F223" s="3">
-        <v>0</v>
+        <v>2718</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
         <v>100</v>
       </c>
       <c r="I223" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>450</v>
       </c>
       <c r="C224" s="3">
-        <v>752.97</v>
+        <v>368.13</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>2393</v>
+        <v>4131</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I224" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
         <v>451</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>452</v>
       </c>
       <c r="C225" s="3">
-        <v>1194.08</v>
+        <v>1893.08</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="3">
-        <v>528</v>
+        <v>783</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
         <v>100</v>
       </c>
       <c r="I225" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
         <v>453</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>454</v>
       </c>
       <c r="C226" s="3">
-        <v>368.13</v>
+        <v>1044.81</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>1870</v>
+        <v>868</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I226" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>455</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>456</v>
       </c>
       <c r="C227" s="3">
-        <v>1181.16</v>
+        <v>615.08</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>250</v>
+        <v>1110</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I227" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
         <v>457</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>458</v>
       </c>
       <c r="C228" s="3">
-        <v>973.77</v>
+        <v>888.45</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>571</v>
+        <v>693</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I228" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>460</v>
       </c>
       <c r="C229" s="3">
-        <v>1893.08</v>
+        <v>1119.45</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>841</v>
+        <v>240</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
         <v>100</v>
       </c>
       <c r="I229" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
         <v>461</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>462</v>
       </c>
       <c r="C230" s="3">
-        <v>379.8</v>
+        <v>1118.68</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>3059</v>
+        <v>660</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
         <v>100</v>
       </c>
       <c r="I230" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
         <v>463</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>464</v>
       </c>
       <c r="C231" s="3">
-        <v>1227.17</v>
+        <v>847.66</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>1251</v>
+        <v>2993</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
         <v>100</v>
       </c>
       <c r="I231" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
         <v>465</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>466</v>
       </c>
       <c r="C232" s="3">
-        <v>2296.3</v>
+        <v>5209.75</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>427</v>
+        <v>703</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I232" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
         <v>467</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>468</v>
       </c>
       <c r="C233" s="3">
-        <v>981.74</v>
+        <v>746.29</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>548</v>
+        <v>1627</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
         <v>100</v>
       </c>
       <c r="I233" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
         <v>469</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>470</v>
       </c>
       <c r="C234" s="3">
-        <v>859.02</v>
+        <v>2363.96</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>673</v>
+        <v>235</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
         <v>100</v>
       </c>
       <c r="I234" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
         <v>471</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>472</v>
       </c>
       <c r="C235" s="3">
-        <v>615.08</v>
+        <v>3938.84</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F235" s="3">
-        <v>821</v>
+        <v>281</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I235" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
         <v>473</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>474</v>
       </c>
       <c r="C236" s="3">
-        <v>888.45</v>
+        <v>1194.08</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>400</v>
+        <v>350</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
         <v>100</v>
       </c>
       <c r="I236" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
         <v>475</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>476</v>
       </c>
       <c r="C237" s="3">
-        <v>746.29</v>
+        <v>1476.6</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>1425</v>
+        <v>1268</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
         <v>100</v>
       </c>
       <c r="I237" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
         <v>477</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>478</v>
       </c>
       <c r="C238" s="3">
-        <v>2316.81</v>
+        <v>1331.25</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>989</v>
+        <v>1247</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
         <v>100</v>
       </c>
       <c r="I238" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
         <v>479</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>480</v>
       </c>
       <c r="C239" s="3">
-        <v>1502.65</v>
+        <v>2188.58</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>407</v>
+        <v>913</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
         <v>100</v>
       </c>
       <c r="I239" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>481</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>482</v>
       </c>
       <c r="C240" s="3">
-        <v>4367</v>
+        <v>715.97</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>268</v>
+        <v>0</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
         <v>80</v>
       </c>
       <c r="I240" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C241" s="3">
-        <v>1119.45</v>
+        <v>2188.58</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>74</v>
+        <v>906</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
         <v>100</v>
       </c>
       <c r="I241" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C242" s="3">
-        <v>15399.46</v>
+        <v>2376.73</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>152</v>
+        <v>337</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I242" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
         <v>487</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C243" s="3">
-        <v>1275.32</v>
+        <v>1115.9</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>1</v>
+        <v>814</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
         <v>100</v>
       </c>
       <c r="I243" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
         <v>489</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>490</v>
       </c>
       <c r="C244" s="3">
-        <v>1619.06</v>
+        <v>15399.46</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>385</v>
+        <v>95</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I244" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
         <v>491</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>492</v>
       </c>
       <c r="C245" s="3">
-        <v>1194.08</v>
+        <v>797.66</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>364</v>
+        <v>1377</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
         <v>100</v>
       </c>
       <c r="I245" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
         <v>493</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>494</v>
       </c>
       <c r="C246" s="3">
-        <v>1331.25</v>
+        <v>1252.21</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F246" s="3">
-        <v>540</v>
+        <v>1495</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
         <v>100</v>
       </c>
       <c r="I246" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>495</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>496</v>
       </c>
       <c r="C247" s="3">
-        <v>1793.99</v>
+        <v>676.02</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>330</v>
+        <v>874</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
         <v>100</v>
       </c>
       <c r="I247" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>497</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>498</v>
       </c>
       <c r="C248" s="3">
-        <v>1619.06</v>
+        <v>1156.77</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F248" s="3">
-        <v>916</v>
+        <v>1539</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
         <v>100</v>
       </c>
       <c r="I248" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>499</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>500</v>
       </c>
       <c r="C249" s="3">
-        <v>2188.58</v>
+        <v>1044.81</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>443</v>
+        <v>744</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
         <v>100</v>
       </c>
       <c r="I249" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
         <v>501</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C250" s="3">
-        <v>1824.5</v>
+        <v>1194.08</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>429</v>
+        <v>174</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
         <v>100</v>
       </c>
       <c r="I250" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
         <v>503</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>504</v>
       </c>
       <c r="C251" s="3">
-        <v>5082.97</v>
+        <v>1129.44</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F251" s="3">
-        <v>154</v>
+        <v>503</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
         <v>100</v>
       </c>
       <c r="I251" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C252" s="3">
-        <v>4314.11</v>
+        <v>568.46</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F252" s="3">
-        <v>149</v>
+        <v>1397</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
         <v>100</v>
       </c>
       <c r="I252" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
         <v>507</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C253" s="3">
-        <v>362.05</v>
+        <v>1076.76</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>225</v>
+        <v>862</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
         <v>100</v>
       </c>
       <c r="I253" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>510</v>
       </c>
       <c r="C254" s="3">
-        <v>715.97</v>
+        <v>1351.26</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>317</v>
+        <v>740</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I254" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
         <v>511</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>512</v>
       </c>
       <c r="C255" s="3">
-        <v>596.98</v>
+        <v>1363.43</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>314</v>
+        <v>552</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I255" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>514</v>
       </c>
       <c r="C256" s="3">
-        <v>1275.32</v>
+        <v>4367</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F256" s="3">
-        <v>1</v>
+        <v>231</v>
       </c>
       <c r="G256" s="3">
         <v>1</v>
       </c>
       <c r="H256" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I256" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
         <v>515</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>516</v>
       </c>
       <c r="C257" s="3">
-        <v>3749.68</v>
+        <v>695.71</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F257" s="3">
-        <v>129</v>
+        <v>9604</v>
       </c>
       <c r="G257" s="3">
         <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I257" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
         <v>517</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>518</v>
       </c>
       <c r="C258" s="3">
-        <v>4492.09</v>
+        <v>4283.31</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F258" s="3">
-        <v>135</v>
+        <v>889</v>
       </c>
       <c r="G258" s="3">
         <v>1</v>
       </c>
       <c r="H258" s="3">
         <v>80</v>
       </c>
       <c r="I258" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
         <v>519</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>520</v>
       </c>
       <c r="C259" s="3">
-        <v>2852.69</v>
+        <v>520.7</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F259" s="3">
-        <v>161</v>
+        <v>1666</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I259" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
         <v>521</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>522</v>
       </c>
       <c r="C260" s="3">
-        <v>256.01</v>
+        <v>1194.08</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>3906</v>
+        <v>516</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I260" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
         <v>523</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>524</v>
       </c>
       <c r="C261" s="3">
-        <v>1044.81</v>
+        <v>1181.16</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F261" s="3">
-        <v>828</v>
+        <v>483</v>
       </c>
       <c r="G261" s="3">
         <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
         <v>525</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>526</v>
       </c>
       <c r="C262" s="3">
-        <v>1159.38</v>
+        <v>715.97</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F262" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G262" s="3">
         <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I262" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
         <v>527</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>528</v>
       </c>
       <c r="C263" s="3">
-        <v>2376.73</v>
+        <v>973.77</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F263" s="3">
-        <v>156</v>
+        <v>520</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
         <v>80</v>
       </c>
       <c r="I263" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
         <v>529</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>530</v>
       </c>
       <c r="C264" s="3">
-        <v>986.18</v>
+        <v>379.8</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F264" s="3">
-        <v>452</v>
+        <v>2783</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
         <v>100</v>
       </c>
       <c r="I264" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
         <v>531</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C265" s="3">
-        <v>970.19</v>
+        <v>2296.3</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F265" s="3">
-        <v>151</v>
+        <v>370</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
         <v>100</v>
       </c>
       <c r="I265" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
         <v>533</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>534</v>
       </c>
       <c r="C266" s="3">
-        <v>970.19</v>
+        <v>981.74</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F266" s="3">
-        <v>1932</v>
+        <v>513</v>
       </c>
       <c r="G266" s="3">
         <v>1</v>
       </c>
       <c r="H266" s="3">
         <v>100</v>
       </c>
       <c r="I266" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
         <v>535</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>536</v>
       </c>
       <c r="C267" s="3">
-        <v>1115.9</v>
+        <v>859.02</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F267" s="3">
-        <v>559</v>
+        <v>1336</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
         <v>100</v>
       </c>
       <c r="I267" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
         <v>537</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>538</v>
       </c>
       <c r="C268" s="3">
-        <v>2836.76</v>
+        <v>2316.81</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F268" s="3">
-        <v>147</v>
+        <v>1014</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
         <v>100</v>
       </c>
       <c r="I268" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
         <v>539</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>540</v>
       </c>
       <c r="C269" s="3">
-        <v>4492.09</v>
+        <v>362.05</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F269" s="3">
-        <v>139</v>
+        <v>193</v>
       </c>
       <c r="G269" s="3">
         <v>1</v>
       </c>
       <c r="H269" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
         <v>541</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>542</v>
       </c>
       <c r="C270" s="3">
-        <v>5209.75</v>
+        <v>1502.65</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F270" s="3">
-        <v>655</v>
+        <v>479</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I270" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
         <v>543</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>544</v>
       </c>
       <c r="C271" s="3">
-        <v>1492.6</v>
+        <v>3749.68</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F271" s="3">
-        <v>1122</v>
+        <v>208</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I271" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
         <v>545</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>546</v>
       </c>
       <c r="C272" s="3">
-        <v>1118.68</v>
+        <v>1793.99</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F272" s="3">
-        <v>645</v>
+        <v>315</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
         <v>100</v>
       </c>
       <c r="I272" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
         <v>547</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>548</v>
       </c>
       <c r="C273" s="3">
-        <v>170.86</v>
+        <v>1619.06</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F273" s="3">
-        <v>633</v>
+        <v>1077</v>
       </c>
       <c r="G273" s="3">
         <v>1</v>
       </c>
       <c r="H273" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I273" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
         <v>549</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>550</v>
       </c>
       <c r="C274" s="3">
-        <v>1954.81</v>
+        <v>1824.5</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F274" s="3">
-        <v>339</v>
+        <v>894</v>
       </c>
       <c r="G274" s="3">
         <v>1</v>
       </c>
       <c r="H274" s="3">
         <v>100</v>
       </c>
       <c r="I274" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
         <v>551</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C275" s="3">
-        <v>1156.77</v>
+        <v>4492.09</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F275" s="3">
-        <v>1222</v>
+        <v>217</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I275" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
         <v>553</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>554</v>
       </c>
       <c r="C276" s="3">
-        <v>615.25</v>
+        <v>2852.69</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F276" s="3">
-        <v>2468</v>
+        <v>345</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
         <v>100</v>
       </c>
       <c r="I276" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
         <v>555</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>556</v>
       </c>
       <c r="C277" s="3">
-        <v>99.42</v>
+        <v>256.01</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F277" s="3">
-        <v>1029</v>
+        <v>3300</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
         <v>200</v>
       </c>
       <c r="I277" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
         <v>557</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>558</v>
       </c>
       <c r="C278" s="3">
-        <v>920.38</v>
+        <v>1159.38</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>276</v>
+        <v>81</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
         <v>100</v>
       </c>
       <c r="I278" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
         <v>559</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>560</v>
       </c>
       <c r="C279" s="3">
-        <v>5209.75</v>
+        <v>986.18</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>537</v>
+        <v>484</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I279" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
         <v>561</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>562</v>
       </c>
       <c r="C280" s="3">
-        <v>1502.65</v>
+        <v>970.19</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>1188</v>
+        <v>760</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
         <v>100</v>
       </c>
       <c r="I280" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
         <v>563</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>564</v>
       </c>
       <c r="C281" s="3">
-        <v>2836.76</v>
+        <v>970.19</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F281" s="3">
-        <v>222</v>
+        <v>2080</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
         <v>100</v>
       </c>
       <c r="I281" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
         <v>565</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>566</v>
       </c>
       <c r="C282" s="3">
-        <v>12832.9</v>
+        <v>2836.76</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>246</v>
+        <v>166</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I282" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
         <v>567</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>568</v>
       </c>
       <c r="C283" s="3">
-        <v>1476.6</v>
+        <v>4492.09</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F283" s="3">
-        <v>1229</v>
+        <v>217</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I283" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
         <v>569</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>570</v>
       </c>
       <c r="C284" s="3">
-        <v>1475.67</v>
+        <v>1492.6</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F284" s="3">
-        <v>283</v>
+        <v>1104</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
         <v>100</v>
       </c>
       <c r="I284" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
         <v>571</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>572</v>
       </c>
       <c r="C285" s="3">
-        <v>1793.99</v>
+        <v>99.42</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>848</v>
+        <v>0</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I285" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
         <v>573</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>574</v>
       </c>
       <c r="C286" s="3">
-        <v>1181.16</v>
+        <v>920.38</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F286" s="3">
-        <v>238</v>
+        <v>474</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I286" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
         <v>575</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>576</v>
       </c>
       <c r="C287" s="3">
-        <v>2188.58</v>
+        <v>1502.65</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F287" s="3">
-        <v>446</v>
+        <v>1333</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
         <v>100</v>
       </c>
       <c r="I287" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
         <v>577</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>578</v>
       </c>
       <c r="C288" s="3">
-        <v>5082.97</v>
+        <v>1181.16</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F288" s="3">
-        <v>158</v>
+        <v>308</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I288" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
         <v>579</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>580</v>
       </c>
       <c r="C289" s="3">
-        <v>715.97</v>
+        <v>596.98</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F289" s="3">
-        <v>345</v>
+        <v>0</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
         <v>80</v>
       </c>
       <c r="I289" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A290" s="3" t="s">
+      <c r="A290" s="2" t="s">
         <v>581</v>
       </c>
-      <c r="B290" s="3" t="s">
+      <c r="B290" s="2"/>
+      <c r="C290" s="2"/>
+      <c r="D290" s="2"/>
+      <c r="E290" s="2"/>
+      <c r="F290" s="2"/>
+      <c r="G290" s="2"/>
+      <c r="H290" s="2"/>
+      <c r="I290" s="2"/>
+    </row>
+    <row r="291" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A291" s="3" t="s">
         <v>582</v>
       </c>
-      <c r="C290" s="3">
-[...22 lines deleted...]
-      <c r="A291" s="2" t="s">
+      <c r="B291" s="3" t="s">
         <v>583</v>
       </c>
-      <c r="B291" s="2"/>
-[...6 lines deleted...]
-      <c r="I291" s="2"/>
+      <c r="C291" s="3">
+        <v>104.75</v>
+      </c>
+      <c r="D291" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E291" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F291" s="3">
+        <v>2228</v>
+      </c>
+      <c r="G291" s="3">
+        <v>1</v>
+      </c>
+      <c r="H291" s="3">
+        <v>240</v>
+      </c>
+      <c r="I291" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
         <v>584</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>585</v>
       </c>
       <c r="C292" s="3">
-        <v>104.75</v>
+        <v>210.52</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F292" s="3">
-        <v>2548</v>
+        <v>713</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
         <v>586</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>587</v>
       </c>
       <c r="C293" s="3">
-        <v>210.52</v>
+        <v>166.79</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F293" s="3">
-        <v>894</v>
+        <v>1590</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A294" s="3" t="s">
+      <c r="A294" s="2" t="s">
         <v>588</v>
       </c>
-      <c r="B294" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B294" s="2"/>
+      <c r="C294" s="2"/>
+      <c r="D294" s="2"/>
+      <c r="E294" s="2"/>
+      <c r="F294" s="2"/>
+      <c r="G294" s="2"/>
+      <c r="H294" s="2"/>
+      <c r="I294" s="2"/>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="2" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="B295" s="2"/>
       <c r="C295" s="2"/>
       <c r="D295" s="2"/>
       <c r="E295" s="2"/>
       <c r="F295" s="2"/>
       <c r="G295" s="2"/>
       <c r="H295" s="2"/>
       <c r="I295" s="2"/>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A296" s="2" t="s">
+      <c r="A296" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="B296" s="3" t="s">
         <v>591</v>
       </c>
-      <c r="B296" s="2"/>
-[...6 lines deleted...]
-      <c r="I296" s="2"/>
+      <c r="C296" s="3">
+        <v>748.66</v>
+      </c>
+      <c r="D296" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F296" s="3">
+        <v>2</v>
+      </c>
+      <c r="G296" s="3">
+        <v>1</v>
+      </c>
+      <c r="H296" s="3">
+        <v>168</v>
+      </c>
+      <c r="I296" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
         <v>592</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>593</v>
       </c>
       <c r="C297" s="3">
-        <v>915.38</v>
+        <v>455.88</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F297" s="3">
         <v>0</v>
       </c>
       <c r="G297" s="3">
         <v>1</v>
       </c>
       <c r="H297" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
         <v>594</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>595</v>
       </c>
       <c r="C298" s="3">
-        <v>1140.38</v>
+        <v>709.54</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F298" s="3">
-        <v>0</v>
+        <v>3440</v>
       </c>
       <c r="G298" s="3">
         <v>1</v>
       </c>
       <c r="H298" s="3">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="I298" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
         <v>596</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>597</v>
       </c>
       <c r="C299" s="3">
-        <v>698.68</v>
+        <v>915.38</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F299" s="3">
         <v>0</v>
       </c>
       <c r="G299" s="3">
         <v>1</v>
       </c>
       <c r="H299" s="3">
-        <v>168</v>
+        <v>120</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>599</v>
       </c>
       <c r="C300" s="3">
-        <v>350.87</v>
+        <v>1140.38</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F300" s="3">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="G300" s="3">
         <v>1</v>
       </c>
       <c r="H300" s="3">
-        <v>240</v>
+        <v>168</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
         <v>600</v>
       </c>
       <c r="B301" s="3" t="s">
         <v>601</v>
       </c>
       <c r="C301" s="3">
-        <v>340.7</v>
+        <v>698.68</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F301" s="3">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="G301" s="3">
         <v>1</v>
       </c>
       <c r="H301" s="3">
-        <v>240</v>
+        <v>168</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
         <v>602</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>603</v>
       </c>
       <c r="C302" s="3">
-        <v>335.61</v>
+        <v>350.87</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F302" s="3">
-        <v>1350</v>
+        <v>95</v>
       </c>
       <c r="G302" s="3">
         <v>1</v>
       </c>
       <c r="H302" s="3">
         <v>240</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
         <v>604</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>605</v>
       </c>
       <c r="C303" s="3">
-        <v>390.71</v>
+        <v>401.72</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F303" s="3">
-        <v>0</v>
+        <v>398</v>
       </c>
       <c r="G303" s="3">
         <v>1</v>
       </c>
       <c r="H303" s="3">
-        <v>288</v>
+        <v>100</v>
       </c>
       <c r="I303" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
         <v>606</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>607</v>
       </c>
       <c r="C304" s="3">
-        <v>315.27</v>
+        <v>388.82</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F304" s="3">
-        <v>0</v>
+        <v>2787</v>
       </c>
       <c r="G304" s="3">
         <v>1</v>
       </c>
       <c r="H304" s="3">
-        <v>288</v>
+        <v>100</v>
       </c>
       <c r="I304" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
         <v>608</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>609</v>
       </c>
       <c r="C305" s="3">
-        <v>388.82</v>
+        <v>677.2</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F305" s="3">
-        <v>2794</v>
+        <v>0</v>
       </c>
       <c r="G305" s="3">
         <v>1</v>
       </c>
       <c r="H305" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
         <v>610</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>611</v>
       </c>
       <c r="C306" s="3">
-        <v>436.29</v>
+        <v>488.16</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F306" s="3">
-        <v>863</v>
+        <v>37</v>
       </c>
       <c r="G306" s="3">
         <v>1</v>
       </c>
       <c r="H306" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I306" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
         <v>612</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>613</v>
       </c>
       <c r="C307" s="3">
-        <v>314.25</v>
+        <v>759.07</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F307" s="3">
-        <v>1837</v>
+        <v>763</v>
       </c>
       <c r="G307" s="3">
         <v>1</v>
       </c>
       <c r="H307" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I307" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
         <v>614</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>615</v>
       </c>
       <c r="C308" s="3">
-        <v>345.78</v>
+        <v>347.81</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F308" s="3">
-        <v>919</v>
+        <v>7</v>
       </c>
       <c r="G308" s="3">
         <v>1</v>
       </c>
       <c r="H308" s="3">
         <v>288</v>
       </c>
       <c r="I308" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
         <v>616</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>617</v>
       </c>
       <c r="C309" s="3">
-        <v>334.59</v>
+        <v>335.61</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F309" s="3">
-        <v>3446</v>
+        <v>1237</v>
       </c>
       <c r="G309" s="3">
         <v>1</v>
       </c>
       <c r="H309" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I309" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
         <v>618</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>619</v>
       </c>
       <c r="C310" s="3">
-        <v>382.66</v>
+        <v>375.8</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F310" s="3">
         <v>0</v>
       </c>
       <c r="G310" s="3">
         <v>1</v>
       </c>
       <c r="H310" s="3">
         <v>288</v>
       </c>
       <c r="I310" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>621</v>
       </c>
       <c r="C311" s="3">
-        <v>683.33</v>
+        <v>354.93</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F311" s="3">
-        <v>1468</v>
+        <v>222</v>
       </c>
       <c r="G311" s="3">
         <v>1</v>
       </c>
       <c r="H311" s="3">
-        <v>50</v>
+        <v>288</v>
       </c>
       <c r="I311" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
         <v>622</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>623</v>
       </c>
       <c r="C312" s="3">
-        <v>405.78</v>
+        <v>340.7</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F312" s="3">
-        <v>4445</v>
+        <v>208</v>
       </c>
       <c r="G312" s="3">
         <v>1</v>
       </c>
       <c r="H312" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I312" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
         <v>624</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>625</v>
       </c>
       <c r="C313" s="3">
-        <v>324.42</v>
+        <v>405.78</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F313" s="3">
-        <v>0</v>
+        <v>4101</v>
       </c>
       <c r="G313" s="3">
         <v>1</v>
       </c>
       <c r="H313" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I313" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
         <v>626</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>627</v>
       </c>
       <c r="C314" s="3">
-        <v>455.88</v>
+        <v>390.71</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F314" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G314" s="3">
         <v>1</v>
       </c>
       <c r="H314" s="3">
-        <v>240</v>
+        <v>288</v>
       </c>
       <c r="I314" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>629</v>
       </c>
       <c r="C315" s="3">
-        <v>539.01</v>
+        <v>345.78</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F315" s="3">
-        <v>0</v>
+        <v>864</v>
       </c>
       <c r="G315" s="3">
         <v>1</v>
       </c>
       <c r="H315" s="3">
-        <v>120</v>
+        <v>288</v>
       </c>
       <c r="I315" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
         <v>630</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>631</v>
       </c>
       <c r="C316" s="3">
-        <v>639.83</v>
+        <v>315.27</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F316" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G316" s="3">
         <v>1</v>
       </c>
       <c r="H316" s="3">
-        <v>120</v>
+        <v>288</v>
       </c>
       <c r="I316" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
         <v>632</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>633</v>
       </c>
       <c r="C317" s="3">
-        <v>709.54</v>
+        <v>436.29</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F317" s="3">
-        <v>3560</v>
+        <v>806</v>
       </c>
       <c r="G317" s="3">
         <v>1</v>
       </c>
       <c r="H317" s="3">
-        <v>50</v>
+        <v>240</v>
       </c>
       <c r="I317" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>635</v>
       </c>
       <c r="C318" s="3">
-        <v>975.17</v>
+        <v>314.25</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F318" s="3">
-        <v>0</v>
+        <v>1517</v>
       </c>
       <c r="G318" s="3">
         <v>1</v>
       </c>
       <c r="H318" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
         <v>636</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>637</v>
       </c>
       <c r="C319" s="3">
-        <v>353.58</v>
+        <v>334.59</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F319" s="3">
-        <v>683</v>
+        <v>3322</v>
       </c>
       <c r="G319" s="3">
         <v>1</v>
       </c>
       <c r="H319" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
         <v>638</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>639</v>
       </c>
       <c r="C320" s="3">
-        <v>361.04</v>
+        <v>382.66</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F320" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G320" s="3">
         <v>1</v>
       </c>
       <c r="H320" s="3">
-        <v>240</v>
+        <v>288</v>
       </c>
       <c r="I320" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
         <v>640</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>641</v>
       </c>
       <c r="C321" s="3">
-        <v>748.66</v>
+        <v>683.33</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F321" s="3">
-        <v>0</v>
+        <v>1403</v>
       </c>
       <c r="G321" s="3">
         <v>1</v>
       </c>
       <c r="H321" s="3">
-        <v>168</v>
+        <v>50</v>
       </c>
       <c r="I321" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
         <v>642</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>643</v>
       </c>
       <c r="C322" s="3">
-        <v>354.93</v>
+        <v>324.42</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F322" s="3">
-        <v>268</v>
+        <v>0</v>
       </c>
       <c r="G322" s="3">
         <v>1</v>
       </c>
       <c r="H322" s="3">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="I322" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
         <v>644</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>645</v>
       </c>
       <c r="C323" s="3">
-        <v>677.2</v>
+        <v>539.01</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F323" s="3">
         <v>0</v>
       </c>
       <c r="G323" s="3">
         <v>1</v>
       </c>
       <c r="H323" s="3">
         <v>120</v>
       </c>
       <c r="I323" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
         <v>646</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>647</v>
       </c>
       <c r="C324" s="3">
-        <v>488.16</v>
+        <v>639.83</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F324" s="3">
-        <v>72</v>
+        <v>6</v>
       </c>
       <c r="G324" s="3">
         <v>1</v>
       </c>
       <c r="H324" s="3">
         <v>120</v>
       </c>
       <c r="I324" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
         <v>648</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>649</v>
       </c>
       <c r="C325" s="3">
-        <v>759.07</v>
+        <v>975.17</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E325" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F325" s="3">
-        <v>878</v>
+        <v>0</v>
       </c>
       <c r="G325" s="3">
         <v>1</v>
       </c>
       <c r="H325" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I325" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
         <v>650</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>651</v>
       </c>
       <c r="C326" s="3">
-        <v>347.81</v>
+        <v>353.58</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F326" s="3">
-        <v>117</v>
+        <v>645</v>
       </c>
       <c r="G326" s="3">
         <v>1</v>
       </c>
       <c r="H326" s="3">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="I326" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
         <v>652</v>
       </c>
       <c r="B327" s="3" t="s">
         <v>653</v>
       </c>
       <c r="C327" s="3">
-        <v>375.8</v>
+        <v>361.04</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F327" s="3">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="G327" s="3">
         <v>1</v>
       </c>
       <c r="H327" s="3">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="I327" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A328" s="3" t="s">
+      <c r="A328" s="2" t="s">
         <v>654</v>
       </c>
-      <c r="B328" s="3" t="s">
+      <c r="B328" s="2"/>
+      <c r="C328" s="2"/>
+      <c r="D328" s="2"/>
+      <c r="E328" s="2"/>
+      <c r="F328" s="2"/>
+      <c r="G328" s="2"/>
+      <c r="H328" s="2"/>
+      <c r="I328" s="2"/>
+    </row>
+    <row r="329" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A329" s="3" t="s">
         <v>655</v>
       </c>
-      <c r="C328" s="3">
-[...22 lines deleted...]
-      <c r="A329" s="2" t="s">
+      <c r="B329" s="3" t="s">
         <v>656</v>
       </c>
-      <c r="B329" s="2"/>
-[...6 lines deleted...]
-      <c r="I329" s="2"/>
+      <c r="C329" s="3">
+        <v>202.5</v>
+      </c>
+      <c r="D329" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E329" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F329" s="3">
+        <v>0</v>
+      </c>
+      <c r="G329" s="3">
+        <v>1</v>
+      </c>
+      <c r="H329" s="3">
+        <v>60</v>
+      </c>
+      <c r="I329" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
         <v>657</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>658</v>
       </c>
       <c r="C330" s="3">
         <v>347.02</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F330" s="3">
         <v>0</v>
       </c>
       <c r="G330" s="3">
         <v>1</v>
       </c>
       <c r="H330" s="3">
         <v>30</v>
       </c>
       <c r="I330" s="3">
-        <v>0</v>
-[...56 lines deleted...]
-      <c r="I332" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A21:I21"/>
-    <mergeCell ref="A101:I101"/>
-[...1 lines deleted...]
-    <mergeCell ref="A291:I291"/>
+    <mergeCell ref="A100:I100"/>
+    <mergeCell ref="A194:I194"/>
+    <mergeCell ref="A290:I290"/>
+    <mergeCell ref="A294:I294"/>
     <mergeCell ref="A295:I295"/>
-    <mergeCell ref="A296:I296"/>
-    <mergeCell ref="A329:I329"/>
+    <mergeCell ref="A328:I328"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
@@ -12021,51 +11951,51 @@
     <hyperlink ref="D75" r:id="rId70"/>
     <hyperlink ref="D76" r:id="rId71"/>
     <hyperlink ref="D77" r:id="rId72"/>
     <hyperlink ref="D78" r:id="rId73"/>
     <hyperlink ref="D79" r:id="rId74"/>
     <hyperlink ref="D80" r:id="rId75"/>
     <hyperlink ref="D81" r:id="rId76"/>
     <hyperlink ref="D82" r:id="rId77"/>
     <hyperlink ref="D83" r:id="rId78"/>
     <hyperlink ref="D84" r:id="rId79"/>
     <hyperlink ref="D85" r:id="rId80"/>
     <hyperlink ref="D86" r:id="rId81"/>
     <hyperlink ref="D87" r:id="rId82"/>
     <hyperlink ref="D88" r:id="rId83"/>
     <hyperlink ref="D89" r:id="rId84"/>
     <hyperlink ref="D90" r:id="rId85"/>
     <hyperlink ref="D91" r:id="rId86"/>
     <hyperlink ref="D92" r:id="rId87"/>
     <hyperlink ref="D93" r:id="rId88"/>
     <hyperlink ref="D94" r:id="rId89"/>
     <hyperlink ref="D95" r:id="rId90"/>
     <hyperlink ref="D96" r:id="rId91"/>
     <hyperlink ref="D97" r:id="rId92"/>
     <hyperlink ref="D98" r:id="rId93"/>
     <hyperlink ref="D99" r:id="rId94"/>
-    <hyperlink ref="D100" r:id="rId95"/>
+    <hyperlink ref="D101" r:id="rId95"/>
     <hyperlink ref="D102" r:id="rId96"/>
     <hyperlink ref="D103" r:id="rId97"/>
     <hyperlink ref="D104" r:id="rId98"/>
     <hyperlink ref="D105" r:id="rId99"/>
     <hyperlink ref="D106" r:id="rId100"/>
     <hyperlink ref="D107" r:id="rId101"/>
     <hyperlink ref="D108" r:id="rId102"/>
     <hyperlink ref="D109" r:id="rId103"/>
     <hyperlink ref="D110" r:id="rId104"/>
     <hyperlink ref="D111" r:id="rId105"/>
     <hyperlink ref="D112" r:id="rId106"/>
     <hyperlink ref="D113" r:id="rId107"/>
     <hyperlink ref="D114" r:id="rId108"/>
     <hyperlink ref="D115" r:id="rId109"/>
     <hyperlink ref="D116" r:id="rId110"/>
     <hyperlink ref="D117" r:id="rId111"/>
     <hyperlink ref="D118" r:id="rId112"/>
     <hyperlink ref="D119" r:id="rId113"/>
     <hyperlink ref="D120" r:id="rId114"/>
     <hyperlink ref="D121" r:id="rId115"/>
     <hyperlink ref="D122" r:id="rId116"/>
     <hyperlink ref="D123" r:id="rId117"/>
     <hyperlink ref="D124" r:id="rId118"/>
     <hyperlink ref="D125" r:id="rId119"/>
     <hyperlink ref="D126" r:id="rId120"/>
@@ -12114,51 +12044,51 @@
     <hyperlink ref="D169" r:id="rId163"/>
     <hyperlink ref="D170" r:id="rId164"/>
     <hyperlink ref="D171" r:id="rId165"/>
     <hyperlink ref="D172" r:id="rId166"/>
     <hyperlink ref="D173" r:id="rId167"/>
     <hyperlink ref="D174" r:id="rId168"/>
     <hyperlink ref="D175" r:id="rId169"/>
     <hyperlink ref="D176" r:id="rId170"/>
     <hyperlink ref="D177" r:id="rId171"/>
     <hyperlink ref="D178" r:id="rId172"/>
     <hyperlink ref="D179" r:id="rId173"/>
     <hyperlink ref="D180" r:id="rId174"/>
     <hyperlink ref="D181" r:id="rId175"/>
     <hyperlink ref="D182" r:id="rId176"/>
     <hyperlink ref="D183" r:id="rId177"/>
     <hyperlink ref="D184" r:id="rId178"/>
     <hyperlink ref="D185" r:id="rId179"/>
     <hyperlink ref="D186" r:id="rId180"/>
     <hyperlink ref="D187" r:id="rId181"/>
     <hyperlink ref="D188" r:id="rId182"/>
     <hyperlink ref="D189" r:id="rId183"/>
     <hyperlink ref="D190" r:id="rId184"/>
     <hyperlink ref="D191" r:id="rId185"/>
     <hyperlink ref="D192" r:id="rId186"/>
     <hyperlink ref="D193" r:id="rId187"/>
-    <hyperlink ref="D194" r:id="rId188"/>
+    <hyperlink ref="D195" r:id="rId188"/>
     <hyperlink ref="D196" r:id="rId189"/>
     <hyperlink ref="D197" r:id="rId190"/>
     <hyperlink ref="D198" r:id="rId191"/>
     <hyperlink ref="D199" r:id="rId192"/>
     <hyperlink ref="D200" r:id="rId193"/>
     <hyperlink ref="D201" r:id="rId194"/>
     <hyperlink ref="D202" r:id="rId195"/>
     <hyperlink ref="D203" r:id="rId196"/>
     <hyperlink ref="D204" r:id="rId197"/>
     <hyperlink ref="D205" r:id="rId198"/>
     <hyperlink ref="D206" r:id="rId199"/>
     <hyperlink ref="D207" r:id="rId200"/>
     <hyperlink ref="D208" r:id="rId201"/>
     <hyperlink ref="D209" r:id="rId202"/>
     <hyperlink ref="D210" r:id="rId203"/>
     <hyperlink ref="D211" r:id="rId204"/>
     <hyperlink ref="D212" r:id="rId205"/>
     <hyperlink ref="D213" r:id="rId206"/>
     <hyperlink ref="D214" r:id="rId207"/>
     <hyperlink ref="D215" r:id="rId208"/>
     <hyperlink ref="D216" r:id="rId209"/>
     <hyperlink ref="D217" r:id="rId210"/>
     <hyperlink ref="D218" r:id="rId211"/>
     <hyperlink ref="D219" r:id="rId212"/>
     <hyperlink ref="D220" r:id="rId213"/>
@@ -12209,89 +12139,87 @@
     <hyperlink ref="D265" r:id="rId258"/>
     <hyperlink ref="D266" r:id="rId259"/>
     <hyperlink ref="D267" r:id="rId260"/>
     <hyperlink ref="D268" r:id="rId261"/>
     <hyperlink ref="D269" r:id="rId262"/>
     <hyperlink ref="D270" r:id="rId263"/>
     <hyperlink ref="D271" r:id="rId264"/>
     <hyperlink ref="D272" r:id="rId265"/>
     <hyperlink ref="D273" r:id="rId266"/>
     <hyperlink ref="D274" r:id="rId267"/>
     <hyperlink ref="D275" r:id="rId268"/>
     <hyperlink ref="D276" r:id="rId269"/>
     <hyperlink ref="D277" r:id="rId270"/>
     <hyperlink ref="D278" r:id="rId271"/>
     <hyperlink ref="D279" r:id="rId272"/>
     <hyperlink ref="D280" r:id="rId273"/>
     <hyperlink ref="D281" r:id="rId274"/>
     <hyperlink ref="D282" r:id="rId275"/>
     <hyperlink ref="D283" r:id="rId276"/>
     <hyperlink ref="D284" r:id="rId277"/>
     <hyperlink ref="D285" r:id="rId278"/>
     <hyperlink ref="D286" r:id="rId279"/>
     <hyperlink ref="D287" r:id="rId280"/>
     <hyperlink ref="D288" r:id="rId281"/>
     <hyperlink ref="D289" r:id="rId282"/>
-    <hyperlink ref="D290" r:id="rId283"/>
+    <hyperlink ref="D291" r:id="rId283"/>
     <hyperlink ref="D292" r:id="rId284"/>
     <hyperlink ref="D293" r:id="rId285"/>
-    <hyperlink ref="D294" r:id="rId286"/>
+    <hyperlink ref="D296" r:id="rId286"/>
     <hyperlink ref="D297" r:id="rId287"/>
     <hyperlink ref="D298" r:id="rId288"/>
     <hyperlink ref="D299" r:id="rId289"/>
     <hyperlink ref="D300" r:id="rId290"/>
     <hyperlink ref="D301" r:id="rId291"/>
     <hyperlink ref="D302" r:id="rId292"/>
     <hyperlink ref="D303" r:id="rId293"/>
     <hyperlink ref="D304" r:id="rId294"/>
     <hyperlink ref="D305" r:id="rId295"/>
     <hyperlink ref="D306" r:id="rId296"/>
     <hyperlink ref="D307" r:id="rId297"/>
     <hyperlink ref="D308" r:id="rId298"/>
     <hyperlink ref="D309" r:id="rId299"/>
     <hyperlink ref="D310" r:id="rId300"/>
     <hyperlink ref="D311" r:id="rId301"/>
     <hyperlink ref="D312" r:id="rId302"/>
     <hyperlink ref="D313" r:id="rId303"/>
     <hyperlink ref="D314" r:id="rId304"/>
     <hyperlink ref="D315" r:id="rId305"/>
     <hyperlink ref="D316" r:id="rId306"/>
     <hyperlink ref="D317" r:id="rId307"/>
     <hyperlink ref="D318" r:id="rId308"/>
     <hyperlink ref="D319" r:id="rId309"/>
     <hyperlink ref="D320" r:id="rId310"/>
     <hyperlink ref="D321" r:id="rId311"/>
     <hyperlink ref="D322" r:id="rId312"/>
     <hyperlink ref="D323" r:id="rId313"/>
     <hyperlink ref="D324" r:id="rId314"/>
     <hyperlink ref="D325" r:id="rId315"/>
     <hyperlink ref="D326" r:id="rId316"/>
     <hyperlink ref="D327" r:id="rId317"/>
-    <hyperlink ref="D328" r:id="rId318"/>
+    <hyperlink ref="D329" r:id="rId318"/>
     <hyperlink ref="D330" r:id="rId319"/>
-    <hyperlink ref="D331" r:id="rId320"/>
-    <hyperlink ref="D332" r:id="rId321"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>