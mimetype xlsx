--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -8,673 +8,661 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="384" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="379" uniqueCount="203">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Элементы питания</t>
   </si>
   <si>
     <t>1.1 Батарейки</t>
   </si>
   <si>
     <t>1.1.1 Алкалиновые батарейки</t>
   </si>
   <si>
+    <t>39-1014</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая С/LR14 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>39-1241</t>
+  </si>
+  <si>
+    <t>Батарейка высоковольтная A23 12В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1242</t>
+  </si>
+  <si>
+    <t>Батарейка высоковольтная A27 12В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1240</t>
+  </si>
+  <si>
+    <t>Батарейка высоковольтная A23 12В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1020</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая D/LR20, 1,5В, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>39-1010</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая ультра AAA/LR03 мизинчиковая 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1024</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 24 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1027</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1026</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6, 1,5В, 12 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Батарейка высоковольтная A27, 12В, 5 шт, блистер REXANT </t>
+  </si>
+  <si>
+    <t>30-1014</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая С/LR14, 1,5В, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>39-1061</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая 6LR61 Крона 9В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1027</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6, 1,5В, 4 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>39-1011</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 12 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1012</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1013</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 24 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1025</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая ультра AA/LR6 пальчиковая 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1026</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 12 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1052</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1020</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая D/LR20 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1044</t>
+  </si>
+  <si>
+    <t>Батарейка высоковольтная A27, 12В, 1 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1024</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6, 1,5В, 24 шт, блистер REXANT</t>
+  </si>
+  <si>
     <t>30-1061</t>
   </si>
   <si>
     <t>Батарейка алкалиновая 6LR61, 9В, 1 шт, «Крона», блистер REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>30-1012</t>
   </si>
   <si>
     <t>Батарейка алкалиновая AAA/LR03, 1,5В, 4 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1027</t>
-[...2 lines deleted...]
-    <t>Батарейка алкалиновая AA/LR6, 1,5В, 4 шт, блистер REXANT</t>
+    <t>30-1052</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03, 1,5В, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1011</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03, 1,5В, 12 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-1025</t>
   </si>
   <si>
     <t>Батарейка алкалиновая ультра AA/LR6, 1,5В, 2 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1011</t>
-[...10 lines deleted...]
-  <si>
     <t>39-1050</t>
   </si>
   <si>
     <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 2 шт. REXANT</t>
   </si>
   <si>
-    <t>30-1043</t>
-[...94 lines deleted...]
-  <si>
     <t>1.1.2 Литиевые батарейки</t>
   </si>
   <si>
+    <t>39-1114</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2032 3В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1102</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1220 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1103</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1225 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1106</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2016 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1108</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2032 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
     <t>30-1111</t>
   </si>
   <si>
     <t>Батарейка литиевая CR123, 3В, 1 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-1112</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2, 3В, 1 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>39-1108</t>
-[...2 lines deleted...]
-    <t>Батарейка литиевая CR2032 3В блистер 5 шт. REXANT</t>
+    <t>39-1107</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2025 3В блистер 5 шт. REXANT</t>
   </si>
   <si>
     <t>39-1109</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2430 3В блистер 5 шт. REXANT</t>
   </si>
   <si>
-    <t>39-1103</t>
-[...28 lines deleted...]
-  <si>
     <t>39-1110</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2450 3В блистер 5 шт. REXANT</t>
   </si>
   <si>
     <t>1.1.3 Солевые батарейки</t>
   </si>
   <si>
     <t>30-0010</t>
   </si>
   <si>
     <t>Батарейка солевая АА/R6, 1,5В, 4 шт, термопленка PROconnect</t>
   </si>
   <si>
     <t>30-0030</t>
   </si>
   <si>
     <t>Батарейка солевая 6F22 «Крона» 9В, 1 шт, термопленка PROconnect</t>
   </si>
   <si>
     <t>1.1.4 Плоские батарейки (таблетки)</t>
   </si>
   <si>
-    <t>30-1036</t>
-[...2 lines deleted...]
-    <t>Батарейка часовая LR48, 1,5В, 10 шт (AG5, LR754, G5, 193, GP93A, 393, SR754W) блистер REXANT</t>
+    <t>30-1107</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2025, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1105</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1620, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1108</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2032, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1109</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2430, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1101</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1216, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1038</t>
+  </si>
+  <si>
+    <t>Батарейка часовая LR41, 1,5В, 10 шт (AG3, LR736, G3, 192, GP92A, 392, SR41W) блистер REXANT</t>
   </si>
   <si>
     <t>30-1040</t>
   </si>
   <si>
     <t>Батарейка часовая LR60, 1,5В, 10 шт (AG1, LR621, G1, 164, GP64A, 364, SR621W) блистер REXANT</t>
   </si>
   <si>
     <t>30-1041</t>
   </si>
   <si>
     <t>Батарейка часовая LR50, 1,5В, 10 шт (AG0, LR521, G0, 379, SR521W) блистер REXANT</t>
   </si>
   <si>
+    <t>30-1031</t>
+  </si>
+  <si>
+    <t>Батарейка часовая LR54, 1,5В, 10 шт (AG10, LR1130, G10, 189, GP89A, 389, SR1130W) блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1035</t>
+  </si>
+  <si>
+    <t>Батарейка часовая LR69, 1,5В, 10 шт (AG6, LR921, G6, 171, GP71A, 371, SR920W) блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1103</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1225, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1104</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1616, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
     <t>30-1106</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2016, 3В, 5 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1107</t>
-[...58 lines deleted...]
-  <si>
     <t>1.2 Аккумуляторы</t>
   </si>
   <si>
     <t>1.2.1 Литий-ионные (Li-ion)</t>
   </si>
   <si>
+    <t>30-2000</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 10 шт, коробка PROconnect</t>
+  </si>
+  <si>
     <t>30-2000-01</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 1 шт, бопп пакет PROconnect</t>
   </si>
   <si>
-    <t>30-2000</t>
-[...2 lines deleted...]
-    <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 10 шт, коробка PROconnect</t>
+    <t>30-2010-05</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2400мАч, без платы защиты, плоский контакт, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-2035-05</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-2034</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 2400мАч, с платой защиты, 2 шт, пластиковая упаковка REXANT</t>
+  </si>
+  <si>
+    <t>30-2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Аккумулятор Li-ion (литий-ион) 16340, 3,7В, 700мАч, без платы защиты, 4 шт, пластиковая упаковка REXANT </t>
+  </si>
+  <si>
+    <t>30-2065</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 10440, 3,7В, 320мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2010</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2400мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2030</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2800мАч, с платой защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2050</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 14500, 3,7В, 750мАч, без платы защиты, высокий контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
     <t>30-2060</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18500, 3,7В, 1400мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
-    <t>30-2065</t>
-[...2 lines deleted...]
-    <t>Аккумулятор Li-ion 10440, 3,7В, 320мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+    <t>30-2037</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 3000мАч, без платы защиты, 2 шт, пластиковая упаковка REXANT</t>
+  </si>
+  <si>
+    <t>30-2020</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2600мАч, без платы защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2085</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18350, 3,7В, 900мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2035</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
     <t>30-2040</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 16340, 3,7В, 700мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
-    <t>30-2050</t>
-[...4 lines deleted...]
-  <si>
     <t>30-2080</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 26650, 3,7В, 4800мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
-    <t>30-2085</t>
-[...4 lines deleted...]
-  <si>
     <t>30-2030-05</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 2800мАч, с платой защиты, высокий контакт, 1 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-2030</t>
-[...52 lines deleted...]
-  <si>
     <t>1.2.2 Никель-металлогидридные (Ni-Mh)</t>
   </si>
   <si>
+    <t>30-1406</t>
+  </si>
+  <si>
+    <t>Аккумулятор Ni-MH AАA/HR03, 1,2В, 600мАч, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1409</t>
+  </si>
+  <si>
+    <t>Аккумулятор Ni-MH AАA/HR03, 1,2В, 900мАч, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1411</t>
+  </si>
+  <si>
+    <t>Аккумулятор Ni-MH AАA/HR03, 1,2В, 1100мАч, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
     <t>30-1419</t>
   </si>
   <si>
     <t>Аккумулятор Ni-MH AA/HR6, 1,2В, 1900мАч, 2 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-1423</t>
   </si>
   <si>
     <t>Аккумулятор Ni-MH AA/HR6, 1,2В, 2300мАч, 2 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1411</t>
-[...4 lines deleted...]
-  <si>
     <t>30-1428</t>
   </si>
   <si>
     <t>Аккумулятор Ni-MH AA/HR6, 1,2В, 2800мАч, 2 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1406</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2.3 Свинцово-кислотные (AGM)</t>
   </si>
   <si>
+    <t>30-2070-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 1207, 12В, 7Ач, срок службы 3 года</t>
+  </si>
+  <si>
+    <t>30-2090-4</t>
+  </si>
+  <si>
+    <t>Батарея аккумуляторная 12В, 9Ач, 1 штука</t>
+  </si>
+  <si>
+    <t>30-2012-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 12012, 12В, 1,2Ач, срок службы 3 года</t>
+  </si>
+  <si>
     <t>30-6045-4</t>
   </si>
   <si>
     <t>Батарея аккумуляторная 6В, 4,5Ач, 1 штука</t>
   </si>
   <si>
-    <t>30-2022-4</t>
-[...2 lines deleted...]
-    <t>Аккумулятор свинцово-кислотный BT 12022, 12В, 2,2Ач, срок службы 3 года</t>
+    <t>30-2120-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 1212, 12В, 12Ач, срок службы 3 года</t>
+  </si>
+  <si>
+    <t>30-2170-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 1218, 12В, 18Ач, срок службы 3 года</t>
   </si>
   <si>
     <t>30-2045-4</t>
   </si>
   <si>
     <t>Аккумулятор свинцово-кислотный BT 12045, 12В, 4,5Ач, срок службы 3 года</t>
   </si>
   <si>
-    <t>30-2070-4</t>
-[...52 lines deleted...]
-  <si>
     <t>1.3 Компоненты питания</t>
   </si>
   <si>
     <t>1.3.1 Клемма на крону</t>
   </si>
   <si>
+    <t>14-0322</t>
+  </si>
+  <si>
+    <t>Клемма на крону FD-2221, 9В REXANT</t>
+  </si>
+  <si>
     <t>14-0323</t>
   </si>
   <si>
     <t>Клемма на крону FD-2222, 9В (угловая) REXANT</t>
   </si>
   <si>
-    <t>14-0322</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3.2 Батарейные отсеки</t>
   </si>
   <si>
     <t>16-0801-9</t>
   </si>
   <si>
     <t>Отсек батарейный Li-ion, 1x18650 (на плату), 5 штук</t>
   </si>
   <si>
     <t>1.4 Зарядные устройства для аккумуляторов</t>
   </si>
   <si>
     <t>18-2237</t>
   </si>
   <si>
     <t>Устройство зарядное для Li-ion аккумуляторов 18650 универсальное PROconnect</t>
   </si>
   <si>
     <t>18-2209-4</t>
   </si>
   <si>
     <t>Устройство зарядное PC-05 для Ni-MH аккумуляторов типа АА/ААА REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Устройство зарядное i1 для 1 Li-ion 18650 с быстрой зарядкой REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1059,56 +1047,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-6lr61-9v-1-sht-krona-blister-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-4-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-4-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aa-lr6-1-5v-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-12-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-24-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-5-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-s-lr14-1-5v-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-12-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a23-12v-1-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-1-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-d-lr20-1-5v-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-24-sht-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aa-lr6-palchikovaya-1-5v-blister-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-4-sht-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-12-sht-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-24-sht-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-12-sht-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aaa-lr03-mizinchikovaya-1-5v-blister-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-4-sht-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr123-3v-1-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2-3v-1-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1220-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2450-3v-blister-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-aa-r6-1-5v-4-sht-termoplenka-proconnect.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-6f22-krona-9v-1-sht-termoplenka-proconnect.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr48-1-5v-10-sht-ag5-lr754-g5-193-gp93a-393-sr754w-blister-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr60-1-5v-10-sht-ag1-lr621-g1-164-gp64a-364-sr621w-blister-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr50-1-5v-10-sht-ag0-lr521-g0-379-sr521w-blister-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-5-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-5-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-5-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-5-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr54-1-5v-10-sht-ag10-lr1130-g10-189-gp89a-389-sr1130w-blister-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr69-1-5v-10-sht-ag6-lr921-g6-171-gp71a-371-sr920w-blister-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr41-1-5v-10-sht-ag3-lr736-g3-192-gp92a-392-sr41w-blister-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1620-3v-5-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1616-3v-5-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-5-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1216-3v-5-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-1-sht-bopp-paket-proconne.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-proconnect.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18500-3-7v-1400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-10440-3-7v-320mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-16340-3-7v-700mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-14500-3-7v-750mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-26650-3-7v-4800mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18350-3-7v-900mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-1-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2600mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-16340-3-7v-700mach-bez-platy-zaschity-4-sht-plastikovaya-upakovka-rexa.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-2400mach-s-platoy-zaschity-2-sht-plastikovaya-upakovka-rexa.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-3000mach-bez-platy-zaschity-2-sht-plastikovaya-upakovka-rex.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-1900mach-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-2300mach-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-1100mach-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-2800mach-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-600mach-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-900mach-2-sht-blister-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-6v-4-5ach-1-shtuka.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12022-12v-2-2ach-srok-sluzhby-3-goda.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12045-12v-4-5ach-srok-sluzhby-3-goda.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1207-12v-7ach-srok-sluzhby-3-goda.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12012-12v-1-2ach-srok-sluzhby-3-goda.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1218-12v-18ach-srok-sluzhby-3-goda.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-6v-7ach-1-shtuka.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1212-12v-12ach-srok-sluzhby-3-goda.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-9ach-1-shtuka.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-akkumulyatornaya-aa-hr6-2000-mach-2-sht-palchikovaya-zaryadka-ot-usb-type-c-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-akkumulyatornaya-aaa-hr03-900-mach-2-sht-mizinchikovaya-zaryadka-ot-usb-type-c-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-na-kronu-fd-2222-9v-uglovaya-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-na-kronu-fd-2221-9v-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otsek-batareynyy-li-ion-1x18650-na-platu-5-shtuk.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-zaryadnoe-dlya-li-ion-akkumulyatorov-18650-universalnoe-proconnect.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-zaryadnoe-pc-05-dlya-ni-mh-akkumulyatorov-tipa-aa-aaa-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-zaryadnoe-i1-dlya-1-li-ion-18650-s-bystroy-zaryadkoy-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/element-pitaniya-lr14-c-1-5v-blister-2sht-rexant-2-24-192" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a23-12v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a23-12v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-d-lr20-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aaa-lr03-mizinchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-24-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-4-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-12-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-s-lr14-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-6lr61-krona-9v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-4-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-12-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-4-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-24-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aa-lr6-palchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-12-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-dlr20-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-24-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-6lr61-9v-1-sht-krona-blister-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-4-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-12-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aa-lr6-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1220-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr123-3v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2-3v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2450-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-aa-r6-1-5v-4-sht-termoplenka-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-6f22-krona-9v-1-sht-termoplenka-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1620-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1216-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr41-1-5v-10-sht-ag3-lr736-g3-192-gp92a-392-sr41w-blister-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr60-1-5v-10-sht-ag1-lr621-g1-164-gp64a-364-sr621w-blister-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr50-1-5v-10-sht-ag0-lr521-g0-379-sr521w-blister-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr54-1-5v-10-sht-ag10-lr1130-g10-189-gp89a-389-sr1130w-blister-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr69-1-5v-10-sht-ag6-lr921-g6-171-gp71a-371-sr920w-blister-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1616-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-1-sht-bopp-paket-proconne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-2400mach-s-platoy-zaschity-2-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-16340-3-7v-700mach-bez-platy-zaschity-4-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-10440-3-7v-320mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-14500-3-7v-750mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18500-3-7v-1400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-3000mach-bez-platy-zaschity-2-sht-plastikovaya-upakovka-rex" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2600mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18350-3-7v-900mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-16340-3-7v-700mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-26650-3-7v-4800mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-600mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-900mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-1100mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-1900mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-2300mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-2800mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1207-12v-7ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-9ach-1-shtuka" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12012-12v-1-2ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-6v-4-5ach-1-shtuka" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1212-12v-12ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1218-12v-18ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12045-12v-4-5ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-na-kronu-fd-2221-9v-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-na-kronu-fd-2222-9v-uglovaya-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otsek-batareynyy-li-ion-1x18650-na-platu-5-shtuk" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-zaryadnoe-dlya-li-ion-akkumulyatorov-18650-universalnoe-proconnect" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-zaryadnoe-pc-05-dlya-ni-mh-akkumulyatorov-tipa-aa-aaa-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I106"/>
+  <dimension ref="A1:I104"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1153,2917 +1141,2873 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>174.05</v>
+        <v>106.79</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>10080</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H5" s="3">
         <v>192</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>26.23</v>
+        <v>43.28</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>14735</v>
       </c>
       <c r="G6" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H6" s="3">
-        <v>480</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>14</v>
+        <v>45.24</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>5594</v>
       </c>
       <c r="G7" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>768</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>24.2</v>
+        <v>45.24</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>10035</v>
       </c>
       <c r="G8" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>384</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>23.12</v>
+        <v>158.04</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="H9" s="3">
-        <v>864</v>
+        <v>144</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>22.14</v>
+        <v>45.76</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>19238</v>
       </c>
       <c r="G10" s="3">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="H10" s="3">
-        <v>432</v>
+        <v>240</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>39.02</v>
+        <v>26.14</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>20844</v>
+        <v>41112</v>
       </c>
       <c r="G11" s="3">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="H11" s="3">
-        <v>240</v>
+        <v>576</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>42.55</v>
+        <v>35.6</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>36868</v>
       </c>
       <c r="G12" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H12" s="3">
-        <v>1000</v>
+        <v>480</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>74</v>
+        <v>15.26</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>128</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="H13" s="3">
-        <v>192</v>
+        <v>432</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>15</v>
+        <v>43.27</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="H14" s="3">
-        <v>432</v>
+        <v>1000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>27.2</v>
+        <v>75.26</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>2</v>
       </c>
       <c r="H15" s="3">
-        <v>480</v>
+        <v>192</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>44.49</v>
+        <v>186.11</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
+        <v>30300</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>240</v>
+      </c>
+      <c r="I16" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>44.49</v>
+        <v>14.24</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>3976</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H17" s="3">
-        <v>480</v>
+        <v>768</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>155.4</v>
+        <v>27.46</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>2868</v>
       </c>
       <c r="G18" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="H18" s="3">
-        <v>144</v>
+        <v>576</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>24.42</v>
+        <v>36.61</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>103536</v>
+        <v>15232</v>
       </c>
       <c r="G19" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="H19" s="3">
-        <v>576</v>
+        <v>480</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>45</v>
+        <v>26.14</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>29882</v>
+        <v>9216</v>
       </c>
       <c r="G20" s="3">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="H20" s="3">
-        <v>240</v>
+        <v>576</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>38.46</v>
+        <v>45.76</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>87984</v>
+        <v>19908</v>
       </c>
       <c r="G21" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H21" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>39.02</v>
+        <v>27.46</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>18990</v>
+        <v>29316</v>
       </c>
       <c r="G22" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="H22" s="3">
-        <v>240</v>
+        <v>576</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>27</v>
+        <v>39.68</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>100164</v>
+        <v>12546</v>
       </c>
       <c r="G23" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="H23" s="3">
-        <v>576</v>
+        <v>240</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>24.42</v>
+        <v>167.81</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>58440</v>
+        <v>21332</v>
       </c>
       <c r="G24" s="3">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="H24" s="3">
-        <v>576</v>
+        <v>96</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>27</v>
+        <v>45.25</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>89244</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>576</v>
+        <v>480</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>45</v>
+        <v>22.52</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>29306</v>
+        <v>216</v>
       </c>
       <c r="G26" s="3">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="H26" s="3">
-        <v>240</v>
+        <v>432</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>38.46</v>
+        <v>177.01</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>72508</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>192</v>
+      </c>
+      <c r="I27" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C28" s="3">
+        <v>26.68</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F28" s="3">
+        <v>0</v>
+      </c>
+      <c r="G28" s="3">
         <v>4</v>
       </c>
-      <c r="H27" s="3">
+      <c r="H28" s="3">
         <v>480</v>
       </c>
-      <c r="I27" s="3">
-[...14 lines deleted...]
-      <c r="I28" s="2"/>
+      <c r="I28" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>226.26</v>
+        <v>27.66</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>480</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>200</v>
+        <v>23.51</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>864</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>20.17</v>
+        <v>24.61</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>102535</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H31" s="3">
-        <v>0</v>
+        <v>384</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>63.16</v>
+        <v>39.68</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>6715</v>
+        <v>14292</v>
       </c>
       <c r="G32" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H32" s="3">
-        <v>2500</v>
+        <v>240</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A33" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B33" s="3" t="s">
+      <c r="A33" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="C33" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>20.17</v>
+        <v>37.22</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>16050</v>
+        <v>8525</v>
       </c>
       <c r="G34" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>5000</v>
+        <v>1500</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>28.4</v>
+        <v>24.92</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>14020</v>
+        <v>12395</v>
       </c>
       <c r="G35" s="3">
         <v>5</v>
       </c>
       <c r="H35" s="3">
         <v>5000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>34.85</v>
+        <v>24.92</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>13115</v>
+        <v>7400</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H36" s="3">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>22.54</v>
+        <v>22.92</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>10635</v>
+        <v>5435</v>
       </c>
       <c r="G37" s="3">
         <v>5</v>
       </c>
       <c r="H37" s="3">
         <v>5000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>71.78</v>
+        <v>20.51</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>14915</v>
+        <v>81875</v>
       </c>
       <c r="G38" s="3">
         <v>5</v>
       </c>
       <c r="H38" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I38" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C39" s="3">
+        <v>230.11</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F39" s="3">
         <v>0</v>
       </c>
-      <c r="I38" s="3">
-[...14 lines deleted...]
-      <c r="I39" s="2"/>
+      <c r="G39" s="3">
+        <v>1</v>
+      </c>
+      <c r="H39" s="3">
+        <v>100</v>
+      </c>
+      <c r="I39" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>9.6</v>
+        <v>203.4</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>30688</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>960</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>54.82</v>
+        <v>20.51</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>11395</v>
       </c>
       <c r="G41" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H41" s="3">
-        <v>480</v>
+        <v>5000</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A42" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I42" s="2"/>
+      <c r="A42" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C42" s="3">
+        <v>54.66</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F42" s="3">
+        <v>6005</v>
+      </c>
+      <c r="G42" s="3">
+        <v>5</v>
+      </c>
+      <c r="H42" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I42" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>6.8</v>
+        <v>73</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>1140</v>
+        <v>7815</v>
       </c>
       <c r="G43" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H43" s="3">
-        <v>6000</v>
+        <v>2500</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A44" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A44" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" s="2"/>
+      <c r="C44" s="2"/>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2"/>
+      <c r="H44" s="2"/>
+      <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>5.75</v>
+        <v>8.32</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>7140</v>
+        <v>28372</v>
       </c>
       <c r="G45" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="H45" s="3">
-        <v>6000</v>
+        <v>960</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>19.04</v>
+        <v>55.75</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
         <v>0</v>
       </c>
       <c r="G46" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>2000</v>
+        <v>480</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A47" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B47" s="3" t="s">
+      <c r="A47" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="C47" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B47" s="2"/>
+      <c r="C47" s="2"/>
+      <c r="D47" s="2"/>
+      <c r="E47" s="2"/>
+      <c r="F47" s="2"/>
+      <c r="G47" s="2"/>
+      <c r="H47" s="2"/>
+      <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>19.04</v>
+        <v>13.17</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
         <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>5</v>
       </c>
       <c r="H48" s="3">
         <v>2000</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>27.2</v>
+        <v>16.48</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>6835</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>5</v>
       </c>
       <c r="H49" s="3">
-        <v>1000</v>
+        <v>1800</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>3.8</v>
+        <v>19.36</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>8450</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H50" s="3">
-        <v>6000</v>
+        <v>2000</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>5.5</v>
+        <v>23.54</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>5860</v>
+        <v>4125</v>
       </c>
       <c r="G51" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H51" s="3">
-        <v>6000</v>
+        <v>1000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>5.82</v>
+        <v>12.2</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H52" s="3">
-        <v>6000</v>
+        <v>1800</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>19.04</v>
+        <v>5.92</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>1800</v>
+        <v>6000</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>19.04</v>
+        <v>4.07</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
         <v>0</v>
       </c>
       <c r="G54" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H54" s="3">
-        <v>1800</v>
+        <v>6000</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
-        <v>19.04</v>
+        <v>4.73</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>4116</v>
       </c>
       <c r="G55" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H55" s="3">
-        <v>2000</v>
+        <v>6000</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
-        <v>14</v>
+        <v>3.86</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
+        <v>10</v>
+      </c>
+      <c r="H56" s="3">
+        <v>6000</v>
+      </c>
+      <c r="I56" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="C57" s="3">
+        <v>5.08</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F57" s="3">
+        <v>0</v>
+      </c>
+      <c r="G57" s="3">
+        <v>10</v>
+      </c>
+      <c r="H57" s="3">
+        <v>6000</v>
+      </c>
+      <c r="I57" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="C58" s="3">
+        <v>16.48</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F58" s="3">
+        <v>0</v>
+      </c>
+      <c r="G58" s="3">
         <v>5</v>
       </c>
-      <c r="H56" s="3">
-[...30 lines deleted...]
-      <c r="I58" s="2"/>
+      <c r="H58" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I58" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C59" s="3">
-        <v>250.2</v>
+        <v>16.48</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>9840</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H59" s="3">
-        <v>200</v>
+        <v>1800</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C60" s="3">
-        <v>239.32</v>
+        <v>19.36</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>16500</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H60" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A61" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A61" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="B61" s="2"/>
+      <c r="C61" s="2"/>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A62" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B62" s="3" t="s">
+      <c r="A62" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="C62" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="3">
-        <v>221</v>
+        <v>243.39</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>7740</v>
+        <v>13350</v>
       </c>
       <c r="G63" s="3">
         <v>10</v>
       </c>
       <c r="H63" s="3">
         <v>200</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C64" s="3">
-        <v>478.63</v>
+        <v>254.45</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>1400</v>
+        <v>8311</v>
       </c>
       <c r="G64" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>200</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C65" s="3">
-        <v>950</v>
+        <v>406.8</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>1326</v>
+        <v>2160</v>
       </c>
       <c r="G65" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H65" s="3">
-        <v>300</v>
+        <v>160</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="3">
-        <v>350</v>
+        <v>655.96</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>137</v>
+        <v>2100</v>
       </c>
       <c r="G66" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H66" s="3">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C67" s="3">
-        <v>565.66</v>
+        <v>428.16</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>1937</v>
+        <v>988</v>
       </c>
       <c r="G67" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H67" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="3">
-        <v>543.89</v>
+        <v>265.44</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>6400</v>
+        <v>1016</v>
       </c>
       <c r="G68" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="H68" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="3">
-        <v>410</v>
+        <v>284.76</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>5700</v>
+        <v>610</v>
       </c>
       <c r="G69" s="3">
         <v>10</v>
       </c>
       <c r="H69" s="3">
         <v>200</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="3">
-        <v>346</v>
+        <v>351.88</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>7490</v>
+        <v>4950</v>
       </c>
       <c r="G70" s="3">
         <v>10</v>
       </c>
       <c r="H70" s="3">
         <v>200</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C71" s="3">
-        <v>590</v>
+        <v>553.14</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>10</v>
+        <v>5080</v>
       </c>
       <c r="G71" s="3">
         <v>10</v>
       </c>
       <c r="H71" s="3">
         <v>200</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C72" s="3">
-        <v>587.42</v>
+        <v>416.97</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>3622</v>
+        <v>1860</v>
       </c>
       <c r="G72" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C73" s="3">
-        <v>306</v>
+        <v>396.63</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>1188</v>
+        <v>1540</v>
       </c>
       <c r="G73" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C74" s="3">
-        <v>421</v>
+        <v>719.11</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>2150</v>
+        <v>1202</v>
       </c>
       <c r="G74" s="3">
         <v>2</v>
       </c>
       <c r="H74" s="3">
         <v>200</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C75" s="3">
-        <v>707.09</v>
+        <v>371.21</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>774</v>
+        <v>4610</v>
       </c>
       <c r="G75" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H75" s="3">
         <v>200</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C76" s="3">
-        <v>400</v>
+        <v>355.95</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>1538</v>
+        <v>7</v>
       </c>
       <c r="G76" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H76" s="3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A77" s="2" t="s">
+      <c r="A77" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="B77" s="2"/>
-[...6 lines deleted...]
-      <c r="I77" s="2"/>
+      <c r="B77" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="C77" s="3">
+        <v>600.03</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F77" s="3">
+        <v>0</v>
+      </c>
+      <c r="G77" s="3">
+        <v>10</v>
+      </c>
+      <c r="H77" s="3">
+        <v>200</v>
+      </c>
+      <c r="I77" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C78" s="3">
-        <v>262.79</v>
+        <v>208.49</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>1972</v>
+        <v>7110</v>
       </c>
       <c r="G78" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H78" s="3">
-        <v>480</v>
+        <v>200</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C79" s="3">
-        <v>304</v>
+        <v>825.8</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>974</v>
+        <v>1526</v>
       </c>
       <c r="G79" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H79" s="3">
-        <v>480</v>
+        <v>300</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C80" s="3">
-        <v>199.16</v>
+        <v>575.28</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>6093</v>
+        <v>1364</v>
       </c>
       <c r="G80" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>672</v>
+        <v>80</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A81" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B81" s="3" t="s">
+      <c r="A81" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="C81" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B81" s="2"/>
+      <c r="C81" s="2"/>
+      <c r="D81" s="2"/>
+      <c r="E81" s="2"/>
+      <c r="F81" s="2"/>
+      <c r="G81" s="2"/>
+      <c r="H81" s="2"/>
+      <c r="I81" s="2"/>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C82" s="3">
-        <v>108</v>
+        <v>109.84</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>2088</v>
+        <v>588</v>
       </c>
       <c r="G82" s="3">
         <v>2</v>
       </c>
       <c r="H82" s="3">
         <v>672</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C83" s="3">
-        <v>135</v>
+        <v>132.21</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>7528</v>
+        <v>1868</v>
       </c>
       <c r="G83" s="3">
         <v>2</v>
       </c>
       <c r="H83" s="3">
         <v>672</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A84" s="2" t="s">
+      <c r="A84" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B84" s="2"/>
-[...6 lines deleted...]
-      <c r="I84" s="2"/>
+      <c r="B84" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="C84" s="3">
+        <v>172.89</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F84" s="3">
+        <v>6355</v>
+      </c>
+      <c r="G84" s="3">
+        <v>2</v>
+      </c>
+      <c r="H84" s="3">
+        <v>672</v>
+      </c>
+      <c r="I84" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C85" s="3">
-        <v>1830</v>
+        <v>267.26</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>0</v>
+        <v>1290</v>
       </c>
       <c r="G85" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H85" s="3">
-        <v>20</v>
+        <v>480</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C86" s="3">
-        <v>1794.82</v>
+        <v>309.17</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>0</v>
+        <v>430</v>
       </c>
       <c r="G86" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H86" s="3">
-        <v>20</v>
+        <v>480</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C87" s="3">
-        <v>2150</v>
+        <v>399.44</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>3</v>
+        <v>3157</v>
       </c>
       <c r="G87" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H87" s="3">
-        <v>10</v>
+        <v>480</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A88" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B88" s="3" t="s">
+      <c r="A88" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="C88" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B88" s="2"/>
+      <c r="C88" s="2"/>
+      <c r="D88" s="2"/>
+      <c r="E88" s="2"/>
+      <c r="F88" s="2"/>
+      <c r="G88" s="2"/>
+      <c r="H88" s="2"/>
+      <c r="I88" s="2"/>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C89" s="3">
-        <v>1270</v>
+        <v>2153.88</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C90" s="3">
-        <v>8140</v>
+        <v>5884.34</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C91" s="3">
-        <v>2691.52</v>
+        <v>1291.59</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C92" s="3">
-        <v>5735</v>
+        <v>1861.11</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C93" s="3">
-        <v>5785.98</v>
+        <v>5832.5</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A94" s="2" t="s">
+      <c r="A94" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B94" s="2"/>
-[...6 lines deleted...]
-      <c r="I94" s="2"/>
+      <c r="B94" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="C94" s="3">
+        <v>8278.38</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F94" s="3">
+        <v>4</v>
+      </c>
+      <c r="G94" s="3">
+        <v>1</v>
+      </c>
+      <c r="H94" s="3">
+        <v>4</v>
+      </c>
+      <c r="I94" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C95" s="3">
-        <v>677.01</v>
+        <v>2186.55</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>188</v>
+        <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I95" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A96" s="3" t="s">
+      <c r="A96" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="B96" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B96" s="2"/>
+      <c r="C96" s="2"/>
+      <c r="D96" s="2"/>
+      <c r="E96" s="2"/>
+      <c r="F96" s="2"/>
+      <c r="G96" s="2"/>
+      <c r="H96" s="2"/>
+      <c r="I96" s="2"/>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="2" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
       <c r="D97" s="2"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
       <c r="I97" s="2"/>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A98" s="2" t="s">
+      <c r="A98" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="B98" s="2"/>
-[...6 lines deleted...]
-      <c r="I98" s="2"/>
+      <c r="C98" s="3">
+        <v>15.36</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F98" s="3">
+        <v>44200</v>
+      </c>
+      <c r="G98" s="3">
+        <v>100</v>
+      </c>
+      <c r="H98" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I98" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C99" s="3">
-        <v>16.5</v>
+        <v>16.78</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>500</v>
+        <v>7400</v>
       </c>
       <c r="G99" s="3">
         <v>100</v>
       </c>
       <c r="H99" s="3">
         <v>5000</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A100" s="3" t="s">
+      <c r="A100" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="B100" s="3" t="s">
+      <c r="B100" s="2"/>
+      <c r="C100" s="2"/>
+      <c r="D100" s="2"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2"/>
+      <c r="I100" s="2"/>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="C100" s="3">
-[...11 lines deleted...]
-      <c r="G100" s="3">
+      <c r="B101" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="C101" s="3">
+        <v>168.94</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F101" s="3">
+        <v>14</v>
+      </c>
+      <c r="G101" s="3">
+        <v>5</v>
+      </c>
+      <c r="H101" s="3">
+        <v>50</v>
+      </c>
+      <c r="I101" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A102" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="B102" s="2"/>
+      <c r="C102" s="2"/>
+      <c r="D102" s="2"/>
+      <c r="E102" s="2"/>
+      <c r="F102" s="2"/>
+      <c r="G102" s="2"/>
+      <c r="H102" s="2"/>
+      <c r="I102" s="2"/>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A103" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="C103" s="3">
+        <v>569.31</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F103" s="3">
+        <v>1858</v>
+      </c>
+      <c r="G103" s="3">
+        <v>1</v>
+      </c>
+      <c r="H103" s="3">
         <v>100</v>
       </c>
-      <c r="H100" s="3">
-[...59 lines deleted...]
-      <c r="I103" s="2"/>
+      <c r="I103" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C104" s="3">
-        <v>559.79</v>
+        <v>602.15</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>3405</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
-    <row r="105" spans="1:9" x14ac:dyDescent="0.25">
-[...56 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="15">
+  <mergeCells count="14">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A28:I28"/>
-[...6 lines deleted...]
-    <mergeCell ref="A94:I94"/>
+    <mergeCell ref="A33:I33"/>
+    <mergeCell ref="A44:I44"/>
+    <mergeCell ref="A47:I47"/>
+    <mergeCell ref="A61:I61"/>
+    <mergeCell ref="A62:I62"/>
+    <mergeCell ref="A81:I81"/>
+    <mergeCell ref="A88:I88"/>
+    <mergeCell ref="A96:I96"/>
     <mergeCell ref="A97:I97"/>
-    <mergeCell ref="A98:I98"/>
-[...1 lines deleted...]
-    <mergeCell ref="A103:I103"/>
+    <mergeCell ref="A100:I100"/>
+    <mergeCell ref="A102:I102"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
-    <hyperlink ref="D29" r:id="rId24"/>
-[...3 lines deleted...]
-    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
-    <hyperlink ref="D40" r:id="rId34"/>
-[...5 lines deleted...]
-    <hyperlink ref="D47" r:id="rId40"/>
+    <hyperlink ref="D39" r:id="rId34"/>
+    <hyperlink ref="D40" r:id="rId35"/>
+    <hyperlink ref="D41" r:id="rId36"/>
+    <hyperlink ref="D42" r:id="rId37"/>
+    <hyperlink ref="D43" r:id="rId38"/>
+    <hyperlink ref="D45" r:id="rId39"/>
+    <hyperlink ref="D46" r:id="rId40"/>
     <hyperlink ref="D48" r:id="rId41"/>
     <hyperlink ref="D49" r:id="rId42"/>
     <hyperlink ref="D50" r:id="rId43"/>
     <hyperlink ref="D51" r:id="rId44"/>
     <hyperlink ref="D52" r:id="rId45"/>
     <hyperlink ref="D53" r:id="rId46"/>
     <hyperlink ref="D54" r:id="rId47"/>
     <hyperlink ref="D55" r:id="rId48"/>
     <hyperlink ref="D56" r:id="rId49"/>
-    <hyperlink ref="D59" r:id="rId50"/>
-[...2 lines deleted...]
-    <hyperlink ref="D62" r:id="rId53"/>
+    <hyperlink ref="D57" r:id="rId50"/>
+    <hyperlink ref="D58" r:id="rId51"/>
+    <hyperlink ref="D59" r:id="rId52"/>
+    <hyperlink ref="D60" r:id="rId53"/>
     <hyperlink ref="D63" r:id="rId54"/>
     <hyperlink ref="D64" r:id="rId55"/>
     <hyperlink ref="D65" r:id="rId56"/>
     <hyperlink ref="D66" r:id="rId57"/>
     <hyperlink ref="D67" r:id="rId58"/>
     <hyperlink ref="D68" r:id="rId59"/>
     <hyperlink ref="D69" r:id="rId60"/>
     <hyperlink ref="D70" r:id="rId61"/>
     <hyperlink ref="D71" r:id="rId62"/>
     <hyperlink ref="D72" r:id="rId63"/>
     <hyperlink ref="D73" r:id="rId64"/>
     <hyperlink ref="D74" r:id="rId65"/>
     <hyperlink ref="D75" r:id="rId66"/>
     <hyperlink ref="D76" r:id="rId67"/>
-    <hyperlink ref="D78" r:id="rId68"/>
-[...2 lines deleted...]
-    <hyperlink ref="D81" r:id="rId71"/>
+    <hyperlink ref="D77" r:id="rId68"/>
+    <hyperlink ref="D78" r:id="rId69"/>
+    <hyperlink ref="D79" r:id="rId70"/>
+    <hyperlink ref="D80" r:id="rId71"/>
     <hyperlink ref="D82" r:id="rId72"/>
     <hyperlink ref="D83" r:id="rId73"/>
-    <hyperlink ref="D85" r:id="rId74"/>
-[...2 lines deleted...]
-    <hyperlink ref="D88" r:id="rId77"/>
+    <hyperlink ref="D84" r:id="rId74"/>
+    <hyperlink ref="D85" r:id="rId75"/>
+    <hyperlink ref="D86" r:id="rId76"/>
+    <hyperlink ref="D87" r:id="rId77"/>
     <hyperlink ref="D89" r:id="rId78"/>
     <hyperlink ref="D90" r:id="rId79"/>
     <hyperlink ref="D91" r:id="rId80"/>
     <hyperlink ref="D92" r:id="rId81"/>
     <hyperlink ref="D93" r:id="rId82"/>
-    <hyperlink ref="D95" r:id="rId83"/>
-[...6 lines deleted...]
-    <hyperlink ref="D106" r:id="rId90"/>
+    <hyperlink ref="D94" r:id="rId83"/>
+    <hyperlink ref="D95" r:id="rId84"/>
+    <hyperlink ref="D98" r:id="rId85"/>
+    <hyperlink ref="D99" r:id="rId86"/>
+    <hyperlink ref="D101" r:id="rId87"/>
+    <hyperlink ref="D103" r:id="rId88"/>
+    <hyperlink ref="D104" r:id="rId89"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>