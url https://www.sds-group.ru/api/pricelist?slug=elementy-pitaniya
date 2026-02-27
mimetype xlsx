--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -8,619 +8,613 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="379" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="375" uniqueCount="201">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Элементы питания</t>
   </si>
   <si>
     <t>1.1 Батарейки</t>
   </si>
   <si>
     <t>1.1.1 Алкалиновые батарейки</t>
   </si>
   <si>
+    <t>30-1011</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03, 1,5В, 12 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>30-1025</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая ультра AA/LR6, 1,5В, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1044</t>
+  </si>
+  <si>
+    <t>Батарейка высоковольтная A27, 12В, 1 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>39-1242</t>
+  </si>
+  <si>
+    <t>Батарейка высоковольтная A27 12В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1240</t>
+  </si>
+  <si>
+    <t>Батарейка высоковольтная A23 12В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1020</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая D/LR20, 1,5В, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>39-1011</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 12 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1050</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1052</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03, 1,5В, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Батарейка высоковольтная A27, 12В, 5 шт, блистер REXANT </t>
+  </si>
+  <si>
+    <t>39-1052</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1241</t>
+  </si>
+  <si>
+    <t>Батарейка высоковольтная A23 12В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1012</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 4 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1013</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AAA/LR03 мизинчиковая 1,5В блистер 24 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1025</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая ультра AA/LR6 пальчиковая 1,5В блистер 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1026</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 12 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1061</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая 6LR61 Крона 9В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
     <t>39-1014</t>
   </si>
   <si>
     <t>Батарейка алкалиновая С/LR14 1,5В блистер 2 шт. REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...26 lines deleted...]
-    <t>Батарейка алкалиновая D/LR20, 1,5В, 2 шт, блистер REXANT</t>
+    <t>39-1020</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая D/LR20 1,5В блистер 2 шт. REXANT</t>
   </si>
   <si>
     <t>39-1010</t>
   </si>
   <si>
     <t>Батарейка алкалиновая ультра AAA/LR03 мизинчиковая 1,5В блистер 2 шт. REXANT</t>
   </si>
   <si>
     <t>39-1024</t>
   </si>
   <si>
     <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 24 шт. REXANT</t>
   </si>
   <si>
     <t>39-1027</t>
   </si>
   <si>
     <t>Батарейка алкалиновая AA/LR6 пальчиковая 1,5В блистер 4 шт. REXANT</t>
   </si>
   <si>
+    <t>30-1027</t>
+  </si>
+  <si>
+    <t>Батарейка алкалиновая AA/LR6, 1,5В, 4 шт, блистер REXANT</t>
+  </si>
+  <si>
     <t>30-1026</t>
   </si>
   <si>
     <t>Батарейка алкалиновая AA/LR6, 1,5В, 12 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1043</t>
-[...4 lines deleted...]
-  <si>
     <t>30-1014</t>
   </si>
   <si>
     <t>Батарейка алкалиновая С/LR14, 1,5В, 2 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>39-1061</t>
-[...58 lines deleted...]
-  <si>
     <t>30-1024</t>
   </si>
   <si>
     <t>Батарейка алкалиновая AA/LR6, 1,5В, 24 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1061</t>
-[...34 lines deleted...]
-  <si>
     <t>1.1.2 Литиевые батарейки</t>
   </si>
   <si>
+    <t>39-1107</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2025 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1109</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2430 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>30-1112</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2, 3В, 1 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>39-1103</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1225 3В блистер 5 шт. REXANT</t>
+  </si>
+  <si>
     <t>39-1114</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2032 3В блистер 1 шт. REXANT</t>
   </si>
   <si>
     <t>39-1102</t>
   </si>
   <si>
     <t>Батарейка литиевая CR1220 3В блистер 5 шт. REXANT</t>
   </si>
   <si>
-    <t>39-1103</t>
-[...4 lines deleted...]
-  <si>
     <t>39-1106</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2016 3В блистер 5 шт. REXANT</t>
   </si>
   <si>
     <t>39-1108</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2032 3В блистер 5 шт. REXANT</t>
   </si>
   <si>
+    <t>39-1111</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR123 3В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>39-1112</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2 3В блистер 1 шт. REXANT</t>
+  </si>
+  <si>
     <t>30-1111</t>
   </si>
   <si>
     <t>Батарейка литиевая CR123, 3В, 1 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1112</t>
-[...16 lines deleted...]
-  <si>
     <t>39-1110</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2450 3В блистер 5 шт. REXANT</t>
   </si>
   <si>
     <t>1.1.3 Солевые батарейки</t>
   </si>
   <si>
     <t>30-0010</t>
   </si>
   <si>
     <t>Батарейка солевая АА/R6, 1,5В, 4 шт, термопленка PROconnect</t>
   </si>
   <si>
     <t>30-0030</t>
   </si>
   <si>
     <t>Батарейка солевая 6F22 «Крона» 9В, 1 шт, термопленка PROconnect</t>
   </si>
   <si>
     <t>1.1.4 Плоские батарейки (таблетки)</t>
   </si>
   <si>
+    <t>30-1106</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2016, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1108</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2032, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1038</t>
+  </si>
+  <si>
+    <t>Батарейка часовая LR41, 1,5В, 10 шт (AG3, LR736, G3, 192, GP92A, 392, SR41W) блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1109</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR2430, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1104</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1616, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-1105</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1620, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
     <t>30-1107</t>
   </si>
   <si>
     <t>Батарейка литиевая CR2025, 3В, 5 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1105</t>
-[...16 lines deleted...]
-  <si>
     <t>30-1101</t>
   </si>
   <si>
     <t>Батарейка литиевая CR1216, 3В, 5 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1038</t>
-[...10 lines deleted...]
-  <si>
     <t>30-1041</t>
   </si>
   <si>
     <t>Батарейка часовая LR50, 1,5В, 10 шт (AG0, LR521, G0, 379, SR521W) блистер REXANT</t>
   </si>
   <si>
+    <t>30-1103</t>
+  </si>
+  <si>
+    <t>Батарейка литиевая CR1225, 3В, 5 шт, блистер REXANT</t>
+  </si>
+  <si>
     <t>30-1031</t>
   </si>
   <si>
     <t>Батарейка часовая LR54, 1,5В, 10 шт (AG10, LR1130, G10, 189, GP89A, 389, SR1130W) блистер REXANT</t>
   </si>
   <si>
     <t>30-1035</t>
   </si>
   <si>
     <t>Батарейка часовая LR69, 1,5В, 10 шт (AG6, LR921, G6, 171, GP71A, 371, SR920W) блистер REXANT</t>
   </si>
   <si>
-    <t>30-1103</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Аккумуляторы</t>
   </si>
   <si>
     <t>1.2.1 Литий-ионные (Li-ion)</t>
   </si>
   <si>
+    <t>30-2000-01</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 1 шт, бопп пакет PROconnect</t>
+  </si>
+  <si>
     <t>30-2000</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 10 шт, коробка PROconnect</t>
   </si>
   <si>
-    <t>30-2000-01</t>
-[...2 lines deleted...]
-    <t>Аккумулятор Li-ion 18650, 3,7В, 2000мАч, без платы защиты, плоский контакт, 1 шт, бопп пакет PROconnect</t>
+    <t>30-2085</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18350, 3,7В, 900мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2030-05</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2800мАч, с платой защиты, высокий контакт, 1 шт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>30-2034</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 2400мАч, с платой защиты, 2 шт, пластиковая упаковка REXANT</t>
+  </si>
+  <si>
+    <t>30-2037</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 3000мАч, без платы защиты, 2 шт, пластиковая упаковка REXANT</t>
+  </si>
+  <si>
+    <t>30-2010</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2400мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2020</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2600мАч, без платы защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2030</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 2800мАч, с платой защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2080</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 26650, 3,7В, 4800мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2040</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 16340, 3,7В, 700мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2050</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 14500, 3,7В, 750мАч, без платы защиты, высокий контакт, 10 шт, коробка REXANT</t>
+  </si>
+  <si>
+    <t>30-2060</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18500, 3,7В, 1400мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
     <t>30-2010-05</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 2400мАч, без платы защиты, плоский контакт, 2 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-2035-05</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 2 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-2034</t>
-[...2 lines deleted...]
-    <t>Аккумулятор Li-ion (литий-ион) 18650, 3,7В, 2400мАч, с платой защиты, 2 шт, пластиковая упаковка REXANT</t>
+    <t>30-2035</t>
+  </si>
+  <si>
+    <t>Аккумулятор Li-ion 18650, 3,7В, 3000мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
     <t>30-2036</t>
   </si>
   <si>
     <t xml:space="preserve">Аккумулятор Li-ion (литий-ион) 16340, 3,7В, 700мАч, без платы защиты, 4 шт, пластиковая упаковка REXANT </t>
   </si>
   <si>
     <t>30-2065</t>
   </si>
   <si>
     <t>Аккумулятор Li-ion 10440, 3,7В, 320мАч, без платы защиты, плоский контакт, 10 шт, коробка REXANT</t>
   </si>
   <si>
-    <t>30-2010</t>
-[...64 lines deleted...]
-  <si>
     <t>1.2.2 Никель-металлогидридные (Ni-Mh)</t>
   </si>
   <si>
+    <t>30-1423</t>
+  </si>
+  <si>
+    <t>Аккумулятор Ni-MH AA/HR6, 1,2В, 2300мАч, 2 шт, блистер REXANT</t>
+  </si>
+  <si>
     <t>30-1406</t>
   </si>
   <si>
     <t>Аккумулятор Ni-MH AАA/HR03, 1,2В, 600мАч, 2 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-1409</t>
   </si>
   <si>
     <t>Аккумулятор Ni-MH AАA/HR03, 1,2В, 900мАч, 2 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-1411</t>
   </si>
   <si>
     <t>Аккумулятор Ni-MH AАA/HR03, 1,2В, 1100мАч, 2 шт, блистер REXANT</t>
   </si>
   <si>
     <t>30-1419</t>
   </si>
   <si>
     <t>Аккумулятор Ni-MH AA/HR6, 1,2В, 1900мАч, 2 шт, блистер REXANT</t>
   </si>
   <si>
-    <t>30-1423</t>
-[...4 lines deleted...]
-  <si>
     <t>30-1428</t>
   </si>
   <si>
     <t>Аккумулятор Ni-MH AA/HR6, 1,2В, 2800мАч, 2 шт, блистер REXANT</t>
   </si>
   <si>
     <t>1.2.3 Свинцово-кислотные (AGM)</t>
   </si>
   <si>
+    <t>30-2170-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 1218, 12В, 18Ач, срок службы 3 года</t>
+  </si>
+  <si>
+    <t>30-2120-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 1212, 12В, 12Ач, срок службы 3 года</t>
+  </si>
+  <si>
     <t>30-2070-4</t>
   </si>
   <si>
     <t>Аккумулятор свинцово-кислотный BT 1207, 12В, 7Ач, срок службы 3 года</t>
   </si>
   <si>
+    <t>30-2012-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 12012, 12В, 1,2Ач, срок службы 3 года</t>
+  </si>
+  <si>
+    <t>30-2045-4</t>
+  </si>
+  <si>
+    <t>Аккумулятор свинцово-кислотный BT 12045, 12В, 4,5Ач, срок службы 3 года</t>
+  </si>
+  <si>
     <t>30-2090-4</t>
   </si>
   <si>
     <t>Батарея аккумуляторная 12В, 9Ач, 1 штука</t>
   </si>
   <si>
-    <t>30-2012-4</t>
-[...4 lines deleted...]
-  <si>
     <t>30-6045-4</t>
   </si>
   <si>
     <t>Батарея аккумуляторная 6В, 4,5Ач, 1 штука</t>
-  </si>
-[...16 lines deleted...]
-    <t>Аккумулятор свинцово-кислотный BT 12045, 12В, 4,5Ач, срок службы 3 года</t>
   </si>
   <si>
     <t>1.3 Компоненты питания</t>
   </si>
   <si>
     <t>1.3.1 Клемма на крону</t>
   </si>
   <si>
     <t>14-0322</t>
   </si>
   <si>
     <t>Клемма на крону FD-2221, 9В REXANT</t>
   </si>
   <si>
     <t>14-0323</t>
   </si>
   <si>
     <t>Клемма на крону FD-2222, 9В (угловая) REXANT</t>
   </si>
   <si>
     <t>1.3.2 Батарейные отсеки</t>
   </si>
   <si>
     <t>16-0801-9</t>
   </si>
@@ -1047,56 +1041,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/element-pitaniya-lr14-c-1-5v-blister-2sht-rexant-2-24-192" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a23-12v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a23-12v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-d-lr20-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aaa-lr03-mizinchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-24-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-4-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-12-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-s-lr14-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-6lr61-krona-9v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-4-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-12-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-4-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-24-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aa-lr6-palchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-12-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-mizinchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-dlr20-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-1-5v-24-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-6lr61-9v-1-sht-krona-blister-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-4-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaa-lr03-1-5v-12-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aa-lr6-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aa-lr6-palchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1220-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr123-3v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2-3v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2450-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-aa-r6-1-5v-4-sht-termoplenka-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-6f22-krona-9v-1-sht-termoplenka-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1620-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1216-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr41-1-5v-10-sht-ag3-lr736-g3-192-gp92a-392-sr41w-blister-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr60-1-5v-10-sht-ag1-lr621-g1-164-gp64a-364-sr621w-blister-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr50-1-5v-10-sht-ag0-lr521-g0-379-sr521w-blister-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr54-1-5v-10-sht-ag10-lr1130-g10-189-gp89a-389-sr1130w-blister-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr69-1-5v-10-sht-ag6-lr921-g6-171-gp71a-371-sr920w-blister-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1616-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zaschity-ploskiy-kontakt-1-sht-bopp-paket-proconne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-2400mach-s-platoy-zaschity-2-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-16340-3-7v-700mach-bez-platy-zaschity-4-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-10440-3-7v-320mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-14500-3-7v-750mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18500-3-7v-1400mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-3000mach-bez-platy-zaschity-2-sht-plastikovaya-upakovka-rex" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2600mach-bez-platy-zaschity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18350-3-7v-900mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-16340-3-7v-700mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-26650-3-7v-4800mach-bez-platy-zaschity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zaschity-vysokiy-kontakt-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-600mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-900mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaa-hr03-1-2v-1100mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-1900mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-2300mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aa-hr6-1-2v-2800mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1207-12v-7ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-9ach-1-shtuka" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12012-12v-1-2ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-6v-4-5ach-1-shtuka" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1212-12v-12ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1218-12v-18ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12045-12v-4-5ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-na-kronu-fd-2221-9v-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-na-kronu-fd-2222-9v-uglovaya-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otsek-batareynyy-li-ion-1x18650-na-platu-5-shtuk" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-zaryadnoe-dlya-li-ion-akkumulyatorov-18650-universalnoe-proconnect" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-zaryadnoe-pc-05-dlya-ni-mh-akkumulyatorov-tipa-aa-aaa-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaalr03-1-5v-12-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aalr6-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a23-12v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-dlr20-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaalr03-mizinchikovaya-1-5v-blister-12-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aalr6-palchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaalr03-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a27-12v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaalr03-mizinchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-vysokovoltnaya-a23-12v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaalr03-mizinchikovaya-1-5v-blister-4-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aaalr03-mizinchikovaya-1-5v-blister-24-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aalr6-palchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aalr6-palchikovaya-1-5v-blister-12-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-6lr61-krona-9v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-slr14-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-dlr20-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-ultra-aaalr03-mizinchikovaya-1-5v-blister-2-sht-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aalr6-palchikovaya-1-5v-blister-24-sht-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aalr6-palchikovaya-1-5v-blister-4-sht-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aalr6-1-5v-4-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aalr6-1-5v-12-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-slr14-1-5v-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-alkalinovaya-aalr6-1-5v-24-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2-3v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1220-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr123-3v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2-3v-blister-1-sht-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr123-3v-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2450-3v-blister-5-sht-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-aar6-1-5v-4-sht-termoplenka-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-solevaya-6f22-krona-9v-1-sht-termoplenka-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2016-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2032-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr41-1-5v-10-sht-ag3-lr736-g3-192-gp92a-392-sr41w-blister-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2430-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1616-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1620-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr2025-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1216-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr50-1-5v-10-sht-ag0-lr521-g0-379-sr521w-blister-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-litievaya-cr1225-3v-5-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr54-1-5v-10-sht-ag10-lr1130-g10-189-gp89a-389-sr1130w-blister-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareyka-chasovaya-lr69-1-5v-10-sht-ag6-lr921-g6-171-gp71a-371-sr920w-blister-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zashchity-ploskiy-kontakt-1-sht-bopp-paket-proconnect" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2000mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18350-3-7v-900mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zashchity-vysokiy-kontakt-1-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-2400mach-s-platoy-zaschity-2-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-18650-3-7v-3000mach-bez-platy-zaschity-2-sht-plastikovaya-upakovka-rex" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2600mach-bez-platy-zashchity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2800mach-s-platoy-zashchity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-26650-3-7v-4800mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-16340-3-7v-700mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-14500-3-7v-750mach-bez-platy-zashchity-vysokiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18500-3-7v-1400mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-2400mach-bez-platy-zashchity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zashchity-ploskiy-kontakt-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-18650-3-7v-3000mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-litiy-ion-16340-3-7v-700mach-bez-platy-zaschity-4-sht-plastikovaya-upakovka-rexa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-li-ion-10440-3-7v-320mach-bez-platy-zashchity-ploskiy-kontakt-10-sht-korobka-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aahr6-1-2v-2300mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaahr03-1-2v-600mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaahr03-1-2v-900mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aaahr03-1-2v-1100mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aahr6-1-2v-1900mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-ni-mh-aahr6-1-2v-2800mach-2-sht-blister-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1218-12v-18ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1212-12v-12ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-1207-12v-7ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12012-12v-1-2ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akkumulyator-svintsovo-kislotnyy-bt-12045-12v-4-5ach-srok-sluzhby-3-goda" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-12v-9ach-1-shtuka" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/batareya-akkumulyatornaya-6v-4-5ach-1-shtuka" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-na-kronu-fd-2221-9v-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-na-kronu-fd-2222-9v-uglovaya-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otsek-batareynyy-li-ion-1x18650-na-platu-5-shtuk" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-zaryadnoe-dlya-li-ion-akkumulyatorov-18650-universalnoe-proconnect" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-zaryadnoe-pc-05-dlya-ni-mh-akkumulyatorov-tipa-aaaaa-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I104"/>
+  <dimension ref="A1:I103"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1141,1188 +1135,1188 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>106.79</v>
+        <v>23.51</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>10080</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="H5" s="3">
-        <v>192</v>
+        <v>864</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>43.28</v>
+        <v>24.61</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>14735</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H6" s="3">
-        <v>50</v>
+        <v>384</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>45.24</v>
+        <v>45.25</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>5594</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>480</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
         <v>45.24</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>10035</v>
+        <v>4921</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>158.04</v>
+        <v>45.24</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>9449</v>
       </c>
       <c r="G9" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>144</v>
+        <v>480</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>45.76</v>
+        <v>158.04</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>19238</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>2</v>
       </c>
       <c r="H10" s="3">
-        <v>240</v>
+        <v>144</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>26.14</v>
+        <v>27.46</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>41112</v>
+        <v>9228</v>
       </c>
       <c r="G11" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="H11" s="3">
         <v>576</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>35.6</v>
+        <v>39.68</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>36868</v>
+        <v>12204</v>
       </c>
       <c r="G12" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H12" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>15.26</v>
+        <v>27.66</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="H13" s="3">
-        <v>432</v>
+        <v>480</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
         <v>43.27</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>5</v>
       </c>
       <c r="H14" s="3">
         <v>1000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>75.26</v>
+        <v>39.68</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>10144</v>
       </c>
       <c r="G15" s="3">
         <v>2</v>
       </c>
       <c r="H15" s="3">
-        <v>192</v>
+        <v>240</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>186.11</v>
+        <v>43.28</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>30300</v>
+        <v>13846</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H16" s="3">
-        <v>240</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>14.24</v>
+        <v>36.61</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>3976</v>
+        <v>29728</v>
       </c>
       <c r="G17" s="3">
         <v>4</v>
       </c>
       <c r="H17" s="3">
-        <v>768</v>
+        <v>480</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>27.46</v>
+        <v>26.14</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>2868</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H18" s="3">
         <v>576</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>36.61</v>
+        <v>45.76</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>15232</v>
+        <v>16040</v>
       </c>
       <c r="G19" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H19" s="3">
-        <v>480</v>
+        <v>240</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>26.14</v>
+        <v>27.46</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>9216</v>
+        <v>44</v>
       </c>
       <c r="G20" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="H20" s="3">
         <v>576</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>45.76</v>
+        <v>186.11</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>19908</v>
+        <v>27983</v>
       </c>
       <c r="G21" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>240</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>27.46</v>
+        <v>106.79</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>29316</v>
+        <v>8416</v>
       </c>
       <c r="G22" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="H22" s="3">
-        <v>576</v>
+        <v>192</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>39.68</v>
+        <v>167.81</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>12546</v>
+        <v>18858</v>
       </c>
       <c r="G23" s="3">
         <v>2</v>
       </c>
       <c r="H23" s="3">
-        <v>240</v>
+        <v>96</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>167.81</v>
+        <v>45.76</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>21332</v>
+        <v>15826</v>
       </c>
       <c r="G24" s="3">
         <v>2</v>
       </c>
       <c r="H24" s="3">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>45.25</v>
+        <v>26.14</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>30744</v>
       </c>
       <c r="G25" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="H25" s="3">
-        <v>480</v>
+        <v>576</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>22.52</v>
+        <v>35.6</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>216</v>
+        <v>43516</v>
       </c>
       <c r="G26" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="H26" s="3">
-        <v>432</v>
+        <v>480</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>177.01</v>
+        <v>14.24</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H27" s="3">
-        <v>192</v>
+        <v>768</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>26.68</v>
+        <v>15.26</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="H28" s="3">
-        <v>480</v>
+        <v>432</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>27.66</v>
+        <v>75.26</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>2</v>
       </c>
       <c r="H29" s="3">
-        <v>480</v>
+        <v>192</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>23.51</v>
+        <v>22.52</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H30" s="3">
-        <v>864</v>
+        <v>432</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="3" t="s">
+      <c r="A31" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="3" t="s">
+      <c r="C32" s="3">
+        <v>20.51</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="3">
+        <v>30010</v>
+      </c>
+      <c r="G32" s="3">
+        <v>5</v>
+      </c>
+      <c r="H32" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I32" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="C32" s="3">
-[...22 lines deleted...]
-      <c r="A33" s="2" t="s">
+      <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B33" s="2"/>
-[...6 lines deleted...]
-      <c r="I33" s="2"/>
+      <c r="C33" s="3">
+        <v>54.66</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="3">
+        <v>18075</v>
+      </c>
+      <c r="G33" s="3">
+        <v>5</v>
+      </c>
+      <c r="H33" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>37.22</v>
+        <v>203.4</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>8525</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>1500</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
         <v>24.92</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>12395</v>
+        <v>6695</v>
       </c>
       <c r="G35" s="3">
         <v>5</v>
       </c>
       <c r="H35" s="3">
         <v>5000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>24.92</v>
+        <v>37.22</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>7400</v>
+        <v>12593</v>
       </c>
       <c r="G36" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>5000</v>
+        <v>1500</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>22.92</v>
+        <v>24.92</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>5435</v>
+        <v>11120</v>
       </c>
       <c r="G37" s="3">
         <v>5</v>
       </c>
       <c r="H37" s="3">
         <v>5000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>20.51</v>
+        <v>22.92</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>81875</v>
+        <v>18935</v>
       </c>
       <c r="G38" s="3">
         <v>5</v>
       </c>
       <c r="H38" s="3">
         <v>5000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>230.11</v>
+        <v>20.51</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>58680</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>203.4</v>
+        <v>230.12</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>9576</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>20.51</v>
+        <v>203.4</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>11395</v>
+        <v>4888</v>
       </c>
       <c r="G41" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>54.66</v>
+        <v>230.11</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>6005</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>2500</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
         <v>73</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>7815</v>
+        <v>9515</v>
       </c>
       <c r="G43" s="3">
         <v>5</v>
       </c>
       <c r="H43" s="3">
         <v>2500</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
         <v>8.32</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>28372</v>
+        <v>27268</v>
       </c>
       <c r="G45" s="3">
         <v>4</v>
       </c>
       <c r="H45" s="3">
         <v>960</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
         <v>55.75</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
@@ -2340,1674 +2334,1644 @@
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>13.17</v>
+        <v>19.36</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
         <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>5</v>
       </c>
       <c r="H48" s="3">
         <v>2000</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>16.48</v>
+        <v>19.36</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
         <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>5</v>
       </c>
       <c r="H49" s="3">
-        <v>1800</v>
+        <v>2000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>19.36</v>
+        <v>5.92</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
         <v>0</v>
       </c>
       <c r="G50" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H50" s="3">
-        <v>2000</v>
+        <v>6000</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
         <v>23.54</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>4125</v>
+        <v>1510</v>
       </c>
       <c r="G51" s="3">
         <v>5</v>
       </c>
       <c r="H51" s="3">
         <v>1000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>12.2</v>
+        <v>16.48</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>5</v>
       </c>
       <c r="H52" s="3">
         <v>1800</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>5.92</v>
+        <v>16.48</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H53" s="3">
-        <v>6000</v>
+        <v>1800</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>4.07</v>
+        <v>13.17</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
         <v>0</v>
       </c>
       <c r="G54" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H54" s="3">
-        <v>6000</v>
+        <v>2000</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
-        <v>4.73</v>
+        <v>12.2</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>4116</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H55" s="3">
-        <v>6000</v>
+        <v>1800</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
-        <v>3.86</v>
+        <v>4.73</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>2442</v>
       </c>
       <c r="G56" s="3">
         <v>10</v>
       </c>
       <c r="H56" s="3">
         <v>6000</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3">
-        <v>5.08</v>
+        <v>16.48</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
         <v>0</v>
       </c>
       <c r="G57" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H57" s="3">
-        <v>6000</v>
+        <v>2000</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C58" s="3">
-        <v>16.48</v>
+        <v>3.86</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="G58" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H58" s="3">
-        <v>2000</v>
+        <v>6000</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C59" s="3">
-        <v>16.48</v>
+        <v>5.08</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="G59" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H59" s="3">
-        <v>1800</v>
+        <v>6000</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A60" s="3" t="s">
+      <c r="A60" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B60" s="2"/>
+      <c r="C60" s="2"/>
+      <c r="D60" s="2"/>
+      <c r="E60" s="2"/>
+      <c r="F60" s="2"/>
+      <c r="G60" s="2"/>
+      <c r="H60" s="2"/>
+      <c r="I60" s="2"/>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A62" s="2" t="s">
+      <c r="A62" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B62" s="2"/>
-[...6 lines deleted...]
-      <c r="I62" s="2"/>
+      <c r="C62" s="3">
+        <v>254.45</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F62" s="3">
+        <v>9264</v>
+      </c>
+      <c r="G62" s="3">
+        <v>1</v>
+      </c>
+      <c r="H62" s="3">
+        <v>200</v>
+      </c>
+      <c r="I62" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="3">
         <v>243.39</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>13350</v>
+        <v>12110</v>
       </c>
       <c r="G63" s="3">
         <v>10</v>
       </c>
       <c r="H63" s="3">
         <v>200</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C64" s="3">
-        <v>254.45</v>
+        <v>355.95</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>8311</v>
+        <v>547</v>
       </c>
       <c r="G64" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H64" s="3">
         <v>200</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C65" s="3">
-        <v>406.8</v>
+        <v>575.28</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>2160</v>
+        <v>901</v>
       </c>
       <c r="G65" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>160</v>
+        <v>80</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="3">
-        <v>655.96</v>
+        <v>428.16</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>2100</v>
+        <v>870</v>
       </c>
       <c r="G66" s="3">
         <v>2</v>
       </c>
       <c r="H66" s="3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C67" s="3">
-        <v>428.16</v>
+        <v>719.11</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>988</v>
+        <v>1090</v>
       </c>
       <c r="G67" s="3">
         <v>2</v>
       </c>
       <c r="H67" s="3">
         <v>200</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="3">
-        <v>265.44</v>
+        <v>351.88</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>1016</v>
+        <v>4760</v>
       </c>
       <c r="G68" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="H68" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="3">
-        <v>284.76</v>
+        <v>371.21</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>610</v>
+        <v>4140</v>
       </c>
       <c r="G69" s="3">
         <v>10</v>
       </c>
       <c r="H69" s="3">
         <v>200</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="3">
-        <v>351.88</v>
+        <v>553.14</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>4950</v>
+        <v>4790</v>
       </c>
       <c r="G70" s="3">
         <v>10</v>
       </c>
       <c r="H70" s="3">
         <v>200</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C71" s="3">
-        <v>553.14</v>
+        <v>825.8</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>5080</v>
+        <v>1396</v>
       </c>
       <c r="G71" s="3">
         <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C72" s="3">
-        <v>416.97</v>
+        <v>208.49</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>1860</v>
+        <v>6960</v>
       </c>
       <c r="G72" s="3">
         <v>10</v>
       </c>
       <c r="H72" s="3">
         <v>200</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C73" s="3">
-        <v>396.63</v>
+        <v>416.97</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>1540</v>
+        <v>1720</v>
       </c>
       <c r="G73" s="3">
         <v>10</v>
       </c>
       <c r="H73" s="3">
         <v>200</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C74" s="3">
-        <v>719.11</v>
+        <v>396.63</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>1202</v>
+        <v>1430</v>
       </c>
       <c r="G74" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H74" s="3">
         <v>200</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C75" s="3">
-        <v>371.21</v>
+        <v>406.8</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>4610</v>
+        <v>2310</v>
       </c>
       <c r="G75" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H75" s="3">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C76" s="3">
-        <v>355.95</v>
+        <v>655.96</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>7</v>
+        <v>1716</v>
       </c>
       <c r="G76" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H76" s="3">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C77" s="3">
         <v>600.03</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>540</v>
       </c>
       <c r="G77" s="3">
         <v>10</v>
       </c>
       <c r="H77" s="3">
         <v>200</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C78" s="3">
-        <v>208.49</v>
+        <v>265.44</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>7110</v>
+        <v>1004</v>
       </c>
       <c r="G78" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="H78" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C79" s="3">
-        <v>825.8</v>
+        <v>284.76</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>1526</v>
+        <v>580</v>
       </c>
       <c r="G79" s="3">
         <v>10</v>
       </c>
       <c r="H79" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A80" s="3" t="s">
+      <c r="A80" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="B80" s="3" t="s">
+      <c r="B80" s="2"/>
+      <c r="C80" s="2"/>
+      <c r="D80" s="2"/>
+      <c r="E80" s="2"/>
+      <c r="F80" s="2"/>
+      <c r="G80" s="2"/>
+      <c r="H80" s="2"/>
+      <c r="I80" s="2"/>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A81" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="C80" s="3">
-[...22 lines deleted...]
-      <c r="A81" s="2" t="s">
+      <c r="B81" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="B81" s="2"/>
-[...6 lines deleted...]
-      <c r="I81" s="2"/>
+      <c r="C81" s="3">
+        <v>309.17</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F81" s="3">
+        <v>1352</v>
+      </c>
+      <c r="G81" s="3">
+        <v>2</v>
+      </c>
+      <c r="H81" s="3">
+        <v>480</v>
+      </c>
+      <c r="I81" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C82" s="3">
         <v>109.84</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>588</v>
+        <v>2236</v>
       </c>
       <c r="G82" s="3">
         <v>2</v>
       </c>
       <c r="H82" s="3">
         <v>672</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C83" s="3">
         <v>132.21</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>1868</v>
+        <v>1730</v>
       </c>
       <c r="G83" s="3">
         <v>2</v>
       </c>
       <c r="H83" s="3">
         <v>672</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C84" s="3">
         <v>172.89</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>6355</v>
+        <v>5423</v>
       </c>
       <c r="G84" s="3">
         <v>2</v>
       </c>
       <c r="H84" s="3">
         <v>672</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C85" s="3">
         <v>267.26</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>1290</v>
+        <v>1114</v>
       </c>
       <c r="G85" s="3">
         <v>2</v>
       </c>
       <c r="H85" s="3">
         <v>480</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C86" s="3">
-        <v>309.17</v>
+        <v>399.44</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>430</v>
+        <v>4543</v>
       </c>
       <c r="G86" s="3">
         <v>2</v>
       </c>
       <c r="H86" s="3">
         <v>480</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A87" s="3" t="s">
+      <c r="A87" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="B87" s="3" t="s">
+      <c r="B87" s="2"/>
+      <c r="C87" s="2"/>
+      <c r="D87" s="2"/>
+      <c r="E87" s="2"/>
+      <c r="F87" s="2"/>
+      <c r="G87" s="2"/>
+      <c r="H87" s="2"/>
+      <c r="I87" s="2"/>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="C87" s="3">
-[...22 lines deleted...]
-      <c r="A88" s="2" t="s">
+      <c r="B88" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="B88" s="2"/>
-[...6 lines deleted...]
-      <c r="I88" s="2"/>
+      <c r="C88" s="3">
+        <v>8278.38</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F88" s="3">
+        <v>3</v>
+      </c>
+      <c r="G88" s="3">
+        <v>1</v>
+      </c>
+      <c r="H88" s="3">
+        <v>4</v>
+      </c>
+      <c r="I88" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C89" s="3">
-        <v>2153.88</v>
+        <v>5832.5</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C90" s="3">
-        <v>5884.34</v>
+        <v>2153.88</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>5</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C91" s="3">
         <v>1291.59</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>20</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C92" s="3">
-        <v>1861.11</v>
+        <v>2186.55</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C93" s="3">
-        <v>5832.5</v>
+        <v>5884.34</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C94" s="3">
-        <v>8278.38</v>
+        <v>1861.11</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A95" s="3" t="s">
+      <c r="A95" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="B95" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B95" s="2"/>
+      <c r="C95" s="2"/>
+      <c r="D95" s="2"/>
+      <c r="E95" s="2"/>
+      <c r="F95" s="2"/>
+      <c r="G95" s="2"/>
+      <c r="H95" s="2"/>
+      <c r="I95" s="2"/>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="2" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="2"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
       <c r="I96" s="2"/>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A97" s="2" t="s">
+      <c r="A97" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="B97" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="B97" s="2"/>
-[...6 lines deleted...]
-      <c r="I97" s="2"/>
+      <c r="C97" s="3">
+        <v>15.36</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F97" s="3">
+        <v>40600</v>
+      </c>
+      <c r="G97" s="3">
+        <v>100</v>
+      </c>
+      <c r="H97" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I97" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C98" s="3">
-        <v>15.36</v>
+        <v>16.78</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>44200</v>
+        <v>6300</v>
       </c>
       <c r="G98" s="3">
         <v>100</v>
       </c>
       <c r="H98" s="3">
         <v>5000</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A99" s="3" t="s">
+      <c r="A99" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="B99" s="3" t="s">
+      <c r="B99" s="2"/>
+      <c r="C99" s="2"/>
+      <c r="D99" s="2"/>
+      <c r="E99" s="2"/>
+      <c r="F99" s="2"/>
+      <c r="G99" s="2"/>
+      <c r="H99" s="2"/>
+      <c r="I99" s="2"/>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A100" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="C99" s="3">
-[...11 lines deleted...]
-      <c r="G99" s="3">
+      <c r="B100" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C100" s="3">
+        <v>168.94</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F100" s="3">
+        <v>4</v>
+      </c>
+      <c r="G100" s="3">
+        <v>5</v>
+      </c>
+      <c r="H100" s="3">
+        <v>50</v>
+      </c>
+      <c r="I100" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="B101" s="2"/>
+      <c r="C101" s="2"/>
+      <c r="D101" s="2"/>
+      <c r="E101" s="2"/>
+      <c r="F101" s="2"/>
+      <c r="G101" s="2"/>
+      <c r="H101" s="2"/>
+      <c r="I101" s="2"/>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A102" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C102" s="3">
+        <v>569.31</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F102" s="3">
+        <v>1723</v>
+      </c>
+      <c r="G102" s="3">
+        <v>1</v>
+      </c>
+      <c r="H102" s="3">
         <v>100</v>
       </c>
-      <c r="H99" s="3">
-[...59 lines deleted...]
-      <c r="I102" s="2"/>
+      <c r="I102" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C103" s="3">
-        <v>569.31</v>
+        <v>602.15</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>1858</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I103" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A33:I33"/>
+    <mergeCell ref="A31:I31"/>
     <mergeCell ref="A44:I44"/>
     <mergeCell ref="A47:I47"/>
+    <mergeCell ref="A60:I60"/>
     <mergeCell ref="A61:I61"/>
-    <mergeCell ref="A62:I62"/>
-[...1 lines deleted...]
-    <mergeCell ref="A88:I88"/>
+    <mergeCell ref="A80:I80"/>
+    <mergeCell ref="A87:I87"/>
+    <mergeCell ref="A95:I95"/>
     <mergeCell ref="A96:I96"/>
-    <mergeCell ref="A97:I97"/>
-[...1 lines deleted...]
-    <mergeCell ref="A102:I102"/>
+    <mergeCell ref="A99:I99"/>
+    <mergeCell ref="A101:I101"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
-    <hyperlink ref="D31" r:id="rId27"/>
-    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D45" r:id="rId39"/>
     <hyperlink ref="D46" r:id="rId40"/>
     <hyperlink ref="D48" r:id="rId41"/>
     <hyperlink ref="D49" r:id="rId42"/>
     <hyperlink ref="D50" r:id="rId43"/>
     <hyperlink ref="D51" r:id="rId44"/>
     <hyperlink ref="D52" r:id="rId45"/>
     <hyperlink ref="D53" r:id="rId46"/>
     <hyperlink ref="D54" r:id="rId47"/>
     <hyperlink ref="D55" r:id="rId48"/>
     <hyperlink ref="D56" r:id="rId49"/>
     <hyperlink ref="D57" r:id="rId50"/>
     <hyperlink ref="D58" r:id="rId51"/>
     <hyperlink ref="D59" r:id="rId52"/>
-    <hyperlink ref="D60" r:id="rId53"/>
+    <hyperlink ref="D62" r:id="rId53"/>
     <hyperlink ref="D63" r:id="rId54"/>
     <hyperlink ref="D64" r:id="rId55"/>
     <hyperlink ref="D65" r:id="rId56"/>
     <hyperlink ref="D66" r:id="rId57"/>
     <hyperlink ref="D67" r:id="rId58"/>
     <hyperlink ref="D68" r:id="rId59"/>
     <hyperlink ref="D69" r:id="rId60"/>
     <hyperlink ref="D70" r:id="rId61"/>
     <hyperlink ref="D71" r:id="rId62"/>
     <hyperlink ref="D72" r:id="rId63"/>
     <hyperlink ref="D73" r:id="rId64"/>
     <hyperlink ref="D74" r:id="rId65"/>
     <hyperlink ref="D75" r:id="rId66"/>
     <hyperlink ref="D76" r:id="rId67"/>
     <hyperlink ref="D77" r:id="rId68"/>
     <hyperlink ref="D78" r:id="rId69"/>
     <hyperlink ref="D79" r:id="rId70"/>
-    <hyperlink ref="D80" r:id="rId71"/>
+    <hyperlink ref="D81" r:id="rId71"/>
     <hyperlink ref="D82" r:id="rId72"/>
     <hyperlink ref="D83" r:id="rId73"/>
     <hyperlink ref="D84" r:id="rId74"/>
     <hyperlink ref="D85" r:id="rId75"/>
     <hyperlink ref="D86" r:id="rId76"/>
-    <hyperlink ref="D87" r:id="rId77"/>
+    <hyperlink ref="D88" r:id="rId77"/>
     <hyperlink ref="D89" r:id="rId78"/>
     <hyperlink ref="D90" r:id="rId79"/>
     <hyperlink ref="D91" r:id="rId80"/>
     <hyperlink ref="D92" r:id="rId81"/>
     <hyperlink ref="D93" r:id="rId82"/>
     <hyperlink ref="D94" r:id="rId83"/>
-    <hyperlink ref="D95" r:id="rId84"/>
+    <hyperlink ref="D97" r:id="rId84"/>
     <hyperlink ref="D98" r:id="rId85"/>
-    <hyperlink ref="D99" r:id="rId86"/>
-    <hyperlink ref="D101" r:id="rId87"/>
+    <hyperlink ref="D100" r:id="rId86"/>
+    <hyperlink ref="D102" r:id="rId87"/>
     <hyperlink ref="D103" r:id="rId88"/>
-    <hyperlink ref="D104" r:id="rId89"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>