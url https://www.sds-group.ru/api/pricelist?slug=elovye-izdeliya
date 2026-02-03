--- v0 (2025-10-16)
+++ v1 (2026-02-03)
@@ -45,222 +45,222 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Еловые изделия</t>
   </si>
   <si>
     <t>1.1 Шлейфы</t>
   </si>
   <si>
+    <t>307-221</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая с шишками 2,7м, диаметр 36см, ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>307-213</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая 2,7м, диаметр 30см, ветки литые NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>307-116</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая 2,7м, диаметр 26см, теплое белое свечение 80 LED с эффектом мерцания NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>307-122</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая заснеженная 2,7м, диаметр 26см, ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>307-214</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая 2,7м, диаметр 20см, ветки ПВХ NEON-NIGH</t>
+  </si>
+  <si>
     <t>307-113</t>
   </si>
   <si>
     <t>Гирлянда еловая с ягодами и подсветкой 1,8м, теплое белое свечение 30 LED, 31В, литая NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Гирлянда еловая заснеженная 2,7м, диаметр 26см, ПВХ NEON-NIGHT</t>
+    <t>307-121</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая белоснежная 2,7м, диаметр 36см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>307-211</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая 2,7м, диаметр 36см NEON-NIGHT</t>
   </si>
   <si>
     <t>307-212</t>
   </si>
   <si>
     <t>Гирлянда еловая 2,7м, диаметр 30см, ветки литые + ПВХ NEON-NIGHT</t>
   </si>
   <si>
     <t>307-115</t>
   </si>
   <si>
     <t>Гирлянда еловая 2,7м, диаметр 41см, теплое белое свечение 80 LED NEON-NIGHT</t>
   </si>
   <si>
-    <t>307-221</t>
-[...29 lines deleted...]
-    <t>1.2 Венки</t>
+    <t>1.2 Елки искусственные</t>
+  </si>
+  <si>
+    <t>533-334</t>
+  </si>
+  <si>
+    <t>Елочка 45см в пластиковом горшке, Литая</t>
+  </si>
+  <si>
+    <t>533-331</t>
+  </si>
+  <si>
+    <t>Елочка 30см в плетеном мешочке, ПВХ</t>
+  </si>
+  <si>
+    <t>533-333</t>
+  </si>
+  <si>
+    <t>Елочка 60см в плетеном мешочке, ПВХ</t>
+  </si>
+  <si>
+    <t>533-332</t>
+  </si>
+  <si>
+    <t>Елочка 45см в плетеном мешочке, ПВХ</t>
+  </si>
+  <si>
+    <t>533-325</t>
+  </si>
+  <si>
+    <t>Елочка высота 30см, питание от USB, зеленая</t>
+  </si>
+  <si>
+    <t>1.3 Венки</t>
+  </si>
+  <si>
+    <t>307-146</t>
+  </si>
+  <si>
+    <t>Заснеженный еловый венок NEON-NIGHT Ø 30 см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-148</t>
+  </si>
+  <si>
+    <t>Заснеженный еловый венок NEON-NIGHT Ø 60 см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-151</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 30 см, леска</t>
+  </si>
+  <si>
+    <t>307-150</t>
+  </si>
+  <si>
+    <t>Еловый венок с ягодами и гирляндой NEON-NIGHT Ø 45 см, 20 LED, 2 х АА, литой, теплое белое свечение</t>
+  </si>
+  <si>
+    <t>307-149</t>
+  </si>
+  <si>
+    <t>Еловый венок с ягодами NEON-NIGHT Ø 45 см, литой</t>
   </si>
   <si>
     <t>307-145</t>
   </si>
   <si>
     <t>Еловый венок NEON-NIGHT Ø 90 см, ПВХ</t>
   </si>
   <si>
-    <t>307-150</t>
-[...20 lines deleted...]
-    <t>Еловый венок NEON-NIGHT Ø 30 см, леска</t>
+    <t>307-141</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 30 см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-143</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 60см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-152</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 45 см, леска</t>
+  </si>
+  <si>
+    <t>307-142</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 45см, ПВХ</t>
   </si>
   <si>
     <t>307-147</t>
   </si>
   <si>
     <t>Заснеженный еловый венок NEON-NIGHT Ø 45 см, ПВХ</t>
   </si>
   <si>
-    <t>307-141</t>
-[...28 lines deleted...]
-  <si>
     <t>307-144</t>
   </si>
   <si>
     <t>Еловый венок с шишками NEON-NIGHT Ø 45см, Литой</t>
-  </si>
-[...31 lines deleted...]
-    <t>Елочка высота 30см, питание от USB, зеленая</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -645,51 +645,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-s-yagodami-i-podsvetkoy-1-8m-teploe-beloe-svechenie-30-led-31v-litaya-neon-night.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-26sm-teploe-beloe-svechenie-80-led-s-effektom-mertsaniya-neon-night.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-zasnezhennaya-2-7m-diametr-26sm-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-30sm-vetki-litye-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-41sm-teploe-beloe-svechenie-80-led-neon-night.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-s-shishkami-2-7m-diametr-36sm-pvh-neon-night.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-belosnezhnaya-2-7m-diametr-36sm-neon-night.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-36sm-neon-night.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-30sm-vetki-litye-neon-night.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-20sm-vetki-pvh-neon-nigh.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-90-sm-pvh.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-yagodami-i-girlyandoy-neon-night-45-sm-20-led-2-h-aa-litoy-teploe-beloe-svechenie.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-30-sm-pvh.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-60-sm-pvh.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-30-sm-leska.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-45-sm-pvh.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-30-sm-pvh.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-45sm-pvh.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-60sm-pvh.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-45-sm-leska.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-yagodami-neon-night-45-sm-litoy.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-shishkami-neon-night-45sm-litoy.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-60sm-v-pletenom-meshochke-pvh.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-30sm-v-pletenom-meshochke-pvh.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-45sm-v-pletenom-meshochke-pvh.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-45sm-v-plastikovom-gorshke-litaya.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-vysota-30sm-pitanie-ot-usb-zelenaya.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-s-shishkami-2-7m-diametr-36sm-pvh-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-30sm-vetki-litye-neon-night" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-26sm-teploe-beloe-svechenie-80-led-s-effektom-mertsaniya-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-zasnezhennaya-2-7m-diametr-26sm-pvh-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-20sm-vetki-pvh-neon-nigh" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-s-yagodami-i-podsvetkoy-1-8m-teploe-beloe-svechenie-30-led-31v-litaya-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-belosnezhnaya-2-7m-diametr-36sm-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-36sm-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-30sm-vetki-litye-pvh-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-41sm-teploe-beloe-svechenie-80-led-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-45sm-v-plastikovom-gorshke-litaya" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-30sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-60sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-45sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-vysota-30sm-pitanie-ot-usb-zelenaya" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-30-sm-pvh" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-60-sm-pvh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-30-sm-leska" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-yagodami-i-girlyandoy-neon-night-45-sm-20-led-2-h-aa-litoy-teploe-beloe-svechenie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-yagodami-neon-night-45-sm-litoy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-90-sm-pvh" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-30-sm-pvh" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-60sm-pvh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-45-sm-leska" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-45sm-pvh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-45-sm-pvh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-shishkami-neon-night-45sm-litoy" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -726,881 +726,881 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>4198.95</v>
+        <v>2668.56</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>3</v>
+        <v>479</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>6078.58</v>
+        <v>5338.18</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>2623.95</v>
+        <v>6181.92</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>1</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>3673.95</v>
+        <v>2668.56</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>138</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>5937.17</v>
+        <v>1286.06</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>310</v>
+        <v>2</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>12</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>2623.95</v>
+        <v>4270.33</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>305</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>2623.95</v>
+        <v>2668.56</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>178</v>
+        <v>121</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>24</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>1783.95</v>
+        <v>1814.28</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>287</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>6</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>5248.95</v>
+        <v>3736.41</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>1264.56</v>
+        <v>6038.1</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>100</v>
+        <v>318</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>12</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>3674.85</v>
+        <v>2299.34</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>63</v>
+        <v>8</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>3392.07</v>
+        <v>645.66</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>846.96</v>
+        <v>1292.75</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>24</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>2119.52</v>
+        <v>861.36</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>20</v>
+        <v>162</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>635.01</v>
+        <v>775.08</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="3" t="s">
+      <c r="A20" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>564.18</v>
+        <v>861.36</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>24</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>1129.76</v>
+        <v>2155.55</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>1836.72</v>
+        <v>581.22</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>154</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>1412.54</v>
+        <v>3449.74</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>8</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>2633.04</v>
+        <v>2677.8</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>8</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="C26" s="3">
+        <v>3737.32</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" s="3">
+        <v>63</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
+        <v>4</v>
+      </c>
+      <c r="I26" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="C26" s="3">
-[...22 lines deleted...]
-      <c r="A27" s="2" t="s">
+      <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B27" s="2"/>
-[...6 lines deleted...]
-      <c r="I27" s="2"/>
+      <c r="C27" s="3">
+        <v>573.77</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" s="3">
+        <v>17</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>24</v>
+      </c>
+      <c r="I27" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>1271.14</v>
+        <v>1867.94</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>87</v>
+        <v>1</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>634.87</v>
+        <v>1436.55</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>846.96</v>
+        <v>1148.97</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>271</v>
+        <v>5</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>2260.9</v>
+        <v>1508.46</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>762.12</v>
+        <v>3737.32</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>724</v>
+        <v>129</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A14:I14"/>
-    <mergeCell ref="A27:I27"/>
+    <mergeCell ref="A20:I20"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
-    <hyperlink ref="D20" r:id="rId16"/>
-[...5 lines deleted...]
-    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
     <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D32" r:id="rId27"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>