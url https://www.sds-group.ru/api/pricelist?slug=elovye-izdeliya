--- v1 (2026-02-03)
+++ v2 (2026-03-23)
@@ -45,222 +45,222 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Еловые изделия</t>
   </si>
   <si>
     <t>1.1 Шлейфы</t>
   </si>
   <si>
+    <t>307-212</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая 2,7м, диаметр 30см, ветки литые + ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>307-211</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая 2,7м, диаметр 36см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>307-214</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая 2,7м, диаметр 20см, ветки ПВХ NEON-NIGH</t>
+  </si>
+  <si>
+    <t>307-113</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая с ягодами и подсветкой 1,8м, теплое белое свечение 30 LED, 31В, литая NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>307-122</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая заснеженная 2,7м, диаметр 26см, ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>307-116</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая 2,7м, диаметр 26см, теплое белое свечение 80 LED с эффектом мерцания NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>307-115</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая 2,7м, диаметр 41см, теплое белое свечение 80 LED NEON-NIGHT</t>
+  </si>
+  <si>
     <t>307-221</t>
   </si>
   <si>
     <t>Гирлянда еловая с шишками 2,7м, диаметр 36см, ПВХ NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>307-121</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая белоснежная 2,7м, диаметр 36см NEON-NIGHT</t>
   </si>
   <si>
     <t>307-213</t>
   </si>
   <si>
     <t>Гирлянда еловая 2,7м, диаметр 30см, ветки литые NEON-NIGHT</t>
   </si>
   <si>
-    <t>307-116</t>
-[...47 lines deleted...]
-    <t>1.2 Елки искусственные</t>
+    <t>1.2 Венки</t>
+  </si>
+  <si>
+    <t>307-142</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 45см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-141</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 30 см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-143</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 60см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-146</t>
+  </si>
+  <si>
+    <t>Заснеженный еловый венок NEON-NIGHT Ø 30 см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-145</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 90 см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-147</t>
+  </si>
+  <si>
+    <t>Заснеженный еловый венок NEON-NIGHT Ø 45 см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-148</t>
+  </si>
+  <si>
+    <t>Заснеженный еловый венок NEON-NIGHT Ø 60 см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-151</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 30 см, леска</t>
+  </si>
+  <si>
+    <t>307-150</t>
+  </si>
+  <si>
+    <t>Еловый венок с ягодами и гирляндой NEON-NIGHT Ø 45 см, 20 LED, 2 х АА, литой, теплое белое свечение</t>
+  </si>
+  <si>
+    <t>307-149</t>
+  </si>
+  <si>
+    <t>Еловый венок с ягодами NEON-NIGHT Ø 45 см, литой</t>
+  </si>
+  <si>
+    <t>307-144</t>
+  </si>
+  <si>
+    <t>Еловый венок с шишками NEON-NIGHT Ø 45см, Литой</t>
+  </si>
+  <si>
+    <t>307-152</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 45 см, леска</t>
+  </si>
+  <si>
+    <t>1.3 Елки искусственные</t>
+  </si>
+  <si>
+    <t>533-331</t>
+  </si>
+  <si>
+    <t>Елочка 30см в плетеном мешочке, ПВХ</t>
+  </si>
+  <si>
+    <t>533-332</t>
+  </si>
+  <si>
+    <t>Елочка 45см в плетеном мешочке, ПВХ</t>
+  </si>
+  <si>
+    <t>533-333</t>
+  </si>
+  <si>
+    <t>Елочка 60см в плетеном мешочке, ПВХ</t>
   </si>
   <si>
     <t>533-334</t>
   </si>
   <si>
     <t>Елочка 45см в пластиковом горшке, Литая</t>
   </si>
   <si>
-    <t>533-331</t>
-[...16 lines deleted...]
-  <si>
     <t>533-325</t>
   </si>
   <si>
     <t>Елочка высота 30см, питание от USB, зеленая</t>
-  </si>
-[...73 lines deleted...]
-    <t>Еловый венок с шишками NEON-NIGHT Ø 45см, Литой</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -645,51 +645,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-s-shishkami-2-7m-diametr-36sm-pvh-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-30sm-vetki-litye-neon-night" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-26sm-teploe-beloe-svechenie-80-led-s-effektom-mertsaniya-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-zasnezhennaya-2-7m-diametr-26sm-pvh-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-20sm-vetki-pvh-neon-nigh" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-s-yagodami-i-podsvetkoy-1-8m-teploe-beloe-svechenie-30-led-31v-litaya-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-belosnezhnaya-2-7m-diametr-36sm-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-36sm-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-30sm-vetki-litye-pvh-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-41sm-teploe-beloe-svechenie-80-led-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-45sm-v-plastikovom-gorshke-litaya" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-30sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-60sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-45sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-vysota-30sm-pitanie-ot-usb-zelenaya" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-30-sm-pvh" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-60-sm-pvh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-30-sm-leska" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-yagodami-i-girlyandoy-neon-night-45-sm-20-led-2-h-aa-litoy-teploe-beloe-svechenie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-yagodami-neon-night-45-sm-litoy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-90-sm-pvh" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-30-sm-pvh" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-60sm-pvh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-45-sm-leska" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-45sm-pvh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-45-sm-pvh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-shishkami-neon-night-45sm-litoy" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-30sm-vetki-litye-pvh-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-36sm-neon-night" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-20sm-vetki-pvh-neon-nigh" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-s-yagodami-i-podsvetkoy-1-8m-teploe-beloe-svechenie-30-led-31v-litaya-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-zasnezhennaya-2-7m-diametr-26sm-pvh-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-26sm-teploe-beloe-svechenie-80-led-s-effektom-mertsaniya-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-41sm-teploe-beloe-svechenie-80-led-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-s-shishkami-2-7m-diametr-36sm-pvh-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-belosnezhnaya-2-7m-diametr-36sm-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-30sm-vetki-litye-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-45sm-pvh" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-30-sm-pvh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-60sm-pvh" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-30-sm-pvh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-90-sm-pvh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-45-sm-pvh" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-60-sm-pvh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-30-sm-leska" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-yagodami-i-girlyandoy-neon-night-45-sm-20-led-2-h-aa-litoy-teploe-beloe-svechenie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-yagodami-neon-night-45-sm-litoy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-shishkami-neon-night-45sm-litoy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-45-sm-leska" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-30sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-45sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-60sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-45sm-v-plastikovom-gorshke-litaya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-vysota-30sm-pitanie-ot-usb-zelenaya" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -726,881 +726,881 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>2668.56</v>
+        <v>2727.58</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>479</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>5338.18</v>
+        <v>1433.28</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>6</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>6181.92</v>
+        <v>1015.99</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>12</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>2668.56</v>
+        <v>3117.34</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>18</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>1286.06</v>
+        <v>2054.79</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>4270.33</v>
+        <v>4512.8</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>2668.56</v>
+        <v>4407.81</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>121</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>1814.28</v>
+        <v>2054.79</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>3736.41</v>
+        <v>2054.79</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>6038.1</v>
+        <v>3896.87</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>318</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>2299.34</v>
+        <v>804.28</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>645.66</v>
+        <v>401.64</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>1292.75</v>
+        <v>1438.31</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>861.36</v>
+        <v>689.09</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>162</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>24</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>775.08</v>
+        <v>2616.12</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="2" t="s">
+      <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="2"/>
-[...6 lines deleted...]
-      <c r="I20" s="2"/>
+      <c r="B20" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C20" s="3">
+        <v>1055.92</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" s="3">
+        <v>0</v>
+      </c>
+      <c r="G20" s="3">
+        <v>1</v>
+      </c>
+      <c r="H20" s="3">
+        <v>12</v>
+      </c>
+      <c r="I20" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>861.36</v>
+        <v>1659.77</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>2155.55</v>
+        <v>406.85</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>581.22</v>
+        <v>2414.82</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>3449.74</v>
+        <v>1874.46</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>8</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>2677.8</v>
+        <v>2616.12</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>8</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>3737.32</v>
+        <v>1005.59</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A27" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B27" s="3" t="s">
+      <c r="A27" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="C27" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B27" s="2"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>1867.94</v>
+        <v>516.53</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>1436.55</v>
+        <v>689.09</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>1148.97</v>
+        <v>1021.27</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>1508.46</v>
+        <v>1609.54</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>3737.32</v>
+        <v>542.56</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>129</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A14:I14"/>
-    <mergeCell ref="A20:I20"/>
+    <mergeCell ref="A27:I27"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
-    <hyperlink ref="D21" r:id="rId16"/>
-[...5 lines deleted...]
-    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
     <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D32" r:id="rId27"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>