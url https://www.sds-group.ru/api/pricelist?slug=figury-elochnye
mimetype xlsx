--- v0 (2025-12-15)
+++ v1 (2026-02-05)
@@ -42,228 +42,228 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Фигуры елочные</t>
   </si>
   <si>
+    <t>502-377</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка Снегурочка, 82 см, цвет фиолетовый</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>502-363</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка резная 3D, 61 см, цвет синий</t>
+  </si>
+  <si>
+    <t>502-247</t>
+  </si>
+  <si>
+    <t>Елочная фигура Карамельная палочка 121 см, цвет фиолетовый/белый</t>
+  </si>
+  <si>
+    <t>502-249</t>
+  </si>
+  <si>
+    <t>Елочная фигура Мороженое 80 см, цвет мульти</t>
+  </si>
+  <si>
+    <t>502-394</t>
+  </si>
+  <si>
+    <t>Фигура Снеговик в шляпе 175*90 см, цвет белый</t>
+  </si>
+  <si>
+    <t>502-161</t>
+  </si>
+  <si>
+    <t>Елочная фигура Алмаз, 15 см, цвет золотой</t>
+  </si>
+  <si>
+    <t>502-370</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка Морозко, 66 см, цвет белый</t>
+  </si>
+  <si>
+    <t>502-386</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка классическая, 66 см, цвет золотой</t>
+  </si>
+  <si>
+    <t>502-388</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка сказочная 40 см, цвет красный/золотой</t>
+  </si>
+  <si>
+    <t>502-392</t>
+  </si>
+  <si>
+    <t>Фигура Елочка складная 3D, 56*30 см, цвет красный/белый</t>
+  </si>
+  <si>
+    <t>502-323</t>
+  </si>
+  <si>
+    <t>Елочная фигура Сосулька складная 3D, 51 см, цвет синий</t>
+  </si>
+  <si>
+    <t>502-243</t>
+  </si>
+  <si>
+    <t>Елочная фигура Карамельная палочка 121 см, цвет синий/белый</t>
+  </si>
+  <si>
     <t>502-379</t>
   </si>
   <si>
     <t>Елочная фигура Снежинка Снегурочка, 81 см, цвет золотой</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Елочная фигура Карамельная палочка 121 см, цвет синий/белый</t>
+    <t>502-210</t>
+  </si>
+  <si>
+    <t>Елочная фигура Лампа, 25 см, цвет золотой</t>
+  </si>
+  <si>
+    <t>502-378</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка Снегурочка, 81 см, цвет голубой</t>
+  </si>
+  <si>
+    <t>502-374</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка Снегурочка, 81 см, цвет шампань</t>
+  </si>
+  <si>
+    <t>502-382</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка резная, 81 см, цвет красный</t>
   </si>
   <si>
     <t>502-292</t>
   </si>
   <si>
     <t>Елочная фигура Клубничка 40 см, цвет бордовый</t>
   </si>
   <si>
-    <t>502-249</t>
-[...8 lines deleted...]
-    <t>Елочная фигура Снежинка классическая, 66 см, цвет золотой</t>
+    <t>502-362</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка резная 3D, 61 см, цвет красный</t>
+  </si>
+  <si>
+    <t>502-381</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка резная, 81 см, цвет золотой</t>
+  </si>
+  <si>
+    <t>502-216</t>
+  </si>
+  <si>
+    <t>Елочная фигура Алмаз, 25 см, цвет серебряный</t>
+  </si>
+  <si>
+    <t>502-391</t>
+  </si>
+  <si>
+    <t>Елочная фигура Карамельная палочка 3D, 89x78 см, цвет белый/красный</t>
+  </si>
+  <si>
+    <t>502-383</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка резная, 81 см, цвет синий</t>
   </si>
   <si>
     <t>502-321</t>
   </si>
   <si>
     <t>Елочная фигура Сосулька складная 3D, 51 см, цвет золотой</t>
   </si>
   <si>
-    <t>502-363</t>
-[...20 lines deleted...]
-    <t>Фигура Елочка складная 3D, 56*30 см, цвет красный/белый</t>
+    <t>502-376</t>
+  </si>
+  <si>
+    <t>Елочная фигура Снежинка Снегурочка, 81 см, цвет белый</t>
+  </si>
+  <si>
+    <t>502-322</t>
+  </si>
+  <si>
+    <t>Елочная фигура Сосулька складная 3D, 51 см, цвет красный</t>
+  </si>
+  <si>
+    <t>502-393</t>
+  </si>
+  <si>
+    <t>Фигура Елочка складная 3D, 100*84 см, цвет зеленый</t>
   </si>
   <si>
     <t>502-234</t>
   </si>
   <si>
     <t>Елочная фигура Сосулька, 91 см, цвет зеленый</t>
   </si>
   <si>
-    <t>502-161</t>
-[...28 lines deleted...]
-  <si>
     <t>502-372</t>
   </si>
   <si>
     <t>Елочная фигура Снежинка Морозко, 66 см, цвет синий</t>
-  </si>
-[...64 lines deleted...]
-    <t>Елочная фигура Снежинка Снегурочка, 81 см, цвет шампань</t>
   </si>
   <si>
     <t>502-371</t>
   </si>
   <si>
     <t>Елочная фигура Снежинка Морозко, 66 см, цвет золотой</t>
   </si>
   <si>
     <t>502-375</t>
   </si>
   <si>
     <t>Елочная фигура Снежинка резная, 81 см, цвет серебряный</t>
   </si>
   <si>
     <t>502-373</t>
   </si>
   <si>
     <t>Елочная фигура Снежинка классическая, 66 см, цвет синий</t>
   </si>
   <si>
     <t>502-361</t>
   </si>
   <si>
     <t>Елочная фигура Снежинка резная 3D, 61 см, цвет золотой</t>
   </si>
@@ -678,51 +678,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-snegurochka-81-sm-tsvet-zolotoy-8587" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-snegurochka-82-sm-tsvet-fioletoviy-8590" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-karamelnaya-palochka-121-sm-tsvet-siniy-beliy-7840" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-klubnichka-40-sm-tsvet-bordoviy-8542" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-morojennoe-80-sm-tsvet-multi-7842" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-klassicheskaya-66-sm-tsvet-zolotoy-8596" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-sosulka-skladnaya-3d-51-sm-tsvet-zolotoy-8606" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-reznaya-3d-61-sm-tsvet-siniy-8601" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-reznaya-81-sm-tsvet-zolotoy-8593" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-skazochnaya-40-sm-tsvet-krasniy-zolotoy-8608" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-elochka-skladnaya-3d-56-30-sm-tsvet-krasniy-beliy-7830" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-sosulka-91-sm-tsvet-zeleniy-6402" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-almaz-15-sm-tsvet-zolotoy-8520" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-morozko-66-sm-tsvet-beliy-8591" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-sosulka-skladnaya-3d-51-sm-tsvet-siniy-8605" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-lampa-25-sm-tsvet-zolotoy-8508" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-snegurochka-81-sm-tsvet-goluboy-8588" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-morozko-66-sm-tsvet-siniy-8592" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-karamelnaya-palochka-121-sm-tsvet-fioletoviy-beliy-7841" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-reznaya-81-sm-tsvet-krasniy-8595" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-karamelnaya-palochka-3d-89x78-sm-tsvet-beliy-krasniy-7829" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-reznaya-81-sm-tsvet-siniy-8594" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-reznaya-3d-61-sm-tsvet-krasniy-8602" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-almaz-25-sm-tsvet-serebryaniy-8513" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-snegurochka-81-sm-tsvet-beliy-8618" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-sosulka-skladnaya-3d-51-sm-tsvet-krasniy-8626" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-elochka-skladnaya-3d-100-84-sm-tsvet-zeleniy-7831" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snegovik-v-shlyape-175-90-sm-tsvet-beliy-7846" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-snegurochka-81-sm-tsvet-shampan-8589" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-morozko-66-sm-tsvet-zolotoy-6463" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-reznaya-81-sm-tsvet-serebryaniy-8619" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-klassicheskaya-66-sm-tsvet-siniy-6465" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-snejinka-reznaya-3d-61-sm-tsvet-zolotoy-8623" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-figura-ledenets-102-sm-tsvet-beliy-krasniy-i-zeleniy-8584" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-snegurochka-82-sm-tsvet-fioletovyy" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-reznaya-3d-61-sm-tsvet-siniy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-karamelnaya-palochka-121-sm-tsvet-fioletovyy-belyy" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-morozhenoe-80-sm-tsvet-multi" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/figura-snegovik-v-shlyape-175-90-sm-tsvet-belyy" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-almaz-15-sm-tsvet-zolotoy" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-morozko-66-sm-tsvet-belyy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-klassicheskaya-66-sm-tsvet-zolotoy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-skazochnaya-40-sm-tsvet-krasnyy-zolotoy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/figura-elochka-skladnaya-3d-56-30-sm-tsvet-krasnyy-belyy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-sosulka-skladnaya-3d-51-sm-tsvet-siniy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-karamelnaya-palochka-121-sm-tsvet-siniy-belyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-snegurochka-81-sm-tsvet-zolotoy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-lampa-25-sm-tsvet-zolotoy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-snegurochka-81-sm-tsvet-goluboy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-snegurochka-81-sm-tsvet-shampan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-reznaya-81-sm-tsvet-krasnyy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-klubnichka-40-sm-tsvet-bordovyy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-reznaya-3d-61-sm-tsvet-krasnyy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-reznaya-81-sm-tsvet-zolotoy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-almaz-25-sm-tsvet-serebryanyy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-karamelnaya-palochka-3d-89x78-sm-tsvet-belyy-krasnyy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-reznaya-81-sm-tsvet-siniy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-sosulka-skladnaya-3d-51-sm-tsvet-zolotoy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-snegurochka-81-sm-tsvet-belyy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-sosulka-skladnaya-3d-51-sm-tsvet-krasnyy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/figura-elochka-skladnaya-3d-100-84-sm-tsvet-zelenyy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-sosulka-91-sm-tsvet-zelenyy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-morozko-66-sm-tsvet-siniy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-morozko-66-sm-tsvet-zolotoy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-reznaya-81-sm-tsvet-serebryanyy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-klassicheskaya-66-sm-tsvet-siniy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-snezhinka-reznaya-3d-61-sm-tsvet-zolotoy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru (new)/product/elochnaya-figura-ledenets-102-sm-tsvet-belyy-krasnyy-i-zelenyy" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I36"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -746,1008 +746,1008 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>3102.7</v>
+        <v>2839.9</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>4</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>3102.7</v>
+        <v>1855.34</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>4420.86</v>
+        <v>4995.57</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>2</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1363.28</v>
+        <v>3458.22</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>94</v>
+        <v>1</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>3778.24</v>
+        <v>7301.83</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>2346.04</v>
+        <v>363.33</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>63</v>
+        <v>1</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1388.42</v>
+        <v>2147.33</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>100</v>
+        <v>9</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>2027.03</v>
+        <v>2147.33</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>77</v>
+        <v>63</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>2792.43</v>
+        <v>882.79</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>868.03</v>
+        <v>860.6</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>44</v>
+        <v>83</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>940.24</v>
+        <v>1140.56</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>2606.71</v>
+        <v>4046.41</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>396.95</v>
+        <v>2839.9</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1</v>
+        <v>65</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>36</v>
+        <v>4</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>2346.04</v>
+        <v>2371.1</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1246.11</v>
+        <v>2839.9</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>12</v>
+        <v>68</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>2331.47</v>
+        <v>2555.91</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>3102.7</v>
+        <v>2555.91</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>2896.34</v>
+        <v>1247.81</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>5457.85</v>
+        <v>2689.33</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>5</v>
+        <v>29</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>2792.43</v>
+        <v>2839.9</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>69</v>
+        <v>13</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>4</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>6843.39</v>
+        <v>1400.13</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>3275.06</v>
+        <v>6263.75</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>4</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>2938.2</v>
+        <v>2997.66</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>1529.69</v>
+        <v>1270.82</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1</v>
+        <v>101</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>2792.43</v>
+        <v>2555.91</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
         <v>138</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>4</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>1246.11</v>
+        <v>1140.56</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>24</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>6054.78</v>
+        <v>5541.94</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
         <v>15</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>5</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>7977.53</v>
+        <v>2385.92</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>2792.43</v>
+        <v>2651.02</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>75</v>
+        <v>32</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>2346.04</v>
+        <v>2147.33</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
         <v>24</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>8</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>2792.43</v>
+        <v>2555.91</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
         <v>154</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>4</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>2346.04</v>
+        <v>2147.33</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
         <v>19</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>8</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>3101.45</v>
+        <v>2838.76</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
         <v>35</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>12</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>8439.63</v>
+        <v>7724.79</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
         <v>32</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>2</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>