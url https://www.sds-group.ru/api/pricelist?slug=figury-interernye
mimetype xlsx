--- v0 (2025-10-15)
+++ v1 (2026-01-20)
@@ -8,1489 +8,1417 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="927" uniqueCount="479">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="879" uniqueCount="455">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Фигуры интерьерные</t>
   </si>
   <si>
     <t>1.1 Фонари с эффектом снегопада и конфетти</t>
   </si>
   <si>
+    <t>501-062</t>
+  </si>
+  <si>
+    <t>Декоративный LED-фонарь с эффектом снегопада и подсветкой Дед Мороз, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>501-161</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с эффектом снегопада и подсветкой Новый год</t>
+  </si>
+  <si>
+    <t>501-174</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Балерина с конфетти, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-173</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Дельфины с конфетти, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-164</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Подсвечник с эффектом снегопада NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-160</t>
+  </si>
+  <si>
+    <t>Светильник декоративный (фигура) Елочный шар с эффектом снегопада и подсветкой NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-185</t>
+  </si>
+  <si>
+    <t>Светильник декоративный (фигура) Телефонная будка с эффектом снегопада и подсветкой NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-066</t>
+  </si>
+  <si>
+    <t>Декоративный LED-фонарь с эффектом снегопада и подсветкой Санта-Клаус USB, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-169</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Машина с подсветкой и конфетти, питание от USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-061</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с эффектом снегопада и подсветкой Снеговики, Белый</t>
+  </si>
+  <si>
+    <t>501-065</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с эффектом снегопада и подсветкой Рождество, белый</t>
+  </si>
+  <si>
+    <t>501-165</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с эффектом снегопада и подсветкой Рождественский лес, белый</t>
+  </si>
+  <si>
+    <t>501-060</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Сияние с конфетти, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-182</t>
+  </si>
+  <si>
+    <t>Светильник декоративный (фигура) Звезда с эффектом снегопада и подсветкой NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-166</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь Паровоз с эффектом снегопада и подсветкой</t>
+  </si>
+  <si>
     <t>501-183</t>
   </si>
   <si>
     <t>Светильник декоративный (фигура) Фонарик с эффектом снегопада и подсветкой NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...26 lines deleted...]
-    <t>Декоративный светильник Подсвечник с эффектом снегопада NEON-NIGHT</t>
+    <t>501-180</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Новогодняя елка с подсветкой и конфетти, питание от USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-184</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Фея с конфетти и мелодией, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-186</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Единорог с конфетти и мелодией, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-068</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Колокольчик с эффектом снегопада NEON-NIGHT</t>
   </si>
   <si>
     <t>501-162</t>
   </si>
   <si>
     <t>Декоративный светильник Часы с эффектом снегопада NEON-NIGHT</t>
   </si>
   <si>
     <t>501-163</t>
   </si>
   <si>
     <t>Декоративный светильник Картина с эффектом снегопада NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-186</t>
-[...100 lines deleted...]
-  <si>
     <t>1.2 Фонари декоративные</t>
   </si>
   <si>
+    <t>513-047</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой и шишкой, черный корпус, размер 10,7x10,7x23,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-048</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с тремя свечками, бронзовый корпус, размер 14x14x27 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-050</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с росой, белый корпус, размер 10,7х10,7х23,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-051</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, черный корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-020</t>
+  </si>
+  <si>
+    <t>Набор из 3 фонарей со свечкой 5,5х5,5х12,5 см, цвет корпуса белый, красный, черный, цвет свечения теплый белый, питание 3xLR1130 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>513-065</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 11х11х22,5 см, черный корпус, теплый белый цвет свечения с эффектом мерцания NEON-NIGHT</t>
+  </si>
+  <si>
     <t>513-061</t>
   </si>
   <si>
     <t>Декоративный фонарь с шариками 12х12х20,6 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
   </si>
   <si>
     <t>513-064</t>
   </si>
   <si>
     <t>Декоративный фонарь 11х11х22,5 см, черный корпус, цвет свечения RGB с эффектом мерцания NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-050</t>
-[...2 lines deleted...]
-    <t>Декоративный фонарь с росой, белый корпус, размер 10,7х10,7х23,5 см, цвет теплый белый</t>
+    <t>513-075</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, корпус из дерева, размер 14х14х35cм, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-046</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 14x14x29 см, белый корпус, теплый белый цвет свечения NEON-NIGHT</t>
   </si>
   <si>
     <t>513-062</t>
   </si>
   <si>
     <t>Декоративный фонарь с шариками 12х12х20,6 см, белый корпус, теплый белый цвет свечения NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-047</t>
-[...8 lines deleted...]
-    <t>Декоративный фонарь со свечкой и шишкой, бронзовый корпус, размер 14x14x27 см, цвет теплый белый</t>
+    <t>513-071</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный (фигура) с тремя свечами, белый корпус, 24х24х40 см, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-069</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой 9,5см, цвет корпуса белый/черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-076</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный (фигура) со свечкой 9х5х13см, цвет корпуса бронзовый, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-070</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный с Росой, черный корпус, 10,5х10,5х24см, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-073</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный со свечкой, корпус из дерева, бежевый, 15х15х38cм, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-074</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный со свечкой, корпус из дерева, коричневый, 15х15х38cм, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-066</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 11х11х22,5 см, черный корпус, теплый белый цвет свечения с эффектом пламени свечи NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-056</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 18x16,5x31 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-145</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь на солнечной батарее 14х14х24 см, черный плетеный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-057</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, плетеный корпус, белый, размер 14х14х16,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-021</t>
+  </si>
+  <si>
+    <t>Набор из 3 фонарей со свечкой 9,5см, цвет корпуса белый/красный/черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте)</t>
+  </si>
+  <si>
+    <t>513-041</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, красный корпус, размер 13,5х13,5х30,5 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-063</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с шариками, черный корпус, размер 14х14х27 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-055</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, плетеный корпус, бронза, размер 14х14х16,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-058</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь на подставке со свечкой, бронзовый корпус, размер 14,5х17х31см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-059</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, красный корпус, размер 10,5х10,5х24см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-067</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 12х12х20,6 см, белый корпус, теплый белый цвет свечения с эффектом пламени свечи NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-045</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 14x14x29 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-143</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь на солнечной батарее 20х20х22 см, черный плетеный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-049</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с тремя свечами, бронзовый корпус, размер 24х24х65см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-043</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, белый корпус со снежинкой, размер 12х12х18 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-052</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с лампочкой, белый корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-053</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с лампочкой, бронзовый корпус, размер 10,5х10,5х22,5 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>513-054</t>
   </si>
   <si>
     <t>Декоративный фонарь со свечкой, белый корпус, размер 10,5х10,5х22,35 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>513-042</t>
   </si>
   <si>
     <t>Декоративный фонарь со свечкой, белый корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>513-043</t>
-[...124 lines deleted...]
-  <si>
     <t>513-068</t>
   </si>
   <si>
     <t>Фонарь декоративный (фигура) со свечкой 5,5х5,5х12,5см, цвет корпуса белый/красный/ черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте</t>
   </si>
   <si>
-    <t>513-076</t>
-[...25 lines deleted...]
-  <si>
     <t>513-040</t>
   </si>
   <si>
     <t>Декоративный фонарь с машиной, черный корпус, размер 14х14х21 см, цвет теплый белый, питание 2хАА (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-021</t>
-[...16 lines deleted...]
-  <si>
     <t>1.3 Камины светодиодные</t>
   </si>
   <si>
+    <t>511-005</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Нуар с эффектом живого огня 16х14х29 см, питание 3хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-022</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Винтаж мини с эффектом живого огня 24.8х12.7х30 см, батарейки 3хС (не в комплекте), с USB, черный</t>
+  </si>
+  <si>
+    <t>511-023</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Винтаж мини с эффектом живого огня 24.8х12.7х30 см, батарейки 3хС (не в комплекте), с USB, бронзовый</t>
+  </si>
+  <si>
+    <t>511-039</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Фьюжн с эффектом живого огня 14,7x11,7x25 см, батарейки 2хС (не в комплекте) USB, черный</t>
+  </si>
+  <si>
+    <t>511-021</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Старинные часы с эффектом живого огня 14,7x11,7x25 см, бронза, батарейки 2хС (не в комплекте) USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-006</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Шале с эффектом живого огня 30х13х28 см, батарейки 3хС (не в комплекте) или от USB (в комплекте)</t>
+  </si>
+  <si>
+    <t>511-026</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Волшебный фонарь с эффектом живого огня 11х11х24,5 см, батарейки 3хАА (не в комплекте)</t>
+  </si>
+  <si>
+    <t>511-001</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Хайтек с эффектом живого огня 60х10х20 см, батарейки 3хС (не в комплекте) или от USB (в комплекте)</t>
+  </si>
+  <si>
+    <t>513-038</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Лаунж с эффектом живого огня 35,3х12,4х33,7 см, с адаптером питания и батарейками 4 х АА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-031</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Кантри с эффектом живого огня 12х12х18,5 см, батарейки 3хАА (не в комплекте)</t>
+  </si>
+  <si>
+    <t>511-002</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Ретро с эффектом живого огня 60,3х11х36,8см, работает от батареек 3хС (в комплект не входят) или от USB (в комплекте), бронзовый</t>
+  </si>
+  <si>
     <t>511-038</t>
   </si>
   <si>
     <t>Светодиодный камин Фьюжн с эффектом живого огня 14,7x11,7x25 см, батарейки 2хС (не в комплекте) USB, бронзовый</t>
   </si>
   <si>
     <t>511-020</t>
   </si>
   <si>
     <t>Светодиодный камин Старинные часы с эффектом живого огня 14,7x11,7x25 см, черный, батарейки 2хС (не в комплекте) USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-038</t>
-[...26 lines deleted...]
-    <t>Светодиодный камин Винтаж мини с эффектом живого огня 24.8х12.7х30 см, батарейки 3хС (не в комплекте), с USB, черный</t>
+    <t>511-028</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Рустик с эффектом живого огня 14х14х28 см, питание 3хАА (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>511-004</t>
   </si>
   <si>
     <t>Светодиодный камин Авангард с эффектом живого огня 30х13х30 см, батарейки 3хС (не в комплекте) или от USB (в комплекте)</t>
   </si>
   <si>
-    <t>511-006</t>
-[...2 lines deleted...]
-    <t>Светодиодный камин Шале с эффектом живого огня 30х13х28 см, батарейки 3хС (не в комплекте) или от USB (в комплекте)</t>
+    <t>511-037</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Лава Ø 15х21 см, батарейки 3хАА (не в комплекте)</t>
+  </si>
+  <si>
+    <t>511-027</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Рождество с эффектом живого огня 15х14х26см, батарейки 2хС (не в комплекте) и USB, бронзовый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-024</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Гранд Шале с эффектом живого огня 45х18х56см, работает от батареек 3хС (в комплект не входят) или от USB (в комплекте), черный</t>
+  </si>
+  <si>
+    <t>511-029</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Кубок 12,5х12,5х33см, работает от батареек 2хАА (в комплект не входят) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-033</t>
+  </si>
+  <si>
+    <t>Декоративный камин Сканди с эффектом живого огня 18х9х16 см, батарейки 3хС (не в комплекте)</t>
+  </si>
+  <si>
+    <t>511-036</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Лава Ø 10х16,5 см, батарейки 3хАА (не в комплекте)</t>
   </si>
   <si>
     <t>511-030</t>
   </si>
   <si>
     <t>Светодиодный камин Классика с эффектом живого огня 33х12х24 см, батарейки 3хС (не в комплекте) или от USB (в комплекте)</t>
   </si>
   <si>
-    <t>511-031</t>
-[...4 lines deleted...]
-  <si>
     <t>511-032</t>
   </si>
   <si>
     <t>Светодиодный камин Винтаж с эффектом живого огня 30х16х35,5 см, батарейки 3хС (не в комплекте) и USB (в комплекте)</t>
   </si>
   <si>
-    <t>511-033</t>
-[...10 lines deleted...]
-  <si>
     <t>511-034</t>
   </si>
   <si>
     <t>Светодиодный камин Лофт USB с эффектом живого огня 17х10х24.5 см NEON-NIGHT</t>
   </si>
   <si>
-    <t>511-037</t>
-[...40 lines deleted...]
-  <si>
     <t>1.4 Деревянные фигурки</t>
   </si>
   <si>
+    <t>504-023</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Волшебный фонарик 13,8x11x11 см</t>
+  </si>
+  <si>
+    <t>504-012</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка 11,5x5x19 см</t>
+  </si>
+  <si>
+    <t>504-022</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Звездочка 24x13x3,6 см</t>
+  </si>
+  <si>
+    <t>504-044</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Игрушечный пони белый 25х5,5х26,5 см</t>
+  </si>
+  <si>
+    <t>504-027</t>
+  </si>
+  <si>
+    <t>Деревянная фигура с подсветкой Звезда двойная 30х4х30 см</t>
+  </si>
+  <si>
+    <t>504-017</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Снеговик 18 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-034</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Звездочки 16x4,5x1,3 cм, розовые, 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-032</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Елочки 14,5x4,5x1,6 cм, 6 шт, розовые NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-011</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка 9x5x19 см</t>
+  </si>
+  <si>
+    <t>504-024</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Домик в лесу 19х6х26 см</t>
+  </si>
+  <si>
+    <t>504-009</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Гном с носком 15х4х17 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-025</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка 20х6,5х29 см</t>
+  </si>
+  <si>
+    <t>504-005</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Рождественский Олень Синий 10,5x4x18 см</t>
+  </si>
+  <si>
+    <t>504-033</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Звездочки 16x4,5x1,3 cм, бирюзовые 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-019</t>
+  </si>
+  <si>
+    <t>Деревянная фигура с подсветкой Домик Звездочета бирюзовая 26х7х25 см, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-028</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елка на подставке 14,5х5х30 см</t>
+  </si>
+  <si>
+    <t>504-004</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Гномик 17х4х15 см</t>
+  </si>
+  <si>
+    <t>504-031</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Новогодняя ель 14,5x4,5x1,6 cм, 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-006</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Рождественский Олень Розовый 10,5x4x18 см</t>
+  </si>
+  <si>
     <t>504-002</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Елочка с оленем 12x6x21,5 см</t>
   </si>
   <si>
-    <t>504-022</t>
-[...2 lines deleted...]
-    <t>Деревянная фигурка с подсветкой Звездочка 24x13x3,6 см</t>
+    <t>504-026</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Семейство оленей 30х5х15,7 см</t>
   </si>
   <si>
     <t>504-013</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Ель со снежинками 9,5x6x31 см</t>
   </si>
   <si>
+    <t>504-021</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Рождественская сказка 44,5x6x24 см</t>
+  </si>
+  <si>
     <t>504-007</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Рождественский олень 11х5х47 см</t>
   </si>
   <si>
     <t>504-008</t>
   </si>
   <si>
     <t>Деревянная фигурка Гномик-бородач 7x4,5x18 см NEON-NIGHT</t>
   </si>
   <si>
     <t>504-016</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Дед Мороз 18 см NEON-NIGHT</t>
   </si>
   <si>
-    <t>504-017</t>
-[...118 lines deleted...]
-  <si>
     <t>1.5 Керамические фигурки</t>
   </si>
   <si>
+    <t>505-022</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Домик 8x7x11 см</t>
+  </si>
+  <si>
+    <t>505-023</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Дед Мороз с подвесными ножками 6,3х5,4х10,4 см</t>
+  </si>
+  <si>
+    <t>505-026</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Красный домик 11,5х8,5х20,4 см</t>
+  </si>
+  <si>
+    <t>505-029</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Дед Мороз в санях 30,5х12,2х17,2 см</t>
+  </si>
+  <si>
+    <t>505-012</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Дед Мороз на коне 35х15х39,8 см</t>
+  </si>
+  <si>
+    <t>505-011</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Олененок с шарфом 7x6,5x21 см</t>
+  </si>
+  <si>
     <t>505-007</t>
   </si>
   <si>
     <t>Керамическая фигурка Домик со снеговиком 26,2х9,5х23,3 см</t>
   </si>
   <si>
-    <t>505-022</t>
-[...26 lines deleted...]
-    <t>Керамическая фигурка Дед Мороз с подвесными ножками 6,3х5,4х10,4 см</t>
+    <t>505-025</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Белый домик 15,7х11,7х28,4 см</t>
+  </si>
+  <si>
+    <t>501-070</t>
+  </si>
+  <si>
+    <t>Керамический подсвечник Паровоз 17,1х7,1х14,7 см</t>
+  </si>
+  <si>
+    <t>505-019</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Автобус с елкой 19x9x16 см</t>
   </si>
   <si>
     <t>501-074</t>
   </si>
   <si>
     <t>Керамический подсвечник Свечка 12,5х6х19,3 см</t>
   </si>
   <si>
-    <t>505-001</t>
-[...34 lines deleted...]
-  <si>
     <t>1.6 Подвесные фигурки</t>
   </si>
   <si>
-    <t>501-015</t>
-[...58 lines deleted...]
-  <si>
     <t>501-056</t>
   </si>
   <si>
     <t>Светодиодная подвесная фигура Снежинка на металлическом каркасе, цвет теплый белый NEON-NIGHT</t>
   </si>
   <si>
     <t>501-057</t>
   </si>
   <si>
     <t>Светодиодная подвесная фигура Звезда на металлическом каркасе, цвет теплый белый NEON-NIGHT</t>
   </si>
   <si>
     <t>1.7 Настольные фигурки</t>
   </si>
   <si>
+    <t>513-022</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Елочка, 15 см, RGB</t>
+  </si>
+  <si>
+    <t>513-033</t>
+  </si>
+  <si>
+    <t>Фигура на подставке Ель 51 см, белый, питание 3xААА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-026</t>
+  </si>
+  <si>
+    <t>Фигура на подставке Елочка со звездой 37 см, RGB, питание 4xААА и провод USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-051</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Ёлочка Кристалл, RGB</t>
+  </si>
+  <si>
+    <t>503-226</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олень 34см, цвет свечения теплый белый, питание 2хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-228</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олень 50см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-325</t>
+  </si>
+  <si>
+    <t>Светодиодные фигуры Подарки 15/20/25 см, цвет свечения теплый белый, питание 2хАА/3хAA/3хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>501-044</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Ангел 2D, RGB</t>
+  </si>
+  <si>
+    <t>501-047</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Мишка 2D, RGB</t>
+  </si>
+  <si>
+    <t>513-019</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снеговик 10см, RGB</t>
+  </si>
+  <si>
+    <t>501-045</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Елочка 2D, RGB</t>
+  </si>
+  <si>
+    <t>513-016</t>
+  </si>
+  <si>
+    <t>Набор из 4 Гномиков в новогодних колпаках 20 см, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-023</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Елочка, 20 см, RGB</t>
+  </si>
+  <si>
     <t>513-024</t>
   </si>
   <si>
     <t>Фигура светодиодная Елочка, 25 см, RGB</t>
   </si>
   <si>
-    <t>513-023</t>
-[...2 lines deleted...]
-    <t>Фигура светодиодная Елочка, 20 см, RGB</t>
+    <t>513-029</t>
+  </si>
+  <si>
+    <t>Металлическая 3D-фигура Елочка 45см, цвет свечения теплый белый, питание 3хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-025</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Новогодний поезд с мелодией 30,5см, RGB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-012</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежок, RGB, 10 см</t>
+  </si>
+  <si>
+    <t>501-052</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Пингвин Кристалл, RGB</t>
+  </si>
+  <si>
+    <t>503-227</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олень 37см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-326</t>
+  </si>
+  <si>
+    <t>Светодиодные фигуры Подарки в форме цилиндра 15/20/25 см, цвет свечения теплый белый, питание 2хАА/3хAA/3хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-011</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежок, RGB, 8 см</t>
+  </si>
+  <si>
+    <t>501-048</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Елочка средняя, RGB</t>
+  </si>
+  <si>
+    <t>513-018</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снеговик 17см, RGB</t>
+  </si>
+  <si>
+    <t>513-017</t>
+  </si>
+  <si>
+    <t>Гномик в новогоднем колпаке 20см, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-014</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежок RGB, 14 см</t>
   </si>
   <si>
     <t>501-043</t>
   </si>
   <si>
     <t>Фигура светодиодная на подставке Снеговик в шляпе 2D, RGB</t>
   </si>
   <si>
-    <t>501-048</t>
-[...14 lines deleted...]
-    <t>Фигура светодиодная Снеговик 17см, RGB</t>
+    <t>513-027</t>
+  </si>
+  <si>
+    <t>Фигура на подставке Елочка со звездой 37 см, теплый белый, питание 4xААА и провод USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-706</t>
+  </si>
+  <si>
+    <t>Металлическая 3D-фигура Звезда 35см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-049</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Новогодний подарок, RGB</t>
+  </si>
+  <si>
+    <t>501-003</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная С НОВЫМ ГОДОМ 35 LED КРАСНЫЕ 42x19 см</t>
+  </si>
+  <si>
+    <t>501-040</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Санта Клаус, RGB</t>
+  </si>
+  <si>
+    <t>501-053</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Снеговик с шарфом 2D, RGB</t>
+  </si>
+  <si>
+    <t>501-055</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Снежинка, RGB</t>
   </si>
   <si>
     <t>513-032</t>
   </si>
   <si>
-    <t xml:space="preserve">Фигура на подставке Елочка 25 см </t>
-[...23 lines deleted...]
-    <t>Фигура светодиодная на подставке Снеговик с шарфом 2D, RGB</t>
+    <t>Фигура на подставке Елочка 25 см, RGB, питание 2хААА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-225</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олень 21см, цвет свечения теплый белый, питание 2хAA (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>501-004</t>
   </si>
   <si>
     <t>Фигура светодиодная С НОВЫМ ГОДОМ 35LED, цвет свечения МУЛЬТИКОЛОР (RG/RB), размер 42x19см</t>
   </si>
   <si>
-    <t>501-003</t>
-[...145 lines deleted...]
-  <si>
     <t>1.8 Диско-лампы</t>
   </si>
   <si>
+    <t>601-251</t>
+  </si>
+  <si>
+    <t>Диско-лампа светодиодная e27, подставка с цоколем e27 в комплекте, 230 В</t>
+  </si>
+  <si>
+    <t>601-259</t>
+  </si>
+  <si>
+    <t>Диско-лампа светодиодная E27 с переходником в розетку, проекция звезды, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>601-252</t>
+  </si>
+  <si>
+    <t>Диско-лампа светодиодная в компактном корпусе, 230 В</t>
+  </si>
+  <si>
     <t>601-253</t>
   </si>
   <si>
     <t>Диско-лампа светодиодная e27, 230 В</t>
   </si>
   <si>
+    <t>601-250</t>
+  </si>
+  <si>
+    <t>Диско-лампа светодиодная двойная Е27, подставка с цоколем Е27 в комплекте, 230 В</t>
+  </si>
+  <si>
+    <t>601-256</t>
+  </si>
+  <si>
+    <t>Диско-лампа Летающая тарелка 36LED, 230 В</t>
+  </si>
+  <si>
+    <t>601-260</t>
+  </si>
+  <si>
+    <t>Диско-лампа Летающая тарелка 48 LED, черный корпус, 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>601-257</t>
   </si>
   <si>
     <t>Светодиодная система Диско-шар с пультом ДУ и Bluetooth, 230 В</t>
   </si>
   <si>
-    <t>601-250</t>
-[...22 lines deleted...]
-  <si>
     <t>601-526</t>
   </si>
   <si>
     <t>Диско-шар (ночник-проектор) светодиодный с дистанционным управлением, USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>601-259</t>
-[...10 lines deleted...]
-  <si>
     <t>1.9 Проекторы</t>
   </si>
   <si>
+    <t>601-261</t>
+  </si>
+  <si>
+    <t>Лазерный проектор NEON-NIGHT с пультом управления, различные режимы проекции, 230 В, трансформатор на 3,6 В</t>
+  </si>
+  <si>
     <t>601-268</t>
   </si>
   <si>
     <t>LED проектор Звезды 220 В NEON-NIGHT</t>
   </si>
   <si>
+    <t>601-267</t>
+  </si>
+  <si>
+    <t>LED проектор Звездное небо с пультом, 220 В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>601-264</t>
+  </si>
+  <si>
+    <t>Лазерный проектор с эффектом Северное сияние с пультом ДУ, 220 В</t>
+  </si>
+  <si>
+    <t>601-528</t>
+  </si>
+  <si>
+    <t>Светодиодный ночник-проектор Звездное небо на подставке, цвет мультиколор, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>601-291</t>
+  </si>
+  <si>
+    <t>Лазерный проектор Метеоритный дождь с пультом ДУ NEON-NIGHT</t>
+  </si>
+  <si>
     <t>601-525</t>
   </si>
   <si>
     <t xml:space="preserve"> Светодиодный ночник-проектор Melony</t>
   </si>
   <si>
-    <t>601-267</t>
-[...4 lines deleted...]
-  <si>
     <t>601-262</t>
   </si>
   <si>
     <t>LED проектор, 12 сменных слайдов, цвет RGBW, 12В</t>
   </si>
   <si>
     <t>601-263</t>
   </si>
   <si>
     <t>LED проектор, белые снежинки, 230В</t>
   </si>
   <si>
-    <t>601-291</t>
-[...16 lines deleted...]
-  <si>
     <t>601-527</t>
   </si>
   <si>
     <t>Светодиодный ночник-проектор Звездное небо, 3 режима работы, USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>601-528</t>
-[...4 lines deleted...]
-  <si>
     <t>1.10 Ночники Neon-night</t>
   </si>
   <si>
+    <t>503-018</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Шарк</t>
+  </si>
+  <si>
     <t>503-853</t>
   </si>
   <si>
     <t>Светодиодный светильник Portal</t>
   </si>
   <si>
+    <t>503-006</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Кошачья лапа бирюзовый NEON-NIGHT</t>
+  </si>
+  <si>
     <t>503-004</t>
   </si>
   <si>
     <t>Силиконовый ночник Лебедь NEON-NIGHT</t>
   </si>
   <si>
-    <t>503-006</t>
-[...2 lines deleted...]
-    <t>Силиконовый ночник Кошачья лапа бирюзовый NEON-NIGHT</t>
+    <t>503-009</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Медведь</t>
+  </si>
+  <si>
+    <t>503-059</t>
+  </si>
+  <si>
+    <t>Интерьерный светильник Тукан, соединение по Bluetooth</t>
+  </si>
+  <si>
+    <t>503-003</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Единорог USB с 3 режимами, RGB-свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Силиконовый ночник Щенок </t>
+  </si>
+  <si>
+    <t>503-001</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Котик USB с 3 режимами, RGB-свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-002</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Медвежонок</t>
   </si>
   <si>
     <t>503-008</t>
   </si>
   <si>
     <t xml:space="preserve">Силиконовый ночник Панда </t>
   </si>
   <si>
-    <t>503-007</t>
-[...40 lines deleted...]
-  <si>
     <t>1.11 Подсвечники и свечи</t>
   </si>
   <si>
     <t>501-081</t>
   </si>
   <si>
     <t>Новогодняя горка 7 свечек, цвет корпуса: Белый, цвет свечения: ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>501-082</t>
   </si>
   <si>
     <t>Новогодняя горка 7 свечек, цвет корпуса: Красный, цвет свечения: ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>513-034</t>
   </si>
   <si>
     <t>Фигура на подставке Подсвечник со свечками 50 см</t>
   </si>
   <si>
     <t>1.12 Акриловые фигурки</t>
   </si>
   <si>
+    <t>513-401</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Овца 30см, 56 светодиодов, IP65, 24В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-323</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Пингвиненок 19х14,5х25 см, 20 светодиодов, батарейки 2хAA (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-325</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Снеговик на лыжах 16х20х29 см, 30 светодиодов, батарейки 3хАА (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-316</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Лисенок 28х15х26 см, батарейки 2хAA (не входят в комплект), 30 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-247</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Белый мишка 20 см, 4,5 В, 3 батарейки AA (не входят в комплект), 20 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-341</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Белка 17,5х12х18 см, 4,5 В, 3 батарейки AAA (не входят в комплект), 12 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-322</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Елочка 15х15х22 см, 20 светодиодов, батарейки 2хAA (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>513-324</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Пряничный домик 26х15,5х20 см, 30 светодиодов, батарейки 3хАА (не входят в комплект) NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-316</t>
-[...22 lines deleted...]
-  <si>
     <t>513-314</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Олененок в шарфе 20х17х30 см, 24 светодиода, батарейки 2хAA (не входят в комплект) NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-323</t>
-[...8 lines deleted...]
-    <t>Акриловая светодиодная фигура Белка 17,5х12х18 см, 4,5 В, 3 батарейки AAA (не входят в комплект), 12 светодиодов NEON-NIGHT</t>
+    <t>513-270</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Северный олень 45 см, 100 светодиодов, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-273</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Санта Клаус приветствует 30 см, 40 светодиодов, IP65 понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-275</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Снеговик с шарфом 30 см, 40 светодиодов, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>513-311</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Медвежонок 12х22х13 см, 4,5 В, 3 батарейки AA (не входят в комплект), 10 светодиодов NEON-NIGHT</t>
   </si>
   <si>
     <t>513-312</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Медвежонок 24х11х18 см, 4,5 В, 3 батарейки AA (не входят в комплект), 16 светодиодов NEON-NIGHT</t>
   </si>
   <si>
+    <t>513-321</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Оленёнок 30х14х35 см, 4,5 В, 3 батарейки AA (не входят в комплект), 40 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
     <t>513-315</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Медведь 34,5х12х17 см, 4,5 В, 3 батарейки AA (не входят в комплект), 24 светодиода NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-321</t>
-[...16 lines deleted...]
-  <si>
     <t>513-252</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Белый мишка 15х25 см, 4,5 В, 3 батарейки AA (не входят в комплект), 20 светодиодов NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-275</t>
-[...10 lines deleted...]
-  <si>
     <t>1.13 Елочные фигурки и макушки</t>
   </si>
   <si>
+    <t>501-007</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура на елку Звезда красная 15см, 10LED, постоянное свечение, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-005</t>
+  </si>
+  <si>
+    <t>Верхушка на елку Звезда 20см, цвет красный NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-006</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура на елку Звезда 22см, цвет свечения теплый белый, постоянное свечение, 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>501-001</t>
   </si>
   <si>
     <t>Фигура светодиодная Звезда на елку цвет: RGB, 31 LED, 22 см</t>
   </si>
   <si>
     <t>501-002</t>
   </si>
   <si>
     <t>Фигура светодиодная Звезда на елку цвет: RGB, 10 LED, 17 см</t>
-  </si>
-[...16 lines deleted...]
-    <t>Светодиодная фигура на елку Звезда красная 15см, 10LED, постоянное свечение, 230В NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1875,56 +1803,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-fonarik-s-effektom-snegopada-i-podsvetkoy-neon-night.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-mashina-s-podsvetkoy-i-konfetti-pitanie-ot-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-mayak-siniy-s-konfetti-i-podsvetkoy-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-balerina-s-konfetti-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-podsvechnik-s-effektom-snegopada-neon-night.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-chasy-s-effektom-snegopada-neon-night.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kartina-s-effektom-snegopada-neon-night.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-edinorog-s-konfetti-i-melodiey-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-novyy-god.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-led-fonar-s-effektom-snegopada-i-podsvetkoy-ded-moroz-teploe-beloe-svechenie-neon-night.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-led-fonar-s-effektom-snegopada-i-podsvetkoy-santa-klaus-usb-teploe-beloe-svechenie-neon.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-siyanie-s-konfetti-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kolokolchik-s-effektom-snegopada-neon-night.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-delfiny-s-konfetti-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-mayak-s-konfetti-i-melodiey-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-feya-s-konfetti-i-melodiey-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-rozhdestvenskiy-les-belyy.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-parovoz-s-effektom-snegopada-i-podsvetkoy.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-telefonnaya-budka-s-effektom-snegopada-i-podsvetkoy-neon-night.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-zvezda-s-effektom-snegopada-i-podsvetkoy-neon-night.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-snegoviki-belyy.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-rozhdestvo-belyy.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-elochnyy-shar-s-effektom-snegopada-i-podsvetkoy-neon-night.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-novogodnyaya-elka-s-podsvetkoy-i-konfetti-pitanie-ot-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-tsvet-svecheniya-rgb-s-effektom-mertsaniya-neon-nigh.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-rosoy-belyy-korpus-razmer-10-7h10-7h23-5-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-i-shishkoy-chernyy-korpus-razmer-10-7x10-7x23-5-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-i-shishkoy-bronzovyy-korpus-razmer-14x14x27-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h22-35-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-so-snezhinkoy-razmer-12h12h18-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-13-5h13-5h30-5-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-bronzovyy-korpus-razmer-10-5h10-5h22-5-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-mertsaniya-.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-sve.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-svech.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-20h20h22-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svec.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-14h14h24-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svec.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-belyy-razmer-14h14h16-5-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-10-5h10-5h24sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-korpus-iz-dereva-razmer-14h14h35cm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechami-bronzovyy-korpus-razmer-24h24h65sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-chernyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-bronza-razmer-14h14h16-5-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-18x16-5x31-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-podstavke-so-svechkoy-bronzovyy-korpus-razmer-14-5h17h31sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-chernyy-korpus-razmer-14h14h27-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-s-tremya-svechami-belyy-korpus-24h24h40-sm-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-5-5h5-5h12-5sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svech.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-9h5h13sm-tsvet-korpusa-bronzovyy-tsvet-svecheniya-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-s-rosoy-chernyy-korpus-10-5h10-5h24sm-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-bezhevyy-15h15h38cm-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-5-5h5-5h12-5-sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya-.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-mashinoy-chernyy-korpus-razmer-14h14h21-sm-tsvet-teplyy-belyy-pitanie-2haa-ne-v.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-9-5sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya-teplyy-bel.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-korichnevyy-15h15h38cm-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-9-5sm-tsvet-korpusa-belyy-chernyy-tsvet-svecheniya-teplyy-belyy-pitan.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-fyuzhn-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-batareyki-2hs-ne-v-komplekte-usb-.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-starinnye-chasy-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-chernyy-batareyki-2hs-ne.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-launzh-s-effektom-zhivogo-ognya-35-3h12-4h33-7-sm-s-adapterom-pitaniya-i-batareyk.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-volshebnyy-fonar-s-effektom-zhivogo-ognya-11h11h24-5-sm-batareyki-3haa-ne-v-kompl.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-haytek-s-effektom-zhivogo-ognya-60h10h20-sm-batareyki-3hs-ne-v-komplekte-ili-ot-u.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-starinnye-chasy-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-bronza-batareyki-2hs-ne-.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-mini-s-effektom-zhivogo-ognya-24-8h12-7h30-sm-batareyki-3hs-ne-v-komplekt.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-avangard-s-effektom-zhivogo-ognya-30h13h30-sm-batareyki-3hs-ne-v-komplekte-ili-ot.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-shale-s-effektom-zhivogo-ognya-30h13h28-sm-batareyki-3hs-ne-v-komplekte-ili-ot-us.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-klassika-s-effektom-zhivogo-ognya-33h12h24-sm-batareyki-3hs-ne-v-komplekte-ili-ot.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-kantri-s-effektom-zhivogo-ognya-12h12h18-5-sm-batareyki-3haa-ne-v-komplekte.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-s-effektom-zhivogo-ognya-30h16h35-5-sm-batareyki-3hs-ne-v-komplekte-i-usb.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-kamin-skandi-s-effektom-zhivogo-ognya-18h9h16-sm-batareyki-3hs-ne-v-komplekte.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-rozhdestvo-s-effektom-zhivogo-ognya-15h14h26sm-batareyki-2hs-ne-v-komplekte-i-usb.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-loft-usb-s-effektom-zhivogo-ognya-17h10h24-5-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-lava-15h21-sm-batareyki-3haa-ne-v-komplekte.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-lava-10h16-5-sm-batareyki-3haa-ne-v-komplekte.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-grand-shale-s-effektom-zhivogo-ognya-45h18h56sm-rabotaet-ot-batareek-3hs-v-komple.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-rustik-s-effektom-zhivogo-ognya-14h14h28-sm-pitanie-3haa-ne-v-komplekte-neon-nigh.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-retro-s-effektom-zhivogo-ognya-60-3h11h36-8sm-rabotaet-ot-batareek-3hs-v-komplekt.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kubok-12-5h12-5h33sm-rabotaet-ot-batareek-2haa-v-komplekt-ne-vhodyat-neon-nig.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-nuar-s-effektom-zhivogo-ognya-16h14h29-sm-pitanie-3haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-s-olenem-12x6x21-5-sm.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-zvezdochka-24x13x3-6-sm.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-el-so-snezhinkami-9-5x6x31-sm.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskiy-olen-11h5h47-sm.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-borodach-7x4-5x18-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-ded-moroz-18-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-snegovik-18-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-novogodnyaya-el-14-5x4-5x1-6-cm-6-sht-neon-night.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-zvezdochki-16x4-5x1-3-cm-biryuzovye-6-sht-neon-night.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-zvezdochki-16x4-5x1-3-cm-rozovye-6-sht-neon-night.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnom-s-noskom-15h4h17-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-domik-zvezdocheta-biryuzovaya-26h7h25-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-elochki-14-5x4-5x1-6-cm-6-sht-rozovye-neon-night.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-11-5x5x19-sm.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskaya-skazka-44-5x6x24-sm.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-volshebnyy-fonarik-13-8x11x11-sm.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-20h6-5h29-sm.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-17h4h15-sm.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-siniy-10-5x4x18-sm.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-rozovyy-10-5x4x18-sm.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-semeystvo-oleney-30h5h15-7-sm.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-igrushechnyy-poni-belyy-25h5-5h26-5-sm.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elka-na-podstavke-14-5h5h30-sm.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-zvezda-dvoynaya-30h4h30-sm.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-domik-v-lesu-19h6h26-sm.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-9x5x19-sm.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-domik-so-snegovikom-26-2h9-5h23-3-sm.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-domik-8x7x11-sm.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-krasnyy-domik-11-5h8-5h20-4-sm.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-v-sanyah-30-5h12-2h17-2-sm.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-na-kone-35h15h39-8-sm.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-s-podvesnymi-nozhkami-6-3h5-4h10-4-sm.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskiy-podsvechnik-svechka-12-5h6h19-3-sm.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-na-sanyah-13x9-5x14-sm.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-olenenok-s-sharfom-7x6-5x21-sm.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-avtobus-s-elkoy-19x9x16-sm.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskiy-podsvechnik-parovoz-17-1h7-1h14-7-sm.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-svechka-so-snegovikom-10-5h9h17-6-sm.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-belyy-domik-15-7h11-7h28-4-sm.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-angelok-na-prisoske-s-podvesom-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-olenenok-na-prisoske-s-podvesom-tsvet-belyy.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhinka-na-prisoske-s-podvesom-tsvet-belyy.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-230v-diametr-20-sm-200-svetodiodov-tsvet-belyy.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-santa-klaus-na-prisoske-s-podvesom-tsvet-belyy.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-na-prisoske-s-podvesom-tsvet-zelenyy.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezdochka-na-prisoske-s-podvesom-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-mesyats-na-prisoske-s-podvesom-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-na-prisoske-s-podvesom-tsvet-belyy.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-kolokolchik-na-prisoske-s-podvesom-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-podvesnaya-figura-snezhinka-na-metallicheskom-karkase-tsvet-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-podvesnaya-figura-zvezda-na-metallicheskom-karkase-tsvet-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-25-sm-rgb.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-20-sm-rgb.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-v-shlyape-2d-rgb.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-srednyaya-rgb.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-10sm-rgb.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-17sm-rgb.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-25-sm.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-8-sm.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-14-sm.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-10-sm.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-s-sharfom-2d-rgb.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35led-tsvet-svecheniya-multikolor-rg-rb-razmer-42x19sm.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35-led-krasnye-42x19-sm.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-15-sm-rgb.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-santa-klaus-rgb.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-angel-2d-rgb.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-mishka-2d-rgb.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-2d-rgb.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-pingvin-kristall-rgb.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snezhinka-rgb.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-kristall-rgb.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-21sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-4-gnomikov-v-novogodnih-kolpakah-20-sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-kom.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-el-51-sm.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37sm-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-zvezda-35sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnomik-v-novogodnem-kolpake-20sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-nig.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-poezd-s-melodiey-30-5sm-rgb-neon-night.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-34sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-37sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-3haa-3haa-ne-v-ko.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-podarok-rgb.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-50sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-elochka-45sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neo.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-v-forme-tsilindra-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-230-v.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-sistema-disko-shar-s-pultom-du-i-bluetooth-230-v.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-dvoynaya-e27-podstavka-s-tsokolem-e27-v-komplekte-230-v.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-letayuschaya-tarelka-36led-230-v.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-podstavka-s-tsokolem-e27-v-komplekte-230-v.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-v-kompaktnom-korpuse-230-v.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-shar-nochnik-proektor-svetodiodnyy-s-distantsionnym-upravleniem-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-s-perehodnikom-v-rozetku-proektsiya-zvezdy-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-letayuschaya-tarelka-48-led-chernyy-korpus-230v-neon-night.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-zvezdy-220-v-neon-night.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-melony.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-zvezdnoe-nebo-s-pultom-220-v-neon-night.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-12-smennyh-slaydov-tsvet-rgbw-12v.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-belye-snezhinki-230v.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-meteoritnyy-dozhd-s-pultom-du-neon-night.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-neon-night-s-pultom-upravleniya-razlichnye-rezhimy-proektsii-230-v-transformator-n.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-s-effektom-severnoe-siyanie-s-pultom-du-220-v.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-zvezdnoe-nebo-3-rezhima-raboty-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-zvezdnoe-nebo-na-podstavke-tsvet-multikolor-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-svetilnik-portal.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-lebed-neon-night.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-koshachya-lapa-biryuzovyy-neon-night.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-panda.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-schenok.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-shark.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-medvezhonok.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-medved.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/interernyy-svetilnik-tukan-soedinenie-po-bluetooth.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-edinorog-usb-s-3-rezhimami-rgb-svechenie-neon-night.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-kotik-usb-s-3-rezhimami-rgb-svechenie-neon-night.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/novogodnyaya-gorka-7-svechek-tsvet-korpusa-belyy-tsvet-svecheniya-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/novogodnyaya-gorka-7-svechek-tsvet-korpusa-krasnyy-tsvet-svecheniya-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-podsvechnik-so-svechkami-50-sm.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pryanichnyy-domik-26h15-5h20-sm-30-svetodiodov-batareyki-3haa-ne-vho.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-lisenok-28h15h26-sm-batareyki-2haa-ne-vhodyat-v-komplekt-30-svetodio.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-elochka-15h15h22-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v-kompl.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-ovtsa-30sm-56-svetodiodov-ip65-24v-neon-night.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-na-lyzhah-16h20h29-sm-30-svetodiodov-batareyki-3haa-ne-vhod.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-v-sharfe-20h17h30-sm-24-svetodioda-batareyki-2haa-ne-vhodya.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pingvinenok-19h14-5h25-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belka-17-5h12h18-sm-4-5-v-3-batareyki-aaa-ne-vhodyat-v-komplekt-12-s.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvezhonok-12h22h13-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-1.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvezhonok-24h11h18-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-1.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medved-34-5h12h17-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-24-s.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-30h14h35-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-40-s.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-severnyy-olen-45-sm-100-svetodiodov-ip65-ponizhayuschiy-transformato.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-santa-klaus-privetstvuet-30-sm-40-svetodiodov-ip65-ponizhayuschiy-tr.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belyy-mishka-15h25-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20-.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-s-sharfom-30-sm-40-svetodiodov-ip-65-ponizhayuschiy-transfo.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belyy-mishka-20-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20-sve.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezda-na-elku-tsvet-rgb-31-led-22-sm.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezda-na-elku-tsvet-rgb-10-led-17-sm.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/verhushka-na-elku-zvezda-20sm-tsvet-krasnyy-neon-night.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-na-elku-zvezda-22sm-tsvet-svecheniya-teplyy-belyy-postoyannoe-svechenie-230v-ne.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-na-elku-zvezda-krasnaya-15sm-10led-postoyannoe-svechenie-230v-neon-night.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-led-fonar-s-effektom-snegopada-i-podsvetkoy-ded-moroz-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-novyy-god" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-balerina-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-delfiny-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-podsvechnik-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-elochnyy-shar-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-telefonnaya-budka-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-led-fonar-s-effektom-snegopada-i-podsvetkoy-santa-klaus-usb-teploe-beloe-svechenie-neon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-mashina-s-podsvetkoy-i-konfetti-pitanie-ot-usb-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-snegoviki-belyy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-rozhdestvo-belyy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-rozhdestvenskiy-les-belyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-siyanie-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-zvezda-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-parovoz-s-effektom-snegopada-i-podsvetkoy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-fonarik-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-novogodnyaya-elka-s-podsvetkoy-i-konfetti-pitanie-ot-usb-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-feya-s-konfetti-i-melodiey-usb-neon-night" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-edinorog-s-konfetti-i-melodiey-usb-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kolokolchik-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-chasy-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kartina-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-i-shishkoy-chernyy-korpus-razmer-10-7x10-7x23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechkami-bronzovyy-korpus-razmer-14x14x27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-rosoy-belyy-korpus-razmer-10-7h10-7h23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-chernyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-5-5h5-5h12-5-sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-mertsaniya" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-tsvet-svecheniya-rgb-s-effektom-mertsaniya-neon-nigh" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-korpus-iz-dereva-razmer-14h14h35cm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-s-tremya-svechami-belyy-korpus-24h24h40-sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-9-5sm-tsvet-korpusa-belyy-chernyy-tsvet-svecheniya-teplyy-belyy-pitan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-9h5h13sm-tsvet-korpusa-bronzovyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-s-rosoy-chernyy-korpus-10-5h10-5h24sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-bezhevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-korichnevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-sve" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-18x16-5x31-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-14h14h24-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svec" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-belyy-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-9-5sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya-teplyy-bel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-13-5h13-5h30-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-chernyy-korpus-razmer-14h14h27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-bronza-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-podstavke-so-svechkoy-bronzovyy-korpus-razmer-14-5h17h31sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-10-5h10-5h24sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-svech" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-20h20h22-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svec" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechami-bronzovyy-korpus-razmer-24h24h65sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-so-snezhinkoy-razmer-12h12h18-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-bronzovyy-korpus-razmer-10-5h10-5h22-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h22-35-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-5-5h5-5h12-5sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svech" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-mashinoy-chernyy-korpus-razmer-14h14h21-sm-tsvet-teplyy-belyy-pitanie-2haa-ne-v" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-nuar-s-effektom-zhivogo-ognya-16h14h29-sm-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-mini-s-effektom-zhivogo-ognya-24-8h12-7h30-sm-batareyki-3hs-ne-v-komplekt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-mini-s-effektom-zhivogo-ognya-24-8h12-7h30-sm-batareyki-3hs-ne-v-komplekt-2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-fyuzhn-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-batareyki-2hs-ne-v-komplekte-usb-2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-starinnye-chasy-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-bronza-batareyki-2hs-ne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-shale-s-effektom-zhivogo-ognya-30h13h28-sm-batareyki-3hs-ne-v-komplekte-ili-ot-us" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-volshebnyy-fonar-s-effektom-zhivogo-ognya-11h11h24-5-sm-batareyki-3haa-ne-v-kompl" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-haytek-s-effektom-zhivogo-ognya-60h10h20-sm-batareyki-3hs-ne-v-komplekte-ili-ot-u" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-launzh-s-effektom-zhivogo-ognya-35-3h12-4h33-7-sm-s-adapterom-pitaniya-i-batareyk" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-kantri-s-effektom-zhivogo-ognya-12h12h18-5-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-retro-s-effektom-zhivogo-ognya-60-3h11h36-8sm-rabotaet-ot-batareek-3hs-v-komplekt" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-fyuzhn-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-batareyki-2hs-ne-v-komplekte-usb" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-starinnye-chasy-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-chernyy-batareyki-2hs-ne" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-rustik-s-effektom-zhivogo-ognya-14h14h28-sm-pitanie-3haa-ne-v-komplekte-neon-nigh" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-avangard-s-effektom-zhivogo-ognya-30h13h30-sm-batareyki-3hs-ne-v-komplekte-ili-ot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-lava-15h21-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-rozhdestvo-s-effektom-zhivogo-ognya-15h14h26sm-batareyki-2hs-ne-v-komplekte-i-usb" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-grand-shale-s-effektom-zhivogo-ognya-45h18h56sm-rabotaet-ot-batareek-3hs-v-komple" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kubok-12-5h12-5h33sm-rabotaet-ot-batareek-2haa-v-komplekt-ne-vhodyat-neon-nig" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-kamin-skandi-s-effektom-zhivogo-ognya-18h9h16-sm-batareyki-3hs-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-lava-10h16-5-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-klassika-s-effektom-zhivogo-ognya-33h12h24-sm-batareyki-3hs-ne-v-komplekte-ili-ot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-s-effektom-zhivogo-ognya-30h16h35-5-sm-batareyki-3hs-ne-v-komplekte-i-usb" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-loft-usb-s-effektom-zhivogo-ognya-17h10h24-5-sm-neon-night" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-volshebnyy-fonarik-13-8x11x11-sm" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-11-5x5x19-sm" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-zvezdochka-24x13x3-6-sm" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-igrushechnyy-poni-belyy-25h5-5h26-5-sm" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-zvezda-dvoynaya-30h4h30-sm" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-snegovik-18-sm-neon-night" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-zvezdochki-16x4-5x1-3-cm-rozovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-elochki-14-5x4-5x1-6-cm-6-sht-rozovye-neon-night" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-9x5x19-sm" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-domik-v-lesu-19h6h26-sm" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnom-s-noskom-15h4h17-sm-neon-night" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-20h6-5h29-sm" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-siniy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-zvezdochki-16x4-5x1-3-cm-biryuzovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-domik-zvezdocheta-biryuzovaya-26h7h25-sm-neon-night" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elka-na-podstavke-14-5h5h30-sm" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-17h4h15-sm" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-novogodnyaya-el-14-5x4-5x1-6-cm-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-rozovyy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-s-olenem-12x6x21-5-sm" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-semeystvo-oleney-30h5h15-7-sm" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-el-so-snezhinkami-9-5x6x31-sm" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskaya-skazka-44-5x6x24-sm" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskiy-olen-11h5h47-sm" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-borodach-7x4-5x18-sm-neon-night" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-ded-moroz-18-sm-neon-night" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-domik-8x7x11-sm" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-s-podvesnymi-nozhkami-6-3h5-4h10-4-sm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-krasnyy-domik-11-5h8-5h20-4-sm" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-v-sanyah-30-5h12-2h17-2-sm" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-na-kone-35h15h39-8-sm" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-olenenok-s-sharfom-7x6-5x21-sm" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-domik-so-snegovikom-26-2h9-5h23-3-sm" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-belyy-domik-15-7h11-7h28-4-sm" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskiy-podsvechnik-parovoz-17-1h7-1h14-7-sm" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-avtobus-s-elkoy-19x9x16-sm" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskiy-podsvechnik-svechka-12-5h6h19-3-sm" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-podvesnaya-figura-snezhinka-na-metallicheskom-karkase-tsvet-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-podvesnaya-figura-zvezda-na-metallicheskom-karkase-tsvet-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-15-sm-rgb" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-el-51-sm-belyy-pitanie-3xaaa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm-rgb-pitanie-4xaaa-i-provod-usb-neon-night" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-kristall-rgb" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-34sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-50sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-3haa-3haa-ne-v-ko" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-angel-2d-rgb" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-mishka-2d-rgb" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-10sm-rgb" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-2d-rgb" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-4-gnomikov-v-novogodnih-kolpakah-20-sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-kom" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-20-sm-rgb" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-25-sm-rgb" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-elochka-45sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neo" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-poezd-s-melodiey-30-5sm-rgb-neon-night" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-10-sm" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-pingvin-kristall-rgb" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-37sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-v-forme-tsilindra-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-8-sm" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-srednyaya-rgb" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-17sm-rgb" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnomik-v-novogodnem-kolpake-20sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-nig" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-14-sm" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-v-shlyape-2d-rgb" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm-teplyy-belyy-pitanie-4xaaa-i-provod-usb-neon-night" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-zvezda-35sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-podarok-rgb" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35-led-krasnye-42x19-sm" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-santa-klaus-rgb" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-s-sharfom-2d-rgb" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snezhinka-rgb" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-25-sm-rgb-pitanie-2haaa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-21sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35led-tsvet-svecheniya-multikolor-rg-rb-razmer-42x19sm" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-podstavka-s-tsokolem-e27-v-komplekte-230-v" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-s-perehodnikom-v-rozetku-proektsiya-zvezdy-230v-neon-night" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-v-kompaktnom-korpuse-230-v" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-230-v" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-dvoynaya-e27-podstavka-s-tsokolem-e27-v-komplekte-230-v" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-letayuschaya-tarelka-36led-230-v" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-letayuschaya-tarelka-48-led-chernyy-korpus-230v-neon-night" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-sistema-disko-shar-s-pultom-du-i-bluetooth-230-v" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-shar-nochnik-proektor-svetodiodnyy-s-distantsionnym-upravleniem-usb-neon-night" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-neon-night-s-pultom-upravleniya-razlichnye-rezhimy-proektsii-230-v-transformator-n" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-zvezdy-220-v-neon-night" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-zvezdnoe-nebo-s-pultom-220-v-neon-night" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-s-effektom-severnoe-siyanie-s-pultom-du-220-v" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-zvezdnoe-nebo-na-podstavke-tsvet-multikolor-usb-neon-night" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-meteoritnyy-dozhd-s-pultom-du-neon-night" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-melony" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-12-smennyh-slaydov-tsvet-rgbw-12v" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-belye-snezhinki-230v" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-zvezdnoe-nebo-3-rezhima-raboty-usb-neon-night" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-shark" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-svetilnik-portal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-koshachya-lapa-biryuzovyy-neon-night" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-lebed-neon-night" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-medved" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/interernyy-svetilnik-tukan-soedinenie-po-bluetooth" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-edinorog-usb-s-3-rezhimami-rgb-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-schenok" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-kotik-usb-s-3-rezhimami-rgb-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-medvezhonok" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-panda" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/novogodnyaya-gorka-7-svechek-tsvet-korpusa-belyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/novogodnyaya-gorka-7-svechek-tsvet-korpusa-krasnyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-podsvechnik-so-svechkami-50-sm" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-ovtsa-30sm-56-svetodiodov-ip65-24v-neon-night" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pingvinenok-19h14-5h25-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-na-lyzhah-16h20h29-sm-30-svetodiodov-batareyki-3haa-ne-vhod" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-lisenok-28h15h26-sm-batareyki-2haa-ne-vhodyat-v-komplekt-30-svetodio" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belyy-mishka-20-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20-sve" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belka-17-5h12h18-sm-4-5-v-3-batareyki-aaa-ne-vhodyat-v-komplekt-12-s" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-elochka-15h15h22-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v-kompl" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pryanichnyy-domik-26h15-5h20-sm-30-svetodiodov-batareyki-3haa-ne-vho" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-v-sharfe-20h17h30-sm-24-svetodioda-batareyki-2haa-ne-vhodya" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-severnyy-olen-45-sm-100-svetodiodov-ip65-ponizhayuschiy-transformato" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-santa-klaus-privetstvuet-30-sm-40-svetodiodov-ip65-ponizhayuschiy-tr" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-s-sharfom-30-sm-40-svetodiodov-ip-65-ponizhayuschiy-transfo" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvezhonok-12h22h13-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvezhonok-24h11h18-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-30h14h35-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-40-s" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medved-34-5h12h17-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-24-s" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belyy-mishka-15h25-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-na-elku-zvezda-krasnaya-15sm-10led-postoyannoe-svechenie-230v-neon-night" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/verhushka-na-elku-zvezda-20sm-tsvet-krasnyy-neon-night" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-na-elku-zvezda-22sm-tsvet-svecheniya-teplyy-belyy-postoyannoe-svechenie-230v-ne" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezda-na-elku-tsvet-rgb-31-led-22-sm" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezda-na-elku-tsvet-rgb-10-led-17-sm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I241"/>
+  <dimension ref="A1:I229"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1956,6832 +1884,6484 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>999</v>
+        <v>2698.44</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>664</v>
+        <v>138</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>3410.96</v>
+        <v>2698.44</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>581</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>6</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>3410.96</v>
+        <v>2232.11</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>6</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>2194.8</v>
+        <v>2232.11</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>6</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>4095.89</v>
+        <v>4165.52</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>4</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>2653.33</v>
+        <v>1015.98</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>3410.96</v>
+        <v>761.73</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>176</v>
+        <v>304</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>4095.89</v>
+        <v>2698.44</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>6</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>2653.33</v>
+        <v>3468.95</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1</v>
+        <v>542</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>6</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>2653.33</v>
+        <v>2496.27</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>333</v>
+        <v>1</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>2653.33</v>
+        <v>2698.44</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>6</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>2454.54</v>
+        <v>4165.52</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>2653.33</v>
+        <v>2496.27</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>2194.8</v>
+        <v>1157.32</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>123</v>
+        <v>1318</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>3686.3</v>
+        <v>2892.5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>6</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>4095.89</v>
+        <v>1015.98</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>6</v>
+        <v>36</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>4095.89</v>
+        <v>3156.65</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>7</v>
+        <v>182</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>2844.15</v>
+        <v>4165.52</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>6</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>749</v>
+        <v>4165.52</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>246</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>1137.97</v>
+        <v>2698.44</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1235</v>
+        <v>58</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>2454.54</v>
+        <v>2698.44</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>2653.33</v>
+        <v>3468.95</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>191</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>6</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="3" t="s">
+      <c r="A26" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="C27" s="3">
+        <v>1286.06</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" s="3">
+        <v>44</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>12</v>
+      </c>
+      <c r="I27" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="C27" s="3">
-[...14 lines deleted...]
-      <c r="H27" s="3">
+      <c r="B28" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C28" s="3">
+        <v>1660.67</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" s="3">
+        <v>0</v>
+      </c>
+      <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
         <v>6</v>
       </c>
-      <c r="I27" s="3">
-[...14 lines deleted...]
-      <c r="I28" s="2"/>
+      <c r="I28" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>873.75</v>
+        <v>888.6</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1485</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>12</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>873.75</v>
+        <v>710.88</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>905</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>12</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>873.75</v>
+        <v>863.43</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>14</v>
+        <v>68</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>873.75</v>
+        <v>888.6</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>12</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>1264.56</v>
+        <v>888.6</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>12</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>1632.91</v>
+        <v>888.6</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>715</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>873.75</v>
+        <v>3468.95</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>146</v>
+        <v>446</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>1137.97</v>
+        <v>1157.32</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>999</v>
+        <v>888.6</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>12</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>1506.33</v>
+        <v>3468.95</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>873.75</v>
+        <v>252.98</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>424</v>
+        <v>8</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H39" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>873.75</v>
+        <v>609.18</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
         <v>0</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H40" s="3">
-        <v>12</v>
+        <v>240</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>873.75</v>
+        <v>1258.54</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>108</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>12</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>999</v>
+        <v>3468.95</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>999</v>
+        <v>3468.95</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>1264.56</v>
+        <v>1015.98</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>263</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>1137.97</v>
+        <v>1378.75</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>194</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>6</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>239</v>
+        <v>118</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>6</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>873.75</v>
+        <v>888.6</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>909</v>
+        <v>59</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>12</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>749</v>
+        <v>761.48</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>3410.96</v>
+        <v>1531.94</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>639</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>8205.48</v>
+        <v>1286.06</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>699</v>
+        <v>888.6</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
         <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>12</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>873.75</v>
+        <v>1286.06</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I52" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>1355.7</v>
+        <v>761.73</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>0</v>
+        <v>198</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I53" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>1137.97</v>
+        <v>1015.98</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
         <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>1264.56</v>
+        <v>1157.32</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>6</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>1345</v>
+        <v>182</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>3410.96</v>
+        <v>8344.97</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>123</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>299</v>
+        <v>1015.98</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>495</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>240</v>
+        <v>12</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>599</v>
+        <v>888.6</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G59" s="3">
+        <v>1</v>
+      </c>
+      <c r="H59" s="3">
         <v>12</v>
       </c>
-      <c r="H59" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>1237.5</v>
+        <v>888.6</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>12</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>3410.96</v>
+        <v>888.6</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
         <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I61" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C62" s="3">
-        <v>849</v>
+        <v>1157.32</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>130</v>
+        <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="I62" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C63" s="3">
-        <v>1862.5</v>
+        <v>304.08</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>6</v>
+        <v>133</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>0</v>
+        <v>240</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C64" s="3">
-        <v>748.75</v>
+        <v>1894.16</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A65" s="3" t="s">
+      <c r="A65" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B65" s="2"/>
+      <c r="C65" s="2"/>
+      <c r="D65" s="2"/>
+      <c r="E65" s="2"/>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2"/>
+      <c r="H65" s="2"/>
+      <c r="I65" s="2"/>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="B66" s="3" t="s">
+      <c r="C66" s="3">
+        <v>1258.54</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F66" s="3">
+        <v>0</v>
+      </c>
+      <c r="G66" s="3">
+        <v>1</v>
+      </c>
+      <c r="H66" s="3">
+        <v>6</v>
+      </c>
+      <c r="I66" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="C66" s="3">
-[...22 lines deleted...]
-      <c r="A67" s="2" t="s">
+      <c r="B67" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="B67" s="2"/>
-[...6 lines deleted...]
-      <c r="I67" s="2"/>
+      <c r="C67" s="3">
+        <v>2496.27</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F67" s="3">
+        <v>0</v>
+      </c>
+      <c r="G67" s="3">
+        <v>1</v>
+      </c>
+      <c r="H67" s="3">
+        <v>6</v>
+      </c>
+      <c r="I67" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C68" s="3">
-        <v>1935.06</v>
+        <v>2628.34</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
         <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>6</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C69" s="3">
-        <v>2454.54</v>
+        <v>1967.96</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
         <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C70" s="3">
-        <v>4095.89</v>
+        <v>2496.27</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
         <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C71" s="3">
-        <v>999</v>
+        <v>3190.31</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C72" s="3">
-        <v>5465.75</v>
+        <v>1015.98</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
         <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C73" s="3">
-        <v>2454.54</v>
+        <v>5558.67</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
         <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C74" s="3">
-        <v>2454.54</v>
+        <v>4165.52</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>661</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C75" s="3">
-        <v>3410.96</v>
+        <v>1286.06</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C76" s="3">
-        <v>3136.98</v>
+        <v>6952.84</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
         <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>4</v>
       </c>
       <c r="I76" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C77" s="3">
-        <v>2844.15</v>
+        <v>1967.96</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
         <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C78" s="3">
-        <v>1264.56</v>
+        <v>2496.27</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C79" s="3">
-        <v>4780.82</v>
+        <v>1894.16</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
         <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I79" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C80" s="3">
-        <v>1506.33</v>
+        <v>3468.95</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
         <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C81" s="3">
-        <v>1632.91</v>
+        <v>1967.96</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>319</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I81" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C82" s="3">
-        <v>2324.67</v>
+        <v>1660.67</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>965</v>
+        <v>1</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>6</v>
       </c>
       <c r="I82" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C83" s="3">
-        <v>1935.06</v>
+        <v>9041.55</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>603</v>
+        <v>6</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I83" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C84" s="3">
-        <v>1264.56</v>
+        <v>1660.67</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>12</v>
       </c>
       <c r="I84" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C85" s="3">
-        <v>8890.41</v>
+        <v>1531.94</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I85" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C86" s="3">
-        <v>1862.5</v>
+        <v>1286.06</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="I86" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C87" s="3">
-        <v>6836.62</v>
+        <v>2892.5</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I87" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C88" s="3">
-        <v>1632.91</v>
+        <v>4862.09</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I88" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C89" s="3">
-        <v>1237.5</v>
+        <v>2364.19</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="I89" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
         <v>184</v>
       </c>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="2"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
       <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>699</v>
+        <v>761.73</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>36</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>749</v>
+        <v>710.88</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>128</v>
+        <v>48</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>1242.86</v>
+        <v>761.73</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>24</v>
+        <v>128</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>1264.56</v>
+        <v>1531.94</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
         <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>373.75</v>
+        <v>1531.94</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>313</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>192</v>
+        <v>12</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>460</v>
+        <v>361</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>96</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>623.75</v>
+        <v>178.27</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>432</v>
+        <v>275</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>96</v>
+        <v>300</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>175.29</v>
+        <v>178.27</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>300</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>175.29</v>
+        <v>738.88</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>300</v>
+        <v>72</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>175.29</v>
+        <v>1531.94</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>592</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>300</v>
+        <v>12</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C101" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>407</v>
+        <v>238</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>24</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C102" s="3">
-        <v>1264.56</v>
+        <v>1967.96</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
         <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C103" s="3">
-        <v>175.29</v>
+        <v>507.48</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>1367</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>300</v>
+        <v>48</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C104" s="3">
-        <v>699</v>
+        <v>178.27</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>48</v>
+        <v>300</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C105" s="3">
-        <v>1935.06</v>
+        <v>1286.06</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
         <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C106" s="3">
-        <v>749</v>
+        <v>1531.94</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C107" s="3">
-        <v>1935.06</v>
+        <v>507.48</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
         <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C108" s="3">
-        <v>499</v>
+        <v>178.27</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
         <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>48</v>
+        <v>300</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C109" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
         <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>48</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C110" s="3">
-        <v>499</v>
+        <v>710.88</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
         <v>0</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C111" s="3">
-        <v>1506.33</v>
+        <v>1531.94</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
         <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>12</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C112" s="3">
-        <v>1506.33</v>
+        <v>1263.99</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
         <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C113" s="3">
-        <v>1506.33</v>
+        <v>1967.96</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
         <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C114" s="3">
-        <v>1506.33</v>
+        <v>1286.06</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C115" s="3">
-        <v>1506.33</v>
+        <v>380.1</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>1</v>
+        <v>270</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>12</v>
+        <v>192</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C116" s="3">
-        <v>807.25</v>
+        <v>634.35</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>2</v>
+        <v>332</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
         <v>237</v>
       </c>
       <c r="B117" s="2"/>
       <c r="C117" s="2"/>
       <c r="D117" s="2"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
       <c r="I117" s="2"/>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C118" s="3">
-        <v>1632.91</v>
+        <v>380.1</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C119" s="3">
-        <v>373.75</v>
+        <v>329.26</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C120" s="3">
-        <v>1487.74</v>
+        <v>1361.73</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
         <v>0</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>24</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C121" s="3">
-        <v>1512</v>
+        <v>1537.7</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>78</v>
+        <v>30</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>8</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C122" s="3">
-        <v>4431.39</v>
+        <v>4506.72</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G122" s="3">
         <v>2</v>
       </c>
       <c r="H122" s="3">
         <v>2</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C123" s="3">
-        <v>359.73</v>
+        <v>411.06</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
         <v>0</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C124" s="3">
-        <v>535.89</v>
+        <v>1660.67</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
         <v>0</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C125" s="3">
-        <v>697.48</v>
+        <v>1414.26</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
         <v>0</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C126" s="3">
-        <v>449.1</v>
+        <v>545</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C127" s="3">
-        <v>456.98</v>
+        <v>418.27</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
         <v>0</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>16</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C128" s="3">
-        <v>535.89</v>
+        <v>545</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
         <v>24</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A129" s="3" t="s">
+      <c r="A129" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B129" s="2"/>
+      <c r="C129" s="2"/>
+      <c r="D129" s="2"/>
+      <c r="E129" s="2"/>
+      <c r="F129" s="2"/>
+      <c r="G129" s="2"/>
+      <c r="H129" s="2"/>
+      <c r="I129" s="2"/>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="B130" s="3" t="s">
+      <c r="C130" s="3">
+        <v>1157.32</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F130" s="3">
+        <v>139</v>
+      </c>
+      <c r="G130" s="3">
+        <v>1</v>
+      </c>
+      <c r="H130" s="3">
+        <v>15</v>
+      </c>
+      <c r="I130" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A131" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="C130" s="3">
-[...22 lines deleted...]
-      <c r="A131" s="2" t="s">
+      <c r="B131" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="B131" s="2"/>
-[...6 lines deleted...]
-      <c r="I131" s="2"/>
+      <c r="C131" s="3">
+        <v>507.48</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F131" s="3">
+        <v>1734</v>
+      </c>
+      <c r="G131" s="3">
+        <v>1</v>
+      </c>
+      <c r="H131" s="3">
+        <v>15</v>
+      </c>
+      <c r="I131" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A132" s="3" t="s">
+      <c r="A132" s="2" t="s">
         <v>265</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B132" s="2"/>
+      <c r="C132" s="2"/>
+      <c r="D132" s="2"/>
+      <c r="E132" s="2"/>
+      <c r="F132" s="2"/>
+      <c r="G132" s="2"/>
+      <c r="H132" s="2"/>
+      <c r="I132" s="2"/>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="B133" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="3">
-        <v>756.47</v>
+        <v>297.92</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>23</v>
+        <v>2013</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="B134" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="B134" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" s="3">
-        <v>756.47</v>
+        <v>3468.95</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="B135" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="B135" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" s="3">
-        <v>1990</v>
+        <v>1967.96</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
         <v>0</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="B136" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="B136" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C136" s="3">
-        <v>756.47</v>
+        <v>239.67</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
         <v>0</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="B137" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="B137" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" s="3">
-        <v>756.47</v>
+        <v>1311.93</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I137" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="B138" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="B138" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" s="3">
-        <v>756.47</v>
+        <v>3051</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I138" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="B139" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="B139" s="3" t="s">
+      <c r="C139" s="3">
+        <v>6600.33</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="C139" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F139" s="3">
         <v>0</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I139" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C140" s="3">
-        <v>756.47</v>
+        <v>239.67</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C141" s="3">
-        <v>756.47</v>
+        <v>239.67</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>10</v>
+        <v>384</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C142" s="3">
-        <v>1137.97</v>
+        <v>329.3</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>15</v>
+        <v>120</v>
       </c>
       <c r="I142" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C143" s="3">
-        <v>499</v>
+        <v>239.67</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>1201</v>
+        <v>0</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="I143" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A144" s="2" t="s">
+      <c r="A144" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="B144" s="2"/>
-[...6 lines deleted...]
-      <c r="I144" s="2"/>
+      <c r="B144" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="C144" s="3">
+        <v>1258.03</v>
+      </c>
+      <c r="D144" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F144" s="3">
+        <v>0</v>
+      </c>
+      <c r="G144" s="3">
+        <v>1</v>
+      </c>
+      <c r="H144" s="3">
+        <v>25</v>
+      </c>
+      <c r="I144" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C145" s="3">
-        <v>749</v>
+        <v>507.48</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
         <v>0</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C146" s="3">
-        <v>499</v>
+        <v>761.73</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
         <v>0</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C147" s="3">
-        <v>235.66</v>
+        <v>1639.91</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
+        <v>12</v>
+      </c>
+      <c r="G147" s="3">
+        <v>1</v>
+      </c>
+      <c r="H147" s="3">
         <v>4</v>
       </c>
-      <c r="G147" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I147" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C148" s="3">
-        <v>235.66</v>
+        <v>3376.44</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>2</v>
+        <v>488</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>96</v>
+        <v>6</v>
       </c>
       <c r="I148" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C149" s="3">
-        <v>323.8</v>
+        <v>415.59</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C150" s="3">
-        <v>408.64</v>
+        <v>194.68</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>0</v>
+        <v>374</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C151" s="3">
-        <v>499</v>
+        <v>1515.33</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I151" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C152" s="3">
-        <v>323.8</v>
+        <v>6600.33</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>14</v>
+        <v>280</v>
       </c>
       <c r="F152" s="3">
-        <v>581</v>
+        <v>0</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>48</v>
+        <v>4</v>
       </c>
       <c r="I152" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C153" s="3">
-        <v>762.12</v>
+        <v>329.3</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C154" s="3">
-        <v>408.64</v>
+        <v>239.67</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C155" s="3">
-        <v>235.66</v>
+        <v>415.59</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C156" s="3">
-        <v>987.12</v>
+        <v>380.36</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
         <v>0</v>
       </c>
       <c r="G156" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H156" s="3">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C157" s="3">
-        <v>987.12</v>
+        <v>775.08</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>205</v>
+        <v>1</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C158" s="3">
-        <v>292.94</v>
+        <v>239.67</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
         <v>0</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C159" s="3">
-        <v>234.2</v>
+        <v>1967.96</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>149</v>
+        <v>3</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="I159" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C160" s="3">
-        <v>235.66</v>
+        <v>2628.34</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>0</v>
+        <v>476</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="I160" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C161" s="3">
-        <v>235.66</v>
+        <v>215.7</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>479</v>
+        <v>0</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
         <v>96</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C162" s="3">
-        <v>235.66</v>
+        <v>1003.9</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F162" s="3">
-        <v>0</v>
+        <v>154</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C163" s="3">
-        <v>212.69</v>
+        <v>238.18</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>117</v>
+        <v>100</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
         <v>96</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C164" s="3">
-        <v>235.66</v>
+        <v>239.67</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
         <v>96</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C165" s="3">
-        <v>235.66</v>
+        <v>239.67</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="3">
         <v>12</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
         <v>96</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C166" s="3">
-        <v>990</v>
+        <v>507.48</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F166" s="3">
         <v>0</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="I166" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C167" s="3">
-        <v>1237</v>
+        <v>1006.83</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>130</v>
+        <v>14</v>
       </c>
       <c r="F167" s="3">
         <v>0</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="I167" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C168" s="3">
-        <v>1935.06</v>
+        <v>1003.9</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>7</v>
+        <v>86</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I168" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A169" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B169" s="3" t="s">
+      <c r="A169" s="2" t="s">
         <v>339</v>
       </c>
-      <c r="C169" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B169" s="2"/>
+      <c r="C169" s="2"/>
+      <c r="D169" s="2"/>
+      <c r="E169" s="2"/>
+      <c r="F169" s="2"/>
+      <c r="G169" s="2"/>
+      <c r="H169" s="2"/>
+      <c r="I169" s="2"/>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C170" s="3">
-        <v>1935.06</v>
+        <v>507.48</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="3">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I170" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C171" s="3">
-        <v>2584.41</v>
+        <v>304.08</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="3">
-        <v>355</v>
+        <v>5</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="I171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C172" s="3">
-        <v>374</v>
+        <v>507.48</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F172" s="3">
         <v>0</v>
       </c>
       <c r="G172" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I172" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C173" s="3">
-        <v>3320</v>
+        <v>304.08</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>433</v>
+        <v>3</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>6</v>
+        <v>50</v>
       </c>
       <c r="I173" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C174" s="3">
-        <v>1290</v>
+        <v>710.88</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="3">
         <v>0</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="I174" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C175" s="3">
-        <v>1490</v>
+        <v>1015.98</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="3">
         <v>0</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="I175" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C176" s="3">
-        <v>6490</v>
+        <v>507.23</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>354</v>
+        <v>14</v>
       </c>
       <c r="F176" s="3">
         <v>0</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="B177" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="B177" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C177" s="3">
-        <v>235.66</v>
+        <v>1015.98</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="3">
-        <v>0</v>
+        <v>106</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>96</v>
+        <v>20</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="B178" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="B178" s="3" t="s">
+      <c r="C178" s="3">
+        <v>761.73</v>
+      </c>
+      <c r="D178" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F178" s="3">
+        <v>1</v>
+      </c>
+      <c r="G178" s="3">
+        <v>1</v>
+      </c>
+      <c r="H178" s="3">
+        <v>100</v>
+      </c>
+      <c r="I178" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A179" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="C178" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B179" s="2"/>
+      <c r="C179" s="2"/>
+      <c r="D179" s="2"/>
+      <c r="E179" s="2"/>
+      <c r="F179" s="2"/>
+      <c r="G179" s="2"/>
+      <c r="H179" s="2"/>
+      <c r="I179" s="2"/>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="B180" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="C180" s="3">
+        <v>4057.83</v>
+      </c>
+      <c r="D180" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F180" s="3">
+        <v>73</v>
+      </c>
+      <c r="G180" s="3">
+        <v>1</v>
+      </c>
+      <c r="H180" s="3">
+        <v>20</v>
+      </c>
+      <c r="I180" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="181" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A181" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="B180" s="3" t="s">
+      <c r="B181" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="C180" s="3">
-[...32 lines deleted...]
-      <c r="I181" s="2"/>
+      <c r="C181" s="3">
+        <v>2532.33</v>
+      </c>
+      <c r="D181" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F181" s="3">
+        <v>0</v>
+      </c>
+      <c r="G181" s="3">
+        <v>1</v>
+      </c>
+      <c r="H181" s="3">
+        <v>16</v>
+      </c>
+      <c r="I181" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="B182" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="B182" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C182" s="3">
-        <v>299</v>
+        <v>2949.3</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="3">
         <v>0</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="B183" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="B183" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C183" s="3">
-        <v>999</v>
+        <v>3345.93</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="3">
-        <v>638</v>
+        <v>0</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="B184" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="B184" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C184" s="3">
-        <v>699</v>
+        <v>761.48</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="3">
         <v>0</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
         <v>50</v>
       </c>
       <c r="I184" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="B185" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="B185" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C185" s="3">
-        <v>999</v>
+        <v>4057.83</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="3">
-        <v>0</v>
+        <v>94</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="B186" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="B186" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C186" s="3">
-        <v>499</v>
+        <v>2939.13</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>480</v>
+        <v>1053</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B187" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="B187" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C187" s="3">
-        <v>499</v>
+        <v>3244.23</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>0</v>
+        <v>123</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="B188" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="B188" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C188" s="3">
-        <v>749</v>
+        <v>2227.23</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="3">
-        <v>285</v>
+        <v>0</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I188" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="B189" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="B189" s="3" t="s">
+      <c r="C189" s="3">
+        <v>634.35</v>
+      </c>
+      <c r="D189" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F189" s="3">
+        <v>0</v>
+      </c>
+      <c r="G189" s="3">
+        <v>1</v>
+      </c>
+      <c r="H189" s="3">
+        <v>48</v>
+      </c>
+      <c r="I189" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A190" s="2" t="s">
         <v>379</v>
       </c>
-      <c r="C189" s="3">
-[...22 lines deleted...]
-      <c r="A190" s="3" t="s">
+      <c r="B190" s="2"/>
+      <c r="C190" s="2"/>
+      <c r="D190" s="2"/>
+      <c r="E190" s="2"/>
+      <c r="F190" s="2"/>
+      <c r="G190" s="2"/>
+      <c r="H190" s="2"/>
+      <c r="I190" s="2"/>
+    </row>
+    <row r="191" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A191" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="B190" s="3" t="s">
+      <c r="B191" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="C190" s="3">
-[...32 lines deleted...]
-      <c r="I191" s="2"/>
+      <c r="C191" s="3">
+        <v>1286.06</v>
+      </c>
+      <c r="D191" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F191" s="3">
+        <v>0</v>
+      </c>
+      <c r="G191" s="3">
+        <v>1</v>
+      </c>
+      <c r="H191" s="3">
+        <v>48</v>
+      </c>
+      <c r="I191" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="B192" s="3" t="s">
         <v>383</v>
       </c>
-      <c r="B192" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C192" s="3">
-        <v>2490</v>
+        <v>761.73</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F192" s="3">
         <v>0</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="B193" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="B193" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C193" s="3">
-        <v>2890</v>
+        <v>1286.06</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F193" s="3">
-        <v>1152</v>
+        <v>0</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="B194" s="3" t="s">
         <v>387</v>
       </c>
-      <c r="B194" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C194" s="3">
-        <v>2900</v>
+        <v>1286.06</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F194" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>18</v>
+        <v>60</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="B195" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="B195" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C195" s="3">
-        <v>3190</v>
+        <v>1286.06</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F195" s="3">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="B196" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="B196" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C196" s="3">
-        <v>2190</v>
+        <v>3040.83</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F196" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="B197" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="B197" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C197" s="3">
-        <v>3990</v>
+        <v>1286.06</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F197" s="3">
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="B198" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="B198" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C198" s="3">
-        <v>3990</v>
+        <v>1286.06</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F198" s="3">
         <v>0</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="B199" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="B199" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C199" s="3">
-        <v>3290</v>
+        <v>1286.06</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F199" s="3">
         <v>0</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="B200" s="3" t="s">
         <v>399</v>
       </c>
-      <c r="B200" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C200" s="3">
-        <v>623.75</v>
+        <v>761.73</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F200" s="3">
         <v>0</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I200" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="B201" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="B201" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C201" s="3">
-        <v>748.75</v>
+        <v>1286.06</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F201" s="3">
         <v>0</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I201" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="2" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="B202" s="2"/>
       <c r="C202" s="2"/>
       <c r="D202" s="2"/>
       <c r="E202" s="2"/>
       <c r="F202" s="2"/>
       <c r="G202" s="2"/>
       <c r="H202" s="2"/>
       <c r="I202" s="2"/>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="B203" s="3" t="s">
         <v>404</v>
       </c>
-      <c r="B203" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C203" s="3">
-        <v>749</v>
+        <v>1660.67</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F203" s="3">
-        <v>768</v>
+        <v>89</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="B204" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="B204" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C204" s="3">
-        <v>1264.56</v>
+        <v>1660.67</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F204" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="B205" s="3" t="s">
         <v>408</v>
       </c>
-      <c r="B205" s="3" t="s">
+      <c r="C205" s="3">
+        <v>2628.34</v>
+      </c>
+      <c r="D205" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F205" s="3">
+        <v>1</v>
+      </c>
+      <c r="G205" s="3">
+        <v>1</v>
+      </c>
+      <c r="H205" s="3">
+        <v>6</v>
+      </c>
+      <c r="I205" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="206" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A206" s="2" t="s">
         <v>409</v>
       </c>
-      <c r="C205" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B206" s="2"/>
+      <c r="C206" s="2"/>
+      <c r="D206" s="2"/>
+      <c r="E206" s="2"/>
+      <c r="F206" s="2"/>
+      <c r="G206" s="2"/>
+      <c r="H206" s="2"/>
+      <c r="I206" s="2"/>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="C207" s="3">
-        <v>1264.56</v>
+        <v>2365.51</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F207" s="3">
-        <v>0</v>
+        <v>67</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="C208" s="3">
-        <v>1264.56</v>
+        <v>2628.34</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F208" s="3">
-        <v>408</v>
+        <v>0</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="C209" s="3">
-        <v>749</v>
+        <v>3722.95</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F209" s="3">
         <v>0</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="C210" s="3">
-        <v>1264.56</v>
+        <v>2628.34</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F210" s="3">
         <v>0</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="C211" s="3">
-        <v>2990</v>
+        <v>1660.67</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F211" s="3">
         <v>0</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="C212" s="3">
-        <v>1264.56</v>
+        <v>1494.6</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F212" s="3">
         <v>0</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="B213" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="C213" s="3">
+        <v>2011.76</v>
+      </c>
+      <c r="D213" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F213" s="3">
+        <v>0</v>
+      </c>
+      <c r="G213" s="3">
+        <v>1</v>
+      </c>
+      <c r="H213" s="3">
+        <v>12</v>
+      </c>
+      <c r="I213" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A214" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="B213" s="3" t="s">
+      <c r="B214" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="C213" s="3">
-[...32 lines deleted...]
-      <c r="I214" s="2"/>
+      <c r="C214" s="3">
+        <v>3536.8</v>
+      </c>
+      <c r="D214" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F214" s="3">
+        <v>0</v>
+      </c>
+      <c r="G214" s="3">
+        <v>1</v>
+      </c>
+      <c r="H214" s="3">
+        <v>4</v>
+      </c>
+      <c r="I214" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="B215" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="B215" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C215" s="3">
-        <v>1632.91</v>
+        <v>2365.51</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F215" s="3">
         <v>0</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="B216" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="B216" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C216" s="3">
-        <v>1632.91</v>
+        <v>8125.83</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F216" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="B217" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="B217" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C217" s="3">
-        <v>2584.41</v>
+        <v>5303.22</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F217" s="3">
         <v>0</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
         <v>6</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A218" s="2" t="s">
+      <c r="A218" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="B218" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="B218" s="2"/>
-[...6 lines deleted...]
-      <c r="I218" s="2"/>
+      <c r="C218" s="3">
+        <v>4414</v>
+      </c>
+      <c r="D218" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F218" s="3">
+        <v>0</v>
+      </c>
+      <c r="G218" s="3">
+        <v>1</v>
+      </c>
+      <c r="H218" s="3">
+        <v>12</v>
+      </c>
+      <c r="I218" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
         <v>434</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C219" s="3">
-        <v>3477.68</v>
+        <v>1660.67</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F219" s="3">
         <v>0</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
         <v>4</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>436</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>437</v>
       </c>
       <c r="C220" s="3">
-        <v>2584.41</v>
+        <v>1867.94</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F220" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>438</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>439</v>
       </c>
       <c r="C221" s="3">
-        <v>1978.13</v>
+        <v>3722.95</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F221" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>440</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>441</v>
       </c>
       <c r="C222" s="3">
-        <v>2325.97</v>
+        <v>2628.34</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F222" s="3">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>442</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>443</v>
       </c>
       <c r="C223" s="3">
-        <v>3660.72</v>
+        <v>732.87</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F223" s="3">
         <v>0</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A224" s="3" t="s">
+      <c r="A224" s="2" t="s">
         <v>444</v>
       </c>
-      <c r="B224" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B224" s="2"/>
+      <c r="C224" s="2"/>
+      <c r="D224" s="2"/>
+      <c r="E224" s="2"/>
+      <c r="F224" s="2"/>
+      <c r="G224" s="2"/>
+      <c r="H224" s="2"/>
+      <c r="I224" s="2"/>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="B225" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="B225" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C225" s="3">
-        <v>2584.41</v>
+        <v>297.94</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F225" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I225" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="B226" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="B226" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C226" s="3">
-        <v>1469.62</v>
+        <v>131.7</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F226" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>8</v>
+        <v>600</v>
       </c>
       <c r="I226" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="B227" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="B227" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C227" s="3">
-        <v>1632.91</v>
+        <v>507.48</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F227" s="3">
         <v>0</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="I227" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="B228" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="B228" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C228" s="3">
-        <v>1836.72</v>
+        <v>761.73</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F228" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>4</v>
+        <v>48</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="B229" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="B229" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C229" s="3">
-        <v>2584.41</v>
+        <v>297.81</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F229" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
-      </c>
-[...330 lines deleted...]
-        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A28:I28"/>
-    <mergeCell ref="A67:I67"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="A65:I65"/>
     <mergeCell ref="A90:I90"/>
     <mergeCell ref="A117:I117"/>
-    <mergeCell ref="A131:I131"/>
-[...2 lines deleted...]
-    <mergeCell ref="A191:I191"/>
+    <mergeCell ref="A129:I129"/>
+    <mergeCell ref="A132:I132"/>
+    <mergeCell ref="A169:I169"/>
+    <mergeCell ref="A179:I179"/>
+    <mergeCell ref="A190:I190"/>
     <mergeCell ref="A202:I202"/>
-    <mergeCell ref="A214:I214"/>
-[...1 lines deleted...]
-    <mergeCell ref="A236:I236"/>
+    <mergeCell ref="A206:I206"/>
+    <mergeCell ref="A224:I224"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
-    <hyperlink ref="D26" r:id="rId23"/>
-    <hyperlink ref="D27" r:id="rId24"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D40" r:id="rId36"/>
     <hyperlink ref="D41" r:id="rId37"/>
     <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D43" r:id="rId39"/>
     <hyperlink ref="D44" r:id="rId40"/>
     <hyperlink ref="D45" r:id="rId41"/>
     <hyperlink ref="D46" r:id="rId42"/>
     <hyperlink ref="D47" r:id="rId43"/>
     <hyperlink ref="D48" r:id="rId44"/>
     <hyperlink ref="D49" r:id="rId45"/>
     <hyperlink ref="D50" r:id="rId46"/>
     <hyperlink ref="D51" r:id="rId47"/>
     <hyperlink ref="D52" r:id="rId48"/>
     <hyperlink ref="D53" r:id="rId49"/>
     <hyperlink ref="D54" r:id="rId50"/>
     <hyperlink ref="D55" r:id="rId51"/>
     <hyperlink ref="D56" r:id="rId52"/>
     <hyperlink ref="D57" r:id="rId53"/>
     <hyperlink ref="D58" r:id="rId54"/>
     <hyperlink ref="D59" r:id="rId55"/>
     <hyperlink ref="D60" r:id="rId56"/>
     <hyperlink ref="D61" r:id="rId57"/>
     <hyperlink ref="D62" r:id="rId58"/>
     <hyperlink ref="D63" r:id="rId59"/>
     <hyperlink ref="D64" r:id="rId60"/>
-    <hyperlink ref="D65" r:id="rId61"/>
-    <hyperlink ref="D66" r:id="rId62"/>
+    <hyperlink ref="D66" r:id="rId61"/>
+    <hyperlink ref="D67" r:id="rId62"/>
     <hyperlink ref="D68" r:id="rId63"/>
     <hyperlink ref="D69" r:id="rId64"/>
     <hyperlink ref="D70" r:id="rId65"/>
     <hyperlink ref="D71" r:id="rId66"/>
     <hyperlink ref="D72" r:id="rId67"/>
     <hyperlink ref="D73" r:id="rId68"/>
     <hyperlink ref="D74" r:id="rId69"/>
     <hyperlink ref="D75" r:id="rId70"/>
     <hyperlink ref="D76" r:id="rId71"/>
     <hyperlink ref="D77" r:id="rId72"/>
     <hyperlink ref="D78" r:id="rId73"/>
     <hyperlink ref="D79" r:id="rId74"/>
     <hyperlink ref="D80" r:id="rId75"/>
     <hyperlink ref="D81" r:id="rId76"/>
     <hyperlink ref="D82" r:id="rId77"/>
     <hyperlink ref="D83" r:id="rId78"/>
     <hyperlink ref="D84" r:id="rId79"/>
     <hyperlink ref="D85" r:id="rId80"/>
     <hyperlink ref="D86" r:id="rId81"/>
     <hyperlink ref="D87" r:id="rId82"/>
     <hyperlink ref="D88" r:id="rId83"/>
     <hyperlink ref="D89" r:id="rId84"/>
     <hyperlink ref="D91" r:id="rId85"/>
     <hyperlink ref="D92" r:id="rId86"/>
     <hyperlink ref="D93" r:id="rId87"/>
@@ -8797,155 +8377,143 @@
     <hyperlink ref="D103" r:id="rId97"/>
     <hyperlink ref="D104" r:id="rId98"/>
     <hyperlink ref="D105" r:id="rId99"/>
     <hyperlink ref="D106" r:id="rId100"/>
     <hyperlink ref="D107" r:id="rId101"/>
     <hyperlink ref="D108" r:id="rId102"/>
     <hyperlink ref="D109" r:id="rId103"/>
     <hyperlink ref="D110" r:id="rId104"/>
     <hyperlink ref="D111" r:id="rId105"/>
     <hyperlink ref="D112" r:id="rId106"/>
     <hyperlink ref="D113" r:id="rId107"/>
     <hyperlink ref="D114" r:id="rId108"/>
     <hyperlink ref="D115" r:id="rId109"/>
     <hyperlink ref="D116" r:id="rId110"/>
     <hyperlink ref="D118" r:id="rId111"/>
     <hyperlink ref="D119" r:id="rId112"/>
     <hyperlink ref="D120" r:id="rId113"/>
     <hyperlink ref="D121" r:id="rId114"/>
     <hyperlink ref="D122" r:id="rId115"/>
     <hyperlink ref="D123" r:id="rId116"/>
     <hyperlink ref="D124" r:id="rId117"/>
     <hyperlink ref="D125" r:id="rId118"/>
     <hyperlink ref="D126" r:id="rId119"/>
     <hyperlink ref="D127" r:id="rId120"/>
     <hyperlink ref="D128" r:id="rId121"/>
-    <hyperlink ref="D129" r:id="rId122"/>
-[...12 lines deleted...]
-    <hyperlink ref="D143" r:id="rId135"/>
+    <hyperlink ref="D130" r:id="rId122"/>
+    <hyperlink ref="D131" r:id="rId123"/>
+    <hyperlink ref="D133" r:id="rId124"/>
+    <hyperlink ref="D134" r:id="rId125"/>
+    <hyperlink ref="D135" r:id="rId126"/>
+    <hyperlink ref="D136" r:id="rId127"/>
+    <hyperlink ref="D137" r:id="rId128"/>
+    <hyperlink ref="D138" r:id="rId129"/>
+    <hyperlink ref="D139" r:id="rId130"/>
+    <hyperlink ref="D140" r:id="rId131"/>
+    <hyperlink ref="D141" r:id="rId132"/>
+    <hyperlink ref="D142" r:id="rId133"/>
+    <hyperlink ref="D143" r:id="rId134"/>
+    <hyperlink ref="D144" r:id="rId135"/>
     <hyperlink ref="D145" r:id="rId136"/>
     <hyperlink ref="D146" r:id="rId137"/>
     <hyperlink ref="D147" r:id="rId138"/>
     <hyperlink ref="D148" r:id="rId139"/>
     <hyperlink ref="D149" r:id="rId140"/>
     <hyperlink ref="D150" r:id="rId141"/>
     <hyperlink ref="D151" r:id="rId142"/>
     <hyperlink ref="D152" r:id="rId143"/>
     <hyperlink ref="D153" r:id="rId144"/>
     <hyperlink ref="D154" r:id="rId145"/>
     <hyperlink ref="D155" r:id="rId146"/>
     <hyperlink ref="D156" r:id="rId147"/>
     <hyperlink ref="D157" r:id="rId148"/>
     <hyperlink ref="D158" r:id="rId149"/>
     <hyperlink ref="D159" r:id="rId150"/>
     <hyperlink ref="D160" r:id="rId151"/>
     <hyperlink ref="D161" r:id="rId152"/>
     <hyperlink ref="D162" r:id="rId153"/>
     <hyperlink ref="D163" r:id="rId154"/>
     <hyperlink ref="D164" r:id="rId155"/>
     <hyperlink ref="D165" r:id="rId156"/>
     <hyperlink ref="D166" r:id="rId157"/>
     <hyperlink ref="D167" r:id="rId158"/>
     <hyperlink ref="D168" r:id="rId159"/>
-    <hyperlink ref="D169" r:id="rId160"/>
-[...43 lines deleted...]
-    <hyperlink ref="D217" r:id="rId204"/>
+    <hyperlink ref="D170" r:id="rId160"/>
+    <hyperlink ref="D171" r:id="rId161"/>
+    <hyperlink ref="D172" r:id="rId162"/>
+    <hyperlink ref="D173" r:id="rId163"/>
+    <hyperlink ref="D174" r:id="rId164"/>
+    <hyperlink ref="D175" r:id="rId165"/>
+    <hyperlink ref="D176" r:id="rId166"/>
+    <hyperlink ref="D177" r:id="rId167"/>
+    <hyperlink ref="D178" r:id="rId168"/>
+    <hyperlink ref="D180" r:id="rId169"/>
+    <hyperlink ref="D181" r:id="rId170"/>
+    <hyperlink ref="D182" r:id="rId171"/>
+    <hyperlink ref="D183" r:id="rId172"/>
+    <hyperlink ref="D184" r:id="rId173"/>
+    <hyperlink ref="D185" r:id="rId174"/>
+    <hyperlink ref="D186" r:id="rId175"/>
+    <hyperlink ref="D187" r:id="rId176"/>
+    <hyperlink ref="D188" r:id="rId177"/>
+    <hyperlink ref="D189" r:id="rId178"/>
+    <hyperlink ref="D191" r:id="rId179"/>
+    <hyperlink ref="D192" r:id="rId180"/>
+    <hyperlink ref="D193" r:id="rId181"/>
+    <hyperlink ref="D194" r:id="rId182"/>
+    <hyperlink ref="D195" r:id="rId183"/>
+    <hyperlink ref="D196" r:id="rId184"/>
+    <hyperlink ref="D197" r:id="rId185"/>
+    <hyperlink ref="D198" r:id="rId186"/>
+    <hyperlink ref="D199" r:id="rId187"/>
+    <hyperlink ref="D200" r:id="rId188"/>
+    <hyperlink ref="D201" r:id="rId189"/>
+    <hyperlink ref="D203" r:id="rId190"/>
+    <hyperlink ref="D204" r:id="rId191"/>
+    <hyperlink ref="D205" r:id="rId192"/>
+    <hyperlink ref="D207" r:id="rId193"/>
+    <hyperlink ref="D208" r:id="rId194"/>
+    <hyperlink ref="D209" r:id="rId195"/>
+    <hyperlink ref="D210" r:id="rId196"/>
+    <hyperlink ref="D211" r:id="rId197"/>
+    <hyperlink ref="D212" r:id="rId198"/>
+    <hyperlink ref="D213" r:id="rId199"/>
+    <hyperlink ref="D214" r:id="rId200"/>
+    <hyperlink ref="D215" r:id="rId201"/>
+    <hyperlink ref="D216" r:id="rId202"/>
+    <hyperlink ref="D217" r:id="rId203"/>
+    <hyperlink ref="D218" r:id="rId204"/>
     <hyperlink ref="D219" r:id="rId205"/>
     <hyperlink ref="D220" r:id="rId206"/>
     <hyperlink ref="D221" r:id="rId207"/>
     <hyperlink ref="D222" r:id="rId208"/>
     <hyperlink ref="D223" r:id="rId209"/>
-    <hyperlink ref="D224" r:id="rId210"/>
-[...15 lines deleted...]
-    <hyperlink ref="D241" r:id="rId226"/>
+    <hyperlink ref="D225" r:id="rId210"/>
+    <hyperlink ref="D226" r:id="rId211"/>
+    <hyperlink ref="D227" r:id="rId212"/>
+    <hyperlink ref="D228" r:id="rId213"/>
+    <hyperlink ref="D229" r:id="rId214"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>