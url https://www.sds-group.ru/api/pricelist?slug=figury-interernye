--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -45,1380 +45,1380 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Фигуры интерьерные</t>
   </si>
   <si>
     <t>1.1 Фонари с эффектом снегопада и конфетти</t>
   </si>
   <si>
+    <t>501-174</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Балерина с конфетти, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>501-173</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Дельфины с конфетти, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-060</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Сияние с конфетти, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-068</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Колокольчик с эффектом снегопада NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-162</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Часы с эффектом снегопада NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-164</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Подсвечник с эффектом снегопада NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-163</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Картина с эффектом снегопада NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-184</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Фея с конфетти и мелодией, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-186</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Единорог с конфетти и мелодией, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-161</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с эффектом снегопада и подсветкой Новый год</t>
+  </si>
+  <si>
+    <t>501-061</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с эффектом снегопада и подсветкой Снеговики, Белый</t>
+  </si>
+  <si>
     <t>501-062</t>
   </si>
   <si>
     <t>Декоративный LED-фонарь с эффектом снегопада и подсветкой Дед Мороз, теплое белое свечение NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...26 lines deleted...]
-    <t>Декоративный светильник Подсвечник с эффектом снегопада NEON-NIGHT</t>
+    <t>501-065</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с эффектом снегопада и подсветкой Рождество, белый</t>
+  </si>
+  <si>
+    <t>501-066</t>
+  </si>
+  <si>
+    <t>Декоративный LED-фонарь с эффектом снегопада и подсветкой Санта-Клаус USB, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-165</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с эффектом снегопада и подсветкой Рождественский лес, белый</t>
+  </si>
+  <si>
+    <t>501-166</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь Паровоз с эффектом снегопада и подсветкой</t>
+  </si>
+  <si>
+    <t>501-183</t>
+  </si>
+  <si>
+    <t>Светильник декоративный (фигура) Фонарик с эффектом снегопада и подсветкой NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-185</t>
+  </si>
+  <si>
+    <t>Светильник декоративный (фигура) Телефонная будка с эффектом снегопада и подсветкой NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-182</t>
+  </si>
+  <si>
+    <t>Светильник декоративный (фигура) Звезда с эффектом снегопада и подсветкой NEON-NIGHT</t>
   </si>
   <si>
     <t>501-160</t>
   </si>
   <si>
     <t>Светильник декоративный (фигура) Елочный шар с эффектом снегопада и подсветкой NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-185</t>
-[...10 lines deleted...]
-  <si>
     <t>501-169</t>
   </si>
   <si>
     <t>Светильник декоративный Машина с подсветкой и конфетти, питание от USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-061</t>
-[...40 lines deleted...]
-  <si>
     <t>501-180</t>
   </si>
   <si>
     <t>Светильник декоративный Новогодняя елка с подсветкой и конфетти, питание от USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-184</t>
-[...28 lines deleted...]
-  <si>
     <t>1.2 Фонари декоративные</t>
   </si>
   <si>
+    <t>513-061</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с шариками 12х12х20,6 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-062</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с шариками 12х12х20,6 см, белый корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-064</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 11х11х22,5 см, черный корпус, цвет свечения RGB с эффектом мерцания NEON-NIGHT</t>
+  </si>
+  <si>
     <t>513-047</t>
   </si>
   <si>
     <t>Декоративный фонарь со свечкой и шишкой, черный корпус, размер 10,7x10,7x23,5 см, цвет теплый белый</t>
   </si>
   <si>
     <t>513-048</t>
   </si>
   <si>
     <t>Декоративный фонарь с тремя свечками, бронзовый корпус, размер 14x14x27 см, цвет теплый белый</t>
   </si>
   <si>
     <t>513-050</t>
   </si>
   <si>
     <t>Декоративный фонарь с росой, белый корпус, размер 10,7х10,7х23,5 см, цвет теплый белый</t>
   </si>
   <si>
+    <t>513-052</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с лампочкой, белый корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-053</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с лампочкой, бронзовый корпус, размер 10,5х10,5х22,5 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-054</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, белый корпус, размер 10,5х10,5х22,35 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-042</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, белый корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-043</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, белый корпус со снежинкой, размер 12х12х18 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-065</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 11х11х22,5 см, черный корпус, теплый белый цвет свечения с эффектом мерцания NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-066</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 11х11х22,5 см, черный корпус, теплый белый цвет свечения с эффектом пламени свечи NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-067</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 12х12х20,6 см, белый корпус, теплый белый цвет свечения с эффектом пламени свечи NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-045</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 14x14x29 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-046</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 14x14x29 см, белый корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-056</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 18x16,5x31 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-143</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь на солнечной батарее 20х20х22 см, черный плетеный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-145</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь на солнечной батарее 14х14х24 см, черный плетеный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-063</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с шариками, черный корпус, размер 14х14х27 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-057</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, плетеный корпус, белый, размер 14х14х16,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-049</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с тремя свечами, бронзовый корпус, размер 24х24х65см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-059</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, красный корпус, размер 10,5х10,5х24см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-075</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, корпус из дерева, размер 14х14х35cм, цвет теплый белый</t>
+  </si>
+  <si>
     <t>513-051</t>
   </si>
   <si>
     <t>Декоративный фонарь со свечкой, черный корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
+    <t>513-041</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, красный корпус, размер 13,5х13,5х30,5 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-055</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, плетеный корпус, бронза, размер 14х14х16,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-058</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь на подставке со свечкой, бронзовый корпус, размер 14,5х17х31см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-071</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный (фигура) с тремя свечами, белый корпус, 24х24х40 см, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-069</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой 9,5см, цвет корпуса белый/черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-076</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный (фигура) со свечкой 9х5х13см, цвет корпуса бронзовый, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-068</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный (фигура) со свечкой 5,5х5,5х12,5см, цвет корпуса белый/красный/ черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте</t>
+  </si>
+  <si>
+    <t>513-070</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный с Росой, черный корпус, 10,5х10,5х24см, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-073</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный со свечкой, корпус из дерева, бежевый, 15х15х38cм, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-074</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный со свечкой, корпус из дерева, коричневый, 15х15х38cм, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-040</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с машиной, черный корпус, размер 14х14х21 см, цвет теплый белый, питание 2хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>513-020</t>
   </si>
   <si>
     <t>Набор из 3 фонарей со свечкой 5,5х5,5х12,5 см, цвет корпуса белый, красный, черный, цвет свечения теплый белый, питание 3xLR1130 NEON-NIGHT</t>
   </si>
   <si>
     <t>наб.</t>
   </si>
   <si>
-    <t>513-065</t>
-[...94 lines deleted...]
-  <si>
     <t>513-021</t>
   </si>
   <si>
     <t>Набор из 3 фонарей со свечкой 9,5см, цвет корпуса белый/красный/черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте)</t>
   </si>
   <si>
-    <t>513-041</t>
-[...94 lines deleted...]
-  <si>
     <t>1.3 Камины светодиодные</t>
   </si>
   <si>
+    <t>511-038</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Фьюжн с эффектом живого огня 14,7x11,7x25 см, батарейки 2хС (не в комплекте) USB, бронзовый</t>
+  </si>
+  <si>
+    <t>511-039</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Фьюжн с эффектом живого огня 14,7x11,7x25 см, батарейки 2хС (не в комплекте) USB, черный</t>
+  </si>
+  <si>
+    <t>511-020</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Старинные часы с эффектом живого огня 14,7x11,7x25 см, черный, батарейки 2хС (не в комплекте) USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-021</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Старинные часы с эффектом живого огня 14,7x11,7x25 см, бронза, батарейки 2хС (не в комплекте) USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-038</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Лаунж с эффектом живого огня 35,3х12,4х33,7 см, с адаптером питания и батарейками 4 х АА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-022</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Винтаж мини с эффектом живого огня 24.8х12.7х30 см, батарейки 3хС (не в комплекте), с USB, черный</t>
+  </si>
+  <si>
+    <t>511-023</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Винтаж мини с эффектом живого огня 24.8х12.7х30 см, батарейки 3хС (не в комплекте), с USB, бронзовый</t>
+  </si>
+  <si>
+    <t>511-006</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Шале с эффектом живого огня 30х13х28 см, батарейки 3хС (не в комплекте) или от USB (в комплекте)</t>
+  </si>
+  <si>
+    <t>511-026</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Волшебный фонарь с эффектом живого огня 11х11х24,5 см, батарейки 3хАА (не в комплекте)</t>
+  </si>
+  <si>
+    <t>511-001</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Хайтек с эффектом живого огня 60х10х20 см, батарейки 3хС (не в комплекте) или от USB (в комплекте)</t>
+  </si>
+  <si>
+    <t>511-004</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Авангард с эффектом живого огня 30х13х30 см, батарейки 3хС (не в комплекте) или от USB (в комплекте)</t>
+  </si>
+  <si>
+    <t>511-030</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Классика с эффектом живого огня 33х12х24 см, батарейки 3хС (не в комплекте) или от USB (в комплекте)</t>
+  </si>
+  <si>
+    <t>511-031</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Кантри с эффектом живого огня 12х12х18,5 см, батарейки 3хАА (не в комплекте)</t>
+  </si>
+  <si>
+    <t>511-032</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Винтаж с эффектом живого огня 30х16х35,5 см, батарейки 3хС (не в комплекте) и USB (в комплекте)</t>
+  </si>
+  <si>
+    <t>511-033</t>
+  </si>
+  <si>
+    <t>Декоративный камин Сканди с эффектом живого огня 18х9х16 см, батарейки 3хС (не в комплекте)</t>
+  </si>
+  <si>
+    <t>511-034</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Лофт USB с эффектом живого огня 17х10х24.5 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-027</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Рождество с эффектом живого огня 15х14х26см, батарейки 2хС (не в комплекте) и USB, бронзовый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-036</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Лава Ø 10х16,5 см, батарейки 3хАА (не в комплекте)</t>
+  </si>
+  <si>
+    <t>511-037</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Лава Ø 15х21 см, батарейки 3хАА (не в комплекте)</t>
+  </si>
+  <si>
+    <t>511-024</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Гранд Шале с эффектом живого огня 45х18х56см, работает от батареек 3хС (в комплект не входят) или от USB (в комплекте), черный</t>
+  </si>
+  <si>
+    <t>511-029</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Кубок 12,5х12,5х33см, работает от батареек 2хАА (в комплект не входят) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-002</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Ретро с эффектом живого огня 60,3х11х36,8см, работает от батареек 3хС (в комплект не входят) или от USB (в комплекте), бронзовый</t>
+  </si>
+  <si>
+    <t>511-028</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Рустик с эффектом живого огня 14х14х28 см, питание 3хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>511-005</t>
   </si>
   <si>
     <t>Светодиодный камин Нуар с эффектом живого огня 16х14х29 см, питание 3хАА (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
-    <t>511-022</t>
-[...136 lines deleted...]
-  <si>
     <t>1.4 Деревянные фигурки</t>
   </si>
   <si>
+    <t>504-013</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Ель со снежинками 9,5x6x31 см</t>
+  </si>
+  <si>
+    <t>504-008</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Гномик-бородач 7x4,5x18 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-016</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Дед Мороз 18 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-017</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Снеговик 18 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-031</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Новогодняя ель 14,5x4,5x1,6 cм, 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-032</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Елочки 14,5x4,5x1,6 cм, 6 шт, розовые NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-033</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Звездочки 16x4,5x1,3 cм, бирюзовые 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-034</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Звездочки 16x4,5x1,3 cм, розовые, 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-009</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Гном с носком 15х4х17 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-019</t>
+  </si>
+  <si>
+    <t>Деревянная фигура с подсветкой Домик Звездочета бирюзовая 26х7х25 см, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-002</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка с оленем 12x6x21,5 см</t>
+  </si>
+  <si>
+    <t>504-012</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка 11,5x5x19 см</t>
+  </si>
+  <si>
     <t>504-023</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Волшебный фонарик 13,8x11x11 см</t>
   </si>
   <si>
-    <t>504-012</t>
-[...4 lines deleted...]
-  <si>
     <t>504-022</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Звездочка 24x13x3,6 см</t>
   </si>
   <si>
+    <t>504-021</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Рождественская сказка 44,5x6x24 см</t>
+  </si>
+  <si>
+    <t>504-024</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Домик в лесу 19х6х26 см</t>
+  </si>
+  <si>
+    <t>504-025</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка 20х6,5х29 см</t>
+  </si>
+  <si>
+    <t>504-004</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Гномик 17х4х15 см</t>
+  </si>
+  <si>
+    <t>504-005</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Рождественский Олень Синий 10,5x4x18 см</t>
+  </si>
+  <si>
+    <t>504-006</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Рождественский Олень Розовый 10,5x4x18 см</t>
+  </si>
+  <si>
+    <t>504-007</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Рождественский олень 11х5х47 см</t>
+  </si>
+  <si>
+    <t>504-026</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Семейство оленей 30х5х15,7 см</t>
+  </si>
+  <si>
     <t>504-044</t>
   </si>
   <si>
     <t>Деревянная фигурка Игрушечный пони белый 25х5,5х26,5 см</t>
   </si>
   <si>
+    <t>504-028</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елка на подставке 14,5х5х30 см</t>
+  </si>
+  <si>
     <t>504-027</t>
   </si>
   <si>
     <t>Деревянная фигура с подсветкой Звезда двойная 30х4х30 см</t>
   </si>
   <si>
-    <t>504-017</t>
-[...16 lines deleted...]
-  <si>
     <t>504-011</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Елочка 9x5x19 см</t>
   </si>
   <si>
-    <t>504-024</t>
-[...100 lines deleted...]
-  <si>
     <t>1.5 Керамические фигурки</t>
   </si>
   <si>
+    <t>505-019</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Автобус с елкой 19x9x16 см</t>
+  </si>
+  <si>
     <t>505-022</t>
   </si>
   <si>
     <t>Керамическая фигурка Домик 8x7x11 см</t>
   </si>
   <si>
     <t>505-023</t>
   </si>
   <si>
     <t>Керамическая фигурка Дед Мороз с подвесными ножками 6,3х5,4х10,4 см</t>
   </si>
   <si>
     <t>505-026</t>
   </si>
   <si>
     <t>Керамическая фигурка Красный домик 11,5х8,5х20,4 см</t>
   </si>
   <si>
     <t>505-029</t>
   </si>
   <si>
     <t>Керамическая фигурка Дед Мороз в санях 30,5х12,2х17,2 см</t>
   </si>
   <si>
+    <t>505-007</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Домик со снеговиком 26,2х9,5х23,3 см</t>
+  </si>
+  <si>
     <t>505-012</t>
   </si>
   <si>
     <t>Керамическая фигурка Дед Мороз на коне 35х15х39,8 см</t>
   </si>
   <si>
+    <t>501-070</t>
+  </si>
+  <si>
+    <t>Керамический подсвечник Паровоз 17,1х7,1х14,7 см</t>
+  </si>
+  <si>
+    <t>501-074</t>
+  </si>
+  <si>
+    <t>Керамический подсвечник Свечка 12,5х6х19,3 см</t>
+  </si>
+  <si>
     <t>505-011</t>
   </si>
   <si>
     <t>Керамическая фигурка Олененок с шарфом 7x6,5x21 см</t>
   </si>
   <si>
-    <t>505-007</t>
-[...4 lines deleted...]
-  <si>
     <t>505-025</t>
   </si>
   <si>
     <t>Керамическая фигурка Белый домик 15,7х11,7х28,4 см</t>
   </si>
   <si>
-    <t>501-070</t>
-[...16 lines deleted...]
-  <si>
     <t>1.6 Подвесные фигурки</t>
   </si>
   <si>
     <t>501-056</t>
   </si>
   <si>
     <t>Светодиодная подвесная фигура Снежинка на металлическом каркасе, цвет теплый белый NEON-NIGHT</t>
   </si>
   <si>
     <t>501-057</t>
   </si>
   <si>
     <t>Светодиодная подвесная фигура Звезда на металлическом каркасе, цвет теплый белый NEON-NIGHT</t>
   </si>
   <si>
     <t>1.7 Настольные фигурки</t>
   </si>
   <si>
+    <t>513-023</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Елочка, 20 см, RGB</t>
+  </si>
+  <si>
+    <t>513-024</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Елочка, 25 см, RGB</t>
+  </si>
+  <si>
+    <t>513-019</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снеговик 10см, RGB</t>
+  </si>
+  <si>
+    <t>501-043</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Снеговик в шляпе 2D, RGB</t>
+  </si>
+  <si>
+    <t>501-048</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Елочка средняя, RGB</t>
+  </si>
+  <si>
+    <t>501-053</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Снеговик с шарфом 2D, RGB</t>
+  </si>
+  <si>
+    <t>513-018</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снеговик 17см, RGB</t>
+  </si>
+  <si>
+    <t>513-032</t>
+  </si>
+  <si>
+    <t>Фигура на подставке Елочка 25 см, RGB, питание 2хААА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-003</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная С НОВЫМ ГОДОМ 35 LED КРАСНЫЕ 42x19 см</t>
+  </si>
+  <si>
+    <t>513-011</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежок, RGB, 8 см</t>
+  </si>
+  <si>
+    <t>513-012</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежок, RGB, 10 см</t>
+  </si>
+  <si>
+    <t>513-014</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежок RGB, 14 см</t>
+  </si>
+  <si>
+    <t>501-004</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная С НОВЫМ ГОДОМ 35LED, цвет свечения МУЛЬТИКОЛОР (RG/RB), размер 42x19см</t>
+  </si>
+  <si>
     <t>513-022</t>
   </si>
   <si>
     <t>Фигура светодиодная Елочка, 15 см, RGB</t>
   </si>
   <si>
+    <t>501-040</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Санта Клаус, RGB</t>
+  </si>
+  <si>
+    <t>501-044</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Ангел 2D, RGB</t>
+  </si>
+  <si>
+    <t>501-045</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Елочка 2D, RGB</t>
+  </si>
+  <si>
+    <t>501-047</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Мишка 2D, RGB</t>
+  </si>
+  <si>
+    <t>501-051</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Ёлочка Кристалл, RGB</t>
+  </si>
+  <si>
+    <t>501-052</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Пингвин Кристалл, RGB</t>
+  </si>
+  <si>
+    <t>501-055</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Снежинка, RGB</t>
+  </si>
+  <si>
     <t>513-033</t>
   </si>
   <si>
     <t>Фигура на подставке Ель 51 см, белый, питание 3xААА (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>513-026</t>
   </si>
   <si>
     <t>Фигура на подставке Елочка со звездой 37 см, RGB, питание 4xААА и провод USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-051</t>
-[...2 lines deleted...]
-    <t>Фигура светодиодная на подставке Ёлочка Кристалл, RGB</t>
+    <t>501-049</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Новогодний подарок, RGB</t>
+  </si>
+  <si>
+    <t>513-027</t>
+  </si>
+  <si>
+    <t>Фигура на подставке Елочка со звездой 37 см, теплый белый, питание 4xААА и провод USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-706</t>
+  </si>
+  <si>
+    <t>Металлическая 3D-фигура Звезда 35см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-029</t>
+  </si>
+  <si>
+    <t>Металлическая 3D-фигура Елочка 45см, цвет свечения теплый белый, питание 3хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-017</t>
+  </si>
+  <si>
+    <t>Гномик в новогоднем колпаке 20см, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-025</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Новогодний поезд с мелодией 30,5см, RGB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-016</t>
+  </si>
+  <si>
+    <t>Набор из 4 Гномиков в новогодних колпаках 20 см, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>503-226</t>
   </si>
   <si>
     <t>Светодиодная фигура Олень 34см, цвет свечения теплый белый, питание 2хAA (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
+    <t>503-225</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олень 21см, цвет свечения теплый белый, питание 2хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-227</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олень 37см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>503-228</t>
   </si>
   <si>
     <t>Светодиодная фигура Олень 50см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>503-325</t>
   </si>
   <si>
     <t>Светодиодные фигуры Подарки 15/20/25 см, цвет свечения теплый белый, питание 2хАА/3хAA/3хАА (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>комплект</t>
   </si>
   <si>
-    <t>501-044</t>
-[...70 lines deleted...]
-  <si>
     <t>503-326</t>
   </si>
   <si>
     <t>Светодиодные фигуры Подарки в форме цилиндра 15/20/25 см, цвет свечения теплый белый, питание 2хАА/3хAA/3хАА (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-011</t>
-[...94 lines deleted...]
-  <si>
     <t>1.8 Диско-лампы</t>
   </si>
   <si>
     <t>601-251</t>
   </si>
   <si>
     <t>Диско-лампа светодиодная e27, подставка с цоколем e27 в комплекте, 230 В</t>
   </si>
   <si>
+    <t>601-252</t>
+  </si>
+  <si>
+    <t>Диско-лампа светодиодная в компактном корпусе, 230 В</t>
+  </si>
+  <si>
+    <t>601-253</t>
+  </si>
+  <si>
+    <t>Диско-лампа светодиодная e27, 230 В</t>
+  </si>
+  <si>
+    <t>601-257</t>
+  </si>
+  <si>
+    <t>Светодиодная система Диско-шар с пультом ДУ и Bluetooth, 230 В</t>
+  </si>
+  <si>
+    <t>601-250</t>
+  </si>
+  <si>
+    <t>Диско-лампа светодиодная двойная Е27, подставка с цоколем Е27 в комплекте, 230 В</t>
+  </si>
+  <si>
+    <t>601-256</t>
+  </si>
+  <si>
+    <t>Диско-лампа Летающая тарелка 36LED, 230 В</t>
+  </si>
+  <si>
+    <t>601-526</t>
+  </si>
+  <si>
+    <t>Диско-шар (ночник-проектор) светодиодный с дистанционным управлением, USB NEON-NIGHT</t>
+  </si>
+  <si>
     <t>601-259</t>
   </si>
   <si>
     <t>Диско-лампа светодиодная E27 с переходником в розетку, проекция звезды, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>601-252</t>
-[...22 lines deleted...]
-  <si>
     <t>601-260</t>
   </si>
   <si>
     <t>Диско-лампа Летающая тарелка 48 LED, черный корпус, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>601-257</t>
-[...10 lines deleted...]
-  <si>
     <t>1.9 Проекторы</t>
   </si>
   <si>
+    <t>601-268</t>
+  </si>
+  <si>
+    <t>LED проектор Звезды 220 В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>601-267</t>
+  </si>
+  <si>
+    <t>LED проектор Звездное небо с пультом, 220 В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>601-525</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Светодиодный ночник-проектор Melony</t>
+  </si>
+  <si>
+    <t>601-262</t>
+  </si>
+  <si>
+    <t>LED проектор, 12 сменных слайдов, цвет RGBW, 12В</t>
+  </si>
+  <si>
+    <t>601-263</t>
+  </si>
+  <si>
+    <t>LED проектор, белые снежинки, 230В</t>
+  </si>
+  <si>
+    <t>601-291</t>
+  </si>
+  <si>
+    <t>Лазерный проектор Метеоритный дождь с пультом ДУ NEON-NIGHT</t>
+  </si>
+  <si>
     <t>601-261</t>
   </si>
   <si>
     <t>Лазерный проектор NEON-NIGHT с пультом управления, различные режимы проекции, 230 В, трансформатор на 3,6 В</t>
   </si>
   <si>
-    <t>601-268</t>
-[...10 lines deleted...]
-  <si>
     <t>601-264</t>
   </si>
   <si>
     <t>Лазерный проектор с эффектом Северное сияние с пультом ДУ, 220 В</t>
   </si>
   <si>
+    <t>601-527</t>
+  </si>
+  <si>
+    <t>Светодиодный ночник-проектор Звездное небо, 3 режима работы, USB NEON-NIGHT</t>
+  </si>
+  <si>
     <t>601-528</t>
   </si>
   <si>
     <t>Светодиодный ночник-проектор Звездное небо на подставке, цвет мультиколор, USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>601-291</t>
-[...28 lines deleted...]
-  <si>
     <t>1.10 Ночники Neon-night</t>
   </si>
   <si>
+    <t>503-853</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник Portal</t>
+  </si>
+  <si>
+    <t>503-004</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Лебедь NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-006</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Кошачья лапа бирюзовый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Силиконовый ночник Щенок </t>
+  </si>
+  <si>
+    <t>503-008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Силиконовый ночник Панда </t>
+  </si>
+  <si>
     <t>503-018</t>
   </si>
   <si>
     <t>Силиконовый ночник Шарк</t>
   </si>
   <si>
-    <t>503-853</t>
-[...16 lines deleted...]
-  <si>
     <t>503-009</t>
   </si>
   <si>
     <t>Силиконовый ночник Медведь</t>
   </si>
   <si>
     <t>503-059</t>
   </si>
   <si>
     <t>Интерьерный светильник Тукан, соединение по Bluetooth</t>
   </si>
   <si>
+    <t>503-001</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Котик USB с 3 режимами, RGB-свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-002</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Медвежонок</t>
+  </si>
+  <si>
     <t>503-003</t>
   </si>
   <si>
     <t>Силиконовый ночник Единорог USB с 3 режимами, RGB-свечение NEON-NIGHT</t>
   </si>
   <si>
-    <t>503-007</t>
-[...22 lines deleted...]
-  <si>
     <t>1.11 Подсвечники и свечи</t>
   </si>
   <si>
     <t>501-081</t>
   </si>
   <si>
     <t>Новогодняя горка 7 свечек, цвет корпуса: Белый, цвет свечения: ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>501-082</t>
   </si>
   <si>
     <t>Новогодняя горка 7 свечек, цвет корпуса: Красный, цвет свечения: ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>513-034</t>
   </si>
   <si>
     <t>Фигура на подставке Подсвечник со свечками 50 см</t>
   </si>
   <si>
     <t>1.12 Акриловые фигурки</t>
   </si>
   <si>
+    <t>513-322</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Елочка 15х15х22 см, 20 светодиодов, батарейки 2хAA (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-323</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Пингвиненок 19х14,5х25 см, 20 светодиодов, батарейки 2хAA (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-324</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Пряничный домик 26х15,5х20 см, 30 светодиодов, батарейки 3хАА (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-325</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Снеговик на лыжах 16х20х29 см, 30 светодиодов, батарейки 3хАА (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-314</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Олененок в шарфе 20х17х30 см, 24 светодиода, батарейки 2хAA (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-316</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Лисенок 28х15х26 см, батарейки 2хAA (не входят в комплект), 30 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
     <t>513-401</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Овца 30см, 56 светодиодов, IP65, 24В NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-323</t>
-[...14 lines deleted...]
-    <t>Акриловая светодиодная фигура Лисенок 28х15х26 см, батарейки 2хAA (не входят в комплект), 30 светодиодов NEON-NIGHT</t>
+    <t>513-311</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Медвежонок 12х22х13 см, 4,5 В, 3 батарейки AA (не входят в комплект), 10 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-312</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Медвежонок 24х11х18 см, 4,5 В, 3 батарейки AA (не входят в комплект), 16 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-341</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Белка 17,5х12х18 см, 4,5 В, 3 батарейки AAA (не входят в комплект), 12 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-321</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Оленёнок 30х14х35 см, 4,5 В, 3 батарейки AA (не входят в комплект), 40 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-315</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Медведь 34,5х12х17 см, 4,5 В, 3 батарейки AA (не входят в комплект), 24 светодиода NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-270</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Северный олень 45 см, 100 светодиодов, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-273</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Санта Клаус приветствует 30 см, 40 светодиодов, IP65 понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-275</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Снеговик с шарфом 30 см, 40 светодиодов, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>513-247</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Белый мишка 20 см, 4,5 В, 3 батарейки AA (не входят в комплект), 20 светодиодов NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-341</t>
-[...64 lines deleted...]
-  <si>
     <t>513-252</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Белый мишка 15х25 см, 4,5 В, 3 батарейки AA (не входят в комплект), 20 светодиодов NEON-NIGHT</t>
   </si>
   <si>
     <t>1.13 Елочные фигурки и макушки</t>
   </si>
   <si>
+    <t>501-001</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Звезда на елку цвет: RGB, 31 LED, 22 см</t>
+  </si>
+  <si>
+    <t>501-002</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Звезда на елку цвет: RGB, 10 LED, 17 см</t>
+  </si>
+  <si>
+    <t>501-006</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура на елку Звезда 22см, цвет свечения теплый белый, постоянное свечение, 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>501-007</t>
   </si>
   <si>
     <t>Светодиодная фигура на елку Звезда красная 15см, 10LED, постоянное свечение, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>501-005</t>
   </si>
   <si>
     <t>Верхушка на елку Звезда 20см, цвет красный NEON-NIGHT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Фигура светодиодная Звезда на елку цвет: RGB, 10 LED, 17 см</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1803,51 +1803,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-led-fonar-s-effektom-snegopada-i-podsvetkoy-ded-moroz-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-novyy-god" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-balerina-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-delfiny-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-podsvechnik-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-elochnyy-shar-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-telefonnaya-budka-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-led-fonar-s-effektom-snegopada-i-podsvetkoy-santa-klaus-usb-teploe-beloe-svechenie-neon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-mashina-s-podsvetkoy-i-konfetti-pitanie-ot-usb-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-snegoviki-belyy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-rozhdestvo-belyy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-rozhdestvenskiy-les-belyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-siyanie-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-zvezda-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-parovoz-s-effektom-snegopada-i-podsvetkoy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-fonarik-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-novogodnyaya-elka-s-podsvetkoy-i-konfetti-pitanie-ot-usb-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-feya-s-konfetti-i-melodiey-usb-neon-night" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-edinorog-s-konfetti-i-melodiey-usb-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kolokolchik-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-chasy-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kartina-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-i-shishkoy-chernyy-korpus-razmer-10-7x10-7x23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechkami-bronzovyy-korpus-razmer-14x14x27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-rosoy-belyy-korpus-razmer-10-7h10-7h23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-chernyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-5-5h5-5h12-5-sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-mertsaniya" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-tsvet-svecheniya-rgb-s-effektom-mertsaniya-neon-nigh" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-korpus-iz-dereva-razmer-14h14h35cm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-s-tremya-svechami-belyy-korpus-24h24h40-sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-9-5sm-tsvet-korpusa-belyy-chernyy-tsvet-svecheniya-teplyy-belyy-pitan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-9h5h13sm-tsvet-korpusa-bronzovyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-s-rosoy-chernyy-korpus-10-5h10-5h24sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-bezhevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-korichnevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-sve" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-18x16-5x31-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-14h14h24-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svec" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-belyy-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-9-5sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya-teplyy-bel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-13-5h13-5h30-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-chernyy-korpus-razmer-14h14h27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-bronza-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-podstavke-so-svechkoy-bronzovyy-korpus-razmer-14-5h17h31sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-10-5h10-5h24sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-svech" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-20h20h22-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svec" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechami-bronzovyy-korpus-razmer-24h24h65sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-so-snezhinkoy-razmer-12h12h18-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-bronzovyy-korpus-razmer-10-5h10-5h22-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h22-35-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-5-5h5-5h12-5sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svech" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-mashinoy-chernyy-korpus-razmer-14h14h21-sm-tsvet-teplyy-belyy-pitanie-2haa-ne-v" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-nuar-s-effektom-zhivogo-ognya-16h14h29-sm-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-mini-s-effektom-zhivogo-ognya-24-8h12-7h30-sm-batareyki-3hs-ne-v-komplekt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-mini-s-effektom-zhivogo-ognya-24-8h12-7h30-sm-batareyki-3hs-ne-v-komplekt-2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-fyuzhn-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-batareyki-2hs-ne-v-komplekte-usb-2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-starinnye-chasy-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-bronza-batareyki-2hs-ne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-shale-s-effektom-zhivogo-ognya-30h13h28-sm-batareyki-3hs-ne-v-komplekte-ili-ot-us" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-volshebnyy-fonar-s-effektom-zhivogo-ognya-11h11h24-5-sm-batareyki-3haa-ne-v-kompl" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-haytek-s-effektom-zhivogo-ognya-60h10h20-sm-batareyki-3hs-ne-v-komplekte-ili-ot-u" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-launzh-s-effektom-zhivogo-ognya-35-3h12-4h33-7-sm-s-adapterom-pitaniya-i-batareyk" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-kantri-s-effektom-zhivogo-ognya-12h12h18-5-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-retro-s-effektom-zhivogo-ognya-60-3h11h36-8sm-rabotaet-ot-batareek-3hs-v-komplekt" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-fyuzhn-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-batareyki-2hs-ne-v-komplekte-usb" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-starinnye-chasy-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-chernyy-batareyki-2hs-ne" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-rustik-s-effektom-zhivogo-ognya-14h14h28-sm-pitanie-3haa-ne-v-komplekte-neon-nigh" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-avangard-s-effektom-zhivogo-ognya-30h13h30-sm-batareyki-3hs-ne-v-komplekte-ili-ot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-lava-15h21-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-rozhdestvo-s-effektom-zhivogo-ognya-15h14h26sm-batareyki-2hs-ne-v-komplekte-i-usb" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-grand-shale-s-effektom-zhivogo-ognya-45h18h56sm-rabotaet-ot-batareek-3hs-v-komple" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kubok-12-5h12-5h33sm-rabotaet-ot-batareek-2haa-v-komplekt-ne-vhodyat-neon-nig" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-kamin-skandi-s-effektom-zhivogo-ognya-18h9h16-sm-batareyki-3hs-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-lava-10h16-5-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-klassika-s-effektom-zhivogo-ognya-33h12h24-sm-batareyki-3hs-ne-v-komplekte-ili-ot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-s-effektom-zhivogo-ognya-30h16h35-5-sm-batareyki-3hs-ne-v-komplekte-i-usb" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-loft-usb-s-effektom-zhivogo-ognya-17h10h24-5-sm-neon-night" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-volshebnyy-fonarik-13-8x11x11-sm" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-11-5x5x19-sm" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-zvezdochka-24x13x3-6-sm" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-igrushechnyy-poni-belyy-25h5-5h26-5-sm" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-zvezda-dvoynaya-30h4h30-sm" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-snegovik-18-sm-neon-night" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-zvezdochki-16x4-5x1-3-cm-rozovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-elochki-14-5x4-5x1-6-cm-6-sht-rozovye-neon-night" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-9x5x19-sm" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-domik-v-lesu-19h6h26-sm" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnom-s-noskom-15h4h17-sm-neon-night" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-20h6-5h29-sm" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-siniy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-zvezdochki-16x4-5x1-3-cm-biryuzovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-domik-zvezdocheta-biryuzovaya-26h7h25-sm-neon-night" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elka-na-podstavke-14-5h5h30-sm" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-17h4h15-sm" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-novogodnyaya-el-14-5x4-5x1-6-cm-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-rozovyy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-s-olenem-12x6x21-5-sm" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-semeystvo-oleney-30h5h15-7-sm" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-el-so-snezhinkami-9-5x6x31-sm" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskaya-skazka-44-5x6x24-sm" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskiy-olen-11h5h47-sm" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-borodach-7x4-5x18-sm-neon-night" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-ded-moroz-18-sm-neon-night" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-domik-8x7x11-sm" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-s-podvesnymi-nozhkami-6-3h5-4h10-4-sm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-krasnyy-domik-11-5h8-5h20-4-sm" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-v-sanyah-30-5h12-2h17-2-sm" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-na-kone-35h15h39-8-sm" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-olenenok-s-sharfom-7x6-5x21-sm" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-domik-so-snegovikom-26-2h9-5h23-3-sm" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-belyy-domik-15-7h11-7h28-4-sm" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskiy-podsvechnik-parovoz-17-1h7-1h14-7-sm" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-avtobus-s-elkoy-19x9x16-sm" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskiy-podsvechnik-svechka-12-5h6h19-3-sm" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-podvesnaya-figura-snezhinka-na-metallicheskom-karkase-tsvet-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-podvesnaya-figura-zvezda-na-metallicheskom-karkase-tsvet-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-15-sm-rgb" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-el-51-sm-belyy-pitanie-3xaaa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm-rgb-pitanie-4xaaa-i-provod-usb-neon-night" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-kristall-rgb" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-34sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-50sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-3haa-3haa-ne-v-ko" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-angel-2d-rgb" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-mishka-2d-rgb" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-10sm-rgb" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-2d-rgb" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-4-gnomikov-v-novogodnih-kolpakah-20-sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-kom" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-20-sm-rgb" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-25-sm-rgb" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-elochka-45sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neo" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-poezd-s-melodiey-30-5sm-rgb-neon-night" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-10-sm" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-pingvin-kristall-rgb" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-37sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-v-forme-tsilindra-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-8-sm" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-srednyaya-rgb" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-17sm-rgb" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnomik-v-novogodnem-kolpake-20sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-nig" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-14-sm" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-v-shlyape-2d-rgb" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm-teplyy-belyy-pitanie-4xaaa-i-provod-usb-neon-night" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-zvezda-35sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-podarok-rgb" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35-led-krasnye-42x19-sm" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-santa-klaus-rgb" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-s-sharfom-2d-rgb" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snezhinka-rgb" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-25-sm-rgb-pitanie-2haaa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-21sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35led-tsvet-svecheniya-multikolor-rg-rb-razmer-42x19sm" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-podstavka-s-tsokolem-e27-v-komplekte-230-v" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-s-perehodnikom-v-rozetku-proektsiya-zvezdy-230v-neon-night" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-v-kompaktnom-korpuse-230-v" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-230-v" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-dvoynaya-e27-podstavka-s-tsokolem-e27-v-komplekte-230-v" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-letayuschaya-tarelka-36led-230-v" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-letayuschaya-tarelka-48-led-chernyy-korpus-230v-neon-night" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-sistema-disko-shar-s-pultom-du-i-bluetooth-230-v" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-shar-nochnik-proektor-svetodiodnyy-s-distantsionnym-upravleniem-usb-neon-night" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-neon-night-s-pultom-upravleniya-razlichnye-rezhimy-proektsii-230-v-transformator-n" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-zvezdy-220-v-neon-night" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-zvezdnoe-nebo-s-pultom-220-v-neon-night" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-s-effektom-severnoe-siyanie-s-pultom-du-220-v" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-zvezdnoe-nebo-na-podstavke-tsvet-multikolor-usb-neon-night" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-meteoritnyy-dozhd-s-pultom-du-neon-night" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-melony" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-12-smennyh-slaydov-tsvet-rgbw-12v" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-belye-snezhinki-230v" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-zvezdnoe-nebo-3-rezhima-raboty-usb-neon-night" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-shark" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-svetilnik-portal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-koshachya-lapa-biryuzovyy-neon-night" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-lebed-neon-night" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-medved" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/interernyy-svetilnik-tukan-soedinenie-po-bluetooth" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-edinorog-usb-s-3-rezhimami-rgb-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-schenok" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-kotik-usb-s-3-rezhimami-rgb-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-medvezhonok" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-panda" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/novogodnyaya-gorka-7-svechek-tsvet-korpusa-belyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/novogodnyaya-gorka-7-svechek-tsvet-korpusa-krasnyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-podsvechnik-so-svechkami-50-sm" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-ovtsa-30sm-56-svetodiodov-ip65-24v-neon-night" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pingvinenok-19h14-5h25-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-na-lyzhah-16h20h29-sm-30-svetodiodov-batareyki-3haa-ne-vhod" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-lisenok-28h15h26-sm-batareyki-2haa-ne-vhodyat-v-komplekt-30-svetodio" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belyy-mishka-20-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20-sve" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belka-17-5h12h18-sm-4-5-v-3-batareyki-aaa-ne-vhodyat-v-komplekt-12-s" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-elochka-15h15h22-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v-kompl" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pryanichnyy-domik-26h15-5h20-sm-30-svetodiodov-batareyki-3haa-ne-vho" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-v-sharfe-20h17h30-sm-24-svetodioda-batareyki-2haa-ne-vhodya" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-severnyy-olen-45-sm-100-svetodiodov-ip65-ponizhayuschiy-transformato" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-santa-klaus-privetstvuet-30-sm-40-svetodiodov-ip65-ponizhayuschiy-tr" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-s-sharfom-30-sm-40-svetodiodov-ip-65-ponizhayuschiy-transfo" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvezhonok-12h22h13-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvezhonok-24h11h18-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-30h14h35-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-40-s" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medved-34-5h12h17-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-24-s" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belyy-mishka-15h25-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-na-elku-zvezda-krasnaya-15sm-10led-postoyannoe-svechenie-230v-neon-night" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/verhushka-na-elku-zvezda-20sm-tsvet-krasnyy-neon-night" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-na-elku-zvezda-22sm-tsvet-svecheniya-teplyy-belyy-postoyannoe-svechenie-230v-ne" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezda-na-elku-tsvet-rgb-31-led-22-sm" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezda-na-elku-tsvet-rgb-10-led-17-sm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-balerina-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-delfiny-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-siyanie-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kolokolchik-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-chasy-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-podsvechnik-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kartina-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-feya-s-konfetti-i-melodiey-usb-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-edinorog-s-konfetti-i-melodiey-usb-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-novyy-god" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-snegoviki-belyy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-led-fonar-s-effektom-snegopada-i-podsvetkoy-ded-moroz-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-rozhdestvo-belyy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-led-fonar-s-effektom-snegopada-i-podsvetkoy-santa-klaus-usb-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-rozhdestvenskiy-les-belyy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-parovoz-s-effektom-snegopada-i-podsvetkoy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-fonarik-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-telefonnaya-budka-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-zvezda-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-elochnyy-shar-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-mashina-s-podsvetkoy-i-konfetti-pitanie-ot-usb-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-novogodnyaya-elka-s-podsvetkoy-i-konfetti-pitanie-ot-usb-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-tsvet-svecheniya-rgb-s-effektom-mertsaniya-neon-night" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-i-shishkoy-chernyy-korpus-razmer-10-7x10-7x23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechkami-bronzovyy-korpus-razmer-14x14x27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-rosoy-belyy-korpus-razmer-10-7h10-7h23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-bronzovyy-korpus-razmer-10-5h10-5h22-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h22-35-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-so-snezhinkoy-razmer-12h12h18-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-mertsaniya-neon-night" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-svechi-neon-night" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-svechi-neon-night" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-18x16-5x31-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-20h20h22-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-14h14h24-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-chernyy-korpus-razmer-14h14h27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-belyy-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechami-bronzovyy-korpus-razmer-24h24h65sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-10-5h10-5h24sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-korpus-iz-dereva-razmer-14h14h35cm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-chernyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-13-5h13-5h30-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-bronza-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-podstavke-so-svechkoy-bronzovyy-korpus-razmer-14-5h17h31sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-s-tremya-svechami-belyy-korpus-24h24h40-sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-9-5sm-tsvet-korpusa-belyychernyy-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-9h5h13sm-tsvet-korpusa-bronzovyy-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-5-5h5-5h12-5sm-tsvet-korpusa-belyykrasnyy-chernyy-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-s-rosoy-chernyy-korpus-10-5h10-5h24sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-bezhevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-korichnevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-mashinoy-chernyy-korpus-razmer-14h14h21-sm-tsvet-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-5-5h5-5h12-5-sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-neon-night" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-9-5sm-tsvet-korpusa-belyykrasnyychernyy-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-fyuzhn-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-batareyki-2hs-ne-v-komplekte-usb-bronzovyy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-fyuzhn-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-batareyki-2hs-ne-v-komplekte-usb-chernyy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-starinnye-chasy-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-chernyy-batareyki-2hs-ne-v-komplekte-usb-neon-night" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-starinnye-chasy-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-bronza-batareyki-2hs-ne-v-komplekte-usb-neon-night" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-launzh-s-effektom-zhivogo-ognya-35-3h12-4h33-7-sm-s-adapterom-pitaniya-i-batareykami-4-h-aa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-mini-s-effektom-zhivogo-ognya-24-8h12-7h30-sm-batareyki-3hs-ne-v-komplekte-s-usb-chernyy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-mini-s-effektom-zhivogo-ognya-24-8h12-7h30-sm-batareyki-3hs-ne-v-komplekte-s-usb-bronzovyy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-shale-s-effektom-zhivogo-ognya-30h13h28-sm-batareyki-3hs-ne-v-komplekte-ili-ot-usb-v-komplekte" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-volshebnyy-fonar-s-effektom-zhivogo-ognya-11h11h24-5-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-haytek-s-effektom-zhivogo-ognya-60h10h20-sm-batareyki-3hs-ne-v-komplekte-ili-ot-usb-v-komplekte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-avangard-s-effektom-zhivogo-ognya-30h13h30-sm-batareyki-3hs-ne-v-komplekte-ili-ot-usb-v-komplekte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-klassika-s-effektom-zhivogo-ognya-33h12h24-sm-batareyki-3hs-ne-v-komplekte-ili-ot-usb-v-komplekte" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-kantri-s-effektom-zhivogo-ognya-12h12h18-5-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-s-effektom-zhivogo-ognya-30h16h35-5-sm-batareyki-3hs-ne-v-komplekte-i-usb-v-komplekte" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-kamin-skandi-s-effektom-zhivogo-ognya-18h9h16-sm-batareyki-3hs-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-loft-usb-s-effektom-zhivogo-ognya-17h10h24-5-sm-neon-night" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-rozhdestvo-s-effektom-zhivogo-ognya-15h14h26sm-batareyki-2hs-ne-v-komplekte-i-usb-bronzovyy-neon-night" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-lava-10h16-5-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-lava-15h21-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-grand-shale-s-effektom-zhivogo-ognya-45h18h56sm-rabotaet-ot-batareek-3hs-v-komplekt-ne-vhodyat-ili-ot-usb-v-komplekte-chernyy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kubok-12-5h12-5h33sm-rabotaet-ot-batareek-2haa-v-komplekt-ne-vhodyat-neon-night" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-retro-s-effektom-zhivogo-ognya-60-3h11h36-8sm-rabotaet-ot-batareek-3hs-v-komplekt-ne-vhodyat-ili-ot-usb-v-komplekte-bronzovyy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-rustik-s-effektom-zhivogo-ognya-14h14h28-sm-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-nuar-s-effektom-zhivogo-ognya-16h14h29-sm-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-el-so-snezhinkami-9-5x6x31-sm" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-borodach-7x4-5x18-sm-neon-night" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-ded-moroz-18-sm-neon-night" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-snegovik-18-sm-neon-night" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prishchepki-novogodnyaya-el-14-5x4-5x1-6-cm-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prishchepki-elochki-14-5x4-5x1-6-cm-6-sht-rozovye-neon-night" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prishchepki-zvezdochki-16x4-5x1-3-cm-biryuzovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prishchepki-zvezdochki-16x4-5x1-3-cm-rozovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnom-s-noskom-15h4h17-sm-neon-night" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-domik-zvezdocheta-biryuzovaya-26h7h25-sm-neon-night" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-s-olenem-12x6x21-5-sm" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-11-5x5x19-sm" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-volshebnyy-fonarik-13-8x11x11-sm" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-zvezdochka-24x13x3-6-sm" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskaya-skazka-44-5x6x24-sm" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-domik-v-lesu-19h6h26-sm" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-20h6-5h29-sm" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-17h4h15-sm" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-siniy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-rozovyy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskiy-olen-11h5h47-sm" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-semeystvo-oleney-30h5h15-7-sm" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-igrushechnyy-poni-belyy-25h5-5h26-5-sm" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elka-na-podstavke-14-5h5h30-sm" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-zvezda-dvoynaya-30h4h30-sm" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-9x5x19-sm" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-avtobus-s-elkoy-19x9x16-sm" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-domik-8x7x11-sm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-s-podvesnymi-nozhkami-6-3h5-4h10-4-sm" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-krasnyy-domik-11-5h8-5h20-4-sm" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-v-sanyah-30-5h12-2h17-2-sm" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-domik-so-snegovikom-26-2h9-5h23-3-sm" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-na-kone-35h15h39-8-sm" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskiy-podsvechnik-parovoz-17-1h7-1h14-7-sm" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskiy-podsvechnik-svechka-12-5h6h19-3-sm" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-olenenok-s-sharfom-7x6-5x21-sm" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-belyy-domik-15-7h11-7h28-4-sm" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-podvesnaya-figura-snezhinka-na-metallicheskom-karkase-tsvet-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-podvesnaya-figura-zvezda-na-metallicheskom-karkase-tsvet-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-20-sm-rgb" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-25-sm-rgb" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-10sm-rgb" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-v-shlyape-2d-rgb" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-srednyaya-rgb" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-s-sharfom-2d-rgb" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-17sm-rgb" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-25-sm-rgb-pitanie-2haaa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35-led-krasnye-42x19-sm" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-8-sm" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-10-sm" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-14-sm" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35led-tsvet-svecheniya-multikolor-rgrb-razmer-42x19sm" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-15-sm-rgb" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-santa-klaus-rgb" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-angel-2d-rgb" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-2d-rgb" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-mishka-2d-rgb" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-kristall-rgb" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-pingvin-kristall-rgb" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snezhinka-rgb" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-el-51-sm-belyy-pitanie-3xaaa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm-rgb-pitanie-4xaaa-i-provod-usb-neon-night" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-podarok-rgb" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm-teplyy-belyy-pitanie-4xaaa-i-provod-usb-neon-night" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-zvezda-35sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-elochka-45sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnomik-v-novogodnem-kolpake-20sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-poezd-s-melodiey-30-5sm-rgb-neon-night" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-4-gnomikov-v-novogodnih-kolpakah-20-sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-34sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-21sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-37sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-50sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-152025-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa3haa3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-v-forme-tsilindra-152025-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa3haa3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-podstavka-s-tsokolem-e27-v-komplekte-230-v" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-v-kompaktnom-korpuse-230-v" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-230-v" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-sistema-disko-shar-s-pultom-du-i-bluetooth-230-v" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-dvoynaya-e27-podstavka-s-tsokolem-e27-v-komplekte-230-v" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-letayushchaya-tarelka-36led-230-v" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-shar-nochnik-proektor-svetodiodnyy-s-distantsionnym-upravleniem-usb-neon-night" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-s-perehodnikom-v-rozetku-proektsiya-zvezdy-230v-neon-night" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-letayushchaya-tarelka-48-led-chernyy-korpus-230v-neon-night" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-zvezdy-220-v-neon-night" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-zvezdnoe-nebo-s-pultom-220-v-neon-night" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-melony" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-12-smennyh-slaydov-tsvet-rgbw-12v" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-belye-snezhinki-230v" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-meteoritnyy-dozhd-s-pultom-du-neon-night" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-neon-night-s-pultom-upravleniya-razlichnye-rezhimy-proektsii-230-v-transformator-na-3-6-v" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-s-effektom-severnoe-siyanie-s-pultom-du-220-v" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-zvezdnoe-nebo-3-rezhima-raboty-usb-neon-night" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-zvezdnoe-nebo-na-podstavke-tsvet-multikolor-usb-neon-night" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-svetilnik-portal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-lebed-neon-night" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-koshachya-lapa-biryuzovyy-neon-night" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-shchenok" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-panda" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-shark" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-medved" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/interernyy-svetilnik-tukan-soedinenie-po-bluetooth" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-kotik-usb-s-3-rezhimami-rgb-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-medvezhonok" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-edinorog-usb-s-3-rezhimami-rgb-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/novogodnyaya-gorka-7-svechek-tsvet-korpusa-belyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/novogodnyaya-gorka-7-svechek-tsvet-korpusa-krasnyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-podsvechnik-so-svechkami-50-sm" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-elochka-15h15h22-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v-komplekt-neon-night" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pingvinenok-19h14-5h25-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v-komplekt-neon-night" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pryanichnyy-domik-26h15-5h20-sm-30-svetodiodov-batareyki-3haa-ne-vhodyat-v-komplekt-neon-night" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-na-lyzhah-16h20h29-sm-30-svetodiodov-batareyki-3haa-ne-vhodyat-v-komplekt-neon-night" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-v-sharfe-20h17h30-sm-24-svetodioda-batareyki-2haa-ne-vhodyat-v-komplekt-neon-night" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-lisenok-28h15h26-sm-batareyki-2haa-ne-vhodyat-v-komplekt-30-svetodiodov-neon-night" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-ovtsa-30sm-56-svetodiodov-ip65-24v-neon-night" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvezhonok-12h22h13-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-10-svetodiodov-neon-night" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvezhonok-24h11h18-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-16-svetodiodov-neon-night" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belka-17-5h12h18-sm-4-5-v-3-batareyki-aaa-ne-vhodyat-v-komplekt-12-svetodiodov-neon-night" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-30h14h35-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-40-svetodiodov-neon-night" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medved-34-5h12h17-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-24-svetodioda-neon-night" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-severnyy-olen-45-sm-100-svetodiodov-ip65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-santa-klaus-privetstvuet-30-sm-40-svetodiodov-ip65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-s-sharfom-30-sm-40-svetodiodov-ip-65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belyy-mishka-20-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20-svetodiodov-neon-night" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belyy-mishka-15h25-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20-svetodiodov-neon-night" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezda-na-elku-tsvet-rgb-31-led-22-sm" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezda-na-elku-tsvet-rgb-10-led-17-sm" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-na-elku-zvezda-22sm-tsvet-svecheniya-teplyy-belyy-postoyannoe-svechenie-230v-neon-night" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-na-elku-zvezda-krasnaya-15sm-10led-postoyannoe-svechenie-230v-neon-night" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/verhushka-na-elku-zvezda-20sm-tsvet-krasnyy-neon-night" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I229"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1884,6402 +1884,6402 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>2698.44</v>
+        <v>1562.48</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>138</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>6</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>2698.44</v>
+        <v>1562.48</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>6</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>2232.11</v>
+        <v>1747.39</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>6</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>2232.11</v>
+        <v>1888.91</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>4165.52</v>
+        <v>1888.91</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>1015.98</v>
+        <v>2915.86</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>36</v>
+        <v>4</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>761.73</v>
+        <v>2428.27</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>304</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>2698.44</v>
+        <v>2915.86</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>6</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>3468.95</v>
+        <v>2915.86</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>542</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>6</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>2496.27</v>
+        <v>2023.83</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>2698.44</v>
+        <v>1747.39</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>4165.52</v>
+        <v>1888.91</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>2496.27</v>
+        <v>1888.91</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>6</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>1157.32</v>
+        <v>1888.91</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1318</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>2892.5</v>
+        <v>3040.83</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>1015.98</v>
+        <v>2024.75</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>3156.65</v>
+        <v>812.78</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>6</v>
+        <v>36</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>4165.52</v>
+        <v>609.38</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>4165.52</v>
+        <v>914.28</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>2698.44</v>
+        <v>812.78</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>2698.44</v>
+        <v>2532.33</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>3468.95</v>
+        <v>2304.35</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>191</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>6</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>1286.06</v>
+        <v>622.02</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>12</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>1660.67</v>
+        <v>622.02</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>12</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>710.88</v>
+        <v>900.24</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>12</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>863.43</v>
+        <v>1162.47</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>68</v>
+        <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
         <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>12</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>319</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>12</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>715</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>12</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>3468.95</v>
+        <v>710.88</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>446</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>1157.32</v>
+        <v>810.12</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>888.6</v>
+        <v>711.19</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>12</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>3468.95</v>
+        <v>622.02</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>252.98</v>
+        <v>711.19</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
+        <v>1</v>
+      </c>
+      <c r="H39" s="3">
         <v>12</v>
       </c>
-      <c r="H39" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>609.18</v>
+        <v>711.19</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
         <v>0</v>
       </c>
       <c r="G40" s="3">
+        <v>1</v>
+      </c>
+      <c r="H40" s="3">
         <v>12</v>
       </c>
-      <c r="H40" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>1258.54</v>
+        <v>810.12</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
         <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>3468.95</v>
+        <v>810.12</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>3468.95</v>
+        <v>965.13</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
         <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>1015.98</v>
+        <v>900.24</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>1378.75</v>
+        <v>900.24</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
         <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>6</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>1286.06</v>
+        <v>900.24</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>12</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>761.48</v>
+        <v>6091.83</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
         <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>1531.94</v>
+        <v>609.38</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
         <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I49" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>1286.06</v>
+        <v>2532.33</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I50" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>888.6</v>
+        <v>568.7</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
         <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>12</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>1286.06</v>
+        <v>1072.36</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>6</v>
       </c>
       <c r="I52" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>761.73</v>
+        <v>622.02</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>198</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>12</v>
       </c>
       <c r="I53" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>1015.98</v>
+        <v>1015.99</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
         <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I54" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>1157.32</v>
+        <v>2532.33</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I55" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>1286.06</v>
+        <v>202.38</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H56" s="3">
-        <v>4</v>
+        <v>48</v>
       </c>
       <c r="I56" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>8344.97</v>
+        <v>487.34</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
         <v>0</v>
       </c>
       <c r="G57" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H57" s="3">
-        <v>2</v>
+        <v>240</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>1015.98</v>
+        <v>258.47</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>495</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>12</v>
+        <v>240</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>888.6</v>
+        <v>880.98</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>12</v>
       </c>
       <c r="I59" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>888.6</v>
+        <v>2428.27</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I60" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>888.6</v>
+        <v>2428.27</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
         <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I61" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3">
-        <v>1157.32</v>
+        <v>1325.91</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I62" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B63" s="3" t="s">
+      <c r="C63" s="3">
+        <v>604.4</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="C63" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F63" s="3">
-        <v>133</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C64" s="3">
-        <v>1894.16</v>
+        <v>533.04</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="2" t="s">
         <v>135</v>
       </c>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
       <c r="D65" s="2"/>
       <c r="E65" s="2"/>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
       <c r="I65" s="2"/>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C66" s="3">
-        <v>1258.54</v>
+        <v>1515.33</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
         <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>6</v>
       </c>
       <c r="I66" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C67" s="3">
-        <v>2496.27</v>
+        <v>1377.57</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
         <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C68" s="3">
-        <v>2628.34</v>
+        <v>1922.13</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
         <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>6</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C69" s="3">
-        <v>1967.96</v>
+        <v>1922.13</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
         <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>8</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C70" s="3">
-        <v>2496.27</v>
+        <v>2915.86</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
         <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C71" s="3">
-        <v>3190.31</v>
+        <v>1747.39</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C72" s="3">
-        <v>1015.98</v>
+        <v>1839.84</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
         <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C73" s="3">
-        <v>5558.67</v>
+        <v>2233.22</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
         <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>4</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C74" s="3">
-        <v>4165.52</v>
+        <v>711.19</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
         <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C75" s="3">
-        <v>1286.06</v>
+        <v>3891.07</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C76" s="3">
-        <v>6952.84</v>
+        <v>2428.27</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
         <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I76" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C77" s="3">
-        <v>1967.96</v>
+        <v>2024.75</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
         <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C78" s="3">
-        <v>2496.27</v>
+        <v>900.24</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C79" s="3">
-        <v>1894.16</v>
+        <v>3403.46</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
         <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I79" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C80" s="3">
-        <v>3468.95</v>
+        <v>1072.36</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
         <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C81" s="3">
-        <v>1967.96</v>
+        <v>1820.43</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
         <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C82" s="3">
-        <v>1660.67</v>
+        <v>1311.93</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>6</v>
       </c>
       <c r="I82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C83" s="3">
-        <v>9041.55</v>
+        <v>900.24</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="I83" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C84" s="3">
-        <v>1660.67</v>
+        <v>1515.33</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I84" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C85" s="3">
-        <v>1531.94</v>
+        <v>6329.09</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
         <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I85" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C86" s="3">
-        <v>1286.06</v>
+        <v>1311.93</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
         <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>12</v>
       </c>
       <c r="I86" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C87" s="3">
-        <v>2892.5</v>
+        <v>4866.99</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
         <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I87" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C88" s="3">
-        <v>4862.09</v>
+        <v>1325.91</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
         <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I88" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C89" s="3">
-        <v>2364.19</v>
+        <v>880.98</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>6</v>
       </c>
       <c r="I89" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
         <v>184</v>
       </c>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="2"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
       <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>761.73</v>
+        <v>884.79</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>710.88</v>
+        <v>304.08</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
         <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>48</v>
+        <v>192</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>761.73</v>
+        <v>507.48</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>1531.94</v>
+        <v>507.48</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
         <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>8</v>
+        <v>96</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>1531.94</v>
+        <v>124.79</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
         <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>12</v>
+        <v>300</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>634.35</v>
+        <v>151.53</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>361</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>96</v>
+        <v>300</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>178.27</v>
+        <v>124.79</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>275</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>300</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>178.27</v>
+        <v>151.53</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>166</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>300</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>738.88</v>
+        <v>304.08</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>1531.94</v>
+        <v>900.24</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
         <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C101" s="3">
-        <v>380.1</v>
+        <v>497.62</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>238</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C102" s="3">
-        <v>1967.96</v>
+        <v>497.62</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
         <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C103" s="3">
-        <v>507.48</v>
+        <v>533.21</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
         <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C104" s="3">
-        <v>178.27</v>
+        <v>609.38</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>300</v>
+        <v>128</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C105" s="3">
-        <v>1286.06</v>
+        <v>1377.57</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
         <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C106" s="3">
-        <v>1531.94</v>
+        <v>1072.36</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
         <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C107" s="3">
-        <v>507.48</v>
+        <v>1377.57</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
         <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C108" s="3">
-        <v>178.27</v>
+        <v>355.24</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
         <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>300</v>
+        <v>48</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C109" s="3">
-        <v>507.48</v>
+        <v>355.24</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
         <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>48</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C110" s="3">
-        <v>710.88</v>
+        <v>355.24</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
         <v>0</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C111" s="3">
-        <v>1531.94</v>
+        <v>900.24</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
         <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C112" s="3">
-        <v>1263.99</v>
+        <v>1072.36</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
         <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C113" s="3">
-        <v>1967.96</v>
+        <v>1072.36</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
         <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C114" s="3">
-        <v>1286.06</v>
+        <v>1072.36</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
         <v>0</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>24</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C115" s="3">
-        <v>380.1</v>
+        <v>1072.36</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>192</v>
+        <v>12</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C116" s="3">
-        <v>634.35</v>
+        <v>517.22</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>332</v>
+        <v>0</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
         <v>237</v>
       </c>
       <c r="B117" s="2"/>
       <c r="C117" s="2"/>
       <c r="D117" s="2"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
       <c r="I117" s="2"/>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C118" s="3">
-        <v>380.1</v>
+        <v>292.79</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>72</v>
+        <v>16</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C119" s="3">
-        <v>329.26</v>
+        <v>266.07</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
         <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C120" s="3">
-        <v>1361.73</v>
+        <v>230.48</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
         <v>0</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C121" s="3">
-        <v>1537.7</v>
+        <v>953.21</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C122" s="3">
-        <v>4506.72</v>
+        <v>1076.39</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G122" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C123" s="3">
-        <v>411.06</v>
+        <v>1162.47</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
         <v>0</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C124" s="3">
-        <v>1660.67</v>
+        <v>3154.7</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
         <v>0</v>
       </c>
       <c r="G124" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H124" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C125" s="3">
-        <v>1414.26</v>
+        <v>381.5</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
         <v>0</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C126" s="3">
-        <v>545</v>
+        <v>381.5</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>24</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C127" s="3">
-        <v>418.27</v>
+        <v>287.74</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
         <v>0</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C128" s="3">
-        <v>545</v>
+        <v>989.98</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
         <v>0</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="2" t="s">
         <v>260</v>
       </c>
       <c r="B129" s="2"/>
       <c r="C129" s="2"/>
       <c r="D129" s="2"/>
       <c r="E129" s="2"/>
       <c r="F129" s="2"/>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
       <c r="I129" s="2"/>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C130" s="3">
-        <v>1157.32</v>
+        <v>914.28</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>139</v>
+        <v>0</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>15</v>
       </c>
       <c r="I130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C131" s="3">
-        <v>507.48</v>
+        <v>405.98</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>1734</v>
+        <v>0</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
         <v>15</v>
       </c>
       <c r="I131" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="2" t="s">
         <v>265</v>
       </c>
       <c r="B132" s="2"/>
       <c r="C132" s="2"/>
       <c r="D132" s="2"/>
       <c r="E132" s="2"/>
       <c r="F132" s="2"/>
       <c r="G132" s="2"/>
       <c r="H132" s="2"/>
       <c r="I132" s="2"/>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C133" s="3">
-        <v>297.92</v>
+        <v>405.98</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>2013</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C134" s="3">
-        <v>3468.95</v>
+        <v>533.21</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C135" s="3">
-        <v>1967.96</v>
+        <v>230.51</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
         <v>0</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C136" s="3">
-        <v>239.67</v>
+        <v>167.77</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
         <v>0</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
         <v>96</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C137" s="3">
-        <v>1311.93</v>
+        <v>167.77</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="I137" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C138" s="3">
-        <v>3051</v>
+        <v>167.77</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="I138" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C139" s="3">
-        <v>6600.33</v>
+        <v>332.47</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>280</v>
+        <v>14</v>
       </c>
       <c r="F139" s="3">
         <v>0</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="I139" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="B140" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="B140" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C140" s="3">
-        <v>239.67</v>
+        <v>355.24</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
         <v>0</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="B141" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="B141" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C141" s="3">
-        <v>239.67</v>
+        <v>803.12</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>384</v>
+        <v>0</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="B142" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="B142" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="3">
-        <v>329.3</v>
+        <v>230.51</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
         <v>0</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="B143" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="B143" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" s="3">
-        <v>239.67</v>
+        <v>290.91</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
         <v>0</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="B144" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" s="3">
-        <v>1258.03</v>
+        <v>542.56</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>68</v>
+        <v>14</v>
       </c>
       <c r="F144" s="3">
         <v>0</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I144" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="B145" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="B145" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" s="3">
-        <v>507.48</v>
+        <v>803.12</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
         <v>0</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="I145" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B146" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="B146" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146" s="3">
-        <v>761.73</v>
+        <v>208.54</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
         <v>0</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="B147" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="B147" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" s="3">
-        <v>1639.91</v>
+        <v>166.73</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="I147" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="B148" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="B148" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" s="3">
-        <v>3376.44</v>
+        <v>167.77</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>488</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>6</v>
+        <v>96</v>
       </c>
       <c r="I148" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="B149" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="B149" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" s="3">
-        <v>415.59</v>
+        <v>167.77</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="B150" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="B150" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" s="3">
-        <v>194.68</v>
+        <v>167.77</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>374</v>
+        <v>0</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>96</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="B151" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="B151" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="3">
-        <v>1515.33</v>
+        <v>167.77</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="I151" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="B152" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="B152" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" s="3">
-        <v>6600.33</v>
+        <v>136.28</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>280</v>
+        <v>14</v>
       </c>
       <c r="F152" s="3">
         <v>0</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="I152" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="B153" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="B153" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153" s="3">
-        <v>329.3</v>
+        <v>167.77</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
         <v>0</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="B154" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="B154" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" s="3">
-        <v>239.67</v>
+        <v>2428.27</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
         <v>0</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>96</v>
+        <v>3</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="B155" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B155" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" s="3">
-        <v>415.59</v>
+        <v>1377.57</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="B156" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="B156" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C156" s="3">
-        <v>380.36</v>
+        <v>150.99</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
         <v>0</v>
       </c>
       <c r="G156" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I156" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="B157" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="3">
-        <v>775.08</v>
+        <v>1515.33</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
         <v>12</v>
       </c>
       <c r="I157" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="B158" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="B158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" s="3">
-        <v>239.67</v>
+        <v>2023.82</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
         <v>0</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="I158" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="B159" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="B159" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" s="3">
-        <v>1967.96</v>
+        <v>1147.94</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="B160" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="3">
-        <v>2628.34</v>
+        <v>304.29</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>476</v>
+        <v>0</v>
       </c>
       <c r="G160" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H160" s="3">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="I160" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="B161" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="B161" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" s="3">
-        <v>215.7</v>
+        <v>2532.33</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="3">
         <v>0</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>96</v>
+        <v>6</v>
       </c>
       <c r="I161" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="B162" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="B162" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" s="3">
-        <v>1003.9</v>
+        <v>880.62</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>14</v>
+        <v>132</v>
       </c>
       <c r="F162" s="3">
-        <v>154</v>
+        <v>0</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I162" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="B163" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="B163" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163" s="3">
-        <v>238.18</v>
+        <v>1049.54</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>96</v>
+        <v>4</v>
       </c>
       <c r="I163" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="B164" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="B164" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164" s="3">
-        <v>239.67</v>
+        <v>704.78</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="3">
         <v>0</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>96</v>
+        <v>16</v>
       </c>
       <c r="I164" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="B165" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="B165" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" s="3">
-        <v>239.67</v>
+        <v>1212.26</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>96</v>
+        <v>4</v>
       </c>
       <c r="I165" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="B166" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="B166" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166" s="3">
-        <v>507.48</v>
+        <v>2135.7</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F166" s="3">
         <v>0</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I166" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="B167" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="B167" s="3" t="s">
+      <c r="C167" s="3">
+        <v>4620.23</v>
+      </c>
+      <c r="D167" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="C167" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F167" s="3">
         <v>0</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I167" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>337</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>338</v>
       </c>
       <c r="C168" s="3">
-        <v>1003.9</v>
+        <v>4620.23</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>14</v>
+        <v>336</v>
       </c>
       <c r="F168" s="3">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="I168" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="2" t="s">
         <v>339</v>
       </c>
       <c r="B169" s="2"/>
       <c r="C169" s="2"/>
       <c r="D169" s="2"/>
       <c r="E169" s="2"/>
       <c r="F169" s="2"/>
       <c r="G169" s="2"/>
       <c r="H169" s="2"/>
       <c r="I169" s="2"/>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C170" s="3">
-        <v>507.48</v>
+        <v>405.98</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="3">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
         <v>48</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C171" s="3">
-        <v>304.08</v>
+        <v>355.24</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
         <v>50</v>
       </c>
       <c r="I171" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C172" s="3">
-        <v>507.48</v>
+        <v>258.47</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F172" s="3">
         <v>0</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
         <v>50</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C173" s="3">
-        <v>304.08</v>
+        <v>711.19</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C174" s="3">
-        <v>710.88</v>
+        <v>497.62</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="3">
         <v>0</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
         <v>50</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C175" s="3">
-        <v>1015.98</v>
+        <v>711.19</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="3">
         <v>0</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
         <v>50</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C176" s="3">
-        <v>507.23</v>
+        <v>609.38</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="3">
         <v>0</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
         <v>100</v>
       </c>
       <c r="I176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C177" s="3">
-        <v>1015.98</v>
+        <v>212.86</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="3">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I177" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C178" s="3">
-        <v>761.73</v>
+        <v>355.06</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F178" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
         <v>100</v>
       </c>
       <c r="I178" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="2" t="s">
         <v>358</v>
       </c>
       <c r="B179" s="2"/>
       <c r="C179" s="2"/>
       <c r="D179" s="2"/>
       <c r="E179" s="2"/>
       <c r="F179" s="2"/>
       <c r="G179" s="2"/>
       <c r="H179" s="2"/>
       <c r="I179" s="2"/>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C180" s="3">
-        <v>4057.83</v>
+        <v>1772.63</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
-        <v>73</v>
+        <v>0</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C181" s="3">
-        <v>2532.33</v>
+        <v>2064.51</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="3">
         <v>0</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C182" s="3">
-        <v>2949.3</v>
+        <v>2057.39</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="3">
         <v>0</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>365</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C183" s="3">
-        <v>3345.93</v>
+        <v>2368.29</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="3">
         <v>0</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C184" s="3">
-        <v>761.48</v>
+        <v>1714.97</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="3">
         <v>0</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I184" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C185" s="3">
-        <v>4057.83</v>
+        <v>2962.22</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="3">
-        <v>94</v>
+        <v>0</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
         <v>20</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C186" s="3">
-        <v>2939.13</v>
+        <v>2840.48</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>1053</v>
+        <v>0</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C187" s="3">
-        <v>3244.23</v>
+        <v>2342.15</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>123</v>
+        <v>0</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C188" s="3">
-        <v>2227.23</v>
+        <v>444.05</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="3">
         <v>0</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I188" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C189" s="3">
-        <v>634.35</v>
+        <v>533.04</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
         <v>0</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I189" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="2" t="s">
         <v>379</v>
       </c>
       <c r="B190" s="2"/>
       <c r="C190" s="2"/>
       <c r="D190" s="2"/>
       <c r="E190" s="2"/>
       <c r="F190" s="2"/>
       <c r="G190" s="2"/>
       <c r="H190" s="2"/>
       <c r="I190" s="2"/>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>380</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>381</v>
       </c>
       <c r="C191" s="3">
-        <v>1286.06</v>
+        <v>533.21</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F191" s="3">
         <v>0</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>382</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>383</v>
       </c>
       <c r="C192" s="3">
-        <v>761.73</v>
+        <v>900.24</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F192" s="3">
         <v>0</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>384</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>385</v>
       </c>
       <c r="C193" s="3">
-        <v>1286.06</v>
+        <v>900.24</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F193" s="3">
         <v>0</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
         <v>72</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>386</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>387</v>
       </c>
       <c r="C194" s="3">
-        <v>1286.06</v>
+        <v>900.24</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F194" s="3">
         <v>0</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
         <v>60</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>388</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>389</v>
       </c>
       <c r="C195" s="3">
-        <v>1286.06</v>
+        <v>900.24</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F195" s="3">
         <v>0</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
         <v>60</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>390</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>391</v>
       </c>
       <c r="C196" s="3">
-        <v>3040.83</v>
+        <v>900.24</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F196" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>392</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>393</v>
       </c>
       <c r="C197" s="3">
-        <v>1286.06</v>
+        <v>900.24</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F197" s="3">
         <v>0</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>394</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>395</v>
       </c>
       <c r="C198" s="3">
-        <v>1286.06</v>
+        <v>2128.58</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F198" s="3">
         <v>0</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>396</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>397</v>
       </c>
       <c r="C199" s="3">
-        <v>1286.06</v>
+        <v>900.24</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F199" s="3">
         <v>0</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
         <v>60</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>398</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>399</v>
       </c>
       <c r="C200" s="3">
-        <v>761.73</v>
+        <v>533.21</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F200" s="3">
         <v>0</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
         <v>100</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>400</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C201" s="3">
-        <v>1286.06</v>
+        <v>900.24</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F201" s="3">
         <v>0</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="2" t="s">
         <v>402</v>
       </c>
       <c r="B202" s="2"/>
       <c r="C202" s="2"/>
       <c r="D202" s="2"/>
       <c r="E202" s="2"/>
       <c r="F202" s="2"/>
       <c r="G202" s="2"/>
       <c r="H202" s="2"/>
       <c r="I202" s="2"/>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C203" s="3">
-        <v>1660.67</v>
+        <v>1162.47</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F203" s="3">
-        <v>89</v>
+        <v>0</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
         <v>10</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C204" s="3">
-        <v>1660.67</v>
+        <v>1311.93</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F204" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
         <v>10</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>407</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>408</v>
       </c>
       <c r="C205" s="3">
-        <v>2628.34</v>
+        <v>1839.84</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F205" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
         <v>6</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="2" t="s">
         <v>409</v>
       </c>
       <c r="B206" s="2"/>
       <c r="C206" s="2"/>
       <c r="D206" s="2"/>
       <c r="E206" s="2"/>
       <c r="F206" s="2"/>
       <c r="G206" s="2"/>
       <c r="H206" s="2"/>
       <c r="I206" s="2"/>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C207" s="3">
-        <v>2365.51</v>
+        <v>1408.23</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F207" s="3">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
         <v>412</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C208" s="3">
-        <v>2628.34</v>
+        <v>1839.84</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F208" s="3">
         <v>0</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
         <v>12</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>414</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>415</v>
       </c>
       <c r="C209" s="3">
-        <v>3722.95</v>
+        <v>2475.76</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F209" s="3">
         <v>0</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
         <v>4</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>416</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>417</v>
       </c>
       <c r="C210" s="3">
-        <v>2628.34</v>
+        <v>2606.07</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F210" s="3">
         <v>0</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>418</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>419</v>
       </c>
       <c r="C211" s="3">
-        <v>1660.67</v>
+        <v>1655.86</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F211" s="3">
         <v>0</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>420</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>421</v>
       </c>
       <c r="C212" s="3">
-        <v>1494.6</v>
+        <v>1839.84</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F212" s="3">
         <v>0</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>422</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>423</v>
       </c>
       <c r="C213" s="3">
-        <v>2011.76</v>
+        <v>1655.86</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F213" s="3">
         <v>0</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>424</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>425</v>
       </c>
       <c r="C214" s="3">
-        <v>3536.8</v>
+        <v>1162.47</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F214" s="3">
         <v>0</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
         <v>4</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>426</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>427</v>
       </c>
       <c r="C215" s="3">
-        <v>2365.51</v>
+        <v>1307.56</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F215" s="3">
         <v>0</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>429</v>
       </c>
       <c r="C216" s="3">
-        <v>8125.83</v>
+        <v>1046.22</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F216" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>430</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>431</v>
       </c>
       <c r="C217" s="3">
-        <v>5303.22</v>
+        <v>2606.07</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F217" s="3">
         <v>0</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>432</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C218" s="3">
-        <v>4414</v>
+        <v>1839.84</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F218" s="3">
         <v>0</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
         <v>434</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C219" s="3">
-        <v>1660.67</v>
+        <v>5688.08</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F219" s="3">
         <v>0</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
         <v>4</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>436</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>437</v>
       </c>
       <c r="C220" s="3">
-        <v>1867.94</v>
+        <v>3712.25</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F220" s="3">
         <v>0</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>438</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>439</v>
       </c>
       <c r="C221" s="3">
-        <v>3722.95</v>
+        <v>3089.8</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F221" s="3">
         <v>0</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>440</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>441</v>
       </c>
       <c r="C222" s="3">
-        <v>2628.34</v>
+        <v>1162.47</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F222" s="3">
         <v>0</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>442</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>443</v>
       </c>
       <c r="C223" s="3">
-        <v>732.87</v>
+        <v>513.01</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F223" s="3">
         <v>0</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
         <v>8</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="2" t="s">
         <v>444</v>
       </c>
       <c r="B224" s="2"/>
       <c r="C224" s="2"/>
       <c r="D224" s="2"/>
       <c r="E224" s="2"/>
       <c r="F224" s="2"/>
       <c r="G224" s="2"/>
       <c r="H224" s="2"/>
       <c r="I224" s="2"/>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
         <v>445</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>446</v>
       </c>
       <c r="C225" s="3">
-        <v>297.94</v>
+        <v>533.21</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F225" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
         <v>48</v>
       </c>
       <c r="I225" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
         <v>447</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>448</v>
       </c>
       <c r="C226" s="3">
-        <v>131.7</v>
+        <v>208.47</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F226" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>600</v>
+        <v>40</v>
       </c>
       <c r="I226" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>450</v>
       </c>
       <c r="C227" s="3">
-        <v>507.48</v>
+        <v>405.98</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F227" s="3">
         <v>0</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
         <v>40</v>
       </c>
       <c r="I227" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
         <v>451</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>452</v>
       </c>
       <c r="C228" s="3">
-        <v>761.73</v>
+        <v>253.25</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F228" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
         <v>48</v>
       </c>
       <c r="I228" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
         <v>453</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>454</v>
       </c>
       <c r="C229" s="3">
-        <v>297.81</v>
+        <v>111.95</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F229" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>40</v>
+        <v>600</v>
       </c>
       <c r="I229" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A26:I26"/>
     <mergeCell ref="A65:I65"/>
     <mergeCell ref="A90:I90"/>
     <mergeCell ref="A117:I117"/>
     <mergeCell ref="A129:I129"/>
     <mergeCell ref="A132:I132"/>
     <mergeCell ref="A169:I169"/>
     <mergeCell ref="A179:I179"/>
     <mergeCell ref="A190:I190"/>
     <mergeCell ref="A202:I202"/>
     <mergeCell ref="A206:I206"/>
     <mergeCell ref="A224:I224"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>