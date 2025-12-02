--- v0 (2025-10-15)
+++ v1 (2025-12-02)
@@ -42,418 +42,418 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Флюсы для пайки</t>
   </si>
   <si>
-    <t>1.1 Флюсы</t>
-[...5 lines deleted...]
-    <t>Набор К3 для пайки, «твердый флюс» (канифоль, флюс БУРА, паяльный жир) REXANT</t>
+    <t>1.1 Флюсы в индивидуальной упаковке</t>
+  </si>
+  <si>
+    <t>09-3680</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, АКТИВНЫЙ, 12мл, техно-шприц, блистер REXANT </t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
-    <t>наб.</t>
-[...13 lines deleted...]
-  <si>
     <t>шт</t>
-  </si>
-[...325 lines deleted...]
-    <t>Флюс для пайки, ЛТИ-120, 30мл, блистер REXANT</t>
   </si>
   <si>
     <t>09-3710-1</t>
   </si>
   <si>
     <t xml:space="preserve">Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 20г, блистер REXANT
 </t>
   </si>
   <si>
+    <t>09-3682</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, пайка алюминия, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3686</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, КАНИФОЛЬ-ГЕЛЬ АКТИВ, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3625-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3684</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, BGA и SMD, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3692-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, TT KELLER индикаторный, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3613-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, с кисточкой, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3655-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, БУРА, 20г, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3610-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3635-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ, 30мл, пакет REXANT</t>
+  </si>
+  <si>
     <t>09-3626-1</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс для пайки, ЛТИ-120, 30мл, с кисточкой, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3665-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3688</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, ПАЯЛЬНАЯ КИСЛОТА, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3690-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паста TR-RM KELLER, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3615-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, Ф-61А (пайка алюминия), 30мл, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3660-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, ТАГС, 30мл, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3670-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паяльный жир АКТИВНЫЙ, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3691-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паста TR-RMA KELLER, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3640-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3641-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, СКФ (спирто-канифольный), 30мл, с кисточкой, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>1.2 Флюсы</t>
+  </si>
+  <si>
+    <t>09-3740</t>
+  </si>
+  <si>
+    <t>Набор К1 для пайки, универсальный (припой, флюс ПК, флюс СКФ, канифоль, медная оплетка) REXANT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>09-3741</t>
+  </si>
+  <si>
+    <t>Набор К2 для пайки, «жидкий флюс» (флюс ПК, флюс СКФ, флюс ЛТИ-120) REXANT</t>
+  </si>
+  <si>
+    <t>09-3645</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3640</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3742</t>
+  </si>
+  <si>
+    <t>Набор К3 для пайки, «твердый флюс» (канифоль, флюс БУРА, паяльный жир) REXANT</t>
+  </si>
+  <si>
+    <t>09-3615</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, Ф-61А (пайка алюминия), 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3630</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЗИЛ-2, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3613</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, с кисточкой, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3660</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ТАГС, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3665</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3610</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3611</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3625</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3635</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ 75%, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3650</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, Ф-38Н, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3670</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир АКТИВНЫЙ, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3710</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 20г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3711</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3620</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ФИМ, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3657</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, БУРА, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3612</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3626</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 30мл, с кисточкой, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3627</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3712</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 500г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3643</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3690</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паста TR-RM KELLER, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3709</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 10г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3730</t>
+  </si>
+  <si>
+    <t>Флюс для высокотемпературной пайки, ПВ-209, 20г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3641</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, с кисточкой, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3638</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ 75%, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3692</t>
+  </si>
+  <si>
+    <t>Флюс-гель для пайки, TT KELLER индикаторный, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3637</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ 75%, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3667</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 100мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3672</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир АКТИВНЫЙ, 100мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3655</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, БУРА, 20г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3691</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паста TR-RMA KELLER, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3628</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3733</t>
+  </si>
+  <si>
+    <t>Флюс для высокотемпературной пайки, ПВ-209, 100г, банка REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -838,51 +838,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k3-dlya-payki-tverdyy-flyus-kanifol-flyus-bura-payalnyy-zhir-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k1-dlya-payki-universalnyy-pripoy-flyus-pk-flyus-skf-kanifol-mednaya-opletka-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-fim-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-100g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-38n-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-20g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k2-dlya-payki-zhidkiy-flyus-flyus-pk-flyus-skf-flyus-lti-120-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-vysokotemperaturnoy-payki-pv-209-100g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-zil-2-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-20ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-20ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-500g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-100ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-100ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-100g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-10g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatornyy-20ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-vysokotemperaturnoy-payki-pv-209-20g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-s-kistochkoy-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-bga-i-smd-12ml-tehno-shprits-blister-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payalnaya-kislota-12ml-tehno-shprits-blister-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-blister-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-blister-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-20ml-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-30ml-paket-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-blister-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-blister-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payka-alyuminiya-12ml-tehno-shprits-blister-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-20ml-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatornyy-20ml-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-aktivnyy-12ml-tehno-shprits-blister-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-blister-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-kanifol-gel-aktiv-12ml-tehno-shprits-blister-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-s-kistochkoy-flakon-blister-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-blister-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-20g-blister-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-blister-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-aktivniy-12ml-tehno-shprits-blister-rexant-15712" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-20g-blister-rexant-17781" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payka-alyuminiya-12ml-tehno-shprits-blister-rexant-15709" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-kanifol-gel-aktiv-12ml-tehno-shprits-blister-rexant-15711" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-blister-rexant-18659" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-bga-i-smd-12ml-tehno-shprits-blister-rexant-15705" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatorniy-20ml-banka-blister-rexant-21959" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-blister-rexant-23708" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-blister-rexant-21953" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-blister-rexant-18658" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-30ml-paket-rexant-18661" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-blister-rexant-23709" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-neytralniy-20ml-banka-blister-rexant-21955" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payalnaya-kislota-12ml-tehno-shprits-blister-rexant-15704" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-blister-rexant-21957" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-blister-rexant-21952" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-blister-rexant-21954" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-aktivniy-20ml-banka-blister-rexant-21956" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-blister-rexant-21958" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-blister-rexant-18660" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-s-kistochkoy-flakon-blister-rexant-23710" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k1-dlya-payki-universalniy-pripoy-flyus-pk-flyus-skf-kanifol-mednaya-opletka-rexant-22045" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k2-dlya-payki-jidkiy-flyus-flyus-pk-flyus-skf-flyus-lti-120-rexant-22046" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-500ml-flakon-rexant-7399" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-flakon-rexant-7398" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k3-dlya-payki-tverdiy-flyus-kanifol-flyus-bura-payalniy-jir-rexant-22047" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-rexant-7393" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-zil-2-30ml-flakon-rexant-7396" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-rexant-8839" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-rexant-7402" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-neytralniy-20ml-banka-rexant-7403" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-flakon-rexant-7391" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-100ml-flakon-rexant-7392" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-flakon-rexant-7395" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-30ml-flakon-rexant-7397" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-38n-30ml-flakon-rexant-7400" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-aktivniy-20ml-banka-rexant-7404" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-20g-banka-rexant-7405" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-100g-banka-rexant-7406" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-fim-30ml-flakon-rexant-7394" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-100g-banka-rexant-23711" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-500ml-flakon-rexant-7499" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-rexant-7502" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-100ml-flakon-rexant-7503" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-500g-banka-rexant-7507" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-100ml-flakon-rexant-20899" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-rexant-19007" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-10g-banka-rexant-14317" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-visokotemperaturnoy-payki-pv-209-20g-banka-rexant-26461" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-s-kistochkoy-flakon-rexant-7505" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-500ml-flakon-rexant-20964" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatorniy-20ml-banka-rexant-19107" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-100ml-flakon-rexant-20898" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-neytralniy-100ml-banka-rexant-21101" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-aktivniy-100ml-banka-rexant-21102" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-rexant-7401" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-rexant-19008" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-500ml-flakon-rexant-20900" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-visokotemperaturnoy-payki-pv-209-100g-banka-rexant-26462" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I63"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -919,1811 +919,1811 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>261.41</v>
+        <v>709</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>80</v>
+        <v>53</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>582.84</v>
+        <v>123</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>2432</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>122.64</v>
+        <v>1419</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="G6" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>130.82</v>
+        <v>609</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1641</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1870</v>
+        <v>1254</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>83</v>
+        <v>799</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1749</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>108</v>
+        <v>292</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>374</v>
+        <v>161</v>
       </c>
       <c r="G10" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>235</v>
+        <v>155</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>301</v>
+        <v>2147</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>70.08</v>
+        <v>129</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>11946</v>
+        <v>674</v>
       </c>
       <c r="G12" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>105</v>
+        <v>129</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>979</v>
+        <v>1059</v>
       </c>
       <c r="G13" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>67</v>
+        <v>161</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>5357</v>
+        <v>1193</v>
       </c>
       <c r="G14" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>420</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>337.55</v>
+        <v>181.04</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>60</v>
+        <v>145</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>219</v>
+        <v>139</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>101</v>
+        <v>265</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>556.5</v>
+        <v>919</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>775.62</v>
+        <v>290</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>385</v>
+        <v>901</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>300</v>
+        <v>523</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>86</v>
+        <v>151</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>2360</v>
+        <v>1</v>
       </c>
       <c r="G20" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>113.3</v>
+        <v>141</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>227</v>
+        <v>499</v>
       </c>
       <c r="G21" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>96</v>
+        <v>299</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>4000</v>
+        <v>353</v>
       </c>
       <c r="G22" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>77.09</v>
+        <v>147</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1506</v>
+        <v>56</v>
       </c>
       <c r="G23" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>420</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B24" s="3" t="s">
+      <c r="C24" s="3">
+        <v>175</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" s="3">
+        <v>8</v>
+      </c>
+      <c r="G24" s="3">
+        <v>1</v>
+      </c>
+      <c r="H24" s="3">
+        <v>10</v>
+      </c>
+      <c r="I24" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="C24" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C26" s="3">
+        <v>582.84</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F26" s="3">
-        <v>425</v>
+        <v>286</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>227.76</v>
+        <v>337.55</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="F27" s="3">
-        <v>143</v>
+        <v>242</v>
       </c>
       <c r="G27" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>420</v>
+        <v>30</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>94.55</v>
+        <v>849</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>11220</v>
+        <v>149</v>
       </c>
       <c r="G28" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>320</v>
+        <v>83</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>50</v>
+        <v>1089</v>
       </c>
       <c r="G29" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>80</v>
+        <v>300</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>1273.15</v>
+        <v>261.41</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="F30" s="3">
-        <v>108</v>
+        <v>255</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>288</v>
+        <v>130.82</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>122</v>
+        <v>945</v>
       </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>290</v>
+        <v>113.3</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>135</v>
+        <v>264</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>209.08</v>
+        <v>94.55</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>145</v>
+        <v>12887</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>58</v>
+        <v>108</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1948</v>
+        <v>821</v>
       </c>
       <c r="G34" s="3">
         <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>480</v>
+        <v>300</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>239.45</v>
+        <v>77.09</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>294</v>
+        <v>1227</v>
       </c>
       <c r="G35" s="3">
         <v>10</v>
       </c>
       <c r="H35" s="3">
         <v>420</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>232.44</v>
+        <v>70.08</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>4994</v>
+        <v>12367</v>
       </c>
       <c r="G36" s="3">
         <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>420</v>
+        <v>300</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>849</v>
+        <v>170</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>155</v>
+        <v>2753</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>187.53</v>
+        <v>86</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>418</v>
+        <v>3628</v>
       </c>
       <c r="G38" s="3">
         <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>420</v>
+        <v>300</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>908</v>
+        <v>96</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>248</v>
+        <v>5753</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>20</v>
+        <v>300</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>66</v>
+        <v>115</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>982</v>
+        <v>543</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>420</v>
+        <v>300</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B41" s="3" t="s">
+      <c r="C41" s="3">
+        <v>86</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" s="3">
+        <v>444</v>
+      </c>
+      <c r="G41" s="3">
+        <v>10</v>
+      </c>
+      <c r="H41" s="3">
+        <v>420</v>
+      </c>
+      <c r="I41" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="C41" s="3">
-[...22 lines deleted...]
-      <c r="A42" s="2" t="s">
+      <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B42" s="2"/>
-[...6 lines deleted...]
-      <c r="I42" s="2"/>
+      <c r="C42" s="3">
+        <v>67</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F42" s="3">
+        <v>6353</v>
+      </c>
+      <c r="G42" s="3">
+        <v>10</v>
+      </c>
+      <c r="H42" s="3">
+        <v>420</v>
+      </c>
+      <c r="I42" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>799</v>
+        <v>196</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>345</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>919</v>
+        <v>122.64</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>58</v>
+        <v>370</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C45" s="3">
+        <v>209.08</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F45" s="3">
         <v>129</v>
       </c>
-      <c r="D45" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>143.65</v>
+        <v>556.5</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>43</v>
+        <v>447</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>299</v>
+        <v>114</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>1310</v>
+        <v>4278</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H47" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>139</v>
+        <v>219</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>1604</v>
+        <v>573</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>161</v>
+        <v>789</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>223</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>155</v>
+        <v>200</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>147</v>
+        <v>227.76</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>206</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>10</v>
+        <v>420</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>1342.05</v>
+        <v>58</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>75</v>
+        <v>393</v>
       </c>
       <c r="G52" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H52" s="3">
-        <v>100</v>
+        <v>480</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>141</v>
+        <v>187.53</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>1284</v>
+        <v>423</v>
       </c>
       <c r="G53" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>10</v>
+        <v>420</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>290</v>
+        <v>110</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>1465</v>
+        <v>1491</v>
       </c>
       <c r="G54" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H54" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>292</v>
+        <v>1273.15</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>1301</v>
+        <v>71</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>709</v>
+        <v>232.44</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>6076</v>
       </c>
       <c r="G56" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>100</v>
+        <v>420</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>193</v>
+        <v>320</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>1092</v>
+        <v>126</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>129</v>
+        <v>290</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>1342</v>
+        <v>81</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>609</v>
+        <v>288</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>14</v>
+        <v>98</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>163.52</v>
+        <v>66</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>128</v>
+        <v>794</v>
       </c>
       <c r="G60" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H60" s="3">
-        <v>10</v>
+        <v>420</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>150</v>
+        <v>239.45</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>0</v>
+        <v>289</v>
       </c>
       <c r="G61" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H61" s="3">
-        <v>10</v>
+        <v>420</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C62" s="3">
-        <v>123</v>
+        <v>908</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>988</v>
+        <v>356</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C63" s="3">
-        <v>181.04</v>
+        <v>775.62</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>0</v>
+        <v>315</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>120</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A42:I42"/>
+    <mergeCell ref="A25:I25"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
-    <hyperlink ref="D25" r:id="rId22"/>
-[...15 lines deleted...]
-    <hyperlink ref="D41" r:id="rId38"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D33" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId30"/>
+    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D36" r:id="rId32"/>
+    <hyperlink ref="D37" r:id="rId33"/>
+    <hyperlink ref="D38" r:id="rId34"/>
+    <hyperlink ref="D39" r:id="rId35"/>
+    <hyperlink ref="D40" r:id="rId36"/>
+    <hyperlink ref="D41" r:id="rId37"/>
+    <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D43" r:id="rId39"/>
     <hyperlink ref="D44" r:id="rId40"/>
     <hyperlink ref="D45" r:id="rId41"/>
     <hyperlink ref="D46" r:id="rId42"/>
     <hyperlink ref="D47" r:id="rId43"/>
     <hyperlink ref="D48" r:id="rId44"/>
     <hyperlink ref="D49" r:id="rId45"/>
     <hyperlink ref="D50" r:id="rId46"/>
     <hyperlink ref="D51" r:id="rId47"/>
     <hyperlink ref="D52" r:id="rId48"/>
     <hyperlink ref="D53" r:id="rId49"/>
     <hyperlink ref="D54" r:id="rId50"/>
     <hyperlink ref="D55" r:id="rId51"/>
     <hyperlink ref="D56" r:id="rId52"/>
     <hyperlink ref="D57" r:id="rId53"/>
     <hyperlink ref="D58" r:id="rId54"/>
     <hyperlink ref="D59" r:id="rId55"/>
     <hyperlink ref="D60" r:id="rId56"/>
     <hyperlink ref="D61" r:id="rId57"/>
     <hyperlink ref="D62" r:id="rId58"/>
     <hyperlink ref="D63" r:id="rId59"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>