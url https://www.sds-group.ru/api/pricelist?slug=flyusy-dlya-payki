--- v1 (2025-12-02)
+++ v2 (2026-01-19)
@@ -8,452 +8,446 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="131">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Флюсы для пайки</t>
   </si>
   <si>
-    <t>1.1 Флюсы в индивидуальной упаковке</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Флюс-гель для пайки, АКТИВНЫЙ, 12мл, техно-шприц, блистер REXANT </t>
+    <t>1.1 Флюсы</t>
+  </si>
+  <si>
+    <t>09-3740</t>
+  </si>
+  <si>
+    <t>Набор К1 для пайки, универсальный (припой, флюс ПК, флюс СКФ, канифоль, медная оплетка) REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>09-3741</t>
+  </si>
+  <si>
+    <t>Набор К2 для пайки, «жидкий флюс» (флюс ПК, флюс СКФ, флюс ЛТИ-120) REXANT</t>
+  </si>
+  <si>
+    <t>09-3615</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, Ф-61А (пайка алюминия), 30мл, флакон REXANT</t>
+  </si>
+  <si>
     <t>шт</t>
+  </si>
+  <si>
+    <t>09-3733</t>
+  </si>
+  <si>
+    <t>Флюс для высокотемпературной пайки, ПВ-209, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3610</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3611</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3620</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ФИМ, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3630</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЗИЛ-2, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3635</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ 75%, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3640</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3650</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, Ф-38Н, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3660</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ТАГС, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3670</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир АКТИВНЫЙ, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3710</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 20г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3711</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3641</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, с кисточкой, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3626</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 30мл, с кисточкой, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3627</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3712</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 500г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3645</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3628</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3692</t>
+  </si>
+  <si>
+    <t>Флюс-гель для пайки, TT KELLER индикаторный, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3612</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3709</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 10г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3613</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, с кисточкой, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3643</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3657</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, БУРА, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3691</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паста TR-RMA KELLER, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3690</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паста TR-RM KELLER, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3742</t>
+  </si>
+  <si>
+    <t>Набор К3 для пайки, «твердый флюс» (канифоль, флюс БУРА, паяльный жир) REXANT</t>
+  </si>
+  <si>
+    <t>09-3625</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3665</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3637</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ 75%, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3638</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ 75%, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3667</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 100мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3672</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир АКТИВНЫЙ, 100мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3730</t>
+  </si>
+  <si>
+    <t>Флюс для высокотемпературной пайки, ПВ-209, 20г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3655</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, БУРА, 20г, банка REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Флюсы в индивидуальной упаковке</t>
   </si>
   <si>
     <t>09-3710-1</t>
   </si>
   <si>
     <t xml:space="preserve">Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 20г, блистер REXANT
 </t>
   </si>
   <si>
+    <t>09-3625-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3680</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, АКТИВНЫЙ, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3626-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, ЛТИ-120, 30мл, с кисточкой, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3655-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, БУРА, 20г, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3665-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3640-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3691-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паста TR-RMA KELLER, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3613-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, с кисточкой, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3686</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, КАНИФОЛЬ-ГЕЛЬ АКТИВ, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3641-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, СКФ (спирто-канифольный), 30мл, с кисточкой, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3635-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ, 30мл, пакет REXANT</t>
+  </si>
+  <si>
+    <t>09-3615-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, Ф-61А (пайка алюминия), 30мл, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3610-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3688</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, ПАЯЛЬНАЯ КИСЛОТА, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
     <t>09-3682</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс-гель для пайки, пайка алюминия, 12мл, техно-шприц, блистер REXANT </t>
   </si>
   <si>
-    <t>09-3686</t>
-[...10 lines deleted...]
-  <si>
     <t>09-3684</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс-гель для пайки, BGA и SMD, 12мл, техно-шприц, блистер REXANT </t>
   </si>
   <si>
+    <t>09-3670-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паяльный жир АКТИВНЫЙ, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3690-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паста TR-RM KELLER, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
     <t>09-3692-1</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс-гель для пайки, TT KELLER индикаторный, 20мл, банка, блистер REXANT </t>
-  </si>
-[...316 lines deleted...]
-    <t>Флюс для высокотемпературной пайки, ПВ-209, 100г, банка REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -838,56 +832,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-aktivniy-12ml-tehno-shprits-blister-rexant-15712" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-20g-blister-rexant-17781" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payka-alyuminiya-12ml-tehno-shprits-blister-rexant-15709" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-kanifol-gel-aktiv-12ml-tehno-shprits-blister-rexant-15711" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-blister-rexant-18659" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-bga-i-smd-12ml-tehno-shprits-blister-rexant-15705" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatorniy-20ml-banka-blister-rexant-21959" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-blister-rexant-23708" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-blister-rexant-21953" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-blister-rexant-18658" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-30ml-paket-rexant-18661" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-blister-rexant-23709" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-neytralniy-20ml-banka-blister-rexant-21955" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payalnaya-kislota-12ml-tehno-shprits-blister-rexant-15704" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-blister-rexant-21957" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-blister-rexant-21952" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-blister-rexant-21954" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-aktivniy-20ml-banka-blister-rexant-21956" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-blister-rexant-21958" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-blister-rexant-18660" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-s-kistochkoy-flakon-blister-rexant-23710" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k1-dlya-payki-universalniy-pripoy-flyus-pk-flyus-skf-kanifol-mednaya-opletka-rexant-22045" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k2-dlya-payki-jidkiy-flyus-flyus-pk-flyus-skf-flyus-lti-120-rexant-22046" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-500ml-flakon-rexant-7399" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-flakon-rexant-7398" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k3-dlya-payki-tverdiy-flyus-kanifol-flyus-bura-payalniy-jir-rexant-22047" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-rexant-7393" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-zil-2-30ml-flakon-rexant-7396" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-rexant-8839" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-rexant-7402" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-neytralniy-20ml-banka-rexant-7403" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-flakon-rexant-7391" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-100ml-flakon-rexant-7392" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-flakon-rexant-7395" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-30ml-flakon-rexant-7397" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-38n-30ml-flakon-rexant-7400" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-aktivniy-20ml-banka-rexant-7404" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-20g-banka-rexant-7405" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-100g-banka-rexant-7406" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-fim-30ml-flakon-rexant-7394" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-100g-banka-rexant-23711" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-500ml-flakon-rexant-7499" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-rexant-7502" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-100ml-flakon-rexant-7503" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-500g-banka-rexant-7507" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-100ml-flakon-rexant-20899" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-rexant-19007" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-10g-banka-rexant-14317" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-visokotemperaturnoy-payki-pv-209-20g-banka-rexant-26461" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-s-kistochkoy-flakon-rexant-7505" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-500ml-flakon-rexant-20964" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatorniy-20ml-banka-rexant-19107" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-100ml-flakon-rexant-20898" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-neytralniy-100ml-banka-rexant-21101" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-aktivniy-100ml-banka-rexant-21102" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-rexant-7401" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-rexant-19008" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-500ml-flakon-rexant-20900" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-visokotemperaturnoy-payki-pv-209-100g-banka-rexant-26462" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k1-dlya-payki-universalnyy-pripoy-flyus-pk-flyus-skf-kanifol-mednaya-opletka-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k2-dlya-payki-zhidkiy-flyus-flyus-pk-flyus-skf-flyus-lti-120-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-vysokotemperaturnoy-payki-pv-209-100g-banka-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-fim-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-zil-2-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-38n-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-20g-banka-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-100g-banka-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-s-kistochkoy-flakon-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-500g-banka-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatornyy-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-10g-banka-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-100g-banka-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k3-dlya-payki-tverdyy-flyus-kanifol-flyus-bura-payalnyy-zhir-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-100ml-banka-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-100ml-banka-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-vysokotemperaturnoy-payki-pv-209-20g-banka-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-20g-blister-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-aktivnyy-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-kanifol-gel-aktiv-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-30ml-paket-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payalnaya-kislota-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payka-alyuminiya-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-bga-i-smd-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatornyy-20ml-banka-blister-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I63"/>
+  <dimension ref="A1:I62"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -919,1832 +913,1802 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>709</v>
+        <v>592.75</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>53</v>
+        <v>228</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>123</v>
+        <v>343.29</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>2432</v>
+        <v>177</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1419</v>
+        <v>133.04</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>47</v>
+        <v>179</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>609</v>
+        <v>788.81</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>172</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>150</v>
+        <v>71.27</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>1254</v>
+        <v>7483</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>799</v>
+        <v>172.89</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>4475</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>292</v>
+        <v>124.72</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F10" s="3">
-        <v>161</v>
+        <v>251</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>155</v>
+        <v>115.23</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F11" s="3">
-        <v>2147</v>
+        <v>476</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>129</v>
+        <v>97.63</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F12" s="3">
-        <v>674</v>
+        <v>2423</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>129</v>
+        <v>84.41</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F13" s="3">
-        <v>1059</v>
+        <v>1370</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>161</v>
+        <v>116.96</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F14" s="3">
-        <v>1193</v>
+        <v>333</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>181.04</v>
+        <v>109.84</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F15" s="3">
-        <v>145</v>
+        <v>239</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>139</v>
+        <v>87.46</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F16" s="3">
-        <v>265</v>
+        <v>382</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>420</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>919</v>
+        <v>68.14</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>7276</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>420</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>290</v>
+        <v>199.33</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F18" s="3">
-        <v>901</v>
+        <v>1024</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>193</v>
+        <v>111.87</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F19" s="3">
-        <v>523</v>
+        <v>1189</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>151</v>
+        <v>115.94</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F20" s="3">
-        <v>1</v>
+        <v>4156</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>141</v>
+        <v>222.72</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F21" s="3">
-        <v>499</v>
+        <v>452</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>299</v>
+        <v>802.41</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F22" s="3">
-        <v>353</v>
+        <v>199</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>147</v>
+        <v>863.43</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F23" s="3">
-        <v>56</v>
+        <v>142</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>175</v>
+        <v>923.44</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F24" s="3">
-        <v>8</v>
+        <v>543</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A25" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I25" s="2"/>
+      <c r="A25" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C25" s="3">
+        <v>236.39</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F25" s="3">
+        <v>9128</v>
+      </c>
+      <c r="G25" s="3">
+        <v>10</v>
+      </c>
+      <c r="H25" s="3">
+        <v>420</v>
+      </c>
+      <c r="I25" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>582.84</v>
+        <v>565.96</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="F26" s="3">
-        <v>286</v>
+        <v>395</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>337.55</v>
+        <v>58.99</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="F27" s="3">
-        <v>242</v>
+        <v>1768</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>30</v>
+        <v>480</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>849</v>
+        <v>96.16</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F28" s="3">
-        <v>149</v>
+        <v>13747</v>
       </c>
       <c r="G28" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>20</v>
+        <v>300</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>83</v>
+        <v>203.4</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F29" s="3">
-        <v>1089</v>
+        <v>201</v>
       </c>
       <c r="G29" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>300</v>
+        <v>80</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>261.41</v>
+        <v>212.63</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="F30" s="3">
-        <v>255</v>
+        <v>829</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>130.82</v>
+        <v>243.52</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F31" s="3">
-        <v>945</v>
+        <v>240</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>300</v>
+        <v>420</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>113.3</v>
+        <v>231.63</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F32" s="3">
-        <v>264</v>
+        <v>445</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>300</v>
+        <v>420</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>94.55</v>
+        <v>265.85</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>12887</v>
+        <v>157</v>
       </c>
       <c r="G33" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>300</v>
+        <v>30</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>108</v>
+        <v>87.46</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F34" s="3">
-        <v>821</v>
+        <v>2996</v>
       </c>
       <c r="G34" s="3">
         <v>10</v>
       </c>
       <c r="H34" s="3">
         <v>300</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>77.09</v>
+        <v>78.4</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F35" s="3">
-        <v>1227</v>
+        <v>1254</v>
       </c>
       <c r="G35" s="3">
         <v>10</v>
       </c>
       <c r="H35" s="3">
         <v>420</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>70.08</v>
+        <v>325.44</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F36" s="3">
-        <v>12367</v>
+        <v>34</v>
       </c>
       <c r="G36" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>300</v>
+        <v>80</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>170</v>
+        <v>1294.79</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F37" s="3">
-        <v>2753</v>
+        <v>57</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>86</v>
+        <v>294.93</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F38" s="3">
-        <v>3628</v>
+        <v>1</v>
       </c>
       <c r="G38" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>96</v>
+        <v>292.9</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F39" s="3">
-        <v>5753</v>
+        <v>85</v>
       </c>
       <c r="G39" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>115</v>
+        <v>190.72</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F40" s="3">
-        <v>543</v>
+        <v>10</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>300</v>
+        <v>420</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>86</v>
+        <v>67.12</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F41" s="3">
-        <v>444</v>
+        <v>482</v>
       </c>
       <c r="G41" s="3">
         <v>10</v>
       </c>
       <c r="H41" s="3">
         <v>420</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A42" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B42" s="3" t="s">
+      <c r="A42" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="C42" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B42" s="2"/>
+      <c r="C42" s="2"/>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>196</v>
+        <v>125.09</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F43" s="3">
-        <v>345</v>
+        <v>1846</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>122.64</v>
+        <v>152.55</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F44" s="3">
-        <v>370</v>
+        <v>1428</v>
       </c>
       <c r="G44" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>209.08</v>
+        <v>721.05</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F45" s="3">
-        <v>129</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>556.5</v>
+        <v>184.12</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F46" s="3">
-        <v>447</v>
+        <v>2856</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>114</v>
+        <v>131.19</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F47" s="3">
         <v>14</v>
       </c>
-      <c r="F47" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="G47" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>219</v>
+        <v>141.36</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F48" s="3">
-        <v>573</v>
+        <v>242</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>789</v>
+        <v>149.5</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F49" s="3">
-        <v>223</v>
+        <v>884</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>200</v>
+        <v>304.08</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F50" s="3">
-        <v>70</v>
+        <v>182</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>227.76</v>
+        <v>157.64</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F51" s="3">
-        <v>206</v>
+        <v>3707</v>
       </c>
       <c r="G51" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>420</v>
+        <v>10</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>58</v>
+        <v>619.35</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F52" s="3">
-        <v>393</v>
+        <v>182</v>
       </c>
       <c r="G52" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>480</v>
+        <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>187.53</v>
+        <v>177.98</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F53" s="3">
-        <v>423</v>
+        <v>1093</v>
       </c>
       <c r="G53" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>420</v>
+        <v>10</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>110</v>
+        <v>163.74</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F54" s="3">
-        <v>1491</v>
+        <v>1777</v>
       </c>
       <c r="G54" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>1273.15</v>
+        <v>196.28</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F55" s="3">
-        <v>71</v>
+        <v>333</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>232.44</v>
+        <v>131.19</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F56" s="3">
-        <v>6076</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>420</v>
+        <v>10</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>320</v>
+        <v>934.62</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F57" s="3">
-        <v>126</v>
+        <v>18</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>290</v>
+        <v>1443.12</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F58" s="3">
-        <v>81</v>
+        <v>51</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>288</v>
+        <v>812.58</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F59" s="3">
-        <v>98</v>
+        <v>309</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>66</v>
+        <v>143.4</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F60" s="3">
-        <v>794</v>
+        <v>157</v>
       </c>
       <c r="G60" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>420</v>
+        <v>10</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>239.45</v>
+        <v>294.93</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F61" s="3">
-        <v>289</v>
+        <v>161</v>
       </c>
       <c r="G61" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>420</v>
+        <v>10</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C62" s="3">
-        <v>908</v>
+        <v>296.96</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F62" s="3">
-        <v>356</v>
+        <v>189</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I62" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A25:I25"/>
+    <mergeCell ref="A42:I42"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
-    <hyperlink ref="D26" r:id="rId22"/>
-[...15 lines deleted...]
-    <hyperlink ref="D42" r:id="rId38"/>
+    <hyperlink ref="D25" r:id="rId22"/>
+    <hyperlink ref="D26" r:id="rId23"/>
+    <hyperlink ref="D27" r:id="rId24"/>
+    <hyperlink ref="D28" r:id="rId25"/>
+    <hyperlink ref="D29" r:id="rId26"/>
+    <hyperlink ref="D30" r:id="rId27"/>
+    <hyperlink ref="D31" r:id="rId28"/>
+    <hyperlink ref="D32" r:id="rId29"/>
+    <hyperlink ref="D33" r:id="rId30"/>
+    <hyperlink ref="D34" r:id="rId31"/>
+    <hyperlink ref="D35" r:id="rId32"/>
+    <hyperlink ref="D36" r:id="rId33"/>
+    <hyperlink ref="D37" r:id="rId34"/>
+    <hyperlink ref="D38" r:id="rId35"/>
+    <hyperlink ref="D39" r:id="rId36"/>
+    <hyperlink ref="D40" r:id="rId37"/>
+    <hyperlink ref="D41" r:id="rId38"/>
     <hyperlink ref="D43" r:id="rId39"/>
     <hyperlink ref="D44" r:id="rId40"/>
     <hyperlink ref="D45" r:id="rId41"/>
     <hyperlink ref="D46" r:id="rId42"/>
     <hyperlink ref="D47" r:id="rId43"/>
     <hyperlink ref="D48" r:id="rId44"/>
     <hyperlink ref="D49" r:id="rId45"/>
     <hyperlink ref="D50" r:id="rId46"/>
     <hyperlink ref="D51" r:id="rId47"/>
     <hyperlink ref="D52" r:id="rId48"/>
     <hyperlink ref="D53" r:id="rId49"/>
     <hyperlink ref="D54" r:id="rId50"/>
     <hyperlink ref="D55" r:id="rId51"/>
     <hyperlink ref="D56" r:id="rId52"/>
     <hyperlink ref="D57" r:id="rId53"/>
     <hyperlink ref="D58" r:id="rId54"/>
     <hyperlink ref="D59" r:id="rId55"/>
     <hyperlink ref="D60" r:id="rId56"/>
     <hyperlink ref="D61" r:id="rId57"/>
     <hyperlink ref="D62" r:id="rId58"/>
-    <hyperlink ref="D63" r:id="rId59"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>