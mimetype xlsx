--- v2 (2026-01-19)
+++ v3 (2026-03-17)
@@ -45,409 +45,409 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Флюсы для пайки</t>
   </si>
   <si>
     <t>1.1 Флюсы</t>
   </si>
   <si>
+    <t>09-3709</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 10г, банка REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>09-3740</t>
   </si>
   <si>
     <t>Набор К1 для пайки, универсальный (припой, флюс ПК, флюс СКФ, канифоль, медная оплетка) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...1 lines deleted...]
-  <si>
     <t>наб.</t>
   </si>
   <si>
     <t>09-3741</t>
   </si>
   <si>
     <t>Набор К2 для пайки, «жидкий флюс» (флюс ПК, флюс СКФ, флюс ЛТИ-120) REXANT</t>
   </si>
   <si>
+    <t>09-3742</t>
+  </si>
+  <si>
+    <t>Набор К3 для пайки, «твердый флюс» (канифоль, флюс БУРА, паяльный жир) REXANT</t>
+  </si>
+  <si>
+    <t>09-3610</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3611</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 100мл, флакон REXANT</t>
+  </si>
+  <si>
     <t>09-3615</t>
   </si>
   <si>
     <t>Флюс для пайки, Ф-61А (пайка алюминия), 30мл, флакон REXANT</t>
   </si>
   <si>
-    <t>шт</t>
+    <t>09-3620</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ФИМ, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3625</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3630</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЗИЛ-2, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3635</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ 75%, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3640</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3650</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, Ф-38Н, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3660</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ТАГС, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3665</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3670</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир АКТИВНЫЙ, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3710</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 20г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3711</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3612</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3626</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 30мл, с кисточкой, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3627</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3712</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 500г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3613</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, с кисточкой, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3643</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3691</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паста TR-RMA KELLER, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3690</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паста TR-RM KELLER, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3692</t>
+  </si>
+  <si>
+    <t>Флюс-гель для пайки, TT KELLER индикаторный, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3637</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ 75%, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3638</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ 75%, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3657</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, БУРА, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3667</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 100мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3672</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир АКТИВНЫЙ, 100мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3730</t>
+  </si>
+  <si>
+    <t>Флюс для высокотемпературной пайки, ПВ-209, 20г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3645</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3655</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, БУРА, 20г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3641</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, с кисточкой, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3628</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 500мл, флакон REXANT</t>
   </si>
   <si>
     <t>09-3733</t>
   </si>
   <si>
     <t>Флюс для высокотемпературной пайки, ПВ-209, 100г, банка REXANT</t>
-  </si>
-[...202 lines deleted...]
-    <t>Флюс для пайки, БУРА, 20г, банка REXANT</t>
   </si>
   <si>
     <t>1.2 Флюсы в индивидуальной упаковке</t>
   </si>
   <si>
     <t>09-3710-1</t>
   </si>
   <si>
     <t xml:space="preserve">Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 20г, блистер REXANT
 </t>
   </si>
   <si>
+    <t>09-3684</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, BGA и SMD, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3688</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, ПАЯЛЬНАЯ КИСЛОТА, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3610-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3635-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ, 30мл, пакет REXANT</t>
+  </si>
+  <si>
+    <t>09-3613-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, с кисточкой, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3615-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, Ф-61А (пайка алюминия), 30мл, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3655-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, БУРА, 20г, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3665-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3670-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паяльный жир АКТИВНЫЙ, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3690-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паста TR-RM KELLER, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3691-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паста TR-RMA KELLER, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3692-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, TT KELLER индикаторный, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3686</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, КАНИФОЛЬ-ГЕЛЬ АКТИВ, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3680</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, АКТИВНЫЙ, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3682</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, пайка алюминия, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
     <t>09-3625-1</t>
   </si>
   <si>
     <t>Флюс для пайки, ЛТИ-120, 30мл, блистер REXANT</t>
   </si>
   <si>
-    <t>09-3680</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Флюс-гель для пайки, АКТИВНЫЙ, 12мл, техно-шприц, блистер REXANT </t>
+    <t>09-3640-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, блистер REXANT</t>
   </si>
   <si>
     <t>09-3626-1</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс для пайки, ЛТИ-120, 30мл, с кисточкой, флакон, блистер REXANT </t>
   </si>
   <si>
-    <t>09-3655-1</t>
-[...34 lines deleted...]
-  <si>
     <t>09-3641-1</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс для пайки, СКФ (спирто-канифольный), 30мл, с кисточкой, флакон, блистер REXANT </t>
-  </si>
-[...52 lines deleted...]
-    <t xml:space="preserve">Флюс-гель для пайки, TT KELLER индикаторный, 20мл, банка, блистер REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -832,51 +832,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k1-dlya-payki-universalnyy-pripoy-flyus-pk-flyus-skf-kanifol-mednaya-opletka-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k2-dlya-payki-zhidkiy-flyus-flyus-pk-flyus-skf-flyus-lti-120-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-vysokotemperaturnoy-payki-pv-209-100g-banka-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-fim-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-zil-2-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-38n-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-20g-banka-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-100g-banka-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-s-kistochkoy-flakon-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-500g-banka-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatornyy-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-10g-banka-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-100g-banka-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k3-dlya-payki-tverdyy-flyus-kanifol-flyus-bura-payalnyy-zhir-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-100ml-banka-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-100ml-banka-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-vysokotemperaturnoy-payki-pv-209-20g-banka-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-20g-blister-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-aktivnyy-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-kanifol-gel-aktiv-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-30ml-paket-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payalnaya-kislota-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payka-alyuminiya-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-bga-i-smd-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatornyy-20ml-banka-blister-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-10g-banka-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k1-dlya-payki-universalnyy-pripoy-flyus-pk-flyus-skf-kanifol-mednaya-opletka-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k2-dlya-payki-zhidkiy-flyus-flyus-pk-flyus-skf-flyus-lti-120-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k3-dlya-payki-tverdyy-flyus-kanifol-flyus-bura-payalnyy-zhir-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-fim-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-zil-2-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-38n-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-20g-banka-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-100g-banka-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-500g-banka-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatornyy-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-100g-banka-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-100ml-banka-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-100ml-banka-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-vysokotemperaturnoy-payki-pv-209-20g-banka-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-s-kistochkoy-flakon-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-vysokotemperaturnoy-payki-pv-209-100g-banka-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-20g-blister-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-bga-i-smd-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payalnaya-kislota-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-30ml-paket-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatornyy-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-kanifol-gel-aktiv-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-aktivnyy-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payka-alyuminiya-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I62"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -913,1726 +913,1726 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>592.75</v>
+        <v>50.14</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>228</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>480</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>343.29</v>
+        <v>414.93</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>177</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="3">
+        <v>291.8</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>179</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>300</v>
+        <v>30</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>788.81</v>
+        <v>225.97</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>172</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>71.27</v>
+        <v>60.58</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>7483</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
         <v>300</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>172.89</v>
+        <v>146.96</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>4475</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>80</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>124.72</v>
+        <v>113.08</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>251</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
         <v>300</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>115.23</v>
+        <v>106.01</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>476</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
         <v>300</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>97.63</v>
+        <v>74.34</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>2423</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
         <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>84.41</v>
+        <v>97.95</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1370</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>300</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>116.96</v>
+        <v>82.99</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>333</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
         <v>300</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>109.84</v>
+        <v>71.75</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>239</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
         <v>300</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>87.46</v>
+        <v>99.42</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>382</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>420</v>
+        <v>300</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>68.14</v>
+        <v>93.36</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>7276</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>420</v>
+        <v>300</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>199.33</v>
+        <v>66.64</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1024</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>72</v>
+        <v>420</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>111.87</v>
+        <v>74.34</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1189</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>300</v>
+        <v>420</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>115.94</v>
+        <v>57.92</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>4156</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>300</v>
+        <v>420</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>222.72</v>
+        <v>169.43</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>452</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>802.41</v>
+        <v>452.77</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>199</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>863.43</v>
+        <v>81.16</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>142</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>20</v>
+        <v>300</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>923.44</v>
+        <v>189.31</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>543</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>236.39</v>
+        <v>641.93</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>9128</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>420</v>
+        <v>18</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>565.96</v>
+        <v>81.74</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>395</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>300</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>58.99</v>
+        <v>172.89</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1768</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>480</v>
+        <v>80</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>96.16</v>
+        <v>206.99</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>13747</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>300</v>
+        <v>420</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>203.4</v>
+        <v>196.89</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>201</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>80</v>
+        <v>420</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>212.63</v>
+        <v>200.93</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>829</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>120</v>
+        <v>420</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>243.52</v>
+        <v>276.62</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>420</v>
+        <v>80</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>231.63</v>
+        <v>1022.88</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>445</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>420</v>
+        <v>20</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>265.85</v>
+        <v>180.74</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>157</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>87.46</v>
+        <v>250.69</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>2996</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>78.4</v>
+        <v>248.97</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>1254</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>420</v>
+        <v>120</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>325.44</v>
+        <v>162.11</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>80</v>
+        <v>420</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>1294.79</v>
+        <v>690.74</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>20</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>294.93</v>
+        <v>57.05</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>120</v>
+        <v>420</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>292.9</v>
+        <v>95.09</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>190.72</v>
+        <v>738.75</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>420</v>
+        <v>20</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>67.12</v>
+        <v>631.05</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>482</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>420</v>
+        <v>120</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>125.09</v>
+        <v>87.56</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>1846</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>10</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>152.55</v>
+        <v>650.06</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>1428</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>721.05</v>
+        <v>747.7</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F45" s="3">
         <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>184.12</v>
+        <v>129.88</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>2856</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>131.19</v>
+        <v>150.64</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>10</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>141.36</v>
+        <v>110.35</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>242</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>10</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>149.5</v>
+        <v>178.61</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>884</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>10</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>304.08</v>
+        <v>127.25</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>10</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>157.64</v>
+        <v>131.46</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>3707</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>10</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>619.35</v>
+        <v>134.8</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>177.98</v>
+        <v>283.13</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>1093</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>10</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>163.74</v>
+        <v>282.79</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>1777</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>10</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>196.28</v>
+        <v>276.17</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>333</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>10</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>131.19</v>
+        <v>495.48</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>934.62</v>
+        <v>576.84</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>1443.12</v>
+        <v>1154.5</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>100</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>812.58</v>
+        <v>149.5</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>309</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>143.4</v>
+        <v>142.03</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>157</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>10</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>294.93</v>
+        <v>128.88</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>161</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C62" s="3">
-        <v>296.96</v>
+        <v>124.59</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>189</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>10</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A42:I42"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>