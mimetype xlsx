--- v0 (2025-10-15)
+++ v1 (2025-12-02)
@@ -42,181 +42,181 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Флюсы в индивидуальной упаковке</t>
   </si>
   <si>
-    <t>09-3684</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Флюс-гель для пайки, BGA и SMD, 12мл, техно-шприц, блистер REXANT </t>
+    <t>09-3680</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, АКТИВНЫЙ, 12мл, техно-шприц, блистер REXANT </t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
-  </si>
-[...106 lines deleted...]
-    <t>Флюс для пайки, ЛТИ-120, 30мл, блистер REXANT</t>
   </si>
   <si>
     <t>09-3710-1</t>
   </si>
   <si>
     <t xml:space="preserve">Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 20г, блистер REXANT
 </t>
   </si>
   <si>
+    <t>09-3682</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, пайка алюминия, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3686</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, КАНИФОЛЬ-ГЕЛЬ АКТИВ, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3625-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3684</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, BGA и SMD, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3692-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, TT KELLER индикаторный, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3613-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, с кисточкой, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3655-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, БУРА, 20г, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3610-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3635-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ, 30мл, пакет REXANT</t>
+  </si>
+  <si>
     <t>09-3626-1</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс для пайки, ЛТИ-120, 30мл, с кисточкой, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3665-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3688</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, ПАЯЛЬНАЯ КИСЛОТА, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3690-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паста TR-RM KELLER, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3615-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, Ф-61А (пайка алюминия), 30мл, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3660-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, ТАГС, 30мл, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3670-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паяльный жир АКТИВНЫЙ, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3691-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паста TR-RMA KELLER, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3640-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3641-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, СКФ (спирто-канифольный), 30мл, с кисточкой, флакон, блистер REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -601,51 +601,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-bga-i-smd-12ml-tehno-shprits-blister-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payalnaya-kislota-12ml-tehno-shprits-blister-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-blister-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-blister-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-20ml-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-30ml-paket-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-blister-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-blister-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payka-alyuminiya-12ml-tehno-shprits-blister-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-20ml-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatornyy-20ml-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-aktivnyy-12ml-tehno-shprits-blister-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-blister-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-kanifol-gel-aktiv-12ml-tehno-shprits-blister-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-s-kistochkoy-flakon-blister-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-blister-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-20g-blister-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-blister-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-aktivniy-12ml-tehno-shprits-blister-rexant-15712" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-20g-blister-rexant-17781" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payka-alyuminiya-12ml-tehno-shprits-blister-rexant-15709" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-kanifol-gel-aktiv-12ml-tehno-shprits-blister-rexant-15711" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-blister-rexant-18659" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-bga-i-smd-12ml-tehno-shprits-blister-rexant-15705" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatorniy-20ml-banka-blister-rexant-21959" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-blister-rexant-23708" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-blister-rexant-21953" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-blister-rexant-18658" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-30ml-paket-rexant-18661" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-blister-rexant-23709" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-neytralniy-20ml-banka-blister-rexant-21955" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payalnaya-kislota-12ml-tehno-shprits-blister-rexant-15704" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-blister-rexant-21957" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-blister-rexant-21952" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-blister-rexant-21954" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-aktivniy-20ml-banka-blister-rexant-21956" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-blister-rexant-21958" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-blister-rexant-18660" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-s-kistochkoy-flakon-blister-rexant-23710" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I23"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -669,646 +669,646 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>799</v>
+        <v>709</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>919</v>
+        <v>123</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>58</v>
+        <v>2432</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>129</v>
+        <v>1419</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>47</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>143.65</v>
+        <v>609</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>43</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>299</v>
+        <v>150</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1310</v>
+        <v>1254</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>139</v>
+        <v>799</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1604</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
+        <v>292</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F9" s="3">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
         <v>155</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>2147</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>147</v>
+        <v>129</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>674</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1342.05</v>
+        <v>129</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>75</v>
+        <v>1059</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1284</v>
+        <v>1193</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>290</v>
+        <v>181.04</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1465</v>
+        <v>145</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>292</v>
+        <v>139</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1301</v>
+        <v>265</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>709</v>
+        <v>919</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>193</v>
+        <v>290</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1092</v>
+        <v>901</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>10</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>129</v>
+        <v>193</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1342</v>
+        <v>523</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>609</v>
+        <v>151</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>163.52</v>
+        <v>141</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>128</v>
+        <v>499</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>150</v>
+        <v>299</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>353</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>123</v>
+        <v>147</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>988</v>
+        <v>56</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>181.04</v>
+        <v>175</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>