--- v1 (2025-12-02)
+++ v2 (2026-01-19)
@@ -8,215 +8,209 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="52">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Флюсы в индивидуальной упаковке</t>
   </si>
   <si>
-    <t>09-3680</t>
-[...10 lines deleted...]
-  <si>
     <t>09-3710-1</t>
   </si>
   <si>
     <t xml:space="preserve">Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 20г, блистер REXANT
 </t>
   </si>
   <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-3625-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3680</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, АКТИВНЫЙ, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3626-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, ЛТИ-120, 30мл, с кисточкой, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3655-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, БУРА, 20г, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3665-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3640-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3691-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паста TR-RMA KELLER, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3613-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, с кисточкой, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3686</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, КАНИФОЛЬ-ГЕЛЬ АКТИВ, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3641-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, СКФ (спирто-канифольный), 30мл, с кисточкой, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3635-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ, 30мл, пакет REXANT</t>
+  </si>
+  <si>
+    <t>09-3615-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, Ф-61А (пайка алюминия), 30мл, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3610-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3688</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, ПАЯЛЬНАЯ КИСЛОТА, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
     <t>09-3682</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс-гель для пайки, пайка алюминия, 12мл, техно-шприц, блистер REXANT </t>
   </si>
   <si>
-    <t>09-3686</t>
-[...10 lines deleted...]
-  <si>
     <t>09-3684</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс-гель для пайки, BGA и SMD, 12мл, техно-шприц, блистер REXANT </t>
   </si>
   <si>
+    <t>09-3670-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паяльный жир АКТИВНЫЙ, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3690-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паста TR-RM KELLER, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
     <t>09-3692-1</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс-гель для пайки, TT KELLER индикаторный, 20мл, банка, блистер REXANT </t>
-  </si>
-[...82 lines deleted...]
-    <t xml:space="preserve">Флюс для пайки, СКФ (спирто-канифольный), 30мл, с кисточкой, флакон, блистер REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -601,56 +595,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-aktivniy-12ml-tehno-shprits-blister-rexant-15712" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-20g-blister-rexant-17781" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payka-alyuminiya-12ml-tehno-shprits-blister-rexant-15709" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-kanifol-gel-aktiv-12ml-tehno-shprits-blister-rexant-15711" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-blister-rexant-18659" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-bga-i-smd-12ml-tehno-shprits-blister-rexant-15705" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatorniy-20ml-banka-blister-rexant-21959" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-blister-rexant-23708" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-blister-rexant-21953" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-blister-rexant-18658" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-30ml-paket-rexant-18661" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-blister-rexant-23709" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-neytralniy-20ml-banka-blister-rexant-21955" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payalnaya-kislota-12ml-tehno-shprits-blister-rexant-15704" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-blister-rexant-21957" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-blister-rexant-21952" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-blister-rexant-21954" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-aktivniy-20ml-banka-blister-rexant-21956" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-blister-rexant-21958" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-blister-rexant-18660" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-s-kistochkoy-flakon-blister-rexant-23710" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-20g-blister-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-aktivnyy-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-kanifol-gel-aktiv-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-30ml-paket-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payalnaya-kislota-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payka-alyuminiya-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-bga-i-smd-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatornyy-20ml-banka-blister-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I23"/>
+  <dimension ref="A1:I22"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -669,677 +663,647 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>709</v>
+        <v>125.09</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>53</v>
+        <v>1846</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>123</v>
+        <v>152.55</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2432</v>
+        <v>1428</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1419</v>
+        <v>721.05</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>47</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>609</v>
+        <v>184.12</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>2856</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>150</v>
+        <v>131.19</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1254</v>
+        <v>14</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>799</v>
+        <v>141.36</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>242</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>292</v>
+        <v>149.5</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>161</v>
+        <v>884</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>155</v>
+        <v>304.08</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>2147</v>
+        <v>182</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>129</v>
+        <v>157.64</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>674</v>
+        <v>3707</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>129</v>
+        <v>619.35</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1059</v>
+        <v>182</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>161</v>
+        <v>177.98</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1193</v>
+        <v>1093</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>181.04</v>
+        <v>163.74</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>145</v>
+        <v>1777</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>139</v>
+        <v>196.28</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>265</v>
+        <v>333</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>919</v>
+        <v>131.19</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>290</v>
+        <v>934.62</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>901</v>
+        <v>18</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>193</v>
+        <v>1443.12</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>523</v>
+        <v>51</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>151</v>
+        <v>812.58</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1</v>
+        <v>309</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>141</v>
+        <v>143.4</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>499</v>
+        <v>157</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>299</v>
+        <v>294.93</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>353</v>
+        <v>161</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>147</v>
+        <v>296.96</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>56</v>
+        <v>189</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
-    <hyperlink ref="D23" r:id="rId21"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>