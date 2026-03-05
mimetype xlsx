--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -42,175 +42,175 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Флюсы в индивидуальной упаковке</t>
   </si>
   <si>
+    <t>09-3684</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, BGA и SMD, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-3688</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, ПАЯЛЬНАЯ КИСЛОТА, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3610-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3635-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ, 30мл, пакет REXANT</t>
+  </si>
+  <si>
+    <t>09-3613-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, с кисточкой, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3615-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, Ф-61А (пайка алюминия), 30мл, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3655-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, БУРА, 20г, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3665-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3670-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паяльный жир АКТИВНЫЙ, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3690-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паста TR-RM KELLER, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3691-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паста TR-RMA KELLER, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3692-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, TT KELLER индикаторный, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3686</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, КАНИФОЛЬ-ГЕЛЬ АКТИВ, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3680</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, АКТИВНЫЙ, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3682</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, пайка алюминия, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
     <t>09-3710-1</t>
   </si>
   <si>
     <t xml:space="preserve">Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 20г, блистер REXANT
 </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>09-3625-1</t>
   </si>
   <si>
     <t>Флюс для пайки, ЛТИ-120, 30мл, блистер REXANT</t>
   </si>
   <si>
-    <t>09-3680</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Флюс-гель для пайки, АКТИВНЫЙ, 12мл, техно-шприц, блистер REXANT </t>
+    <t>09-3640-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, блистер REXANT</t>
   </si>
   <si>
     <t>09-3626-1</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс для пайки, ЛТИ-120, 30мл, с кисточкой, флакон, блистер REXANT </t>
   </si>
   <si>
-    <t>09-3655-1</t>
-[...34 lines deleted...]
-  <si>
     <t>09-3641-1</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс для пайки, СКФ (спирто-канифольный), 30мл, с кисточкой, флакон, блистер REXANT </t>
-  </si>
-[...52 lines deleted...]
-    <t xml:space="preserve">Флюс-гель для пайки, TT KELLER индикаторный, 20мл, банка, блистер REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -595,51 +595,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-20g-blister-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-aktivnyy-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-kanifol-gel-aktiv-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-30ml-paket-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payalnaya-kislota-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payka-alyuminiya-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-bga-i-smd-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatornyy-20ml-banka-blister-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-bga-i-smd-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payalnaya-kislota-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-30ml-paket-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatornyy-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-kanifol-gel-aktiv-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-aktivnyy-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payka-alyuminiya-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-20g-blister-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I22"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -663,611 +663,611 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>125.09</v>
+        <v>650.06</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1846</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>152.55</v>
+        <v>747.7</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1428</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>721.05</v>
+        <v>129.88</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>184.12</v>
+        <v>150.64</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>2856</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>131.19</v>
+        <v>110.35</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>141.36</v>
+        <v>178.61</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>242</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>149.5</v>
+        <v>127.25</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>884</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>304.08</v>
+        <v>131.46</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>157.64</v>
+        <v>134.8</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>3707</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>619.35</v>
+        <v>283.13</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>177.98</v>
+        <v>282.79</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1093</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>163.74</v>
+        <v>276.17</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1777</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>196.28</v>
+        <v>495.48</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>333</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>131.19</v>
+        <v>576.84</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>934.62</v>
+        <v>1154.5</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>1443.12</v>
+        <v>87.56</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>812.58</v>
+        <v>149.5</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>309</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>143.4</v>
+        <v>142.03</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>157</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>294.93</v>
+        <v>128.88</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>161</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>296.96</v>
+        <v>124.59</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>189</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>