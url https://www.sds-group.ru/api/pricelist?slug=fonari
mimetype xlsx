--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -8,415 +8,421 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="123">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Фонари</t>
   </si>
   <si>
     <t>1.1 Автомобильные фонари</t>
   </si>
   <si>
     <t>75-724</t>
   </si>
   <si>
     <t>Фонарь автомобильный, с регулировкой яркости, поворотным магнитом, индикатором зарядки и встроенным аккумулятором, СОВ REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>75-8012</t>
+  </si>
+  <si>
+    <t>Фонарь многофункциональный с магнитом, крюком и клипсой, маленький REXANT</t>
+  </si>
+  <si>
+    <t>75-8013</t>
+  </si>
+  <si>
+    <t>Фонарь многофункциональный с магнитом и клипсой, большой REXANT</t>
+  </si>
+  <si>
+    <t>75-8003</t>
+  </si>
+  <si>
+    <t>Фонарь многофункциональный, с магнитом, крюком и функцией Power bank REXANT</t>
+  </si>
+  <si>
+    <t>75-8002</t>
+  </si>
+  <si>
+    <t>Фонарь автомобильный, двухрежимный, на подставке, с магнитом, крюком и клипсой REXANT</t>
+  </si>
+  <si>
+    <t>75-1704</t>
+  </si>
+  <si>
+    <t>Фонарь автомобильный NEW AGE, трехрежимный, с аварийным красным сигналом, крюком и поворотным держателем на магните, СОВ REXANT</t>
+  </si>
+  <si>
+    <t>75-7841</t>
+  </si>
+  <si>
+    <t>Фонарь автомобильный NEW AGE, двухрежимный, с крюком и поворотным держателем на магните REXANT</t>
+  </si>
+  <si>
+    <t>75-8042</t>
+  </si>
+  <si>
+    <t>Фонарь автомобильный с регулировкой яркости, поворотным магнитом, индикатором зарядки и встроенным аккумулятором, USB-кабель в комплекте REXANT</t>
+  </si>
+  <si>
     <t>75-709</t>
   </si>
   <si>
     <t>Фонарь автомобильный, трехрежимный, СОВ REXANT</t>
   </si>
   <si>
-    <t>75-7841</t>
-[...35 lines deleted...]
-    <t>1.2 Универсальные</t>
+    <t>1.2 Подсветка, пушлайты</t>
+  </si>
+  <si>
+    <t>75-705</t>
+  </si>
+  <si>
+    <t>Фонарь-подсветка самоклеящийся, СОВ REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Прожекторные фонари</t>
+  </si>
+  <si>
+    <t>75-7824</t>
+  </si>
+  <si>
+    <t>Фонарь прожекторный, пятирежимный, с наплечным ремнем и функцией Power bank, СОВ REXANT</t>
+  </si>
+  <si>
+    <t>75-706</t>
+  </si>
+  <si>
+    <t>Фонарь прожекторный, двухрежимный, с наплечным ремнем и встроенной солнечной батареей REXANT</t>
+  </si>
+  <si>
+    <t>75-8000</t>
+  </si>
+  <si>
+    <t>Фонарь прожекторный складной с полимерным аккумулятором и функцией Power bank REXANT</t>
+  </si>
+  <si>
+    <t>75-707</t>
+  </si>
+  <si>
+    <t>Фонарь прожекторный, четырехрежимный, со встроенным аккумулятором REXANT</t>
+  </si>
+  <si>
+    <t>75-721</t>
+  </si>
+  <si>
+    <t>Фонарь прожекторный, двухрежимный, с солнечной батареей, индикатором зарядки и функцией Power bank REXANT</t>
+  </si>
+  <si>
+    <t>75-1700</t>
+  </si>
+  <si>
+    <t>Фонарь прожекторный NEW AGE, трехрежимный, в противоударном корпусе, с функцией Power bank REXANT</t>
+  </si>
+  <si>
+    <t>75-7822</t>
+  </si>
+  <si>
+    <t>Фонарь прожекторный, двухрежимный, с солнечной панелью, USB зарядкой и наплечным ремнем REXANT</t>
+  </si>
+  <si>
+    <t>75-7823</t>
+  </si>
+  <si>
+    <t>Фонарь прожекторный, двухрежимный, со встроенным аккумулятором REXANT</t>
+  </si>
+  <si>
+    <t>75-8001</t>
+  </si>
+  <si>
+    <t>Фонарь прожекторный складной с функцией Power bank REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Туристические</t>
+  </si>
+  <si>
+    <t>75-0126</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый pc-170, трехрежимный с ручкой PROconnect</t>
+  </si>
+  <si>
+    <t>75-8009</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый с солнечной батареей и крюком REXANT</t>
+  </si>
+  <si>
+    <t>75-722</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый с компасом, противоскользящий пластик «черный вельвет», складная петля для подвеса, регулировка яркости, 3хАА REXANT</t>
+  </si>
+  <si>
+    <t>75-720</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый, трехрежимный, круглый REXANT</t>
+  </si>
+  <si>
+    <t>75-8006</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый раздвижной антимоскитный на подвесе REXANT</t>
+  </si>
+  <si>
+    <t>75-0124</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый rx-130, трехрежимный REXANT</t>
+  </si>
+  <si>
+    <t>75-8005</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый раздвижной с ручкой REXANT</t>
+  </si>
+  <si>
+    <t>75-8010</t>
+  </si>
+  <si>
+    <t>Фонарь-брелок с набором отверток REXANT</t>
+  </si>
+  <si>
+    <t>75-723</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый, четырехрежимный, с регулируемым фокусом и складным подвесом REXANT</t>
+  </si>
+  <si>
+    <t>75-8007</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый раздвижной на подвесе REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Налобные</t>
+  </si>
+  <si>
+    <t>75-719</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, двухрежимный, поворотный, с евровилкой, зарядка от сети 220В REXANT</t>
+  </si>
+  <si>
+    <t>75-704</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, трехрежимный, поворотный, СОВ H-2 REXANT</t>
+  </si>
+  <si>
+    <t>75-703</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, трехрежимный, поворотный, сверхлегкий, СОВ REXANT</t>
+  </si>
+  <si>
+    <t>75-700</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, четырехрежимный, с аварийным красным сигналом и встроенным аккумулятором REXANT</t>
+  </si>
+  <si>
+    <t>75-8004</t>
+  </si>
+  <si>
+    <t>Фонарь с клипсой и датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>75-8011</t>
+  </si>
+  <si>
+    <t>Фонарь налобный сверхлегкий с прищепкой REXANT</t>
+  </si>
+  <si>
+    <t>75-701</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, трехрежимный, поворотный, СОВ H-1 REXANT</t>
+  </si>
+  <si>
+    <t>75-702</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, трехрежимный, с улучшенным рефлектором, СОВ REXANT</t>
+  </si>
+  <si>
+    <t>75-7831</t>
+  </si>
+  <si>
+    <t>Фонарь налобный NEW AGE, четырехрежимный, поворотный, с регулируемым фокусом REXANT</t>
+  </si>
+  <si>
+    <t>75-7839</t>
+  </si>
+  <si>
+    <t>Фонарь налобный NEW AGE, трехрежимный, поворотный, сверхлегкий, с магнитом REXANT</t>
+  </si>
+  <si>
+    <t>75-8008</t>
+  </si>
+  <si>
+    <t>Фонарь налобный с датчиком движения и аккумулятором REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Универсальные</t>
   </si>
   <si>
     <t>75-0145</t>
   </si>
   <si>
     <t>Фонарь универсальный pc-07, с креплением клипсой PROconnect</t>
   </si>
   <si>
     <t>75-713</t>
   </si>
   <si>
     <t>Фонарь универсальный, однорежимный, в алюминиевом корпусе, компактный REXANT</t>
   </si>
   <si>
+    <t>75-712</t>
+  </si>
+  <si>
+    <t>Фонарь универсальный, двухрежимный, с аккумулятором и встроенной евровилкой, зарядка от сети 220В REXANT</t>
+  </si>
+  <si>
     <t>75-714</t>
   </si>
   <si>
     <t>Фонарь универсальный, трехрежимный, в алюминиевом корпусе, компактный, со встроенным аккумулятором, USB кабель в комплекте REXANT</t>
   </si>
   <si>
+    <t>75-711</t>
+  </si>
+  <si>
+    <t>Фонарь универсальный, двухрежимный, со встроенной евровилкой, зарядка от сети 220В, СОВ REXANT</t>
+  </si>
+  <si>
+    <t>75-716</t>
+  </si>
+  <si>
+    <t>Фонарь универсальный, однорежимный, в алюминиевом корпусе, компактный СОВ REXANT</t>
+  </si>
+  <si>
     <t>75-717</t>
   </si>
   <si>
     <t>Фонарь универсальный, однорежимный, в корпусе из противоскользящего пластика, компактный REXANT</t>
   </si>
   <si>
-    <t>75-711</t>
-[...16 lines deleted...]
-  <si>
     <t>75-718</t>
   </si>
   <si>
     <t>Фонарь универсальный, пятирежимный, в алюминиевом корпусе, сверхъяркий, с регулируемым фокусом REXANT</t>
   </si>
   <si>
     <t>75-715</t>
   </si>
   <si>
     <t>Фонарь универсальный, трехрежимный, в алюминиевом корпусе, с набором отверток REXANT</t>
   </si>
   <si>
     <t>75-0105</t>
   </si>
   <si>
     <t xml:space="preserve">Фонарь универсальный, с регулируемым фокусом, 3хD REXANT </t>
   </si>
   <si>
-    <t>1.3 Рабочие</t>
+    <t>1.7 Рабочие</t>
+  </si>
+  <si>
+    <t>75-0146</t>
+  </si>
+  <si>
+    <t>Повседневный фонарь pc-15 с магнитом и подвесом PROconnect</t>
   </si>
   <si>
     <t>75-0119</t>
   </si>
   <si>
     <t xml:space="preserve">Повседневный фонарь pc-200 PROconnect </t>
-  </si>
-[...202 lines deleted...]
-    <t>Фонарь кемпинговый с компасом, противоскользящий пластик «черный вельвет», складная петля для подвеса, регулировка яркости, 3хАА REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -801,56 +807,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-s-regulirovkoy-yarkosti-povorotnym-magnitom-indikatorom-zaryadki-i-vstroennym-akk.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-trehrezhimnyy-sov-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-new-age-dvuhrezhimnyy-s-kryukom-i-povorotnym-derzhatelem-na-magnite-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-new-age-trehrezhimnyy-s-avariynym-krasnym-signalom-kryukom-i-povorotnym-derzhatel.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalnyy-s-magnitom-kryukom-i-funktsiey-power-bank-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-dvuhrezhimnyy-na-podstavke-s-magnitom-kryukom-i-klipsoy-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalnyy-s-magnitom-kryukom-i-klipsoy-malenkiy-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalnyy-s-magnitom-i-klipsoy-bolshoy-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-pc-07-s-krepleniem-klipsoy-proconnect.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-odnorezhimnyy-v-alyuminievom-korpuse-kompaktnyy-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-trehrezhimnyy-v-alyuminievom-korpuse-kompaktnyy-so-vstroennym-akkumulyatorom-usb-.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-odnorezhimnyy-v-korpuse-iz-protivoskolzyaschego-plastika-kompaktnyy-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-dvuhrezhimnyy-so-vstroennoy-evrovilkoy-zaryadka-ot-seti-220v-sov-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-dvuhrezhimnyy-s-akkumulyatorom-i-vstroennoy-evrovilkoy-zaryadka-ot-seti-220v-rexa.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-odnorezhimnyy-v-alyuminievom-korpuse-kompaktnyy-sov-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-pyatirezhimnyy-v-alyuminievom-korpuse-sverhyarkiy-s-reguliruemym-fokusom-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-trehrezhimnyy-v-alyuminievom-korpuse-s-naborom-otvertok-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-s-reguliruemym-fokusom-3hd-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/povsednevnyy-fonar-pc-200-proconnect.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/povsednevnyy-fonar-pc-15-s-magnitom-i-podvesom-proconnect.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-trehrezhimnyy-povorotnyy-sov-h-2-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-dvuhrezhimnyy-povorotnyy-s-evrovilkoy-zaryadka-ot-seti-220v-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-trehrezhimnyy-povorotnyy-sov-h-1-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-chetyrehrezhimnyy-s-avariynym-krasnym-signalom-i-vstroennym-akkumulyatorom-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-trehrezhimnyy-s-uluchshennym-reflektorom-sov-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-trehrezhimnyy-povorotnyy-sverhlegkiy-sov-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-new-age-trehrezhimnyy-povorotnyy-sverhlegkiy-s-magnitom-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-new-age-chetyrehrezhimnyy-povorotnyy-s-reguliruemym-fokusom-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-sverhlegkiy-s-prischepkoy-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-s-klipsoy-i-datchikom-dvizheniya-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-s-datchikom-dvizheniya-i-akkumulyatorom-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-podsvetka-samokleyaschiysya-sov-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-chetyrehrezhimnyy-so-vstroennym-akkumulyatorom-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-dvuhrezhimnyy-s-naplechnym-remnem-i-vstroennoy-solnechnoy-batareey-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-dvuhrezhimnyy-s-solnechnoy-batareey-indikatorom-zaryadki-i-funktsiey-power-bank-.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-skladnoy-s-funktsiey-power-bank-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-skladnoy-s-polimernym-akkumulyatorom-i-funktsiey-power-bank-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-dvuhrezhimnyy-so-vstroennym-akkumulyatorom-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-dvuhrezhimnyy-s-solnechnoy-panelyu-usb-zaryadkoy-i-naplechnym-remnem-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-pyatirezhimnyy-s-naplechnym-remnem-i-funktsiey-power-bank-sov-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-new-age-trehrezhimnyy-v-protivoudarnom-korpuse-s-funktsiey-power-bank-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-pc-170-trehrezhimnyy-s-ruchkoy-proconnect.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-trehrezhimnyy-kruglyy-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-chetyrehrezhimnyy-s-reguliruemym-fokusom-i-skladnym-podvesom-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-rx-130-trehrezhimnyy-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-razdvizhnoy-s-ruchkoy-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-razdvizhnoy-na-podvese-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-razdvizhnoy-antimoskitnyy-na-podvese-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-brelok-s-naborom-otvertok-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-s-solnechnoy-batareey-i-kryukom-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-s-kompasom-protivoskolzyaschiy-plastik-chernyy-velvet-skladnaya-petlya-dlya-podves.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilniy-indikator-zaryadki-usb-kabel-v-komplekte-regulyator-yarkosti-povorotniy-korpus-sharnir-vstroenniy-akkumulyator-25467" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalniy-s-magnitom-kryukom-i-klipsoy-malenkiy-rexant-30351" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalniy-s-magnitom-i-klipsoy-bolshoy-rexant-30352" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalniy-s-magnitom-kryukom-i-funktsiey-power-bank-rexant-30354" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilniy-dvuhrejimniy-na-podstavke-s-magnitom-kryukom-i-klipsoy-rexant-30353" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-transformer-zaryajaemiy-new-age-sov-rabochiy-poiskoviy-avtomobilniy-dalniy-svet-3-vt-blijniy-svet-6-vt-avariyniy-krasniy-rexant-28762" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-rabochiy-transformer-new-age-s-dalnim-golovnim-3-vt-i-blijnim-bokovim-svetom-6-vt-rexant-povorotniy-magnit-skladnoy-kryuk-28760" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilniy-s-regulirovkoy-yarkosti-povorotnim-magnitom-indikatorom-zaryadki-i-vstroennim-akkumulyatorom-usb-kabel-v-komplekte-rexant-30362" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-rabochiy-universalniy-sov-100-50-pulsiruyuschiy-rejim-3haaa-rexant-25482" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-podsvetka-pushlayt-sov-fasetochniy-reflektor-samokleyascheesya-osnovanie-3-vt-3-h-aaa-25478" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-voyager-led-power-bank-8-12-vt-4800-mach-frontalniy-i-bokovoy-svet-sov-5-ch-raboti-rexant-26764" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-projektor-svetodiodniy-poiskoviy-rexant-25479" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-projektorniy-skladnoy-s-polimernim-akkumulyatorom-i-funktsiey-power-bank-rexant-30349" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-projektor-poiskoviy-s-golovnim-i-bokovim-svetom-so-vstroennim-akkumulyatorom-kabel-pitaniya-220-v-25480" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-projektor-svetodiodniy-kempingoviy-rexant-25470" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-projektorniy-trehrejimniy-v-protivoudarnom-korpuse-s-funktsiey-powerbank-rexant-28761" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-forpost-led-usb-zaryadka-ustroystv-s-solnechnoy-panelyu-osnovnim-i-bokovim-svetom-5-ch-avtonomnoy-raboti-rexant-26473" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-rabochiy-poiskoviy-s-osnovnim-i-bokovimi-svetom-6-vt-10-vt-220-v-vstroenniy-akkumulyator-5-ch-avtonomnoy-raboti-rexant-26474" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-projektorniy-skladnoy-s-funktsiey-power-bank-rexant-30350" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dlya-kempinga-pc-170-proconnect-9619" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingoviy-s-solnechnoy-batareey-i-kryukom-rexant-30361" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingoviy-s-kompasom-protivoskolzyaschiy-plastik-cherniy-velvet-skladnaya-petlya-dlya-podvesa-regulirovka-yarkosti-3haa-rexant-25469" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalniy-kempingoviy-podvesnoy-nastolniy-3haaa-rexant-25471" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingoviy-razdvijnoy-antimoskitniy-na-podvese-rexant-30359" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dlya-kempinga-rx-130-rexant-9617" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingoviy-razdvijnoy-s-ruchkoy-rexant-30358" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-brelok-s-naborom-otvertok-rexant-30791" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalniy-ruchnoy-turisticheskiy-kempingoviy-3-v-1-reguliruemiy-fokus-skladnoy-podves-3haaa-rexant-25468" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingoviy-razdvijnoy-na-podvese-rexant-30360" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-napravlenniy-sfokusirovanniy-svet-vstroenniy-akkumulyator-zaryadka-ot-seti-cherez-semniy-kabel-v-komplekte-rexant-25472" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-sov-zerkalniy-reflektor-3-vt-3-h-aaa-25477" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-3-vt-100-50-pulsiruyuschiy-beliy-3haaa-sov-zerkalniy-rasseivatel-rexant-25476" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-na-sharnire-100-50-krasniy-svet-pulsiruyuschiy-krasniy-vstroenniy-akkumulyator-usb-kabel-v-komplekte-rexant-25473" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-s-klipsoy-i-datchikom-dvijeniya-rexant-30356" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-sverhlegkiy-s-prischepkoy-rexant-30355" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-cob-3haaa-uvelichennoe-vremya-raboti-remen-v-komplekte-rexant-25474" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-sov-uluchshenniy-reflektor-s-remnem-3haaa-rexant-25475" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-chetirehrejimniy-povorotniy-s-funktsiey-zoom-rexant-28758" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-transformer-zaryajaemiy-new-age-rexant-nalobniy-avtomobilniy-s-tortsevim-magnitom-3-rejima-raboti-reguliruemiy-povorot-bistriy-sem-fonarya-s-remnya-2000-mach-28759" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-s-datchikom-dvijeniya-i-akkumulyatorom-rexant-30357" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-s-krepleniem-klipsoy-pc-07-proconnect-13522" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-ruchnoy-rabochiy-sfokusirovanniy-svet-alyuminieviy-korpus-1haa-rexant-25486" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-s-akkumulyatorom-i-vstroennim-zaryadnim-ustroystvom-zaryadka-napryamuyu-ot-seti-evrorozetka-220-v-25485" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalniy-rabochiy-pohodniy-golovnoy-svet-1-5-vt-bokovoy-2-vt-vstroenniy-akkumulyator-alyuminieviy-usb-kabel-v-komplekte-rexant-25487" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-rabochiy-poiskoviy-golovnoy-bokovoy-svet-1-5-vt-5-vt-sov-bokovoy-vstroenniy-akkumulyator-zaryadka-napryamuyu-ot-seti-evrorozetka-220-v-rexant-25484" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalniy-povsednevniy-sov-1-5-vt-zalivayuschiy-svet-alyuminiy-3haaa-rexant-25489" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalniy-povsednevniy-sfokusirovanniy-svet-1-vt-plastik-3haaa-rexant-25490" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-ruchnoy-sverhyarkiy-5-vt-reguliruemiy-fokus-alyuminiy-3haaa-rexant-25491" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalniy-rabochiy-golovnoy-bokovoy-svet-nabor-otvertok-alyuminieviy-korpus-1haa-rexant-25488" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-zoom-3d-rexant-9593" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/povsednevniy-fonar-pc-15-s-magnitom-i-podvesom-proconnect-13521" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/povsednevniy-fonar-pc-200-proconnect-9604" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I60"/>
+  <dimension ref="A1:I61"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -891,1653 +897,1683 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>1900</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>902</v>
+        <v>814</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>144.23</v>
+        <v>647.85</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1458</v>
+        <v>210</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>444.25</v>
+        <v>817.12</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>3117</v>
+        <v>372</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1135.84</v>
+        <v>1945.12</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1189</v>
+        <v>922</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>1945.12</v>
+        <v>459.59</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>981</v>
+        <v>1476</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>459.59</v>
+        <v>1135.84</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1512</v>
+        <v>995</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>647.85</v>
+        <v>444.25</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>301</v>
+        <v>3013</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>817.12</v>
+        <v>1459.85</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>729</v>
+        <v>1012</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="2" t="s">
+      <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="2"/>
-[...6 lines deleted...]
-      <c r="I12" s="2"/>
+      <c r="B12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C12" s="3">
+        <v>144.23</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="3">
+        <v>1309</v>
+      </c>
+      <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
+        <v>96</v>
+      </c>
+      <c r="I12" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="3" t="s">
+      <c r="A13" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="C13" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>250</v>
+        <v>154.12</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>2364</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="3" t="s">
+      <c r="A15" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>145</v>
+        <v>1790.12</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>342</v>
+        <v>1814</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>144</v>
+        <v>30</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>399.99</v>
+        <v>788.24</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>5972</v>
+        <v>5450</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>350.25</v>
+        <v>2465.12</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>3075</v>
+        <v>2</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>170</v>
+        <v>1700</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>2533</v>
+        <v>1</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>144</v>
+        <v>30</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>575.95</v>
+        <v>1700</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>3346</v>
+        <v>1162</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>512.56</v>
+        <v>1349.45</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1990</v>
+        <v>889</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>1568</v>
+        <v>1300</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>2386</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>40</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="2" t="s">
+      <c r="A23" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B23" s="2"/>
-[...6 lines deleted...]
-      <c r="I23" s="2"/>
+      <c r="C23" s="3">
+        <v>1300</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" s="3">
+        <v>1293</v>
+      </c>
+      <c r="G23" s="3">
+        <v>1</v>
+      </c>
+      <c r="H23" s="3">
+        <v>30</v>
+      </c>
+      <c r="I23" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>266.98</v>
+        <v>2651.12</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
+        <v>125</v>
+      </c>
+      <c r="G24" s="3">
+        <v>1</v>
+      </c>
+      <c r="H24" s="3">
+        <v>10</v>
+      </c>
+      <c r="I24" s="3">
         <v>0</v>
       </c>
-      <c r="G24" s="3">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A25" s="3" t="s">
+      <c r="A25" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="B25" s="3" t="s">
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C25" s="3">
-[...8 lines deleted...]
-      <c r="F25" s="3">
+      <c r="B26" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C26" s="3">
+        <v>246.96</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" s="3">
         <v>0</v>
       </c>
-      <c r="G25" s="3">
-[...20 lines deleted...]
-      <c r="I26" s="2"/>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
+        <v>20</v>
+      </c>
+      <c r="I26" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>195.12</v>
+        <v>750</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>2367</v>
+        <v>955</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>36</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>415.54</v>
+        <v>546.64</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>5363</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>120</v>
+        <v>45</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>489.12</v>
+        <v>307</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>2949</v>
+        <v>650</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>565.71</v>
+        <v>765.25</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>2987</v>
+        <v>555</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>170</v>
+        <v>1047.98</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1093</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>144</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>366.02</v>
+        <v>601.12</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>3020</v>
+        <v>684</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>365.12</v>
+        <v>653.28</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>4819</v>
+        <v>1009</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>1198.65</v>
+        <v>307.89</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1424</v>
+        <v>1248</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>818.25</v>
+        <v>425.12</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>830</v>
+        <v>805</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>240</v>
+        <v>48</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
+      <c r="A36" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B37" s="3" t="s">
+      <c r="C37" s="3">
+        <v>415.54</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F37" s="3">
+        <v>2584</v>
+      </c>
+      <c r="G37" s="3">
+        <v>1</v>
+      </c>
+      <c r="H37" s="3">
+        <v>120</v>
+      </c>
+      <c r="I37" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="C37" s="3">
-[...22 lines deleted...]
-      <c r="A38" s="2" t="s">
+      <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B38" s="2"/>
-[...6 lines deleted...]
-      <c r="I38" s="2"/>
+      <c r="C38" s="3">
+        <v>195.12</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F38" s="3">
+        <v>1679</v>
+      </c>
+      <c r="G38" s="3">
+        <v>1</v>
+      </c>
+      <c r="H38" s="3">
+        <v>200</v>
+      </c>
+      <c r="I38" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>154.12</v>
+        <v>366.02</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>280</v>
+        <v>2437</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>200</v>
+        <v>72</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="2" t="s">
+      <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B40" s="2"/>
-[...6 lines deleted...]
-      <c r="I40" s="2"/>
+      <c r="B40" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C40" s="3">
+        <v>565.71</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" s="3">
+        <v>2380</v>
+      </c>
+      <c r="G40" s="3">
+        <v>1</v>
+      </c>
+      <c r="H40" s="3">
+        <v>96</v>
+      </c>
+      <c r="I40" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>1700</v>
+        <v>1267.56</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>23</v>
+        <v>579</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>788.24</v>
+        <v>818.25</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>5625</v>
+        <v>712</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>1700</v>
+        <v>489.12</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>1283</v>
+        <v>2544</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>2651.12</v>
+        <v>170</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>716</v>
+        <v>630</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>10</v>
+        <v>144</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>2465.12</v>
+        <v>1198.65</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>521</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>1300</v>
+        <v>365.12</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>1600</v>
+        <v>918</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>1300</v>
+        <v>652.12</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>2571</v>
+        <v>1103</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B48" s="3" t="s">
+      <c r="A48" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="C48" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B48" s="2"/>
+      <c r="C48" s="2"/>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2"/>
+      <c r="G48" s="2"/>
+      <c r="H48" s="2"/>
+      <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C49" s="3">
-        <v>1349.45</v>
+        <v>127</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>1956</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A50" s="2" t="s">
+      <c r="A50" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B50" s="2"/>
-[...6 lines deleted...]
-      <c r="I50" s="2"/>
+      <c r="B50" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="C50" s="3">
+        <v>250</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F50" s="3">
+        <v>2279</v>
+      </c>
+      <c r="G50" s="3">
+        <v>1</v>
+      </c>
+      <c r="H50" s="3">
+        <v>200</v>
+      </c>
+      <c r="I50" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C51" s="3">
-        <v>246.96</v>
+        <v>350.25</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>1294</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C52" s="3">
-        <v>307</v>
+        <v>473.11</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>853</v>
+        <v>603</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C53" s="3">
-        <v>307.89</v>
+        <v>399.99</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>1270</v>
+        <v>4476</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C54" s="3">
-        <v>1047.98</v>
+        <v>170</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>1863</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>10</v>
+        <v>144</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C55" s="3">
-        <v>601.12</v>
+        <v>145</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>700</v>
+        <v>17</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C56" s="3">
-        <v>425.12</v>
+        <v>575.95</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>1064</v>
+        <v>2989</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C57" s="3">
-        <v>765.25</v>
+        <v>512.56</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>539</v>
+        <v>1946</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>48</v>
+        <v>150</v>
       </c>
       <c r="I57" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C58" s="3">
-        <v>653.28</v>
+        <v>1568</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>1072</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A59" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B59" s="3" t="s">
+      <c r="A59" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="C59" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B59" s="2"/>
+      <c r="C59" s="2"/>
+      <c r="D59" s="2"/>
+      <c r="E59" s="2"/>
+      <c r="F59" s="2"/>
+      <c r="G59" s="2"/>
+      <c r="H59" s="2"/>
+      <c r="I59" s="2"/>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C60" s="3">
-        <v>546.64</v>
+        <v>354.05</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
         <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="I60" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C61" s="3">
+        <v>266.98</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F61" s="3">
+        <v>0</v>
+      </c>
+      <c r="G61" s="3">
+        <v>1</v>
+      </c>
+      <c r="H61" s="3">
+        <v>100</v>
+      </c>
+      <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A12:I12"/>
-[...4 lines deleted...]
-    <mergeCell ref="A50:I50"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A15:I15"/>
+    <mergeCell ref="A25:I25"/>
+    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="A48:I48"/>
+    <mergeCell ref="A59:I59"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
-    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
-    <hyperlink ref="D15" r:id="rId11"/>
-[...6 lines deleted...]
-    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D16" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
-    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
     <hyperlink ref="D30" r:id="rId24"/>
     <hyperlink ref="D31" r:id="rId25"/>
     <hyperlink ref="D32" r:id="rId26"/>
     <hyperlink ref="D33" r:id="rId27"/>
     <hyperlink ref="D34" r:id="rId28"/>
     <hyperlink ref="D35" r:id="rId29"/>
-    <hyperlink ref="D36" r:id="rId30"/>
-    <hyperlink ref="D37" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId30"/>
+    <hyperlink ref="D38" r:id="rId31"/>
     <hyperlink ref="D39" r:id="rId32"/>
-    <hyperlink ref="D41" r:id="rId33"/>
-[...6 lines deleted...]
-    <hyperlink ref="D48" r:id="rId40"/>
+    <hyperlink ref="D40" r:id="rId33"/>
+    <hyperlink ref="D41" r:id="rId34"/>
+    <hyperlink ref="D42" r:id="rId35"/>
+    <hyperlink ref="D43" r:id="rId36"/>
+    <hyperlink ref="D44" r:id="rId37"/>
+    <hyperlink ref="D45" r:id="rId38"/>
+    <hyperlink ref="D46" r:id="rId39"/>
+    <hyperlink ref="D47" r:id="rId40"/>
     <hyperlink ref="D49" r:id="rId41"/>
-    <hyperlink ref="D51" r:id="rId42"/>
-[...7 lines deleted...]
-    <hyperlink ref="D59" r:id="rId50"/>
+    <hyperlink ref="D50" r:id="rId42"/>
+    <hyperlink ref="D51" r:id="rId43"/>
+    <hyperlink ref="D52" r:id="rId44"/>
+    <hyperlink ref="D53" r:id="rId45"/>
+    <hyperlink ref="D54" r:id="rId46"/>
+    <hyperlink ref="D55" r:id="rId47"/>
+    <hyperlink ref="D56" r:id="rId48"/>
+    <hyperlink ref="D57" r:id="rId49"/>
+    <hyperlink ref="D58" r:id="rId50"/>
     <hyperlink ref="D60" r:id="rId51"/>
+    <hyperlink ref="D61" r:id="rId52"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>