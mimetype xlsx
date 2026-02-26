--- v1 (2025-12-05)
+++ v2 (2026-02-26)
@@ -8,421 +8,415 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="121">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Фонари</t>
   </si>
   <si>
     <t>1.1 Автомобильные фонари</t>
   </si>
   <si>
     <t>75-724</t>
   </si>
   <si>
     <t>Фонарь автомобильный, с регулировкой яркости, поворотным магнитом, индикатором зарядки и встроенным аккумулятором, СОВ REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>75-7841</t>
+  </si>
+  <si>
+    <t>Фонарь автомобильный NEW AGE, двухрежимный, с крюком и поворотным держателем на магните REXANT</t>
+  </si>
+  <si>
+    <t>75-1704</t>
+  </si>
+  <si>
+    <t>Фонарь автомобильный NEW AGE, трехрежимный, с аварийным красным сигналом, крюком и поворотным держателем на магните, СОВ REXANT</t>
+  </si>
+  <si>
+    <t>75-8042</t>
+  </si>
+  <si>
+    <t>Фонарь автомобильный с регулировкой яркости, поворотным магнитом, индикатором зарядки и встроенным аккумулятором, USB-кабель в комплекте REXANT</t>
+  </si>
+  <si>
     <t>75-8012</t>
   </si>
   <si>
     <t>Фонарь многофункциональный с магнитом, крюком и клипсой, маленький REXANT</t>
   </si>
   <si>
+    <t>75-8003</t>
+  </si>
+  <si>
+    <t>Фонарь многофункциональный, с магнитом, крюком и функцией Power bank REXANT</t>
+  </si>
+  <si>
     <t>75-8013</t>
   </si>
   <si>
     <t>Фонарь многофункциональный с магнитом и клипсой, большой REXANT</t>
   </si>
   <si>
-    <t>75-8003</t>
-[...4 lines deleted...]
-  <si>
     <t>75-8002</t>
   </si>
   <si>
     <t>Фонарь автомобильный, двухрежимный, на подставке, с магнитом, крюком и клипсой REXANT</t>
   </si>
   <si>
-    <t>75-1704</t>
-[...16 lines deleted...]
-  <si>
     <t>75-709</t>
   </si>
   <si>
     <t>Фонарь автомобильный, трехрежимный, СОВ REXANT</t>
   </si>
   <si>
-    <t>1.2 Подсветка, пушлайты</t>
+    <t>1.2 Универсальные</t>
+  </si>
+  <si>
+    <t>75-711</t>
+  </si>
+  <si>
+    <t>Фонарь универсальный, двухрежимный, со встроенной евровилкой, зарядка от сети 220В, СОВ REXANT</t>
+  </si>
+  <si>
+    <t>75-716</t>
+  </si>
+  <si>
+    <t>Фонарь универсальный, однорежимный, в алюминиевом корпусе, компактный СОВ REXANT</t>
+  </si>
+  <si>
+    <t>75-717</t>
+  </si>
+  <si>
+    <t>Фонарь универсальный, однорежимный, в корпусе из противоскользящего пластика, компактный REXANT</t>
+  </si>
+  <si>
+    <t>75-712</t>
+  </si>
+  <si>
+    <t>Фонарь универсальный, двухрежимный, с аккумулятором и встроенной евровилкой, зарядка от сети 220В REXANT</t>
+  </si>
+  <si>
+    <t>75-713</t>
+  </si>
+  <si>
+    <t>Фонарь универсальный, однорежимный, в алюминиевом корпусе, компактный REXANT</t>
+  </si>
+  <si>
+    <t>75-714</t>
+  </si>
+  <si>
+    <t>Фонарь универсальный, трехрежимный, в алюминиевом корпусе, компактный, со встроенным аккумулятором, USB кабель в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>75-718</t>
+  </si>
+  <si>
+    <t>Фонарь универсальный, пятирежимный, в алюминиевом корпусе, сверхъяркий, с регулируемым фокусом REXANT</t>
+  </si>
+  <si>
+    <t>75-715</t>
+  </si>
+  <si>
+    <t>Фонарь универсальный, трехрежимный, в алюминиевом корпусе, с набором отверток REXANT</t>
+  </si>
+  <si>
+    <t>75-0105</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фонарь универсальный, с регулируемым фокусом, 3хD REXANT </t>
+  </si>
+  <si>
+    <t>1.3 Рабочие</t>
+  </si>
+  <si>
+    <t>75-0146</t>
+  </si>
+  <si>
+    <t>Повседневный фонарь pc-15 с магнитом и подвесом PROconnect</t>
+  </si>
+  <si>
+    <t>75-0119</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Повседневный фонарь pc-200 PROconnect </t>
+  </si>
+  <si>
+    <t>1.4 Налобные</t>
+  </si>
+  <si>
+    <t>75-7839</t>
+  </si>
+  <si>
+    <t>Фонарь налобный NEW AGE, трехрежимный, поворотный, сверхлегкий, с магнитом REXANT</t>
+  </si>
+  <si>
+    <t>75-8004</t>
+  </si>
+  <si>
+    <t>Фонарь с клипсой и датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>75-7831</t>
+  </si>
+  <si>
+    <t>Фонарь налобный NEW AGE, четырехрежимный, поворотный, с регулируемым фокусом REXANT</t>
+  </si>
+  <si>
+    <t>75-8008</t>
+  </si>
+  <si>
+    <t>Фонарь налобный с датчиком движения и аккумулятором REXANT</t>
+  </si>
+  <si>
+    <t>75-719</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, двухрежимный, поворотный, с евровилкой, зарядка от сети 220В REXANT</t>
+  </si>
+  <si>
+    <t>75-8011</t>
+  </si>
+  <si>
+    <t>Фонарь налобный сверхлегкий с прищепкой REXANT</t>
+  </si>
+  <si>
+    <t>75-702</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, трехрежимный, с улучшенным рефлектором, СОВ REXANT</t>
+  </si>
+  <si>
+    <t>75-704</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, трехрежимный, поворотный, СОВ H-2 REXANT</t>
+  </si>
+  <si>
+    <t>75-701</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, трехрежимный, поворотный, СОВ H-1 REXANT</t>
+  </si>
+  <si>
+    <t>75-703</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, трехрежимный, поворотный, сверхлегкий, СОВ REXANT</t>
+  </si>
+  <si>
+    <t>75-700</t>
+  </si>
+  <si>
+    <t>Фонарь налобный, четырехрежимный, с аварийным красным сигналом и встроенным аккумулятором REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Подсветка, пушлайты</t>
   </si>
   <si>
     <t>75-705</t>
   </si>
   <si>
     <t>Фонарь-подсветка самоклеящийся, СОВ REXANT</t>
   </si>
   <si>
-    <t>1.3 Прожекторные фонари</t>
+    <t>1.6 Прожекторные фонари</t>
+  </si>
+  <si>
+    <t>75-706</t>
+  </si>
+  <si>
+    <t>Фонарь прожекторный, двухрежимный, с наплечным ремнем и встроенной солнечной батареей REXANT</t>
+  </si>
+  <si>
+    <t>75-707</t>
+  </si>
+  <si>
+    <t>Фонарь прожекторный, четырехрежимный, со встроенным аккумулятором REXANT</t>
+  </si>
+  <si>
+    <t>75-7822</t>
+  </si>
+  <si>
+    <t>Фонарь прожекторный, двухрежимный, с солнечной панелью, USB зарядкой и наплечным ремнем REXANT</t>
+  </si>
+  <si>
+    <t>75-1700</t>
+  </si>
+  <si>
+    <t>Фонарь прожекторный NEW AGE, трехрежимный, в противоударном корпусе, с функцией Power bank REXANT</t>
+  </si>
+  <si>
+    <t>75-8001</t>
+  </si>
+  <si>
+    <t>Фонарь прожекторный складной с функцией Power bank REXANT</t>
   </si>
   <si>
     <t>75-7824</t>
   </si>
   <si>
     <t>Фонарь прожекторный, пятирежимный, с наплечным ремнем и функцией Power bank, СОВ REXANT</t>
   </si>
   <si>
-    <t>75-706</t>
-[...2 lines deleted...]
-    <t>Фонарь прожекторный, двухрежимный, с наплечным ремнем и встроенной солнечной батареей REXANT</t>
+    <t>75-7823</t>
+  </si>
+  <si>
+    <t>Фонарь прожекторный, двухрежимный, со встроенным аккумулятором REXANT</t>
   </si>
   <si>
     <t>75-8000</t>
   </si>
   <si>
     <t>Фонарь прожекторный складной с полимерным аккумулятором и функцией Power bank REXANT</t>
   </si>
   <si>
-    <t>75-707</t>
-[...4 lines deleted...]
-  <si>
     <t>75-721</t>
   </si>
   <si>
     <t>Фонарь прожекторный, двухрежимный, с солнечной батареей, индикатором зарядки и функцией Power bank REXANT</t>
   </si>
   <si>
-    <t>75-1700</t>
-[...23 lines deleted...]
-    <t>1.4 Туристические</t>
+    <t>1.7 Туристические</t>
   </si>
   <si>
     <t>75-0126</t>
   </si>
   <si>
     <t>Фонарь кемпинговый pc-170, трехрежимный с ручкой PROconnect</t>
   </si>
   <si>
+    <t>75-8010</t>
+  </si>
+  <si>
+    <t>Фонарь-брелок с набором отверток REXANT</t>
+  </si>
+  <si>
+    <t>75-720</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый, трехрежимный, круглый REXANT</t>
+  </si>
+  <si>
+    <t>75-0124</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый rx-130, трехрежимный REXANT</t>
+  </si>
+  <si>
+    <t>75-8005</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый раздвижной с ручкой REXANT</t>
+  </si>
+  <si>
+    <t>75-8006</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый раздвижной антимоскитный на подвесе REXANT</t>
+  </si>
+  <si>
     <t>75-8009</t>
   </si>
   <si>
     <t>Фонарь кемпинговый с солнечной батареей и крюком REXANT</t>
   </si>
   <si>
+    <t>75-723</t>
+  </si>
+  <si>
+    <t>Фонарь кемпинговый, четырехрежимный, с регулируемым фокусом и складным подвесом REXANT</t>
+  </si>
+  <si>
     <t>75-722</t>
   </si>
   <si>
     <t>Фонарь кемпинговый с компасом, противоскользящий пластик «черный вельвет», складная петля для подвеса, регулировка яркости, 3хАА REXANT</t>
   </si>
   <si>
-    <t>75-720</t>
-[...34 lines deleted...]
-  <si>
     <t>75-8007</t>
   </si>
   <si>
     <t>Фонарь кемпинговый раздвижной на подвесе REXANT</t>
-  </si>
-[...145 lines deleted...]
-    <t xml:space="preserve">Повседневный фонарь pc-200 PROconnect </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -807,56 +801,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilniy-indikator-zaryadki-usb-kabel-v-komplekte-regulyator-yarkosti-povorotniy-korpus-sharnir-vstroenniy-akkumulyator-25467" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalniy-s-magnitom-kryukom-i-klipsoy-malenkiy-rexant-30351" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalniy-s-magnitom-i-klipsoy-bolshoy-rexant-30352" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalniy-s-magnitom-kryukom-i-funktsiey-power-bank-rexant-30354" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilniy-dvuhrejimniy-na-podstavke-s-magnitom-kryukom-i-klipsoy-rexant-30353" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-transformer-zaryajaemiy-new-age-sov-rabochiy-poiskoviy-avtomobilniy-dalniy-svet-3-vt-blijniy-svet-6-vt-avariyniy-krasniy-rexant-28762" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-rabochiy-transformer-new-age-s-dalnim-golovnim-3-vt-i-blijnim-bokovim-svetom-6-vt-rexant-povorotniy-magnit-skladnoy-kryuk-28760" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilniy-s-regulirovkoy-yarkosti-povorotnim-magnitom-indikatorom-zaryadki-i-vstroennim-akkumulyatorom-usb-kabel-v-komplekte-rexant-30362" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-rabochiy-universalniy-sov-100-50-pulsiruyuschiy-rejim-3haaa-rexant-25482" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-podsvetka-pushlayt-sov-fasetochniy-reflektor-samokleyascheesya-osnovanie-3-vt-3-h-aaa-25478" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-voyager-led-power-bank-8-12-vt-4800-mach-frontalniy-i-bokovoy-svet-sov-5-ch-raboti-rexant-26764" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-projektor-svetodiodniy-poiskoviy-rexant-25479" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-projektorniy-skladnoy-s-polimernim-akkumulyatorom-i-funktsiey-power-bank-rexant-30349" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-projektor-poiskoviy-s-golovnim-i-bokovim-svetom-so-vstroennim-akkumulyatorom-kabel-pitaniya-220-v-25480" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-projektor-svetodiodniy-kempingoviy-rexant-25470" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-projektorniy-trehrejimniy-v-protivoudarnom-korpuse-s-funktsiey-powerbank-rexant-28761" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-forpost-led-usb-zaryadka-ustroystv-s-solnechnoy-panelyu-osnovnim-i-bokovim-svetom-5-ch-avtonomnoy-raboti-rexant-26473" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-rabochiy-poiskoviy-s-osnovnim-i-bokovimi-svetom-6-vt-10-vt-220-v-vstroenniy-akkumulyator-5-ch-avtonomnoy-raboti-rexant-26474" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-projektorniy-skladnoy-s-funktsiey-power-bank-rexant-30350" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dlya-kempinga-pc-170-proconnect-9619" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingoviy-s-solnechnoy-batareey-i-kryukom-rexant-30361" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingoviy-s-kompasom-protivoskolzyaschiy-plastik-cherniy-velvet-skladnaya-petlya-dlya-podvesa-regulirovka-yarkosti-3haa-rexant-25469" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalniy-kempingoviy-podvesnoy-nastolniy-3haaa-rexant-25471" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingoviy-razdvijnoy-antimoskitniy-na-podvese-rexant-30359" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dlya-kempinga-rx-130-rexant-9617" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingoviy-razdvijnoy-s-ruchkoy-rexant-30358" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-brelok-s-naborom-otvertok-rexant-30791" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalniy-ruchnoy-turisticheskiy-kempingoviy-3-v-1-reguliruemiy-fokus-skladnoy-podves-3haaa-rexant-25468" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingoviy-razdvijnoy-na-podvese-rexant-30360" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-napravlenniy-sfokusirovanniy-svet-vstroenniy-akkumulyator-zaryadka-ot-seti-cherez-semniy-kabel-v-komplekte-rexant-25472" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-sov-zerkalniy-reflektor-3-vt-3-h-aaa-25477" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-3-vt-100-50-pulsiruyuschiy-beliy-3haaa-sov-zerkalniy-rasseivatel-rexant-25476" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-na-sharnire-100-50-krasniy-svet-pulsiruyuschiy-krasniy-vstroenniy-akkumulyator-usb-kabel-v-komplekte-rexant-25473" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-s-klipsoy-i-datchikom-dvijeniya-rexant-30356" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-sverhlegkiy-s-prischepkoy-rexant-30355" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-povorotniy-cob-3haaa-uvelichennoe-vremya-raboti-remen-v-komplekte-rexant-25474" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-sov-uluchshenniy-reflektor-s-remnem-3haaa-rexant-25475" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-chetirehrejimniy-povorotniy-s-funktsiey-zoom-rexant-28758" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-transformer-zaryajaemiy-new-age-rexant-nalobniy-avtomobilniy-s-tortsevim-magnitom-3-rejima-raboti-reguliruemiy-povorot-bistriy-sem-fonarya-s-remnya-2000-mach-28759" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobniy-s-datchikom-dvijeniya-i-akkumulyatorom-rexant-30357" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-s-krepleniem-klipsoy-pc-07-proconnect-13522" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-ruchnoy-rabochiy-sfokusirovanniy-svet-alyuminieviy-korpus-1haa-rexant-25486" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-s-akkumulyatorom-i-vstroennim-zaryadnim-ustroystvom-zaryadka-napryamuyu-ot-seti-evrorozetka-220-v-25485" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalniy-rabochiy-pohodniy-golovnoy-svet-1-5-vt-bokovoy-2-vt-vstroenniy-akkumulyator-alyuminieviy-usb-kabel-v-komplekte-rexant-25487" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-rabochiy-poiskoviy-golovnoy-bokovoy-svet-1-5-vt-5-vt-sov-bokovoy-vstroenniy-akkumulyator-zaryadka-napryamuyu-ot-seti-evrorozetka-220-v-rexant-25484" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalniy-povsednevniy-sov-1-5-vt-zalivayuschiy-svet-alyuminiy-3haaa-rexant-25489" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalniy-povsednevniy-sfokusirovanniy-svet-1-vt-plastik-3haaa-rexant-25490" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-ruchnoy-sverhyarkiy-5-vt-reguliruemiy-fokus-alyuminiy-3haaa-rexant-25491" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalniy-rabochiy-golovnoy-bokovoy-svet-nabor-otvertok-alyuminieviy-korpus-1haa-rexant-25488" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-zoom-3d-rexant-9593" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/povsednevniy-fonar-pc-15-s-magnitom-i-podvesom-proconnect-13521" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/povsednevniy-fonar-pc-200-proconnect-9604" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-s-regulirovkoy-yarkosti-povorotnym-magnitom-indikatorom-zaryadki-i-vstroennym-akkumulyatorom-sov-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-new-age-dvuhrezhimnyy-s-kryukom-i-povorotnym-derzhatelem-na-magnite-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-new-age-trehrezhimnyy-s-avariynym-krasnym-signalom-kryukom-i-povorotnym-derzhatelem-na-magnite-sov-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-s-regulirovkoy-yarkosti-povorotnym-magnitom-indikatorom-zaryadki-i-vstroennym-akk-2" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalnyy-s-magnitom-kryukom-i-klipsoy-malenkiy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalnyy-s-magnitom-kryukom-i-funktsiey-power-bank-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-mnogofunktsionalnyy-s-magnitom-i-klipsoy-bolshoy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-dvuhrezhimnyy-na-podstavke-s-magnitom-kryukom-i-klipsoy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-avtomobilnyy-trehrezhimnyy-sov-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-dvuhrezhimnyy-so-vstroennoy-evrovilkoy-zaryadka-ot-seti-220v-sov-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-odnorezhimnyy-v-alyuminievom-korpuse-kompaktnyy-sov-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-odnorezhimnyy-v-korpuse-iz-protivoskolzyashchego-plastika-kompaktnyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-dvuhrezhimnyy-s-akkumulyatorom-i-vstroennoy-evrovilkoy-zaryadka-ot-seti-220v-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-odnorezhimnyy-v-alyuminievom-korpuse-kompaktnyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-trehrezhimnyy-v-alyuminievom-korpuse-kompaktnyy-so-vstroennym-akkumulyatorom-usb-kabel-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-pyatirezhimnyy-v-alyuminievom-korpuse-sverhyarkiy-s-reguliruemym-fokusom-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-trehrezhimnyy-v-alyuminievom-korpuse-s-naborom-otvertok-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-universalnyy-s-reguliruemym-fokusom-3hd-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/povsednevnyy-fonar-pc-15-s-magnitom-i-podvesom-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/povsednevnyy-fonar-pc-200-proconnect" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-new-age-trehrezhimnyy-povorotnyy-sverhlegkiy-s-magnitom-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-s-klipsoy-i-datchikom-dvizheniya-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-new-age-chetyrehrezhimnyy-povorotnyy-s-reguliruemym-fokusom-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-s-datchikom-dvizheniya-i-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-dvuhrezhimnyy-povorotnyy-s-evrovilkoy-zaryadka-ot-seti-220v-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-sverhlegkiy-s-prischepkoy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-trehrezhimnyy-s-uluchshennym-reflektorom-sov-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-trehrezhimnyy-povorotnyy-sov-h-2-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-trehrezhimnyy-povorotnyy-sov-h-1-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-trehrezhimnyy-povorotnyy-sverhlegkiy-sov-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-nalobnyy-chetyrehrezhimnyy-s-avariynym-krasnym-signalom-i-vstroennym-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-podsvetka-samokleyashchiysya-sov-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-dvuhrezhimnyy-s-naplechnym-remnem-i-vstroennoy-solnechnoy-batareey-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-chetyrehrezhimnyy-so-vstroennym-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-dvuhrezhimnyy-s-solnechnoy-panelyu-usb-zaryadkoy-i-naplechnym-remnem-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-new-age-trehrezhimnyy-v-protivoudarnom-korpuse-s-funktsiey-power-bank-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-skladnoy-s-funktsiey-power-bank-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-pyatirezhimnyy-s-naplechnym-remnem-i-funktsiey-power-bank-sov-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-dvuhrezhimnyy-so-vstroennym-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-skladnoy-s-polimernym-akkumulyatorom-i-funktsiey-power-bank-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-prozhektornyy-dvuhrezhimnyy-s-solnechnoy-batareey-indikatorom-zaryadki-i-funktsiey-power-bank-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-pc-170-trehrezhimnyy-s-ruchkoy-proconnect" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-brelok-s-naborom-otvertok-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-trehrezhimnyy-kruglyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-rx-130-trehrezhimnyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-razdvizhnoy-s-ruchkoy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-razdvizhnoy-antimoskitnyy-na-podvese-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-s-solnechnoy-batareey-i-kryukom-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-chetyrehrezhimnyy-s-reguliruemym-fokusom-i-skladnym-podvesom-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-s-kompasom-protivoskolzyaschiy-plastik-chernyy-velvet-skladnaya-petlya-dlya-podves" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-kempingovyy-razdvizhnoy-na-podvese-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I61"/>
+  <dimension ref="A1:I60"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -888,1692 +882,1662 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1900</v>
+        <v>1932.3</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>814</v>
+        <v>735</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>647.85</v>
+        <v>451.8</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>210</v>
+        <v>1272</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>817.12</v>
+        <v>1155.15</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>372</v>
+        <v>553</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1945.12</v>
+        <v>1484.67</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>922</v>
+        <v>842</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>459.59</v>
+        <v>658.86</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1476</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>1135.84</v>
+        <v>1978.19</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>995</v>
+        <v>15</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>444.25</v>
+        <v>831.01</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>3013</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>1459.85</v>
+        <v>467.4</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1012</v>
+        <v>1381</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>144.23</v>
+        <v>146.68</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1309</v>
+        <v>1098</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>96</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>154.12</v>
+        <v>406.79</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>3365</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="2" t="s">
+      <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="2"/>
-[...6 lines deleted...]
-      <c r="I15" s="2"/>
+      <c r="B15" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C15" s="3">
+        <v>172.89</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F15" s="3">
+        <v>665</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
+        <v>144</v>
+      </c>
+      <c r="I15" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>1790.12</v>
+        <v>147.47</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1814</v>
+        <v>1677</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>30</v>
+        <v>144</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>788.24</v>
+        <v>356.2</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>5450</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>2465.12</v>
+        <v>254.25</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>2</v>
+        <v>1892</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>1700</v>
+        <v>481.15</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1</v>
+        <v>211</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>1700</v>
+        <v>585.74</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1162</v>
+        <v>2406</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>1349.45</v>
+        <v>521.27</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>889</v>
+        <v>1783</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>20</v>
+        <v>150</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>1300</v>
+        <v>1435.19</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>2386</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>40</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B23" s="3" t="s">
+      <c r="A23" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="C23" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>2651.12</v>
+        <v>324.06</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>125</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A25" s="2" t="s">
+      <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B25" s="2"/>
-[...6 lines deleted...]
-      <c r="I25" s="2"/>
+      <c r="B25" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C25" s="3">
+        <v>271.52</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F25" s="3">
+        <v>0</v>
+      </c>
+      <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
+        <v>100</v>
+      </c>
+      <c r="I25" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B26" s="3" t="s">
+      <c r="A26" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="C26" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>750</v>
+        <v>371.33</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>955</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>546.64</v>
+        <v>1289.11</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>542</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>307</v>
+        <v>1219.03</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>650</v>
+        <v>1305</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>765.25</v>
+        <v>663.21</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>555</v>
+        <v>582</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>1047.98</v>
+        <v>422.6</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>1105</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>601.12</v>
+        <v>832.16</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>684</v>
+        <v>556</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>48</v>
+        <v>240</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>653.28</v>
+        <v>172.89</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1009</v>
+        <v>1191</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>144</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>307.89</v>
+        <v>198.44</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1248</v>
+        <v>975</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>425.12</v>
+        <v>497.44</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>805</v>
+        <v>2005</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A36" s="2" t="s">
+      <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B36" s="2"/>
-[...6 lines deleted...]
-      <c r="I36" s="2"/>
+      <c r="B36" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C36" s="3">
+        <v>372.24</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F36" s="3">
+        <v>2065</v>
+      </c>
+      <c r="G36" s="3">
+        <v>1</v>
+      </c>
+      <c r="H36" s="3">
+        <v>72</v>
+      </c>
+      <c r="I36" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>415.54</v>
+        <v>575.33</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>2584</v>
+        <v>1760</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A38" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B38" s="3" t="s">
+      <c r="A38" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="C38" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B38" s="2"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>366.02</v>
+        <v>156.74</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>2437</v>
+        <v>1667</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>72</v>
+        <v>200</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="3" t="s">
+      <c r="A40" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B40" s="2"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
+      <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>1267.56</v>
+        <v>721.48</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>579</v>
+        <v>5081</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>818.25</v>
+        <v>1728.9</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>712</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>240</v>
+        <v>30</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>489.12</v>
+        <v>1322.1</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>2544</v>
+        <v>2152</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>170</v>
+        <v>1372.39</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>630</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>1198.65</v>
+        <v>2696.19</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
         <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>365.12</v>
+        <v>1820.55</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>918</v>
+        <v>1486</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B47" s="3" t="s">
+      <c r="C47" s="3">
+        <v>1322.1</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F47" s="3">
+        <v>792</v>
+      </c>
+      <c r="G47" s="3">
+        <v>1</v>
+      </c>
+      <c r="H47" s="3">
+        <v>30</v>
+      </c>
+      <c r="I47" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="C47" s="3">
-[...22 lines deleted...]
-      <c r="A48" s="2" t="s">
+      <c r="B48" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B48" s="2"/>
-[...6 lines deleted...]
-      <c r="I48" s="2"/>
+      <c r="C48" s="3">
+        <v>2507.03</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" s="3">
+        <v>0</v>
+      </c>
+      <c r="G48" s="3">
+        <v>1</v>
+      </c>
+      <c r="H48" s="3">
+        <v>10</v>
+      </c>
+      <c r="I48" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C49" s="3">
-        <v>127</v>
+        <v>1728.9</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>992</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
+        <v>40</v>
+      </c>
+      <c r="I49" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="I49" s="3">
-[...30 lines deleted...]
-      </c>
+      <c r="B50" s="2"/>
+      <c r="C50" s="2"/>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2"/>
+      <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>350.25</v>
+        <v>251.16</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>1294</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>473.11</v>
+        <v>664.39</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>603</v>
+        <v>102</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>100</v>
       </c>
       <c r="I52" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>399.99</v>
+        <v>312.22</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>4476</v>
+        <v>453</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>120</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>170</v>
+        <v>1065.8</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>1863</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>144</v>
+        <v>10</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>145</v>
+        <v>611.34</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>17</v>
+        <v>566</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="I55" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>575.95</v>
+        <v>778.26</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>2989</v>
+        <v>446</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I56" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>512.56</v>
+        <v>762.75</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>1946</v>
+        <v>779</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>150</v>
+        <v>36</v>
       </c>
       <c r="I57" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B58" s="3" t="s">
+      <c r="C58" s="3">
+        <v>313.12</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" s="3">
+        <v>1087</v>
+      </c>
+      <c r="G58" s="3">
+        <v>1</v>
+      </c>
+      <c r="H58" s="3">
+        <v>80</v>
+      </c>
+      <c r="I58" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="C58" s="3">
-[...22 lines deleted...]
-      <c r="A59" s="2" t="s">
+      <c r="B59" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B59" s="2"/>
-[...6 lines deleted...]
-      <c r="I59" s="2"/>
+      <c r="C59" s="3">
+        <v>555.93</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" s="3">
+        <v>0</v>
+      </c>
+      <c r="G59" s="3">
+        <v>1</v>
+      </c>
+      <c r="H59" s="3">
+        <v>45</v>
+      </c>
+      <c r="I59" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C60" s="3">
-        <v>354.05</v>
+        <v>432.35</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>0</v>
+        <v>383</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I60" s="3">
-        <v>1</v>
-[...28 lines deleted...]
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A13:I13"/>
-    <mergeCell ref="A15:I15"/>
-[...3 lines deleted...]
-    <mergeCell ref="A59:I59"/>
+    <mergeCell ref="A23:I23"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="A38:I38"/>
+    <mergeCell ref="A40:I40"/>
+    <mergeCell ref="A50:I50"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
-    <hyperlink ref="D16" r:id="rId11"/>
-[...6 lines deleted...]
-    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
-    <hyperlink ref="D26" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
     <hyperlink ref="D30" r:id="rId24"/>
     <hyperlink ref="D31" r:id="rId25"/>
     <hyperlink ref="D32" r:id="rId26"/>
     <hyperlink ref="D33" r:id="rId27"/>
     <hyperlink ref="D34" r:id="rId28"/>
     <hyperlink ref="D35" r:id="rId29"/>
-    <hyperlink ref="D37" r:id="rId30"/>
-    <hyperlink ref="D38" r:id="rId31"/>
+    <hyperlink ref="D36" r:id="rId30"/>
+    <hyperlink ref="D37" r:id="rId31"/>
     <hyperlink ref="D39" r:id="rId32"/>
-    <hyperlink ref="D40" r:id="rId33"/>
-[...6 lines deleted...]
-    <hyperlink ref="D47" r:id="rId40"/>
+    <hyperlink ref="D41" r:id="rId33"/>
+    <hyperlink ref="D42" r:id="rId34"/>
+    <hyperlink ref="D43" r:id="rId35"/>
+    <hyperlink ref="D44" r:id="rId36"/>
+    <hyperlink ref="D45" r:id="rId37"/>
+    <hyperlink ref="D46" r:id="rId38"/>
+    <hyperlink ref="D47" r:id="rId39"/>
+    <hyperlink ref="D48" r:id="rId40"/>
     <hyperlink ref="D49" r:id="rId41"/>
-    <hyperlink ref="D50" r:id="rId42"/>
-[...7 lines deleted...]
-    <hyperlink ref="D58" r:id="rId50"/>
+    <hyperlink ref="D51" r:id="rId42"/>
+    <hyperlink ref="D52" r:id="rId43"/>
+    <hyperlink ref="D53" r:id="rId44"/>
+    <hyperlink ref="D54" r:id="rId45"/>
+    <hyperlink ref="D55" r:id="rId46"/>
+    <hyperlink ref="D56" r:id="rId47"/>
+    <hyperlink ref="D57" r:id="rId48"/>
+    <hyperlink ref="D58" r:id="rId49"/>
+    <hyperlink ref="D59" r:id="rId50"/>
     <hyperlink ref="D60" r:id="rId51"/>
-    <hyperlink ref="D61" r:id="rId52"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>