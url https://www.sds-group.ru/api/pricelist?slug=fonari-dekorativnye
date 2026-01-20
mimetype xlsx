--- v0 (2025-10-15)
+++ v1 (2026-01-20)
@@ -42,285 +42,285 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Фонари декоративные</t>
   </si>
   <si>
+    <t>513-047</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой и шишкой, черный корпус, размер 10,7x10,7x23,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>513-048</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с тремя свечками, бронзовый корпус, размер 14x14x27 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-050</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с росой, белый корпус, размер 10,7х10,7х23,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-051</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, черный корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-020</t>
+  </si>
+  <si>
+    <t>Набор из 3 фонарей со свечкой 5,5х5,5х12,5 см, цвет корпуса белый, красный, черный, цвет свечения теплый белый, питание 3xLR1130 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>513-065</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 11х11х22,5 см, черный корпус, теплый белый цвет свечения с эффектом мерцания NEON-NIGHT</t>
+  </si>
+  <si>
     <t>513-061</t>
   </si>
   <si>
     <t>Декоративный фонарь с шариками 12х12х20,6 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>513-064</t>
   </si>
   <si>
     <t>Декоративный фонарь 11х11х22,5 см, черный корпус, цвет свечения RGB с эффектом мерцания NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-050</t>
-[...2 lines deleted...]
-    <t>Декоративный фонарь с росой, белый корпус, размер 10,7х10,7х23,5 см, цвет теплый белый</t>
+    <t>513-075</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, корпус из дерева, размер 14х14х35cм, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-046</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 14x14x29 см, белый корпус, теплый белый цвет свечения NEON-NIGHT</t>
   </si>
   <si>
     <t>513-062</t>
   </si>
   <si>
     <t>Декоративный фонарь с шариками 12х12х20,6 см, белый корпус, теплый белый цвет свечения NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-047</t>
-[...8 lines deleted...]
-    <t>Декоративный фонарь со свечкой и шишкой, бронзовый корпус, размер 14x14x27 см, цвет теплый белый</t>
+    <t>513-071</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный (фигура) с тремя свечами, белый корпус, 24х24х40 см, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-069</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой 9,5см, цвет корпуса белый/черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-076</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный (фигура) со свечкой 9х5х13см, цвет корпуса бронзовый, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-070</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный с Росой, черный корпус, 10,5х10,5х24см, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-073</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный со свечкой, корпус из дерева, бежевый, 15х15х38cм, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-074</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный со свечкой, корпус из дерева, коричневый, 15х15х38cм, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-066</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 11х11х22,5 см, черный корпус, теплый белый цвет свечения с эффектом пламени свечи NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-056</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 18x16,5x31 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-145</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь на солнечной батарее 14х14х24 см, черный плетеный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-057</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, плетеный корпус, белый, размер 14х14х16,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-021</t>
+  </si>
+  <si>
+    <t>Набор из 3 фонарей со свечкой 9,5см, цвет корпуса белый/красный/черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте)</t>
+  </si>
+  <si>
+    <t>513-041</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, красный корпус, размер 13,5х13,5х30,5 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-063</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с шариками, черный корпус, размер 14х14х27 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-055</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, плетеный корпус, бронза, размер 14х14х16,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-058</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь на подставке со свечкой, бронзовый корпус, размер 14,5х17х31см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-059</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, красный корпус, размер 10,5х10,5х24см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-067</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 12х12х20,6 см, белый корпус, теплый белый цвет свечения с эффектом пламени свечи NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-045</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 14x14x29 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-143</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь на солнечной батарее 20х20х22 см, черный плетеный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-049</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с тремя свечами, бронзовый корпус, размер 24х24х65см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-043</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, белый корпус со снежинкой, размер 12х12х18 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-052</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с лампочкой, белый корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-053</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с лампочкой, бронзовый корпус, размер 10,5х10,5х22,5 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>513-054</t>
   </si>
   <si>
     <t>Декоративный фонарь со свечкой, белый корпус, размер 10,5х10,5х22,35 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>513-042</t>
   </si>
   <si>
     <t>Декоративный фонарь со свечкой, белый корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>513-043</t>
-[...124 lines deleted...]
-  <si>
     <t>513-068</t>
   </si>
   <si>
     <t>Фонарь декоративный (фигура) со свечкой 5,5х5,5х12,5см, цвет корпуса белый/красный/ черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте</t>
   </si>
   <si>
-    <t>513-076</t>
-[...25 lines deleted...]
-  <si>
     <t>513-040</t>
   </si>
   <si>
     <t>Декоративный фонарь с машиной, черный корпус, размер 14х14х21 см, цвет теплый белый, питание 2хАА (не в комплекте) NEON-NIGHT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Декоративный фонарь со свечкой 9,5см, цвет корпуса белый/черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -705,51 +705,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-tsvet-svecheniya-rgb-s-effektom-mertsaniya-neon-nigh.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-rosoy-belyy-korpus-razmer-10-7h10-7h23-5-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-i-shishkoy-chernyy-korpus-razmer-10-7x10-7x23-5-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-i-shishkoy-bronzovyy-korpus-razmer-14x14x27-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h22-35-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-so-snezhinkoy-razmer-12h12h18-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-13-5h13-5h30-5-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-bronzovyy-korpus-razmer-10-5h10-5h22-5-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-mertsaniya-.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-sve.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-svech.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-20h20h22-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svec.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-14h14h24-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svec.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-belyy-razmer-14h14h16-5-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-10-5h10-5h24sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-korpus-iz-dereva-razmer-14h14h35cm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechami-bronzovyy-korpus-razmer-24h24h65sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-chernyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-bronza-razmer-14h14h16-5-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-18x16-5x31-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-podstavke-so-svechkoy-bronzovyy-korpus-razmer-14-5h17h31sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-chernyy-korpus-razmer-14h14h27-sm-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-s-tremya-svechami-belyy-korpus-24h24h40-sm-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-5-5h5-5h12-5sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svech.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-9h5h13sm-tsvet-korpusa-bronzovyy-tsvet-svecheniya-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-s-rosoy-chernyy-korpus-10-5h10-5h24sm-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-bezhevyy-15h15h38cm-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-5-5h5-5h12-5-sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya-.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-mashinoy-chernyy-korpus-razmer-14h14h21-sm-tsvet-teplyy-belyy-pitanie-2haa-ne-v.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-9-5sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya-teplyy-bel.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-korichnevyy-15h15h38cm-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-9-5sm-tsvet-korpusa-belyy-chernyy-tsvet-svecheniya-teplyy-belyy-pitan.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-i-shishkoy-chernyy-korpus-razmer-10-7x10-7x23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechkami-bronzovyy-korpus-razmer-14x14x27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-rosoy-belyy-korpus-razmer-10-7h10-7h23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-chernyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-5-5h5-5h12-5-sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-mertsaniya" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-tsvet-svecheniya-rgb-s-effektom-mertsaniya-neon-nigh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-korpus-iz-dereva-razmer-14h14h35cm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-s-tremya-svechami-belyy-korpus-24h24h40-sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-9-5sm-tsvet-korpusa-belyy-chernyy-tsvet-svecheniya-teplyy-belyy-pitan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-9h5h13sm-tsvet-korpusa-bronzovyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-s-rosoy-chernyy-korpus-10-5h10-5h24sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-bezhevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-korichnevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-sve" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-18x16-5x31-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-14h14h24-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svec" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-belyy-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-9-5sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya-teplyy-bel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-13-5h13-5h30-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-chernyy-korpus-razmer-14h14h27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-bronza-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-podstavke-so-svechkoy-bronzovyy-korpus-razmer-14-5h17h31sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-10-5h10-5h24sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-svech" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-20h20h22-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechami-bronzovyy-korpus-razmer-24h24h65sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-so-snezhinkoy-razmer-12h12h18-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-bronzovyy-korpus-razmer-10-5h10-5h22-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h22-35-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-5-5h5-5h12-5sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svech" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-mashinoy-chernyy-korpus-razmer-14h14h21-sm-tsvet-teplyy-belyy-pitanie-2haa-ne-v" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I40"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -773,1139 +773,1139 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>873.75</v>
+        <v>1286.06</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1485</v>
+        <v>44</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>12</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>873.75</v>
+        <v>1660.67</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>905</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>873.75</v>
+        <v>888.6</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>12</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>873.75</v>
+        <v>710.88</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>12</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1264.56</v>
+        <v>863.43</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>1632.91</v>
+        <v>888.6</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>873.75</v>
+        <v>888.6</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>146</v>
+        <v>319</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>12</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>1137.97</v>
+        <v>888.6</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>715</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>12</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>999</v>
+        <v>3468.95</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>446</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>1506.33</v>
+        <v>1157.32</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>6</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>873.75</v>
+        <v>888.6</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>424</v>
+        <v>8</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>12</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>873.75</v>
+        <v>3468.95</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>873.75</v>
+        <v>252.98</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>108</v>
+        <v>8</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H15" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>999</v>
+        <v>609.18</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H16" s="3">
-        <v>12</v>
+        <v>240</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>999</v>
+        <v>1258.54</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>12</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>1264.56</v>
+        <v>3468.95</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>263</v>
+        <v>2</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>4</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>1137.97</v>
+        <v>3468.95</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>194</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>1264.56</v>
+        <v>1015.98</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>239</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>873.75</v>
+        <v>1378.75</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>909</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>749</v>
+        <v>1286.06</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>11</v>
+        <v>118</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>3410.96</v>
+        <v>888.6</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>639</v>
+        <v>59</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>8205.48</v>
+        <v>761.48</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>699</v>
+        <v>1531.94</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>873.75</v>
+        <v>1286.06</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>12</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>1355.7</v>
+        <v>888.6</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>1137.97</v>
+        <v>1286.06</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>6</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>1264.56</v>
+        <v>761.73</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>2</v>
+        <v>198</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>1264.56</v>
+        <v>1015.98</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>1345</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>12</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>3410.96</v>
+        <v>1157.32</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>123</v>
+        <v>1</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>299</v>
+        <v>1286.06</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>182</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>240</v>
+        <v>4</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>599</v>
+        <v>8344.97</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>240</v>
+        <v>2</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>1237.5</v>
+        <v>1015.98</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>495</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>12</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>3410.96</v>
+        <v>888.6</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>849</v>
+        <v>888.6</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>1862.5</v>
+        <v>888.6</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>748.75</v>
+        <v>1157.32</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>12</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>3410.96</v>
+        <v>304.08</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>27</v>
+        <v>133</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>4</v>
+        <v>240</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>248.75</v>
+        <v>1894.16</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="G40" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>