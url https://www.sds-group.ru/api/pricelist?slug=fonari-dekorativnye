--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -42,285 +42,285 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Фонари декоративные</t>
   </si>
   <si>
+    <t>513-061</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с шариками 12х12х20,6 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>513-062</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с шариками 12х12х20,6 см, белый корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-064</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 11х11х22,5 см, черный корпус, цвет свечения RGB с эффектом мерцания NEON-NIGHT</t>
+  </si>
+  <si>
     <t>513-047</t>
   </si>
   <si>
     <t>Декоративный фонарь со свечкой и шишкой, черный корпус, размер 10,7x10,7x23,5 см, цвет теплый белый</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>513-048</t>
   </si>
   <si>
     <t>Декоративный фонарь с тремя свечками, бронзовый корпус, размер 14x14x27 см, цвет теплый белый</t>
   </si>
   <si>
     <t>513-050</t>
   </si>
   <si>
     <t>Декоративный фонарь с росой, белый корпус, размер 10,7х10,7х23,5 см, цвет теплый белый</t>
   </si>
   <si>
+    <t>513-052</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с лампочкой, белый корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-053</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с лампочкой, бронзовый корпус, размер 10,5х10,5х22,5 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-054</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, белый корпус, размер 10,5х10,5х22,35 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-042</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, белый корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-043</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, белый корпус со снежинкой, размер 12х12х18 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-065</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 11х11х22,5 см, черный корпус, теплый белый цвет свечения с эффектом мерцания NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-066</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 11х11х22,5 см, черный корпус, теплый белый цвет свечения с эффектом пламени свечи NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-067</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 12х12х20,6 см, белый корпус, теплый белый цвет свечения с эффектом пламени свечи NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-045</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 14x14x29 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-046</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 14x14x29 см, белый корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-056</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 18x16,5x31 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-143</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь на солнечной батарее 20х20х22 см, черный плетеный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-145</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь на солнечной батарее 14х14х24 см, черный плетеный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-063</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с шариками, черный корпус, размер 14х14х27 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-057</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, плетеный корпус, белый, размер 14х14х16,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-049</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с тремя свечами, бронзовый корпус, размер 24х24х65см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-059</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, красный корпус, размер 10,5х10,5х24см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-075</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, корпус из дерева, размер 14х14х35cм, цвет теплый белый</t>
+  </si>
+  <si>
     <t>513-051</t>
   </si>
   <si>
     <t>Декоративный фонарь со свечкой, черный корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
+    <t>513-041</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, красный корпус, размер 13,5х13,5х30,5 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-055</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, плетеный корпус, бронза, размер 14х14х16,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-058</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь на подставке со свечкой, бронзовый корпус, размер 14,5х17х31см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-071</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный (фигура) с тремя свечами, белый корпус, 24х24х40 см, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-069</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой 9,5см, цвет корпуса белый/черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-076</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный (фигура) со свечкой 9х5х13см, цвет корпуса бронзовый, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-068</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный (фигура) со свечкой 5,5х5,5х12,5см, цвет корпуса белый/красный/ черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте</t>
+  </si>
+  <si>
+    <t>513-070</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный с Росой, черный корпус, 10,5х10,5х24см, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-073</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный со свечкой, корпус из дерева, бежевый, 15х15х38cм, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-074</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный со свечкой, корпус из дерева, коричневый, 15х15х38cм, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-040</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с машиной, черный корпус, размер 14х14х21 см, цвет теплый белый, питание 2хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>513-020</t>
   </si>
   <si>
     <t>Набор из 3 фонарей со свечкой 5,5х5,5х12,5 см, цвет корпуса белый, красный, черный, цвет свечения теплый белый, питание 3xLR1130 NEON-NIGHT</t>
   </si>
   <si>
     <t>наб.</t>
   </si>
   <si>
-    <t>513-065</t>
-[...94 lines deleted...]
-  <si>
     <t>513-021</t>
   </si>
   <si>
     <t>Набор из 3 фонарей со свечкой 9,5см, цвет корпуса белый/красный/черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте)</t>
-  </si>
-[...94 lines deleted...]
-    <t>Декоративный фонарь с машиной, черный корпус, размер 14х14х21 см, цвет теплый белый, питание 2хАА (не в комплекте) NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -705,51 +705,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-i-shishkoy-chernyy-korpus-razmer-10-7x10-7x23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechkami-bronzovyy-korpus-razmer-14x14x27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-rosoy-belyy-korpus-razmer-10-7h10-7h23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-chernyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-5-5h5-5h12-5-sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-mertsaniya" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-tsvet-svecheniya-rgb-s-effektom-mertsaniya-neon-nigh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-korpus-iz-dereva-razmer-14h14h35cm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-s-tremya-svechami-belyy-korpus-24h24h40-sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-9-5sm-tsvet-korpusa-belyy-chernyy-tsvet-svecheniya-teplyy-belyy-pitan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-9h5h13sm-tsvet-korpusa-bronzovyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-s-rosoy-chernyy-korpus-10-5h10-5h24sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-bezhevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-korichnevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-sve" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-18x16-5x31-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-14h14h24-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svec" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-belyy-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-9-5sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya-teplyy-bel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-13-5h13-5h30-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-chernyy-korpus-razmer-14h14h27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-bronza-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-podstavke-so-svechkoy-bronzovyy-korpus-razmer-14-5h17h31sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-10-5h10-5h24sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-svech" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-20h20h22-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechami-bronzovyy-korpus-razmer-24h24h65sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-so-snezhinkoy-razmer-12h12h18-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-bronzovyy-korpus-razmer-10-5h10-5h22-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h22-35-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-5-5h5-5h12-5sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svech" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-mashinoy-chernyy-korpus-razmer-14h14h21-sm-tsvet-teplyy-belyy-pitanie-2haa-ne-v" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-tsvet-svecheniya-rgb-s-effektom-mertsaniya-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-i-shishkoy-chernyy-korpus-razmer-10-7x10-7x23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechkami-bronzovyy-korpus-razmer-14x14x27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-rosoy-belyy-korpus-razmer-10-7h10-7h23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-bronzovyy-korpus-razmer-10-5h10-5h22-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h22-35-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-so-snezhinkoy-razmer-12h12h18-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-mertsaniya-neon-night" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-svechi-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-svechi-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-18x16-5x31-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-20h20h22-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-14h14h24-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-chernyy-korpus-razmer-14h14h27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-belyy-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechami-bronzovyy-korpus-razmer-24h24h65sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-10-5h10-5h24sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-korpus-iz-dereva-razmer-14h14h35cm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-chernyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-13-5h13-5h30-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-bronza-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-podstavke-so-svechkoy-bronzovyy-korpus-razmer-14-5h17h31sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-s-tremya-svechami-belyy-korpus-24h24h40-sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-9-5sm-tsvet-korpusa-belyychernyy-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-9h5h13sm-tsvet-korpusa-bronzovyy-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-5-5h5-5h12-5sm-tsvet-korpusa-belyykrasnyy-chernyy-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-s-rosoy-chernyy-korpus-10-5h10-5h24sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-bezhevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-korichnevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-mashinoy-chernyy-korpus-razmer-14h14h21-sm-tsvet-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-5-5h5-5h12-5-sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-neon-night" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-9-5sm-tsvet-korpusa-belyykrasnyychernyy-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I40"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -773,1139 +773,1139 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1286.06</v>
+        <v>622.02</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>12</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1660.67</v>
+        <v>622.02</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>12</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>710.88</v>
+        <v>900.24</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>12</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>863.43</v>
+        <v>1162.47</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>12</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>319</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>12</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>715</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>12</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>3468.95</v>
+        <v>710.88</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>446</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>1157.32</v>
+        <v>810.12</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>888.6</v>
+        <v>711.19</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>12</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>3468.95</v>
+        <v>622.02</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>252.98</v>
+        <v>711.19</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>609.18</v>
+        <v>711.19</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>240</v>
+        <v>12</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>1258.54</v>
+        <v>810.12</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>3468.95</v>
+        <v>810.12</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>3468.95</v>
+        <v>965.13</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>1015.98</v>
+        <v>900.24</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>1378.75</v>
+        <v>900.24</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>6</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>1286.06</v>
+        <v>900.24</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>12</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>761.48</v>
+        <v>6091.83</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>1531.94</v>
+        <v>609.38</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>1286.06</v>
+        <v>2532.33</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>888.6</v>
+        <v>568.7</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>12</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>1286.06</v>
+        <v>1072.36</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>6</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>761.73</v>
+        <v>622.02</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>198</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>12</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>1015.98</v>
+        <v>1015.99</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>1157.32</v>
+        <v>2532.33</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>1286.06</v>
+        <v>202.38</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H32" s="3">
-        <v>4</v>
+        <v>48</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>8344.97</v>
+        <v>487.34</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
         <v>0</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H33" s="3">
-        <v>2</v>
+        <v>240</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>1015.98</v>
+        <v>258.47</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>495</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>12</v>
+        <v>240</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>888.6</v>
+        <v>880.98</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>12</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>888.6</v>
+        <v>2428.27</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>888.6</v>
+        <v>2428.27</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
         <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>1157.32</v>
+        <v>1325.91</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B39" s="3" t="s">
+      <c r="C39" s="3">
+        <v>604.4</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="C39" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F39" s="3">
-        <v>133</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>1894.16</v>
+        <v>533.04</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>