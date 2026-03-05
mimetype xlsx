--- v0 (2026-01-14)
+++ v1 (2026-03-05)
@@ -548,51 +548,51 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>16799.33</v>
+        <v>11759.53</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
         <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>1</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>