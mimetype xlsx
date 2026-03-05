--- v0 (2025-11-04)
+++ v1 (2026-03-05)
@@ -504,51 +504,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-510sp-samohodnaya-200sm3-51sm-kranz-30634" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-430nsp-nesamohodnaya-150sm3-43sm-kranz-31903" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-460sp-samohodnaya-150sm3-46sm-kranz-30633" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-elektricheskaya-kr-2000-2000vt-shirina-42sm-6-urovney-45l-kranz-31845" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-510sp-samohodnaya-200sm3-51sm-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-430nsp-nesamohodnaya-150sm3-43sm-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-benzinovaya-kr-460sp-samohodnaya-150sm3-46sm-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazonokosilka-elektricheskaya-kr-2000-2000vt-shirina-42sm-6-urovney-45l-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I8"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -585,151 +585,151 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>49074.07</v>
+        <v>29468.44</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>29946.15</v>
+        <v>18471.06</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>42777.78</v>
+        <v>25384.77</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>18518.52</v>
+        <v>11759.53</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>1</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A7:I7"/>