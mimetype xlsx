--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -8,313 +8,325 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="91">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Газовые горелки</t>
   </si>
   <si>
-    <t>1.1 Паяльные лампы</t>
+    <t>1.1 Горелки без поджига</t>
+  </si>
+  <si>
+    <t>12-0018</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-18 (механическая с регулятором) паяльного типа REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-0021</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-21 (механическая с регулятором) удлиненного типа REXANT</t>
+  </si>
+  <si>
+    <t>12-0017</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-17 (механическая с регулятором) REXANT</t>
+  </si>
+  <si>
+    <t>12-0016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Газовая горелка-насадка GT-16 (механическая с регулятором) REXANT </t>
+  </si>
+  <si>
+    <t>1.2 Горелки с пьезоподжигом</t>
+  </si>
+  <si>
+    <t>12-0034</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-34 360° с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0022</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-22 удлиненного типа с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0019</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-19 с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0024</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-24 с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0020</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-20 с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0026</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-26 с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0031</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-31 360° с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0033</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-33 360° с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0023</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-23 с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0032</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-32 360° с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0030</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-30 с пьезоподжигом паяльного типа REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Горелки заправляемые</t>
+  </si>
+  <si>
+    <t>12-0010</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-10, заправляемая, синяя REXANT</t>
+  </si>
+  <si>
+    <t>12-0011</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-11, заправляемая, синяя REXANT</t>
+  </si>
+  <si>
+    <t>12-0010-2</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-10, заправляемая, красная REXANT</t>
+  </si>
+  <si>
+    <t>12-0011-1</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-11 заправляемая, красная REXANT</t>
+  </si>
+  <si>
+    <t>12-0029</t>
+  </si>
+  <si>
+    <t>Газовая горелка настольная GT-29, 2 режима REXANT</t>
+  </si>
+  <si>
+    <t>12-0036</t>
+  </si>
+  <si>
+    <t>Мини-горелка GT-36, заправляемая REXANT</t>
+  </si>
+  <si>
+    <t>12-0037</t>
+  </si>
+  <si>
+    <t>Мини-горелка GT-37, заправляемая, 2 режима работы REXANT</t>
+  </si>
+  <si>
+    <t>12-0038</t>
+  </si>
+  <si>
+    <t>Мини-горелка GT-38, заправляемая, 2 режима работы REXANT</t>
+  </si>
+  <si>
+    <t>12-0011-2</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-11, заправляемая, красная REXANT</t>
+  </si>
+  <si>
+    <t>12-0025</t>
+  </si>
+  <si>
+    <t>Газовая горелка настольная GT-25, с пьезоподжигом и керамическим ободом REXANT</t>
+  </si>
+  <si>
+    <t>12-0010-1</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-10 заправляемая, красная REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Паяльные лампы</t>
+  </si>
+  <si>
+    <t>12-0007</t>
+  </si>
+  <si>
+    <t>Паяльная лампа ПЛ-1 REXANT</t>
   </si>
   <si>
     <t>12-0008</t>
   </si>
   <si>
     <t>Паяльная лампа ПЛ-1,5 REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>12-0009</t>
   </si>
   <si>
     <t>Паяльная лампа ПЛ-2,0 REXANT</t>
   </si>
   <si>
-    <t>12-0007</t>
-[...157 lines deleted...]
-  <si>
     <t>1.5 Горелки кровельные</t>
   </si>
   <si>
     <t>11-0972</t>
   </si>
   <si>
     <t>Горелка кровельная ГВ-600В REXANT</t>
   </si>
   <si>
+    <t>11-0975</t>
+  </si>
+  <si>
+    <t>Горелка кровельная ГВ-500Р REXANT</t>
+  </si>
+  <si>
+    <t>11-0991</t>
+  </si>
+  <si>
+    <t>Горелка кровельная ГВ-1000Р REXANT</t>
+  </si>
+  <si>
+    <t>11-0992</t>
+  </si>
+  <si>
+    <t>Горелка кровельная ГВ2-1000Р 2 сопла REXANT</t>
+  </si>
+  <si>
+    <t>11-0995</t>
+  </si>
+  <si>
+    <t>Горелка кровельная ГВ-600П с пьезоподжигом REXANT</t>
+  </si>
+  <si>
     <t>11-0997</t>
   </si>
   <si>
     <t>Горелка пропановая в наборе ГВП-400К REXANT</t>
   </si>
   <si>
-    <t>11-0992</t>
-[...8 lines deleted...]
-    <t>Горелка кровельная ГВ-1000Р REXANT</t>
+    <t>11-0977</t>
+  </si>
+  <si>
+    <t>Горелка кровельная ГВ-700Р REXANT</t>
   </si>
   <si>
     <t>11-0998</t>
   </si>
   <si>
     <t>Горелка кровельная в наборе ГВП-450КР REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Горелка кровельная ГВ-600П с пьезоподжигом REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -699,56 +711,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-1-5-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-2-0-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-1-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-29-2-rezhima-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-36-zapravlyaemaya-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-37-zapravlyaemaya-2-rezhima-raboty-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-38-zapravlyaemaya-2-rezhima-raboty-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-25-s-pezopodzhigom-i-keramicheskim-obodom-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-21-mehanicheskaya-s-regulyatorom-udlinennogo-tipa-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-18-mehanicheskaya-s-regulyatorom-payalnogo-tipa-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-16-mehanicheskaya-s-regulyatorom-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-17-mehanicheskaya-s-regulyatorom-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-32-360-s-pezopodzhigom-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-24-s-pezopodzhigom-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-31-360-s-pezopodzhigom-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-33-360-s-pezopodzhigom-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-19-s-pezopodzhigom-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-26-s-pezopodzhigom-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-30-s-pezopodzhigom-payalnogo-tipa-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-34-360-s-pezopodzhigom-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-23-s-pezopodzhigom-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-20-s-pezopodzhigom-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-22-udlinennogo-tipa-s-pezopodzhigom-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-600v-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-propanovaya-v-nabore-gvp-400k-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv2-1000r-2-sopla-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-1000r-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-v-nabore-gvp-450kr-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-700r-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-500r-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-600p-s-pezopodzhigom-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-18-mehanicheskaya-s-regulyatorom-payalnogo-tipa-rexant-11970" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-21-mehanicheskaya-s-regulyatorom-udlinennogo-tipa-rexant-11968" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-17-mehanicheskaya-s-regulyatorom-rexant-11973" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-16-mehanicheskaya-s-regulyatorom-rexant-12636" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-34-360-s-pezopodjigom-rexant-24296" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-22-udlinennogo-tipa-s-pezopodjigom-rexant-12635" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-19-s-pezopodjigom-rexant-11972" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-24-s-pezopodjigom-rexant-11971" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-20-s-pezopodjigom-rexant-11969" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-26-s-pezopodjigom-rexant-12640" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-31-360-s-pezopodjigom-rexant-15242" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-33-360-s-pezopodjigom-rexant-15240" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-23-s-pezopodjigom-rexant-11967" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-32-360-s-pezopodjigom-rexant-15233" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-30-s-pezopodjigom-payalnogo-tipa-rexant-15243" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-rexant-24277" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-rexant-24278" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant-29354" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant-30857" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-29-2-rejima-rexant-15234" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-36-zapravlyaemaya-rexant-24279" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-37-rexant-24280" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-38-rexant-24281" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant-29355" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-25-s-pezopodjigom-rexant-12637" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant-30856" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-1-rexant-24814" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-1-5-rexant-24815" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-2-0-rexant-24816" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-600v-rexant-24817" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-500r-rexant-24818" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-1000r-rexant-24820" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv2-1000r-2-sopla-rexant-24821" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-600p-s-pezopodjigom-rexant-24822" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-propanovaya-v-nabore-gvp-400k-rexant-24823" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-700r-rexant-24819" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-v-nabore-gvp-450kr-rexant-24824" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I42"/>
+  <dimension ref="A1:I44"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -780,1154 +792,1214 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>2637</v>
+        <v>560</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1251</v>
+        <v>3291</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>6</v>
+        <v>120</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>2400</v>
+        <v>2680</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>321</v>
+        <v>433</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>2494</v>
+        <v>405</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1549</v>
+        <v>2392</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
+        <v>120</v>
+      </c>
+      <c r="I6" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3">
+        <v>360</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" s="3">
+        <v>2495</v>
+      </c>
+      <c r="G7" s="3">
         <v>6</v>
       </c>
-      <c r="I6" s="3">
-[...14 lines deleted...]
-      <c r="I7" s="2"/>
+      <c r="H7" s="3">
+        <v>120</v>
+      </c>
+      <c r="I7" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B8" s="3" t="s">
+      <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="C8" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B8" s="2"/>
+      <c r="C8" s="2"/>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>470.65</v>
+        <v>990</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>20036</v>
+        <v>1200</v>
       </c>
       <c r="G9" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>216</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>2550</v>
+        <v>2650</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>568</v>
+        <v>186</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>1400</v>
+        <v>550</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>2886</v>
+        <v>18048</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>1200</v>
+        <v>525</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>5430</v>
+        <v>12760</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>300</v>
+        <v>700</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>35172</v>
+        <v>3622</v>
       </c>
       <c r="G13" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>360</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>500</v>
+        <v>960</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>22637</v>
+        <v>1322</v>
       </c>
       <c r="G14" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>216</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>2150</v>
+        <v>1300</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>3636</v>
+        <v>2898</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>2400</v>
+        <v>1050</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1738</v>
+        <v>4894</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="2" t="s">
+      <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="2"/>
-[...6 lines deleted...]
-      <c r="I17" s="2"/>
+      <c r="B17" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C17" s="3">
+        <v>900</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" s="3">
+        <v>4068</v>
+      </c>
+      <c r="G17" s="3">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
+        <v>100</v>
+      </c>
+      <c r="I17" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>3330.44</v>
+        <v>2200</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>452</v>
+        <v>4</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>700</v>
+        <v>1060</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>4132</v>
+        <v>2022</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B20" s="3" t="s">
+      <c r="A20" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="C20" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>430.2</v>
+        <v>280</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>3152</v>
+        <v>9951</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H21" s="3">
-        <v>120</v>
+        <v>360</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="2" t="s">
+      <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B22" s="2"/>
-[...6 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="B22" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C22" s="3">
+        <v>430</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="3">
+        <v>13747</v>
+      </c>
+      <c r="G22" s="3">
+        <v>12</v>
+      </c>
+      <c r="H22" s="3">
+        <v>216</v>
+      </c>
+      <c r="I22" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>2400</v>
+        <v>280</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>153</v>
+        <v>31532</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H23" s="3">
-        <v>60</v>
+        <v>360</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>570</v>
+        <v>700</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>11486</v>
+        <v>14203</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>1500</v>
+        <v>2050</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>3499</v>
+        <v>412</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>1050</v>
+        <v>1200</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>5984</v>
+        <v>2407</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>550</v>
+        <v>1000</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>19616</v>
+        <v>5093</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>1100</v>
+        <v>1800</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1503</v>
+        <v>3036</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>1060</v>
+        <v>450</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>2191</v>
+        <v>19776</v>
       </c>
       <c r="G29" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H29" s="3">
-        <v>80</v>
+        <v>216</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>990</v>
+        <v>1920</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1426</v>
+        <v>1143</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>960</v>
+        <v>400</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>4802</v>
+        <v>24019</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>216</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B32" s="3" t="s">
+      <c r="A32" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="C32" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>3300</v>
+        <v>2200</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>232</v>
+        <v>1381</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A34" s="2" t="s">
+      <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B34" s="2"/>
-[...6 lines deleted...]
-      <c r="I34" s="2"/>
+      <c r="B34" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C34" s="3">
+        <v>2310</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" s="3">
+        <v>593</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
+        <v>6</v>
+      </c>
+      <c r="I34" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>1800</v>
+        <v>2400</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>487</v>
+        <v>133</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B36" s="3" t="s">
+      <c r="A36" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="C36" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>2500</v>
+        <v>1800</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>143</v>
+        <v>397</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>2320</v>
+        <v>2100</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>383</v>
+        <v>461</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>20</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>3480</v>
+        <v>2320</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>817</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>1990</v>
+        <v>2500</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1238</v>
+        <v>111</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>2100</v>
+        <v>3800</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>521</v>
+        <v>1388</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>20</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>3800</v>
+        <v>2900</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1617</v>
+        <v>62</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I42" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A43" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C43" s="3">
+        <v>1850</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" s="3">
+        <v>1092</v>
+      </c>
+      <c r="G43" s="3">
+        <v>1</v>
+      </c>
+      <c r="H43" s="3">
+        <v>10</v>
+      </c>
+      <c r="I43" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C44" s="3">
+        <v>3200</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F44" s="3">
+        <v>587</v>
+      </c>
+      <c r="G44" s="3">
+        <v>1</v>
+      </c>
+      <c r="H44" s="3">
+        <v>10</v>
+      </c>
+      <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A7:I7"/>
-[...2 lines deleted...]
-    <mergeCell ref="A34:I34"/>
+    <mergeCell ref="A8:I8"/>
+    <mergeCell ref="A20:I20"/>
+    <mergeCell ref="A32:I32"/>
+    <mergeCell ref="A36:I36"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
-    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
-    <hyperlink ref="D18" r:id="rId13"/>
-[...1 lines deleted...]
-    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
-    <hyperlink ref="D23" r:id="rId17"/>
-[...8 lines deleted...]
-    <hyperlink ref="D32" r:id="rId26"/>
+    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D33" r:id="rId27"/>
-    <hyperlink ref="D35" r:id="rId28"/>
-    <hyperlink ref="D36" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId28"/>
+    <hyperlink ref="D35" r:id="rId29"/>
     <hyperlink ref="D37" r:id="rId30"/>
     <hyperlink ref="D38" r:id="rId31"/>
     <hyperlink ref="D39" r:id="rId32"/>
     <hyperlink ref="D40" r:id="rId33"/>
     <hyperlink ref="D41" r:id="rId34"/>
     <hyperlink ref="D42" r:id="rId35"/>
+    <hyperlink ref="D43" r:id="rId36"/>
+    <hyperlink ref="D44" r:id="rId37"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>