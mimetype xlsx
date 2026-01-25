--- v1 (2025-11-30)
+++ v2 (2026-01-25)
@@ -45,288 +45,288 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Газовые горелки</t>
   </si>
   <si>
     <t>1.1 Горелки без поджига</t>
   </si>
   <si>
+    <t>12-0017</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-17 (механическая с регулятором) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>12-0018</t>
   </si>
   <si>
     <t>Газовая горелка-насадка GT-18 (механическая с регулятором) паяльного типа REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>12-0016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Газовая горелка-насадка GT-16 (механическая с регулятором) REXANT </t>
   </si>
   <si>
     <t>12-0021</t>
   </si>
   <si>
     <t>Газовая горелка-насадка GT-21 (механическая с регулятором) удлиненного типа REXANT</t>
   </si>
   <si>
-    <t>12-0017</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Горелки с пьезоподжигом</t>
   </si>
   <si>
+    <t>12-0026</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-26 с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0032</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-32 360° с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0023</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-23 с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0030</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-30 с пьезоподжигом паяльного типа REXANT</t>
+  </si>
+  <si>
+    <t>12-0020</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-20 с пьезоподжигом REXANT</t>
+  </si>
+  <si>
     <t>12-0034</t>
   </si>
   <si>
     <t>Газовая горелка-насадка GT-34 360° с пьезоподжигом REXANT</t>
   </si>
   <si>
     <t>12-0022</t>
   </si>
   <si>
     <t>Газовая горелка-насадка GT-22 удлиненного типа с пьезоподжигом REXANT</t>
   </si>
   <si>
+    <t>12-0031</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-31 360° с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0033</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-33 360° с пьезоподжигом REXANT</t>
+  </si>
+  <si>
     <t>12-0019</t>
   </si>
   <si>
     <t>Газовая горелка-насадка GT-19 с пьезоподжигом REXANT</t>
   </si>
   <si>
     <t>12-0024</t>
   </si>
   <si>
     <t>Газовая горелка-насадка GT-24 с пьезоподжигом REXANT</t>
   </si>
   <si>
-    <t>12-0020</t>
-[...40 lines deleted...]
-  <si>
     <t>1.3 Горелки заправляемые</t>
   </si>
   <si>
+    <t>12-0010-2</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-10, заправляемая, красная REXANT</t>
+  </si>
+  <si>
+    <t>12-0011</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-11, заправляемая, синяя REXANT</t>
+  </si>
+  <si>
+    <t>12-0010-1</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-10 заправляемая, красная REXANT</t>
+  </si>
+  <si>
+    <t>12-0011-2</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-11, заправляемая, красная REXANT</t>
+  </si>
+  <si>
+    <t>12-0038</t>
+  </si>
+  <si>
+    <t>Мини-горелка GT-38, заправляемая, 2 режима работы REXANT</t>
+  </si>
+  <si>
     <t>12-0010</t>
   </si>
   <si>
     <t>Турбо горелка GT-10, заправляемая, синяя REXANT</t>
   </si>
   <si>
-    <t>12-0011</t>
-[...8 lines deleted...]
-    <t>Турбо горелка GT-10, заправляемая, красная REXANT</t>
+    <t>12-0025</t>
+  </si>
+  <si>
+    <t>Газовая горелка настольная GT-25, с пьезоподжигом и керамическим ободом REXANT</t>
   </si>
   <si>
     <t>12-0011-1</t>
   </si>
   <si>
     <t>Турбо горелка GT-11 заправляемая, красная REXANT</t>
   </si>
   <si>
     <t>12-0029</t>
   </si>
   <si>
     <t>Газовая горелка настольная GT-29, 2 режима REXANT</t>
   </si>
   <si>
     <t>12-0036</t>
   </si>
   <si>
     <t>Мини-горелка GT-36, заправляемая REXANT</t>
   </si>
   <si>
     <t>12-0037</t>
   </si>
   <si>
     <t>Мини-горелка GT-37, заправляемая, 2 режима работы REXANT</t>
   </si>
   <si>
-    <t>12-0038</t>
-[...23 lines deleted...]
-    <t>1.4 Паяльные лампы</t>
+    <t>1.4 Горелки кровельные</t>
+  </si>
+  <si>
+    <t>11-0975</t>
+  </si>
+  <si>
+    <t>Горелка кровельная ГВ-500Р REXANT</t>
+  </si>
+  <si>
+    <t>11-0998</t>
+  </si>
+  <si>
+    <t>Горелка кровельная в наборе ГВП-450КР REXANT</t>
+  </si>
+  <si>
+    <t>11-0991</t>
+  </si>
+  <si>
+    <t>Горелка кровельная ГВ-1000Р REXANT</t>
+  </si>
+  <si>
+    <t>11-0997</t>
+  </si>
+  <si>
+    <t>Горелка пропановая в наборе ГВП-400К REXANT</t>
+  </si>
+  <si>
+    <t>11-0972</t>
+  </si>
+  <si>
+    <t>Горелка кровельная ГВ-600В REXANT</t>
+  </si>
+  <si>
+    <t>11-0977</t>
+  </si>
+  <si>
+    <t>Горелка кровельная ГВ-700Р REXANT</t>
+  </si>
+  <si>
+    <t>11-0992</t>
+  </si>
+  <si>
+    <t>Горелка кровельная ГВ2-1000Р 2 сопла REXANT</t>
+  </si>
+  <si>
+    <t>11-0995</t>
+  </si>
+  <si>
+    <t>Горелка кровельная ГВ-600П с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Паяльные лампы</t>
   </si>
   <si>
     <t>12-0007</t>
   </si>
   <si>
     <t>Паяльная лампа ПЛ-1 REXANT</t>
   </si>
   <si>
+    <t>12-0009</t>
+  </si>
+  <si>
+    <t>Паяльная лампа ПЛ-2,0 REXANT</t>
+  </si>
+  <si>
     <t>12-0008</t>
   </si>
   <si>
     <t>Паяльная лампа ПЛ-1,5 REXANT</t>
-  </si>
-[...55 lines deleted...]
-    <t>Горелка кровельная в наборе ГВП-450КР REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -711,51 +711,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-18-mehanicheskaya-s-regulyatorom-payalnogo-tipa-rexant-11970" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-21-mehanicheskaya-s-regulyatorom-udlinennogo-tipa-rexant-11968" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-17-mehanicheskaya-s-regulyatorom-rexant-11973" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-16-mehanicheskaya-s-regulyatorom-rexant-12636" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-34-360-s-pezopodjigom-rexant-24296" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-22-udlinennogo-tipa-s-pezopodjigom-rexant-12635" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-19-s-pezopodjigom-rexant-11972" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-24-s-pezopodjigom-rexant-11971" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-20-s-pezopodjigom-rexant-11969" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-26-s-pezopodjigom-rexant-12640" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-31-360-s-pezopodjigom-rexant-15242" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-33-360-s-pezopodjigom-rexant-15240" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-23-s-pezopodjigom-rexant-11967" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-32-360-s-pezopodjigom-rexant-15233" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-30-s-pezopodjigom-payalnogo-tipa-rexant-15243" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-rexant-24277" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-rexant-24278" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant-29354" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant-30857" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-29-2-rejima-rexant-15234" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-36-zapravlyaemaya-rexant-24279" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-37-rexant-24280" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-38-rexant-24281" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant-29355" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-25-s-pezopodjigom-rexant-12637" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant-30856" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-1-rexant-24814" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-1-5-rexant-24815" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-2-0-rexant-24816" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-600v-rexant-24817" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-500r-rexant-24818" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-1000r-rexant-24820" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv2-1000r-2-sopla-rexant-24821" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-600p-s-pezopodjigom-rexant-24822" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-propanovaya-v-nabore-gvp-400k-rexant-24823" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-700r-rexant-24819" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-v-nabore-gvp-450kr-rexant-24824" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-17-mehanicheskaya-s-regulyatorom-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-18-mehanicheskaya-s-regulyatorom-payalnogo-tipa-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-16-mehanicheskaya-s-regulyatorom-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-21-mehanicheskaya-s-regulyatorom-udlinennogo-tipa-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-26-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-32-360-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-23-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-30-s-pezopodzhigom-payalnogo-tipa-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-20-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-34-360-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-22-udlinennogo-tipa-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-31-360-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-33-360-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-19-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-24-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant-2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-38-zapravlyaemaya-2-rezhima-raboty-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-25-s-pezopodzhigom-i-keramicheskim-obodom-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant-2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-29-2-rezhima-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-36-zapravlyaemaya-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-37-zapravlyaemaya-2-rezhima-raboty-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-500r-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-v-nabore-gvp-450kr-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-1000r-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-propanovaya-v-nabore-gvp-400k-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-600v-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-700r-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv2-1000r-2-sopla-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-600p-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-1-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-2-0-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-1-5-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I44"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -792,1211 +792,1211 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>560</v>
+        <v>411.88</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>3291</v>
+        <v>1581</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>120</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>2680</v>
+        <v>569.52</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>433</v>
+        <v>540</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>405</v>
+        <v>366.12</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>2392</v>
+        <v>2147</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H6" s="3">
         <v>120</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>360</v>
+        <v>2725.56</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>2495</v>
+        <v>421</v>
       </c>
       <c r="G7" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>990</v>
+        <v>976.32</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1200</v>
+        <v>1218</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>2650</v>
+        <v>2237.4</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>186</v>
+        <v>264</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>550</v>
+        <v>915.3</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>18048</v>
+        <v>1569</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>525</v>
+        <v>1078.02</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>12760</v>
+        <v>1997</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>700</v>
+        <v>711.9</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>3622</v>
+        <v>3029</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>960</v>
+        <v>1006.83</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1322</v>
+        <v>1006</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>1300</v>
+        <v>2695.05</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>2898</v>
+        <v>191</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>1050</v>
+        <v>1322.1</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>4894</v>
+        <v>1471</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>900</v>
+        <v>1067.85</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>4068</v>
+        <v>2076</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>2200</v>
+        <v>559.35</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>4</v>
+        <v>5712</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>1060</v>
+        <v>533.93</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>2022</v>
+        <v>3763</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>280</v>
+        <v>284.76</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>9951</v>
+        <v>29128</v>
       </c>
       <c r="G21" s="3">
         <v>20</v>
       </c>
       <c r="H21" s="3">
         <v>360</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>430</v>
+        <v>437.31</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>13747</v>
+        <v>8534</v>
       </c>
       <c r="G22" s="3">
         <v>12</v>
       </c>
       <c r="H22" s="3">
         <v>216</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>280</v>
+        <v>406.8</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>31532</v>
+        <v>14451</v>
       </c>
       <c r="G23" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>360</v>
+        <v>216</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>700</v>
+        <v>457.65</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>14203</v>
+        <v>17154</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H24" s="3">
-        <v>160</v>
+        <v>216</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>2050</v>
+        <v>1830.6</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>412</v>
+        <v>2744</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>1200</v>
+        <v>284.76</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>2407</v>
+        <v>42042</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>360</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>1000</v>
+        <v>1952.64</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>5093</v>
+        <v>458</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>1800</v>
+        <v>711.9</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>3036</v>
+        <v>8145</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>450</v>
+        <v>2084.85</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>19776</v>
+        <v>405</v>
       </c>
       <c r="G29" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>216</v>
+        <v>72</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>1920</v>
+        <v>1220.4</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1143</v>
+        <v>1594</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>400</v>
+        <v>1017</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>24019</v>
+        <v>4607</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>216</v>
+        <v>60</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>2200</v>
+        <v>2135.7</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1381</v>
+        <v>421</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>2310</v>
+        <v>3254.4</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>593</v>
+        <v>330</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>2400</v>
+        <v>2359.44</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>133</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A36" s="2" t="s">
+      <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B36" s="2"/>
-[...6 lines deleted...]
-      <c r="I36" s="2"/>
+      <c r="B36" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C36" s="3">
+        <v>2949.3</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F36" s="3">
+        <v>0</v>
+      </c>
+      <c r="G36" s="3">
+        <v>1</v>
+      </c>
+      <c r="H36" s="3">
+        <v>10</v>
+      </c>
+      <c r="I36" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>1800</v>
+        <v>1830.6</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>397</v>
+        <v>314</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>10</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>2100</v>
+        <v>1881.45</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>461</v>
+        <v>544</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>2320</v>
+        <v>2542.5</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>93</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>20</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>2500</v>
+        <v>3864.6</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>111</v>
+        <v>621</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>20</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A41" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B41" s="3" t="s">
+      <c r="A41" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="C41" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B41" s="2"/>
+      <c r="C41" s="2"/>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2"/>
+      <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>2900</v>
+        <v>2237.4</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>62</v>
+        <v>87</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>1850</v>
+        <v>2440.8</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>1092</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>3200</v>
+        <v>2349.27</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>587</v>
+        <v>4</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A8:I8"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="A32:I32"/>
-    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="A41:I41"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
     <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D33" r:id="rId27"/>
     <hyperlink ref="D34" r:id="rId28"/>
     <hyperlink ref="D35" r:id="rId29"/>
-    <hyperlink ref="D37" r:id="rId30"/>
-[...3 lines deleted...]
-    <hyperlink ref="D41" r:id="rId34"/>
+    <hyperlink ref="D36" r:id="rId30"/>
+    <hyperlink ref="D37" r:id="rId31"/>
+    <hyperlink ref="D38" r:id="rId32"/>
+    <hyperlink ref="D39" r:id="rId33"/>
+    <hyperlink ref="D40" r:id="rId34"/>
     <hyperlink ref="D42" r:id="rId35"/>
     <hyperlink ref="D43" r:id="rId36"/>
     <hyperlink ref="D44" r:id="rId37"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>