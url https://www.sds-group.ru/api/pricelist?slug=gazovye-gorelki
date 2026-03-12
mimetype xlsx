--- v2 (2026-01-25)
+++ v3 (2026-03-12)
@@ -45,288 +45,288 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Газовые горелки</t>
   </si>
   <si>
     <t>1.1 Горелки без поджига</t>
   </si>
   <si>
+    <t>12-0018</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-18 (механическая с регулятором) паяльного типа REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>12-0017</t>
   </si>
   <si>
     <t>Газовая горелка-насадка GT-17 (механическая с регулятором) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Газовая горелка-насадка GT-18 (механическая с регулятором) паяльного типа REXANT</t>
+    <t>12-0021</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-21 (механическая с регулятором) удлиненного типа REXANT</t>
   </si>
   <si>
     <t>12-0016</t>
   </si>
   <si>
     <t xml:space="preserve">Газовая горелка-насадка GT-16 (механическая с регулятором) REXANT </t>
   </si>
   <si>
-    <t>12-0021</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Горелки с пьезоподжигом</t>
   </si>
   <si>
+    <t>12-0019</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-19 с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0024</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-24 с пьезоподжигом REXANT</t>
+  </si>
+  <si>
     <t>12-0026</t>
   </si>
   <si>
     <t>Газовая горелка-насадка GT-26 с пьезоподжигом REXANT</t>
   </si>
   <si>
+    <t>12-0031</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-31 360° с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0033</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-33 360° с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0034</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-34 360° с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0020</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-20 с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0023</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-23 с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>12-0022</t>
+  </si>
+  <si>
+    <t>Газовая горелка-насадка GT-22 удлиненного типа с пьезоподжигом REXANT</t>
+  </si>
+  <si>
     <t>12-0032</t>
   </si>
   <si>
     <t>Газовая горелка-насадка GT-32 360° с пьезоподжигом REXANT</t>
   </si>
   <si>
-    <t>12-0023</t>
-[...4 lines deleted...]
-  <si>
     <t>12-0030</t>
   </si>
   <si>
     <t>Газовая горелка-насадка GT-30 с пьезоподжигом паяльного типа REXANT</t>
   </si>
   <si>
-    <t>12-0020</t>
-[...40 lines deleted...]
-  <si>
     <t>1.3 Горелки заправляемые</t>
   </si>
   <si>
+    <t>12-0010</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-10, заправляемая, синяя REXANT</t>
+  </si>
+  <si>
+    <t>12-0011</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-11, заправляемая, синяя REXANT</t>
+  </si>
+  <si>
+    <t>12-0029</t>
+  </si>
+  <si>
+    <t>Газовая горелка настольная GT-29, 2 режима REXANT</t>
+  </si>
+  <si>
+    <t>12-0036</t>
+  </si>
+  <si>
+    <t>Мини-горелка GT-36, заправляемая REXANT</t>
+  </si>
+  <si>
+    <t>12-0037</t>
+  </si>
+  <si>
+    <t>Мини-горелка GT-37, заправляемая, 2 режима работы REXANT</t>
+  </si>
+  <si>
+    <t>12-0038</t>
+  </si>
+  <si>
+    <t>Мини-горелка GT-38, заправляемая, 2 режима работы REXANT</t>
+  </si>
+  <si>
     <t>12-0010-2</t>
   </si>
   <si>
     <t>Турбо горелка GT-10, заправляемая, красная REXANT</t>
   </si>
   <si>
-    <t>12-0011</t>
-[...2 lines deleted...]
-    <t>Турбо горелка GT-11, заправляемая, синяя REXANT</t>
+    <t>12-0011-2</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-11, заправляемая, красная REXANT</t>
+  </si>
+  <si>
+    <t>12-0025</t>
+  </si>
+  <si>
+    <t>Газовая горелка настольная GT-25, с пьезоподжигом и керамическим ободом REXANT</t>
   </si>
   <si>
     <t>12-0010-1</t>
   </si>
   <si>
     <t>Турбо горелка GT-10 заправляемая, красная REXANT</t>
   </si>
   <si>
-    <t>12-0011-2</t>
-[...22 lines deleted...]
-  <si>
     <t>12-0011-1</t>
   </si>
   <si>
     <t>Турбо горелка GT-11 заправляемая, красная REXANT</t>
   </si>
   <si>
-    <t>12-0029</t>
-[...17 lines deleted...]
-    <t>1.4 Горелки кровельные</t>
+    <t>1.4 Паяльные лампы</t>
+  </si>
+  <si>
+    <t>12-0007</t>
+  </si>
+  <si>
+    <t>Паяльная лампа ПЛ-1 REXANT</t>
+  </si>
+  <si>
+    <t>12-0008</t>
+  </si>
+  <si>
+    <t>Паяльная лампа ПЛ-1,5 REXANT</t>
+  </si>
+  <si>
+    <t>12-0009</t>
+  </si>
+  <si>
+    <t>Паяльная лампа ПЛ-2,0 REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Горелки кровельные</t>
+  </si>
+  <si>
+    <t>11-0972</t>
+  </si>
+  <si>
+    <t>Горелка кровельная ГВ-600В REXANT</t>
   </si>
   <si>
     <t>11-0975</t>
   </si>
   <si>
     <t>Горелка кровельная ГВ-500Р REXANT</t>
   </si>
   <si>
+    <t>11-0977</t>
+  </si>
+  <si>
+    <t>Горелка кровельная ГВ-700Р REXANT</t>
+  </si>
+  <si>
+    <t>11-0991</t>
+  </si>
+  <si>
+    <t>Горелка кровельная ГВ-1000Р REXANT</t>
+  </si>
+  <si>
+    <t>11-0992</t>
+  </si>
+  <si>
+    <t>Горелка кровельная ГВ2-1000Р 2 сопла REXANT</t>
+  </si>
+  <si>
+    <t>11-0995</t>
+  </si>
+  <si>
+    <t>Горелка кровельная ГВ-600П с пьезоподжигом REXANT</t>
+  </si>
+  <si>
+    <t>11-0997</t>
+  </si>
+  <si>
+    <t>Горелка пропановая в наборе ГВП-400К REXANT</t>
+  </si>
+  <si>
     <t>11-0998</t>
   </si>
   <si>
     <t>Горелка кровельная в наборе ГВП-450КР REXANT</t>
-  </si>
-[...55 lines deleted...]
-    <t>Паяльная лампа ПЛ-1,5 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -711,51 +711,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-17-mehanicheskaya-s-regulyatorom-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-18-mehanicheskaya-s-regulyatorom-payalnogo-tipa-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-16-mehanicheskaya-s-regulyatorom-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-21-mehanicheskaya-s-regulyatorom-udlinennogo-tipa-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-26-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-32-360-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-23-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-30-s-pezopodzhigom-payalnogo-tipa-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-20-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-34-360-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-22-udlinennogo-tipa-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-31-360-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-33-360-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-19-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-24-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant-2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-38-zapravlyaemaya-2-rezhima-raboty-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-25-s-pezopodzhigom-i-keramicheskim-obodom-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant-2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-29-2-rezhima-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-36-zapravlyaemaya-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-37-zapravlyaemaya-2-rezhima-raboty-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-500r-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-v-nabore-gvp-450kr-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-1000r-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-propanovaya-v-nabore-gvp-400k-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-600v-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-700r-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv2-1000r-2-sopla-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-600p-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-1-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-2-0-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-1-5-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-18-mehanicheskaya-s-regulyatorom-payalnogo-tipa-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-17-mehanicheskaya-s-regulyatorom-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-21-mehanicheskaya-s-regulyatorom-udlinennogo-tipa-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-16-mehanicheskaya-s-regulyatorom-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-19-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-24-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-26-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-31-360-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-33-360-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-34-360-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-20-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-23-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-22-udlinennogo-tipa-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-32-360-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nasadka-gt-30-s-pezopodzhigom-payalnogo-tipa-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-29-2-rezhima-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-36-zapravlyaemaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-37-zapravlyaemaya-2-rezhima-raboty-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-38-zapravlyaemaya-2-rezhima-raboty-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-25-s-pezopodzhigom-i-keramicheskim-obodom-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant-2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-1-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-1-5-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-lampa-pl-2-0-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-600v-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-500r-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-700r-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-1000r-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv2-1000r-2-sopla-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-gv-600p-s-pezopodzhigom-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-propanovaya-v-nabore-gvp-400k-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gorelka-krovelnaya-v-nabore-gvp-450kr-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I44"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -792,1211 +792,1211 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>411.88</v>
+        <v>455.62</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1581</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>120</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>569.52</v>
+        <v>329.5</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>540</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>120</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>366.12</v>
+        <v>2098.68</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>2147</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>2725.56</v>
+        <v>292.9</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>421</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H7" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>976.32</v>
+        <v>447.48</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1218</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>2237.4</v>
+        <v>427.14</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>264</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>915.3</v>
+        <v>781.06</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1569</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>1078.02</v>
+        <v>1044.46</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1997</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>711.9</v>
+        <v>854.28</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>3029</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>1006.83</v>
+        <v>805.46</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1006</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>2695.05</v>
+        <v>569.52</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>191</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>1322.1</v>
+        <v>732.24</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1471</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>1067.85</v>
+        <v>1967.39</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>2076</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>559.35</v>
+        <v>1722.8</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>5712</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>533.93</v>
+        <v>862.42</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>3763</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>284.76</v>
+        <v>242.05</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>29128</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>20</v>
       </c>
       <c r="H21" s="3">
         <v>360</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>437.31</v>
+        <v>336.73</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>8534</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>12</v>
       </c>
       <c r="H22" s="3">
         <v>216</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>406.8</v>
+        <v>1605.33</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>14451</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>216</v>
+        <v>72</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>457.65</v>
+        <v>964.12</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>17154</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>216</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>1830.6</v>
+        <v>803.43</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>2744</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>284.76</v>
+        <v>1409.56</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>42042</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>360</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>1952.64</v>
+        <v>242.05</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>458</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H27" s="3">
-        <v>40</v>
+        <v>360</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>711.9</v>
+        <v>352.39</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>8145</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H28" s="3">
-        <v>160</v>
+        <v>216</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>2084.85</v>
+        <v>1503.53</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>405</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>1220.4</v>
+        <v>325.44</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1594</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>216</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>1017</v>
+        <v>569.52</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>4607</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>60</v>
+        <v>160</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>2135.7</v>
+        <v>1633.3</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>421</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>3254.4</v>
+        <v>1714.97</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>330</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>2359.44</v>
+        <v>1781.78</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
         <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
+      <c r="A36" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>1830.6</v>
+        <v>1446.17</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>314</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>10</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>1881.45</v>
+        <v>1644.49</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>544</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>2542.5</v>
+        <v>1693.31</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>93</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>3864.6</v>
+        <v>1863.96</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>621</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>20</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A41" s="2" t="s">
+      <c r="A41" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B41" s="2"/>
-[...6 lines deleted...]
-      <c r="I41" s="2"/>
+      <c r="C41" s="3">
+        <v>1957.73</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" s="3">
+        <v>0</v>
+      </c>
+      <c r="G41" s="3">
+        <v>1</v>
+      </c>
+      <c r="H41" s="3">
+        <v>20</v>
+      </c>
+      <c r="I41" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>2237.4</v>
+        <v>2821.16</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>2440.8</v>
+        <v>2270.96</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
         <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>2349.27</v>
+        <v>2375.71</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A8:I8"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="A32:I32"/>
-    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A36:I36"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
     <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D33" r:id="rId27"/>
     <hyperlink ref="D34" r:id="rId28"/>
     <hyperlink ref="D35" r:id="rId29"/>
-    <hyperlink ref="D36" r:id="rId30"/>
-[...3 lines deleted...]
-    <hyperlink ref="D40" r:id="rId34"/>
+    <hyperlink ref="D37" r:id="rId30"/>
+    <hyperlink ref="D38" r:id="rId31"/>
+    <hyperlink ref="D39" r:id="rId32"/>
+    <hyperlink ref="D40" r:id="rId33"/>
+    <hyperlink ref="D41" r:id="rId34"/>
     <hyperlink ref="D42" r:id="rId35"/>
     <hyperlink ref="D43" r:id="rId36"/>
     <hyperlink ref="D44" r:id="rId37"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>