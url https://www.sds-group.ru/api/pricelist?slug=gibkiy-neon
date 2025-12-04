--- v0 (2025-10-16)
+++ v1 (2025-12-04)
@@ -45,465 +45,465 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гибкий неон</t>
   </si>
   <si>
     <t>1.1 Гибкий неон 12х26 мм</t>
   </si>
   <si>
+    <t>131-022</t>
+  </si>
+  <si>
+    <t>Гибкий неон DIP 12x26мм односторонний 80 LED/м КРАСНЫЙ оболочка красная бухта 50м (5 комплектов подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
     <t>131-023</t>
   </si>
   <si>
     <t>Гибкий неон DIP 12x26мм односторонний 80 LED/м СИНИЙ оболочка синяя бухта 50м (5 комплектов подключения) NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>131-013</t>
   </si>
   <si>
     <t>Гибкий неон DIP 12x26мм односторонний 80 LED/м СИНИЙ бухта 50м (5 комплектов подключения) NEON-NIGHT</t>
   </si>
   <si>
     <t>1.2 Гибкий неон 15х26 мм</t>
   </si>
   <si>
     <t>131-056</t>
   </si>
   <si>
     <t>Гибкий неон 15х26мм односторонний 120 LED/м ТЕПЛЫЙ БЕЛЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
     <t>131-055</t>
   </si>
   <si>
     <t>Гибкий неон 15х26мм односторонний 120 LED/м БЕЛЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
     <t>1.3 Гибкий неон 12х12 мм</t>
   </si>
   <si>
     <t>131-071</t>
   </si>
   <si>
     <t>Гибкий неон 12х12мм форма D 120 LED/м ЖЕЛТЫЙ 230В бухта 100м (c комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
     <t>1.4 Гибкий неон 16х16 мм</t>
   </si>
   <si>
     <t>131-081</t>
   </si>
   <si>
     <t>Гибкий неон 16х16мм форма D 144 LED/м ЖЕЛТЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
     <t>131-083</t>
   </si>
   <si>
     <t>Гибкий неон 16х16мм форма D 144 LED/м СИНИЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
+    <t>131-082</t>
+  </si>
+  <si>
+    <t>Гибкий неон 16х16мм форма D 144 LED/м КРАСНЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-085</t>
+  </si>
+  <si>
+    <t>Гибкий неон 16х16мм форма D 144 LED/м БЕЛЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>131-086</t>
   </si>
   <si>
     <t>Гибкий неон 16х16мм форма D 144 LED/м ТЕПЛЫЙ БЕЛЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
-    <t>131-082</t>
-[...10 lines deleted...]
-  <si>
     <t>1.5 Гибкий неон 7х12 мм</t>
   </si>
   <si>
+    <t>131-061</t>
+  </si>
+  <si>
+    <t>Гибкий неон 7х12мм двухсторонний компактный 120 LED/м ЖЕЛТЫЙ 230В бухта 100м (c комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>131-065</t>
   </si>
   <si>
     <t>Гибкий неон 7х12мм двухсторонний компактный 120 LED/м БЕЛЫЙ 230В бухта 100м (c комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
-    <t>131-061</t>
-[...4 lines deleted...]
-  <si>
     <t>1.6 Гибкий неон 8х16 мм</t>
   </si>
   <si>
+    <t>131-126</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м ТЕПЛЫЙ БЕЛЫЙ 24В бухта 50м (3 комплекта подключения) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>131-091</t>
   </si>
   <si>
     <t>Гибкий неон 8х16мм двухсторонний 120 LED/м ЖЕЛТЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
+    <t>131-096</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм двухсторонний 120 LED/м ТЕПЛЫЙ БЕЛЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>131-095</t>
   </si>
   <si>
     <t>Гибкий неон 8х16мм двухсторонний 120 LED/м БЕЛЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
+    <t>131-043</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м СИНИЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-045</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м БЕЛЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-115</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм двухсторонний 120 LED/м БЕЛЫЙ 24В бухта 50м (3 комплекта подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-046</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м ТЕПЛЫЙ БЕЛЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>131-092</t>
   </si>
   <si>
     <t>Гибкий неон 8х16мм двухсторонний 120 LED/м КРАСНЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
-    <t>131-043</t>
-[...10 lines deleted...]
-  <si>
     <t>131-093</t>
   </si>
   <si>
     <t>Гибкий неон 8х16мм двухсторонний 120 LED/м СИНИЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
-    <t>131-045</t>
-[...8 lines deleted...]
-    <t>Гибкий неон 8х16мм односторонний 120 LED/м ТЕПЛЫЙ БЕЛЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+    <t>131-042</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м КРАСНЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
     <t>131-116</t>
   </si>
   <si>
     <t>Гибкий неон 8х16мм двухсторонний 120 LED/м ТЕПЛЫЙ БЕЛЫЙ 24В бухта 50м (3 комплекта подключения) NEON-NIGHT</t>
   </si>
   <si>
-    <t>131-115</t>
-[...8 lines deleted...]
-    <t>Гибкий неон 8х16мм односторонний 120 LED/м КРАСНЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+    <t>131-125</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м БЕЛЫЙ 24В бухта 50м (3 комплекта подключения) NEON-NIGHT</t>
   </si>
   <si>
     <t>131-044</t>
   </si>
   <si>
     <t>Гибкий неон 8х16мм односторонний 120 LED/м ЗЕЛЕНЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
-    <t>131-126</t>
-[...10 lines deleted...]
-  <si>
     <t>1.7 Гибкий неон диаметр16 мм</t>
   </si>
   <si>
+    <t>131-316</t>
+  </si>
+  <si>
+    <t>Гибкий неон диаметр 16мм круглый 144 LED/м ТЕПЛЫЙ БЕЛЫЙ 230В бухта 50м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>131-315</t>
   </si>
   <si>
     <t>Гибкий неон диаметр 16мм круглый 144 LED/м БЕЛЫЙ 230В бухта 50м (с комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
-    <t>131-316</t>
-[...4 lines deleted...]
-  <si>
     <t>1.8 Гибкий неон диаметр19 мм</t>
   </si>
   <si>
     <t>131-037</t>
   </si>
   <si>
     <t>Гибкий Неон диаметр 19мм круглый 96 LED/м РОЗОВЫЙ 230В бухта 50м (3 комплекта подключения) NEON-NIGHT</t>
   </si>
   <si>
     <t>1.9 Аксессуары для гибкого неона</t>
   </si>
   <si>
+    <t>134-089</t>
+  </si>
+  <si>
+    <t>Профиль пластиковый для круглого гибкого неона диаметром 16мм, 1м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>134-501</t>
+  </si>
+  <si>
+    <t>Установочный набор для Гибкого неона 16х16мм формы D (блок питания каучук с диодным мостом и вилкой, заглушка, переходная муфта, игла) 1,5м NEON-NIGH</t>
+  </si>
+  <si>
+    <t>134-504</t>
+  </si>
+  <si>
+    <t>Установочный набор для одностороннего Гибкого неона 15х26мм (блок питания каучук с диодным мостом и вилкой, заглушка, переходная муфта, игла) 1,5м</t>
+  </si>
+  <si>
+    <t>134-098</t>
+  </si>
+  <si>
+    <t>Профиль алюминиевый анодированный для гибкого неона 8х16мм, 2м, коричневый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-032</t>
+  </si>
+  <si>
+    <t>Коннектор-иглы (с термоусад. пленкой) для неона 15x26 мм</t>
+  </si>
+  <si>
+    <t>134-045</t>
+  </si>
+  <si>
+    <t>Профиль алюминиевый анодированный для гибкого неона 15х26мм, 1м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-038</t>
+  </si>
+  <si>
+    <t>Заглушка для гибкого неона 15х26 мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-002</t>
+  </si>
+  <si>
+    <t>Коннектор для Гибкого неона 15х26мм, провод каучук, длина 20 см (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-093</t>
+  </si>
+  <si>
+    <t>Заглушка для гибкого неона NEON-NIGHT цилиндрическая (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-009</t>
+  </si>
+  <si>
+    <t>Коннектор для соединения гибкого неона 360, провод каучук, длина 20 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-061</t>
+  </si>
+  <si>
+    <t>L - коннектор для одностороннего Гибкого Неона 8х16мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-062</t>
+  </si>
+  <si>
+    <t>T - коннектор для двухстороннего Гибкого Неона 8х16мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-063</t>
+  </si>
+  <si>
+    <t>L - коннектор для двухстороннего Гибкого Неона 8х16мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-050</t>
+  </si>
+  <si>
+    <t>Коннектор с проводом для одностороннего неона 8х16мм, провод каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-040</t>
+  </si>
+  <si>
+    <t>Коннектор-иглы (с термоусад. пленкой) для неона 8x16 мм, 16х16 мм</t>
+  </si>
+  <si>
+    <t>134-012</t>
+  </si>
+  <si>
+    <t>Установочный набор для Гибкого неона 360, диаметр 16 мм, провод ПВХ, 230В</t>
+  </si>
+  <si>
+    <t>134-060</t>
+  </si>
+  <si>
+    <t>T - коннектор для одностороннего Гибкого Неона 8х16мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-051</t>
+  </si>
+  <si>
+    <t>Коннектор с проводом для двухстороннего неона 8х16мм, провод каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-049</t>
+  </si>
+  <si>
+    <t>Профиль пластиковый для круглого гибкого неона 16мм, неона формы D 16мм, дюралайта, неона 12х12мм, 1м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-047</t>
+  </si>
+  <si>
+    <t>Профиль пластиковый для круглого гибкого неона 16мм, неона формы D 16мм, дюралайта, неона 7х12мм, 1м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-020</t>
+  </si>
+  <si>
+    <t>Заглушка для дюралайта Ø13мм, круглого гибкого неона Ø16мм и 19мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-080</t>
+  </si>
+  <si>
+    <t>Профиль алюминиевый анодированный для гибкого неона 8х16мм, 2м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-085</t>
+  </si>
+  <si>
+    <t>Клипса пластиковая для двухстороннего гибкого неона 8х16 мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-091</t>
+  </si>
+  <si>
+    <t>Заглушка для гибкого неона 8х16 мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-092</t>
+  </si>
+  <si>
+    <t>Заглушка для гибкого неона формы D 16х16 мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-006</t>
+  </si>
+  <si>
+    <t>Коннектор для двухстороннего гибкого неона 8х16 мм, провод каучук, длина 20 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-007</t>
+  </si>
+  <si>
+    <t>Коннектор для одностороннего гибкого неона 8х16 мм, провод каучук, длина 20 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-008</t>
+  </si>
+  <si>
+    <t>Коннектор для гибкого неона формы D 16х16 мм, провод ПВХ, длина 20 см (цена за 1 шт.)</t>
+  </si>
+  <si>
     <t>133-012</t>
   </si>
   <si>
     <t>Контроллер для Гибкого Неона 4W (4-х жильный) RGB</t>
   </si>
   <si>
-    <t>шт</t>
-[...149 lines deleted...]
-    <t>Установочный набор для Гибкого неона 360, диаметр 16 мм, провод ПВХ, 230В</t>
+    <t>134-088</t>
+  </si>
+  <si>
+    <t>Профиль алюминиевый анодированный для гибкого неона 16х16мм, 2м</t>
+  </si>
+  <si>
+    <t>134-502</t>
+  </si>
+  <si>
+    <t>Установочный набор для двухстороннего Гибкого неона 8х16мм (блок питания каучук с диодным мостом и вилкой, заглушка, переходная муфта, игла) 1,5м NEO</t>
   </si>
   <si>
     <t>134-503</t>
   </si>
   <si>
     <t>Установочный набор для одностороннего Гибкого неона 8х16мм (блок питания каучук с диодным мостом и вилкой, заглушка, переходная муфта, игла) 1,5м NEO</t>
   </si>
   <si>
-    <t>134-088</t>
-[...2 lines deleted...]
-    <t>Профиль алюминиевый анодированный для гибкого неона 16х16мм, 2м NEON-NIGHT</t>
+    <t>134-083</t>
+  </si>
+  <si>
+    <t>Профиль алюминиевый анодированный для гибкого неона 8х16мм, 2м, черный NEON-NIGHT</t>
   </si>
   <si>
     <t>134-090</t>
   </si>
   <si>
     <t>Профиль алюминиевый анодированный для гибкого неона 15х26мм, 2м NEON-NIGHT</t>
-  </si>
-[...28 lines deleted...]
-    <t>Установочный набор для двухстороннего Гибкого неона 8х16мм (блок питания каучук с диодным мостом и вилкой, заглушка, переходная муфта, игла) 1,5м NEO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -888,51 +888,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-odnostoronniy-80-led-m-siniy-obolochka-sinyaya-buhta-50m-5-komplektov-podkly.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-odnostoronniy-80-led-m-krasnyy-obolochka-krasnaya-buhta-50m-5-komplektov-pod.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-odnostoronniy-80-led-m-siniy-buhta-50m-5-komplektov-podklyucheniya-neon-nigh.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-15h26mm-odnostoronniy-120-led-m-teplyy-belyy-230v-buhta-50m-c-komplektom-podklyucheniya-.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-15h26mm-odnostoronniy-120-led-m-belyy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-ni.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-12h12mm-forma-d-120-led-m-zheltyy-230v-buhta-100m-c-komplektom-podklyucheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-16h16mm-forma-d-144-led-m-zheltyy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-16h16mm-forma-d-144-led-m-siniy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-16h16mm-forma-d-144-led-m-teplyy-belyy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-n.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-16h16mm-forma-d-144-led-m-krasnyy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-16h16mm-forma-d-144-led-m-belyy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-7h12mm-dvuhstoronniy-kompaktnyy-120-led-m-belyy-230v-buhta-100m-c-komplektom-podklyuchen.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-7h12mm-dvuhstoronniy-kompaktnyy-120-led-m-zheltyy-230v-buhta-100m-c-komplektom-podklyuch.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-led-m-zheltyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-led-m-belyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-ni.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-led-m-krasnyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-led-m-siniy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-ni.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-led-m-teplyy-belyy-230v-buhta-100m-s-komplektom-podklyucheniya-.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-led-m-siniy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-ni.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-led-m-belyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-ni.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-led-m-teplyy-belyy-230v-buhta-100m-s-komplektom-podklyucheniya-.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-led-m-teplyy-belyy-24v-buhta-50m-3-komplekta-podklyucheniya-neo.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-led-m-belyy-24v-buhta-50m-3-komplekta-podklyucheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-led-m-krasnyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-led-m-zelenyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-led-m-teplyy-belyy-24v-buhta-50m-3-komplekta-podklyucheniya-neo.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-led-m-belyy-24v-buhta-50m-3-komplekta-podklyucheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-diametr-16mm-kruglyy-144-led-m-belyy-230v-buhta-50m-s-komplektom-podklyucheniya-neon-nig.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-diametr-16mm-kruglyy-144-led-m-teplyy-belyy-230v-buhta-50m-s-komplektom-podklyucheniya-n.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-diametr-19mm-kruglyy-96-led-m-rozovyy-230v-buhta-50m-3-komplekta-podklyucheniya-neon-nig.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-gibkogo-neona-4w-4-h-zhilnyy-rgb.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-gibkogo-neona-15h26mm-provod-kauchuk-dlina-20-sm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-8h16mm-2m-korichnevyy-neon-night.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-8h16mm-2m-neon-night.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-15h26mm-1m-neon-night.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-igly-s-termousad-plenkoy-dlya-neona-15x26-mm.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-15h26-mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-plastikovyy-dlya-kruglogo-gibkogo-neona-diametrom-16mm-1m-neon-night.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-neon-night-tsilindricheskaya-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-soedineniya-gibkogo-neona-360-provod-kauchuk-dlina-20-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-odnostoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-odnostoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-odnostoronnego-neona-8h16mm-provod-kauchuk-neon-night.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-13mm-kruglogo-gibkogo-neona-16mm-i-19mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-plastikovyy-dlya-kruglogo-gibkogo-neona-16mm-neona-formy-d-16mm-dyuralayta-neona-12h12mm-1m-n.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-gibkogo-neona-formy-d-16h16-mm-provod-pvh-dlina-20-sm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsa-plastikovaya-dlya-dvuhstoronnego-gibkogo-neona-8h16-mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-8h16-mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-formy-d-16h16-mm-tsena-za-1-sht.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16-mm-provod-kauchuk-dlina-20-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-igly-s-termousad-plenkoy-dlya-neona-8x16-mm-16h16-mm.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnostoronnego-gibkogo-neona-8h16-mm-provod-kauchuk-dlina-20-sm-neon-night.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-odnostoronnego-gibkogo-neona-15h26mm-blok-pitaniya-kauchuk-s-diodnym-mostom.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-gibkogo-neona-360-diametr-16-mm-provod-pvh-230v.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-odnostoronnego-gibkogo-neona-8h16mm-blok-pitaniya-kauchuk-s-diodnym-mostom-.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-16h16mm-2m-neon-night.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-15h26mm-2m-neon-night.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-dvuhstoronnego-neona-8h16mm-provod-kauchuk-neon-night.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-plastikovyy-dlya-kruglogo-gibkogo-neona-16mm-neona-formy-d-16mm-dyuralayta-neona-7h12mm-1m-ne.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-8h16mm-2m-chernyy-neon-night.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-gibkogo-neona-16h16mm-formy-d-blok-pitaniya-kauchuk-s-diodnym-mostom-i-vilk.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-blok-pitaniya-kauchuk-s-diodnym-mostom-.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-krasniy-obolochka-krasnaya-buhta-50m-7559" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-siniy-obolochka-sinyaya-buhta-50m-7560" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-siniy-buhta-50m-1083" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-15h26-mm-tepliy-beliy-120-led-m-buhta-50m-14286" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-15h26-mm-beliy-120-led-m-buhta-50m-14272" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-12h12-mm-forma-d-jyoltiy-120-led-m-buhta-100m-14276" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-forma-d-16h16-mm-jeltiy-144-led-m-buhta-50-m-20356" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-forma-d-16h16-mm-siniy-144-led-m-buhta-50-m-20357" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-forma-d-16h16-mm-krasniy-120-led-m-buhta-50-m-20360" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-forma-d-16h16-mm-beliy-144-led-m-buhta-50-m-20359" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-forma-d-16h16-mm-tepliy-beliy-144-led-m-buhta-50-m-20358" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-kompaktniy-7h12mm-dvuhstoronniy-jyoltiy-120-led-m-buhta-100m-14299" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-kompaktniy-7h12mm-dvuhstoronniy-beliy-120-led-m-buhta-100m-14283" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-smd-8h16mm-120-led-m-tepliy-beliy-odnostoronniy-24v-buhta-50m-neon-night-30973" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-smd-8h16-mm-dvuhstoronniy-jeltiy-120-led-m-buhta-100-m-s-komplektom-podklyucheniya-28660" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-dvuhstoronniy-tepliy-beliy-120-led-m-buhta-100-m-20355" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-dvuhstoronniy-beliy-120-led-m-buhta-100-m-20351" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-siniy-120-led-m-buhta-100-m-2629" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-beliy-120-led-m-buhta-100-m-2630" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-smd-8h16mm-dvuhstoronniy-24v-beliy-120-led-m-50m-neon-night-30024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-tepliy-beliy-120-led-m-buhta-100-m-20237" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-dvuhstoronniy-krasniy-120-led-m-buhta-100-m-20350" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-dvuhstoronniy-siniy-120-led-m-buhta-100-m-20352" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-krasniy-120-led-m-buhta-100m-neon-night-31935" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-smd-8h16mm-dvuhstoronniy-24v-tepliy-beliy-120-led-m-50m-neon-night-30050" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-smd-8h16mm-120-led-m-beliy-odnostoronniy-24v-buhta-50m-neon-night-30972" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-zeleniy-120-led-m-buhta-100m-neon-night-31936" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-360-krugliy-tepliy-beliy-buhta-50-m-27788" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-360-krugliy-beliy-buhta-50-m-27789" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-360-krugliy-rozoviy-buhta-50m-7571" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-plastikoviy-dlya-gibkogo-neona-oslash-16-mm-dlina-1-metr-27793" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-gibkogo-neona-16h16mm-formi-d-shnur-pitaniya-kauchuk-s-diodnim-mostom-i-vilkoy-zaglushka-perehodnaya-mufta-igla-1-5m-neon-night-31155" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-odnostoronnego-gibkogo-neona-15h26mm-shnur-pitaniya-kauchuk-s-diodnim-mostom-i-vilkoy-zaglushka-perehodnaya-mufta-igla-1-5m-30579" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-8h16mm-2m-korichnevyy-neon-night.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-igli-s-termousad-plenkoy-dlya-neona-15x26-mm-14277" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-alyuminieviy-dlya-gibkogo-neona-15h26mm-dlina-1-metr-tsena-za-1-sht-14302" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-15h26-mm-tsena-za-1-sht-14275" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-gibkogo-neona-15h26mm-dlina-20-sm-tsena-za-1-sht-14305" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-neon-night-tsilindricheskaya-tsena-za-1-sht-27791" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-soedineniya-gibkogo-neona-360-dlina-20-sm-tsena-za-1-sht-27792" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-odnostoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht-29888" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht-30053" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht-30054" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-odnostoronnego-neona-8h16mm-neon-night-30028" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-igli-s-termousad-plenkoy-dlya-neona-8x16-mm-16h16-mm-20349" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-gibkogo-neona-360-oslash-16-mm-230-v-27790" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-odnostoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht-29887" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-dvuhstoronnego-neona-8h16mm-neon-night-30029" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-plastikoviy-dlya-gibkogo-neona-12h12mm-dlina-1-metr-tsena-za-1-sht-14292" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-plastikoviy-dlya-gibkogo-neona-7h12mm-dlina-1-metr-tsena-za-1-sht-14293" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-oslash-19-mm-neon-night-tsilindricheskaya-tsena-za-1-sht-17727" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-alyuminieviy-dlya-gibkogo-neona-8h16-mm-dlina-1-metr-20336" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsa-plastikovaya-dlya-dvuhstoronnego-gibkogo-neona-8h16-mm-tsena-za-1-sht-20343" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-8h16-mm-tsena-za-1-sht-20338" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-formi-d-16h16-mm-tsena-za-1-sht-20348" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16-mm-dlina-20-sm-tsena-za-1-sht-20339" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnostoronnego-gibkogo-neona-8h16-mm-dlina-20-sm-tsena-za-1-sht-20345" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-gibkogo-neona-formi-d-16h16-mm-dlina-20-sm-tsena-za-1-sht-20346" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-gibkogo-neona-4w-4-h-jilniy-rgb-1430" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminieviy-nakladnoy-dlya-neona-16h16mm-2m-30163" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-shnur-pitaniya-kauchuk-s-diodnim-mostom-i-vilkoy-zaglushka-perehodnaya-mufta-igla-1-5m-neon-night-31004" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-odnostoronnego-gibkogo-neona-8h16mm-shnur-pitaniya-kauchuk-s-diodnim-mostom-i-vilkoy-zaglushka-perehodnaya-mufta-igla-1-5m-neon-night-31005" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminieviy-anodirovanniy-dlya-gibkogo-neona-8h16mm-2m-cherniy-neon-night-31167" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminieviy-anodirovanniy-dlya-gibkogo-neona-15h26mm-2m-neon-night-31164" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I75"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -969,80 +969,80 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1800.19</v>
+        <v>1620.17</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>50</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1620.17</v>
+        <v>1800.19</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>50</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
@@ -1078,80 +1078,80 @@
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
         <v>1161.72</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>50</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
         <v>1161.72</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>5400</v>
+        <v>3500</v>
       </c>
       <c r="G9" s="3">
         <v>50</v>
       </c>
       <c r="H9" s="3">
         <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
@@ -1191,666 +1191,666 @@
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="3">
         <v>665.54</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1700</v>
+        <v>1500</v>
       </c>
       <c r="G13" s="3">
         <v>50</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="3">
         <v>665.54</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>2750</v>
+        <v>1950</v>
       </c>
       <c r="G14" s="3">
         <v>50</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="3">
         <v>665.54</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>4150</v>
+        <v>1350</v>
       </c>
       <c r="G15" s="3">
         <v>50</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="3">
         <v>665.54</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1700</v>
+        <v>150</v>
       </c>
       <c r="G16" s="3">
         <v>50</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="3">
         <v>665.54</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>3950</v>
+        <v>650</v>
       </c>
       <c r="G17" s="3">
         <v>50</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="3">
-        <v>605.04</v>
+        <v>406.36</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
+        <v>100</v>
+      </c>
+      <c r="G19" s="3">
+        <v>100</v>
+      </c>
+      <c r="H19" s="3">
+        <v>100</v>
+      </c>
+      <c r="I19" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="3">
-        <v>406.36</v>
+        <v>605.04</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>100</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="3">
-        <v>485.89</v>
+        <v>593.59</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1400</v>
+        <v>550</v>
       </c>
       <c r="G22" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="3">
         <v>485.89</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>3850</v>
+        <v>1298</v>
       </c>
       <c r="G23" s="3">
         <v>100</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="3">
         <v>485.89</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>2450</v>
+        <v>3350</v>
       </c>
       <c r="G24" s="3">
         <v>100</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="3">
-        <v>445.24</v>
+        <v>485.89</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1200</v>
+        <v>1518</v>
       </c>
       <c r="G25" s="3">
         <v>100</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="3">
-        <v>485.89</v>
+        <v>445.24</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>5000</v>
+        <v>400</v>
       </c>
       <c r="G26" s="3">
         <v>100</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C27" s="3">
-        <v>485.89</v>
+        <v>445.24</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>2300</v>
+        <v>11900</v>
       </c>
       <c r="G27" s="3">
         <v>100</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C28" s="3">
-        <v>445.24</v>
+        <v>485.9</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>15000</v>
+        <v>100</v>
       </c>
       <c r="G28" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C29" s="3">
         <v>445.24</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>5530</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>100</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C30" s="3">
-        <v>485.9</v>
+        <v>485.89</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>14550</v>
+        <v>2350</v>
       </c>
       <c r="G30" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H30" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C31" s="3">
-        <v>485.9</v>
+        <v>485.89</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>8850</v>
+        <v>1100</v>
       </c>
       <c r="G31" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C32" s="3">
         <v>445.24</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>2400</v>
+        <v>2200</v>
       </c>
       <c r="G32" s="3">
         <v>100</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C33" s="3">
-        <v>445.24</v>
+        <v>485.9</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>2000</v>
+        <v>6750</v>
       </c>
       <c r="G33" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C34" s="3">
         <v>593.59</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>3550</v>
+        <v>3684</v>
       </c>
       <c r="G34" s="3">
         <v>50</v>
       </c>
       <c r="H34" s="3">
         <v>50</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C35" s="3">
-        <v>593.59</v>
+        <v>445.24</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>4500</v>
+        <v>1600</v>
       </c>
       <c r="G35" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H35" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>72</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="3">
         <v>665.54</v>
       </c>
@@ -1868,51 +1868,51 @@
       </c>
       <c r="H37" s="3">
         <v>50</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="3">
         <v>665.54</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>8750</v>
+        <v>5200</v>
       </c>
       <c r="G38" s="3">
         <v>50</v>
       </c>
       <c r="H38" s="3">
         <v>50</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
         <v>77</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
@@ -1943,1017 +1943,1017 @@
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C42" s="3">
-        <v>14285.32</v>
+        <v>357.58</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F42" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C43" s="3">
-        <v>443.12</v>
+        <v>1038.34</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F43" s="3">
-        <v>382</v>
+        <v>2524</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>100</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C44" s="3">
-        <v>603.9</v>
+        <v>1038.34</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F44" s="3">
-        <v>2719</v>
+        <v>995</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C45" s="3">
-        <v>390</v>
+        <v>603.9</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F45" s="3">
-        <v>9107</v>
+        <v>1975</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C46" s="3">
-        <v>356.4</v>
+        <v>122.87</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>1260</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H46" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C47" s="3">
-        <v>122.87</v>
+        <v>356.4</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F47" s="3">
-        <v>1392</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C48" s="3">
         <v>47.48</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F48" s="3">
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="G48" s="3">
         <v>10</v>
       </c>
       <c r="H48" s="3">
         <v>300</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C49" s="3">
-        <v>357.58</v>
+        <v>443.12</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>346</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>100</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C50" s="3">
         <v>47.48</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F50" s="3">
-        <v>2460</v>
+        <v>2180</v>
       </c>
       <c r="G50" s="3">
         <v>10</v>
       </c>
       <c r="H50" s="3">
         <v>500</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C51" s="3">
         <v>445.05</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F51" s="3">
-        <v>1710</v>
+        <v>1648</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>100</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C52" s="3">
         <v>452.22</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F52" s="3">
-        <v>378</v>
+        <v>148</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C53" s="3">
         <v>452.22</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F53" s="3">
-        <v>296</v>
+        <v>372</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C54" s="3">
-        <v>452.22</v>
+        <v>407</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F54" s="3">
-        <v>98</v>
+        <v>20</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>100</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C55" s="3">
-        <v>407</v>
+        <v>394.9</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F55" s="3">
-        <v>113</v>
+        <v>4072</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C56" s="3">
-        <v>394.9</v>
+        <v>80.24</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F56" s="3">
-        <v>4287</v>
+        <v>2778</v>
       </c>
       <c r="G56" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H56" s="3">
-        <v>100</v>
+        <v>3000</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C57" s="3">
-        <v>31.47</v>
+        <v>477.32</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F57" s="3">
-        <v>230</v>
+        <v>1651</v>
       </c>
       <c r="G57" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C58" s="3">
-        <v>109.04</v>
+        <v>452.22</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F58" s="3">
-        <v>323</v>
+        <v>50</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C59" s="3">
-        <v>511.54</v>
+        <v>394.9</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F59" s="3">
-        <v>1370</v>
+        <v>4374</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>100</v>
       </c>
       <c r="I59" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C60" s="3">
-        <v>44.43</v>
+        <v>109.04</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F60" s="3">
-        <v>9480</v>
+        <v>142</v>
       </c>
       <c r="G60" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C61" s="3">
-        <v>47.48</v>
+        <v>98.14</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F61" s="3">
-        <v>8200</v>
+        <v>2629</v>
       </c>
       <c r="G61" s="3">
         <v>10</v>
       </c>
       <c r="H61" s="3">
-        <v>800</v>
+        <v>200</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C62" s="3">
-        <v>47.48</v>
+        <v>31.47</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F62" s="3">
-        <v>2384</v>
+        <v>230</v>
       </c>
       <c r="G62" s="3">
         <v>10</v>
       </c>
       <c r="H62" s="3">
         <v>500</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C63" s="3">
-        <v>511.54</v>
+        <v>390</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F63" s="3">
-        <v>2572</v>
+        <v>5342</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>100</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C64" s="3">
-        <v>80.24</v>
+        <v>44.43</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F64" s="3">
-        <v>2683</v>
+        <v>9160</v>
       </c>
       <c r="G64" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H64" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C65" s="3">
-        <v>556.21</v>
+        <v>47.48</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F65" s="3">
-        <v>2460</v>
+        <v>4890</v>
       </c>
       <c r="G65" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H65" s="3">
-        <v>200</v>
+        <v>800</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C66" s="3">
-        <v>1038.34</v>
+        <v>47.48</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F66" s="3">
-        <v>1145</v>
+        <v>2290</v>
       </c>
       <c r="G66" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H66" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I66" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C67" s="3">
-        <v>477.32</v>
+        <v>511.54</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F67" s="3">
-        <v>1823</v>
+        <v>2555</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>100</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C68" s="3">
-        <v>1038.34</v>
+        <v>556.21</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F68" s="3">
-        <v>2622</v>
+        <v>2327</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C69" s="3">
-        <v>603.9</v>
+        <v>511.54</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F69" s="3">
-        <v>3401</v>
+        <v>1300</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>100</v>
       </c>
       <c r="I69" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C70" s="3">
-        <v>713.9</v>
+        <v>14285.32</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F70" s="3">
-        <v>3716</v>
+        <v>18</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>100</v>
+        <v>3</v>
       </c>
       <c r="I70" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C71" s="3">
-        <v>394.9</v>
+        <v>603.9</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F71" s="3">
-        <v>4484</v>
+        <v>2118</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>100</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C72" s="3">
-        <v>98.14</v>
+        <v>1038.34</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F72" s="3">
-        <v>3989</v>
+        <v>2322</v>
       </c>
       <c r="G72" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I72" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C73" s="3">
-        <v>603.9</v>
+        <v>1038.34</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F73" s="3">
-        <v>4523</v>
+        <v>1920</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C74" s="3">
-        <v>1038.34</v>
+        <v>603.9</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F74" s="3">
-        <v>2652</v>
+        <v>2495</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>100</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C75" s="3">
-        <v>1038.34</v>
+        <v>713.9</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F75" s="3">
-        <v>2914</v>
+        <v>2044</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A10:I10"/>
     <mergeCell ref="A12:I12"/>
     <mergeCell ref="A18:I18"/>
     <mergeCell ref="A21:I21"/>
     <mergeCell ref="A36:I36"/>
     <mergeCell ref="A39:I39"/>
     <mergeCell ref="A41:I41"/>
   </mergeCells>
   <hyperlinks>