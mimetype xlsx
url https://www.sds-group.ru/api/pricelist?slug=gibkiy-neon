--- v1 (2025-12-04)
+++ v2 (2026-03-02)
@@ -45,465 +45,465 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гибкий неон</t>
   </si>
   <si>
     <t>1.1 Гибкий неон 12х26 мм</t>
   </si>
   <si>
+    <t>131-023</t>
+  </si>
+  <si>
+    <t>Гибкий неон DIP 12x26мм односторонний 80 LED/м СИНИЙ оболочка синяя бухта 50м (5 комплектов подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>131-013</t>
+  </si>
+  <si>
+    <t>Гибкий неон DIP 12x26мм односторонний 80 LED/м СИНИЙ бухта 50м (5 комплектов подключения) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>131-022</t>
   </si>
   <si>
     <t>Гибкий неон DIP 12x26мм односторонний 80 LED/м КРАСНЫЙ оболочка красная бухта 50м (5 комплектов подключения) NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Гибкий неон 15х26 мм</t>
   </si>
   <si>
     <t>131-056</t>
   </si>
   <si>
     <t>Гибкий неон 15х26мм односторонний 120 LED/м ТЕПЛЫЙ БЕЛЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
     <t>131-055</t>
   </si>
   <si>
     <t>Гибкий неон 15х26мм односторонний 120 LED/м БЕЛЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
   </si>
   <si>
-    <t>1.3 Гибкий неон 12х12 мм</t>
+    <t>1.3 Гибкий неон 16х16 мм</t>
+  </si>
+  <si>
+    <t>131-085</t>
+  </si>
+  <si>
+    <t>Гибкий неон 16х16мм форма D 144 LED/м БЕЛЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-082</t>
+  </si>
+  <si>
+    <t>Гибкий неон 16х16мм форма D 144 LED/м КРАСНЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-081</t>
+  </si>
+  <si>
+    <t>Гибкий неон 16х16мм форма D 144 LED/м ЖЕЛТЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-083</t>
+  </si>
+  <si>
+    <t>Гибкий неон 16х16мм форма D 144 LED/м СИНИЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-086</t>
+  </si>
+  <si>
+    <t>Гибкий неон 16х16мм форма D 144 LED/м ТЕПЛЫЙ БЕЛЫЙ 230В бухта 50м (c комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.4 Гибкий неон 7х12 мм</t>
+  </si>
+  <si>
+    <t>131-065</t>
+  </si>
+  <si>
+    <t>Гибкий неон 7х12мм двухсторонний компактный 120 LED/м БЕЛЫЙ 230В бухта 100м (c комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-061</t>
+  </si>
+  <si>
+    <t>Гибкий неон 7х12мм двухсторонний компактный 120 LED/м ЖЕЛТЫЙ 230В бухта 100м (c комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.5 Гибкий неон 8х16 мм</t>
+  </si>
+  <si>
+    <t>131-095</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм двухсторонний 120 LED/м БЕЛЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-116</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм двухсторонний 120 LED/м ТЕПЛЫЙ БЕЛЫЙ 24В бухта 50м (3 комплекта подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-046</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м ТЕПЛЫЙ БЕЛЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-092</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм двухсторонний 120 LED/м КРАСНЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-045</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м БЕЛЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-042</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м КРАСНЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-093</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм двухсторонний 120 LED/м СИНИЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-115</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм двухсторонний 120 LED/м БЕЛЫЙ 24В бухта 50м (3 комплекта подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-091</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм двухсторонний 120 LED/м ЖЕЛТЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-096</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм двухсторонний 120 LED/м ТЕПЛЫЙ БЕЛЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-043</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м СИНИЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-044</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м ЗЕЛЕНЫЙ 230В бухта 100м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-125</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м БЕЛЫЙ 24В бухта 50м (3 комплекта подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-126</t>
+  </si>
+  <si>
+    <t>Гибкий неон 8х16мм односторонний 120 LED/м ТЕПЛЫЙ БЕЛЫЙ 24В бухта 50м (3 комплекта подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.6 Гибкий неон диаметр16 мм</t>
+  </si>
+  <si>
+    <t>131-316</t>
+  </si>
+  <si>
+    <t>Гибкий неон диаметр 16мм круглый 144 LED/м ТЕПЛЫЙ БЕЛЫЙ 230В бухта 50м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>131-315</t>
+  </si>
+  <si>
+    <t>Гибкий неон диаметр 16мм круглый 144 LED/м БЕЛЫЙ 230В бухта 50м (с комплектом подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.7 Аксессуары для гибкого неона</t>
+  </si>
+  <si>
+    <t>134-045</t>
+  </si>
+  <si>
+    <t>Профиль алюминиевый анодированный для гибкого неона 15х26мм, 1м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>134-038</t>
+  </si>
+  <si>
+    <t>Заглушка для гибкого неона 15х26 мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-032</t>
+  </si>
+  <si>
+    <t>Коннектор-иглы (с термоусад. пленкой) для неона 15x26 мм</t>
+  </si>
+  <si>
+    <t>134-060</t>
+  </si>
+  <si>
+    <t>T - коннектор для одностороннего Гибкого Неона 8х16мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-504</t>
+  </si>
+  <si>
+    <t>Установочный набор для одностороннего Гибкого неона 15х26мм (блок питания каучук с диодным мостом и вилкой, заглушка, переходная муфта, игла) 1,5м</t>
+  </si>
+  <si>
+    <t>134-083</t>
+  </si>
+  <si>
+    <t>Профиль алюминиевый анодированный для гибкого неона 8х16мм, 2м, черный NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-002</t>
+  </si>
+  <si>
+    <t>Коннектор для Гибкого неона 15х26мм, провод каучук, длина 20 см (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-098</t>
+  </si>
+  <si>
+    <t>Профиль алюминиевый анодированный для гибкого неона 8х16мм, 2м, коричневый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-093</t>
+  </si>
+  <si>
+    <t>Заглушка для гибкого неона NEON-NIGHT цилиндрическая (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-009</t>
+  </si>
+  <si>
+    <t>Коннектор для соединения гибкого неона 360, провод каучук, длина 20 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-089</t>
+  </si>
+  <si>
+    <t>Профиль пластиковый для круглого гибкого неона диаметром 16мм, 1м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-012</t>
+  </si>
+  <si>
+    <t>Установочный набор для Гибкого неона 360, диаметр 16 мм, провод ПВХ, 230В</t>
+  </si>
+  <si>
+    <t>134-088</t>
+  </si>
+  <si>
+    <t>Профиль алюминиевый анодированный для гибкого неона 16х16мм, 2м</t>
+  </si>
+  <si>
+    <t>134-040</t>
+  </si>
+  <si>
+    <t>Коннектор-иглы (с термоусад. пленкой) для неона 8x16 мм, 16х16 мм</t>
+  </si>
+  <si>
+    <t>134-008</t>
+  </si>
+  <si>
+    <t>Коннектор для гибкого неона формы D 16х16 мм, провод ПВХ, длина 20 см (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-502</t>
+  </si>
+  <si>
+    <t>Установочный набор для двухстороннего Гибкого неона 8х16мм (блок питания каучук с диодным мостом и вилкой, заглушка, переходная муфта, игла) 1,5м NEO</t>
+  </si>
+  <si>
+    <t>134-503</t>
+  </si>
+  <si>
+    <t>Установочный набор для одностороннего Гибкого неона 8х16мм (блок питания каучук с диодным мостом и вилкой, заглушка, переходная муфта, игла) 1,5м NEO</t>
+  </si>
+  <si>
+    <t>134-063</t>
+  </si>
+  <si>
+    <t>L - коннектор для двухстороннего Гибкого Неона 8х16мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-501</t>
+  </si>
+  <si>
+    <t>Установочный набор для Гибкого неона 16х16мм формы D (блок питания каучук с диодным мостом и вилкой, заглушка, переходная муфта, игла) 1,5м NEON-NIGH</t>
+  </si>
+  <si>
+    <t>134-090</t>
+  </si>
+  <si>
+    <t>Профиль алюминиевый анодированный для гибкого неона 15х26мм, 2м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-050</t>
+  </si>
+  <si>
+    <t>Коннектор с проводом для одностороннего неона 8х16мм, провод каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>133-012</t>
+  </si>
+  <si>
+    <t>Контроллер для Гибкого Неона 4W (4-х жильный) RGB</t>
+  </si>
+  <si>
+    <t>134-020</t>
+  </si>
+  <si>
+    <t>Заглушка для дюралайта Ø13мм, круглого гибкого неона Ø16мм и 19мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-085</t>
+  </si>
+  <si>
+    <t>Клипса пластиковая для двухстороннего гибкого неона 8х16 мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-092</t>
+  </si>
+  <si>
+    <t>Заглушка для гибкого неона формы D 16х16 мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-007</t>
+  </si>
+  <si>
+    <t>Коннектор для одностороннего гибкого неона 8х16 мм, провод каучук, длина 20 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-047</t>
+  </si>
+  <si>
+    <t>Профиль пластиковый для круглого гибкого неона 16мм, дюралайта, неона 7х12мм, 1м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-080</t>
+  </si>
+  <si>
+    <t>Профиль алюминиевый анодированный для гибкого неона 8х16мм, 2м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-061</t>
+  </si>
+  <si>
+    <t>L - коннектор для одностороннего Гибкого Неона 8х16мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-091</t>
+  </si>
+  <si>
+    <t>Заглушка для гибкого неона 8х16 мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-006</t>
+  </si>
+  <si>
+    <t>Коннектор для двухстороннего гибкого неона 8х16 мм, провод каучук, длина 20 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-062</t>
+  </si>
+  <si>
+    <t>T - коннектор для двухстороннего Гибкого Неона 8х16мм (цена за 1 шт.)</t>
+  </si>
+  <si>
+    <t>134-049</t>
+  </si>
+  <si>
+    <t>Профиль пластиковый для круглого гибкого неона 16мм, неона формы D 16мм, дюралайта, неона 12х12мм, 1м NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>134-051</t>
+  </si>
+  <si>
+    <t>Коннектор с проводом для двухстороннего неона 8х16мм, провод каучук NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.8 Гибкий неон диаметр19 мм</t>
+  </si>
+  <si>
+    <t>131-037</t>
+  </si>
+  <si>
+    <t>Гибкий Неон диаметр 19мм круглый 96 LED/м РОЗОВЫЙ 230В бухта 50м (3 комплекта подключения) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.9 Гибкий неон 12х12 мм</t>
   </si>
   <si>
     <t>131-071</t>
   </si>
   <si>
     <t>Гибкий неон 12х12мм форма D 120 LED/м ЖЕЛТЫЙ 230В бухта 100м (c комплектом подключения) NEON-NIGHT</t>
-  </si>
-[...367 lines deleted...]
-    <t>Профиль алюминиевый анодированный для гибкого неона 15х26мм, 2м NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -888,51 +888,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-krasniy-obolochka-krasnaya-buhta-50m-7559" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-siniy-obolochka-sinyaya-buhta-50m-7560" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-siniy-buhta-50m-1083" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-15h26-mm-tepliy-beliy-120-led-m-buhta-50m-14286" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-15h26-mm-beliy-120-led-m-buhta-50m-14272" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-12h12-mm-forma-d-jyoltiy-120-led-m-buhta-100m-14276" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-forma-d-16h16-mm-jeltiy-144-led-m-buhta-50-m-20356" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-forma-d-16h16-mm-siniy-144-led-m-buhta-50-m-20357" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-forma-d-16h16-mm-krasniy-120-led-m-buhta-50-m-20360" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-forma-d-16h16-mm-beliy-144-led-m-buhta-50-m-20359" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-forma-d-16h16-mm-tepliy-beliy-144-led-m-buhta-50-m-20358" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-kompaktniy-7h12mm-dvuhstoronniy-jyoltiy-120-led-m-buhta-100m-14299" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-kompaktniy-7h12mm-dvuhstoronniy-beliy-120-led-m-buhta-100m-14283" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-smd-8h16mm-120-led-m-tepliy-beliy-odnostoronniy-24v-buhta-50m-neon-night-30973" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-smd-8h16-mm-dvuhstoronniy-jeltiy-120-led-m-buhta-100-m-s-komplektom-podklyucheniya-28660" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-dvuhstoronniy-tepliy-beliy-120-led-m-buhta-100-m-20355" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-dvuhstoronniy-beliy-120-led-m-buhta-100-m-20351" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-siniy-120-led-m-buhta-100-m-2629" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-beliy-120-led-m-buhta-100-m-2630" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-smd-8h16mm-dvuhstoronniy-24v-beliy-120-led-m-50m-neon-night-30024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-tepliy-beliy-120-led-m-buhta-100-m-20237" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-dvuhstoronniy-krasniy-120-led-m-buhta-100-m-20350" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-dvuhstoronniy-siniy-120-led-m-buhta-100-m-20352" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-krasniy-120-led-m-buhta-100m-neon-night-31935" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-smd-8h16mm-dvuhstoronniy-24v-tepliy-beliy-120-led-m-50m-neon-night-30050" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-smd-8h16mm-120-led-m-beliy-odnostoronniy-24v-buhta-50m-neon-night-30972" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-smd-8h16-mm-zeleniy-120-led-m-buhta-100m-neon-night-31936" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-360-krugliy-tepliy-beliy-buhta-50-m-27788" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-360-krugliy-beliy-buhta-50-m-27789" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-led-360-krugliy-rozoviy-buhta-50m-7571" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-plastikoviy-dlya-gibkogo-neona-oslash-16-mm-dlina-1-metr-27793" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-gibkogo-neona-16h16mm-formi-d-shnur-pitaniya-kauchuk-s-diodnim-mostom-i-vilkoy-zaglushka-perehodnaya-mufta-igla-1-5m-neon-night-31155" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-odnostoronnego-gibkogo-neona-15h26mm-shnur-pitaniya-kauchuk-s-diodnim-mostom-i-vilkoy-zaglushka-perehodnaya-mufta-igla-1-5m-30579" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-8h16mm-2m-korichnevyy-neon-night.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-igli-s-termousad-plenkoy-dlya-neona-15x26-mm-14277" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-alyuminieviy-dlya-gibkogo-neona-15h26mm-dlina-1-metr-tsena-za-1-sht-14302" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-15h26-mm-tsena-za-1-sht-14275" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-gibkogo-neona-15h26mm-dlina-20-sm-tsena-za-1-sht-14305" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-neon-night-tsilindricheskaya-tsena-za-1-sht-27791" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-soedineniya-gibkogo-neona-360-dlina-20-sm-tsena-za-1-sht-27792" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-odnostoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht-29888" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht-30053" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht-30054" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-odnostoronnego-neona-8h16mm-neon-night-30028" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-igli-s-termousad-plenkoy-dlya-neona-8x16-mm-16h16-mm-20349" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-gibkogo-neona-360-oslash-16-mm-230-v-27790" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-odnostoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht-29887" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-dvuhstoronnego-neona-8h16mm-neon-night-30029" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-plastikoviy-dlya-gibkogo-neona-12h12mm-dlina-1-metr-tsena-za-1-sht-14292" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-plastikoviy-dlya-gibkogo-neona-7h12mm-dlina-1-metr-tsena-za-1-sht-14293" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-oslash-19-mm-neon-night-tsilindricheskaya-tsena-za-1-sht-17727" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-alyuminieviy-dlya-gibkogo-neona-8h16-mm-dlina-1-metr-20336" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsa-plastikovaya-dlya-dvuhstoronnego-gibkogo-neona-8h16-mm-tsena-za-1-sht-20343" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-8h16-mm-tsena-za-1-sht-20338" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-formi-d-16h16-mm-tsena-za-1-sht-20348" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16-mm-dlina-20-sm-tsena-za-1-sht-20339" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnostoronnego-gibkogo-neona-8h16-mm-dlina-20-sm-tsena-za-1-sht-20345" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-gibkogo-neona-formi-d-16h16-mm-dlina-20-sm-tsena-za-1-sht-20346" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-gibkogo-neona-4w-4-h-jilniy-rgb-1430" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminieviy-nakladnoy-dlya-neona-16h16mm-2m-30163" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-shnur-pitaniya-kauchuk-s-diodnim-mostom-i-vilkoy-zaglushka-perehodnaya-mufta-igla-1-5m-neon-night-31004" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochniy-nabor-dlya-odnostoronnego-gibkogo-neona-8h16mm-shnur-pitaniya-kauchuk-s-diodnim-mostom-i-vilkoy-zaglushka-perehodnaya-mufta-igla-1-5m-neon-night-31005" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminieviy-anodirovanniy-dlya-gibkogo-neona-8h16mm-2m-cherniy-neon-night-31167" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminieviy-anodirovanniy-dlya-gibkogo-neona-15h26mm-2m-neon-night-31164" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-odnostoronniy-80-ledm-siniy-obolochka-sinyaya-buhta-50m-5-komplektov-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-odnostoronniy-80-led-m-siniy-buhta-50m-5-komplektov-podklyucheniya-neon-nigh" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-dip-12x26mm-odnostoronniy-80-ledm-krasnyy-obolochka-krasnaya-buhta-50m-5-komplektov-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-15h26mm-odnostoronniy-120-ledm-teplyy-belyy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-15h26mm-odnostoronniy-120-ledm-belyy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-16h16mm-forma-d-144-ledm-belyy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-16h16mm-forma-d-144-ledm-krasnyy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-16h16mm-forma-d-144-ledm-zheltyy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-16h16mm-forma-d-144-ledm-siniy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-16h16mm-forma-d-144-ledm-teplyy-belyy-230v-buhta-50m-c-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-7h12mm-dvuhstoronniy-kompaktnyy-120-ledm-belyy-230v-buhta-100m-c-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-7h12mm-dvuhstoronniy-kompaktnyy-120-ledm-zheltyy-230v-buhta-100m-c-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-ledm-belyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-ledm-teplyy-belyy-24v-buhta-50m-3-komplekta-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-ledm-teplyy-belyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-ledm-krasnyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-ledm-belyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-ledm-krasnyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-ledm-siniy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-ledm-belyy-24v-buhta-50m-3-komplekta-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-ledm-zheltyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-dvuhstoronniy-120-ledm-teplyy-belyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-ledm-siniy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-ledm-zelenyy-230v-buhta-100m-s-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-led-m-belyy-24v-buhta-50m-3-komplekta-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-8h16mm-odnostoronniy-120-led-m-teplyy-belyy-24v-buhta-50m-3-komplekta-podklyucheniya-neo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-diametr-16mm-kruglyy-144-ledm-teplyy-belyy-230v-buhta-50m-s-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-diametr-16mm-kruglyy-144-ledm-belyy-230v-buhta-50m-s-komplektom-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-15h26mm-1m-neon-night" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-15h26-mm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-igly-s-termousad-plenkoy-dlya-neona-15x26-mm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-odnostoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-odnostoronnego-gibkogo-neona-15h26mm-blok-pitaniya-kauchuk-s-diodnym-mostom" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-8h16mm-2m-chernyy-neon-night" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-gibkogo-neona-15h26mm-provod-kauchuk-dlina-20-sm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-8h16mm-2m-korichnevyy-neon-night" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-neon-night-tsilindricheskaya-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-soedineniya-gibkogo-neona-360-provod-kauchuk-dlina-20-sm-neon-night" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-plastikovyy-dlya-kruglogo-gibkogo-neona-diametrom-16mm-1m-neon-night" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-gibkogo-neona-360-diametr-16-mm-provod-pvh-230v" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-16h16mm-2m" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-igly-s-termousad-plenkoy-dlya-neona-8x16-mm-16h16-mm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-gibkogo-neona-formy-d-16h16-mm-provod-pvh-dlina-20-sm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-blok-pitaniya-kauchuk-s-diodnym-mostom" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-odnostoronnego-gibkogo-neona-8h16mm-blok-pitaniya-kauchuk-s-diodnym-mostom" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-nabor-dlya-gibkogo-neona-16h16mm-formy-d-blok-pitaniya-kauchuk-s-diodnym-mostom-i-vilkoy-zaglushka-perehodnaya-mufta-igla-1-5m-neon-night" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-15h26mm-2m-neon-night" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-odnostoronnego-neona-8h16mm-provod-kauchuk-neon-night" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-dlya-gibkogo-neona-4w-4-h-zhilnyy-rgb" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-dyuralayta-13mm-kruglogo-gibkogo-neona-16mm-i-19mm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsa-plastikovaya-dlya-dvuhstoronnego-gibkogo-neona-8h16-mm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-formy-d-16h16-mm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnostoronnego-gibkogo-neona-8h16-mm-provod-kauchuk-dlina-20-sm-neon-night" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-plastikovyy-dlya-kruglogo-gibkogo-neona-16mm-dyuralayta-neona-7h12mm-1m-neon-night" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-alyuminievyy-anodirovannyy-dlya-gibkogo-neona-8h16mm-2m-neon-night" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/l-konnektor-dlya-odnostoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-gibkogo-neona-8h16-mm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16-mm-provod-kauchuk-dlina-20-sm-neon-night" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/t-konnektor-dlya-dvuhstoronnego-gibkogo-neona-8h16mm-tsena-za-1-sht" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/profil-plastikovyy-dlya-kruglogo-gibkogo-neona-16mm-neona-formy-d-16mm-dyuralayta-neona-12h12mm-1m-neon-night" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodom-dlya-dvuhstoronnego-neona-8h16mm-provod-kauchuk-neon-night" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-diametr-19mm-kruglyy-96-ledm-rozovyy-230v-buhta-50m-3-komplekta-podklyucheniya-neon-night" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gibkiy-neon-12h12mm-forma-d-120-ledm-zheltyy-230v-buhta-100m-c-komplektom-podklyucheniya-neon-night" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I75"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -969,2079 +969,2079 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1620.17</v>
+        <v>1647.71</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>50</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1800.19</v>
+        <v>2260.23</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>50</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>2222.45</v>
+        <v>1482.94</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>50</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>1161.72</v>
+        <v>1181.47</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>2400</v>
       </c>
       <c r="G8" s="3">
         <v>50</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>1161.72</v>
+        <v>1181.47</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>3500</v>
+        <v>900</v>
       </c>
       <c r="G9" s="3">
         <v>50</v>
       </c>
       <c r="H9" s="3">
         <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="3">
-        <v>611.14</v>
+        <v>676.85</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>3700</v>
       </c>
       <c r="G11" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="2" t="s">
+      <c r="A12" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B12" s="2"/>
-[...6 lines deleted...]
-      <c r="I12" s="2"/>
+      <c r="B12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="3">
+        <v>676.85</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="3">
+        <v>1200</v>
+      </c>
+      <c r="G12" s="3">
+        <v>50</v>
+      </c>
+      <c r="H12" s="3">
+        <v>50</v>
+      </c>
+      <c r="I12" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>665.54</v>
+        <v>676.85</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1500</v>
+        <v>1400</v>
       </c>
       <c r="G13" s="3">
         <v>50</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>665.54</v>
+        <v>676.85</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1950</v>
+        <v>1100</v>
       </c>
       <c r="G14" s="3">
         <v>50</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>665.54</v>
+        <v>676.85</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1350</v>
+        <v>1200</v>
       </c>
       <c r="G15" s="3">
         <v>50</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="3" t="s">
+      <c r="A16" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="C16" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="3">
-        <v>665.54</v>
+        <v>615.33</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>650</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A18" s="2" t="s">
+      <c r="A18" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B18" s="2"/>
-[...6 lines deleted...]
-      <c r="I18" s="2"/>
+      <c r="B18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C18" s="3">
+        <v>371.94</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="3">
+        <v>100</v>
+      </c>
+      <c r="G18" s="3">
+        <v>100</v>
+      </c>
+      <c r="H18" s="3">
+        <v>100</v>
+      </c>
+      <c r="I18" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B19" s="3" t="s">
+      <c r="A19" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="C19" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="3">
-        <v>605.04</v>
+        <v>494.15</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
+        <v>1550</v>
+      </c>
+      <c r="G20" s="3">
+        <v>100</v>
+      </c>
+      <c r="H20" s="3">
+        <v>100</v>
+      </c>
+      <c r="I20" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C21" s="3">
+        <v>494.16</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="3">
+        <v>10150</v>
+      </c>
+      <c r="G21" s="3">
+        <v>50</v>
+      </c>
+      <c r="H21" s="3">
+        <v>50</v>
+      </c>
+      <c r="I21" s="3">
         <v>0</v>
       </c>
-      <c r="G20" s="3">
-[...20 lines deleted...]
-      <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C22" s="3">
-        <v>593.59</v>
+        <v>452.81</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>550</v>
+        <v>2600</v>
       </c>
       <c r="G22" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H22" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C23" s="3">
-        <v>485.89</v>
+        <v>494.15</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1298</v>
+        <v>1550</v>
       </c>
       <c r="G23" s="3">
         <v>100</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C24" s="3">
-        <v>485.89</v>
+        <v>452.81</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>3350</v>
+        <v>1300</v>
       </c>
       <c r="G24" s="3">
         <v>100</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C25" s="3">
-        <v>485.89</v>
+        <v>452.81</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1518</v>
+        <v>1900</v>
       </c>
       <c r="G25" s="3">
         <v>100</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C26" s="3">
-        <v>445.24</v>
+        <v>494.15</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="G26" s="3">
         <v>100</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C27" s="3">
-        <v>445.24</v>
+        <v>494.16</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>11900</v>
+        <v>50</v>
       </c>
       <c r="G27" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C28" s="3">
-        <v>485.9</v>
+        <v>494.15</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>100</v>
+        <v>600</v>
       </c>
       <c r="G28" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H28" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C29" s="3">
-        <v>445.24</v>
+        <v>494.15</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>1750</v>
       </c>
       <c r="G29" s="3">
         <v>100</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>485.89</v>
+        <v>452.81</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>2350</v>
+        <v>1300</v>
       </c>
       <c r="G30" s="3">
         <v>100</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>485.89</v>
+        <v>452.81</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1100</v>
+        <v>1400</v>
       </c>
       <c r="G31" s="3">
         <v>100</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>445.24</v>
+        <v>603.68</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>2200</v>
+        <v>2900</v>
       </c>
       <c r="G32" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C33" s="3">
-        <v>485.9</v>
+        <v>603.68</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>6750</v>
+        <v>1850</v>
       </c>
       <c r="G33" s="3">
         <v>50</v>
       </c>
       <c r="H33" s="3">
         <v>50</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A34" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B34" s="3" t="s">
+      <c r="A34" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="C34" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C35" s="3">
-        <v>445.24</v>
+        <v>676.85</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>1600</v>
+        <v>5750</v>
       </c>
       <c r="G35" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A36" s="2" t="s">
+      <c r="A36" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B36" s="2"/>
-[...6 lines deleted...]
-      <c r="I36" s="2"/>
+      <c r="B36" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C36" s="3">
+        <v>676.85</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F36" s="3">
+        <v>3850</v>
+      </c>
+      <c r="G36" s="3">
+        <v>50</v>
+      </c>
+      <c r="H36" s="3">
+        <v>50</v>
+      </c>
+      <c r="I36" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A37" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B37" s="3" t="s">
+      <c r="A37" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="C37" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B37" s="2"/>
+      <c r="C37" s="2"/>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2"/>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="3">
-        <v>665.54</v>
+        <v>362.46</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>77</v>
       </c>
       <c r="F38" s="3">
-        <v>5200</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A39" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I39" s="2"/>
+      <c r="A39" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C39" s="3">
+        <v>48.29</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F39" s="3">
+        <v>480</v>
+      </c>
+      <c r="G39" s="3">
+        <v>10</v>
+      </c>
+      <c r="H39" s="3">
+        <v>300</v>
+      </c>
+      <c r="I39" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C40" s="3">
-        <v>2032.79</v>
+        <v>124.96</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>14</v>
+        <v>77</v>
       </c>
       <c r="F40" s="3">
-        <v>100</v>
+        <v>1222</v>
       </c>
       <c r="G40" s="3">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="H40" s="3">
-        <v>50</v>
+        <v>2000</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A41" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I41" s="2"/>
+      <c r="A41" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C41" s="3">
+        <v>459.91</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F41" s="3">
+        <v>7</v>
+      </c>
+      <c r="G41" s="3">
+        <v>1</v>
+      </c>
+      <c r="H41" s="3">
+        <v>100</v>
+      </c>
+      <c r="I41" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C42" s="3">
-        <v>357.58</v>
+        <v>1055.99</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F42" s="3">
+        <v>930</v>
+      </c>
+      <c r="G42" s="3">
+        <v>1</v>
+      </c>
+      <c r="H42" s="3">
+        <v>100</v>
+      </c>
+      <c r="I42" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C43" s="3">
-        <v>1038.34</v>
+        <v>614.17</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F43" s="3">
-        <v>2524</v>
+        <v>1180</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C44" s="3">
-        <v>1038.34</v>
+        <v>450.65</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F44" s="3">
-        <v>995</v>
+        <v>346</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C45" s="3">
-        <v>603.9</v>
+        <v>614.17</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F45" s="3">
-        <v>1975</v>
+        <v>1750</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C46" s="3">
-        <v>122.87</v>
+        <v>48.29</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F46" s="3">
-        <v>1260</v>
+        <v>2030</v>
       </c>
       <c r="G46" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C47" s="3">
-        <v>356.4</v>
+        <v>452.62</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>1615</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C48" s="3">
-        <v>47.48</v>
+        <v>363.66</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F48" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C49" s="3">
-        <v>443.12</v>
+        <v>485.43</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F49" s="3">
-        <v>346</v>
+        <v>1181</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>100</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C50" s="3">
-        <v>47.48</v>
+        <v>614.17</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F50" s="3">
-        <v>2180</v>
+        <v>745</v>
       </c>
       <c r="G50" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I50" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C51" s="3">
-        <v>445.05</v>
+        <v>81.6</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F51" s="3">
-        <v>1648</v>
+        <v>1972</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H51" s="3">
-        <v>100</v>
+        <v>3000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C52" s="3">
-        <v>452.22</v>
+        <v>520.24</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F52" s="3">
-        <v>148</v>
+        <v>1205</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>100</v>
       </c>
       <c r="I52" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C53" s="3">
-        <v>452.22</v>
+        <v>1055.99</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F53" s="3">
-        <v>372</v>
+        <v>1997</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C54" s="3">
-        <v>407</v>
+        <v>1055.99</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F54" s="3">
-        <v>20</v>
+        <v>1648</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>100</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C55" s="3">
-        <v>394.9</v>
+        <v>413.92</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F55" s="3">
-        <v>4072</v>
+        <v>14</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C56" s="3">
-        <v>80.24</v>
+        <v>1055.99</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F56" s="3">
-        <v>2778</v>
+        <v>2384</v>
       </c>
       <c r="G56" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>3000</v>
+        <v>100</v>
       </c>
       <c r="I56" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C57" s="3">
-        <v>477.32</v>
+        <v>726.04</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F57" s="3">
-        <v>1651</v>
+        <v>991</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>100</v>
       </c>
       <c r="I57" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C58" s="3">
-        <v>452.22</v>
+        <v>401.61</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F58" s="3">
-        <v>50</v>
+        <v>3868</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>100</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C59" s="3">
-        <v>394.9</v>
+        <v>13075.35</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F59" s="3">
-        <v>4374</v>
+        <v>18</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>100</v>
+        <v>3</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C60" s="3">
-        <v>109.04</v>
+        <v>28.8</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F60" s="3">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="G60" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H60" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C61" s="3">
-        <v>98.14</v>
+        <v>45.19</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F61" s="3">
-        <v>2629</v>
+        <v>8630</v>
       </c>
       <c r="G61" s="3">
         <v>10</v>
       </c>
       <c r="H61" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C62" s="3">
-        <v>31.47</v>
+        <v>48.29</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F62" s="3">
-        <v>230</v>
+        <v>2040</v>
       </c>
       <c r="G62" s="3">
         <v>10</v>
       </c>
       <c r="H62" s="3">
         <v>500</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C63" s="3">
-        <v>390</v>
+        <v>565.67</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F63" s="3">
-        <v>5342</v>
+        <v>2293</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C64" s="3">
-        <v>44.43</v>
+        <v>99.81</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F64" s="3">
-        <v>9160</v>
+        <v>1509</v>
       </c>
       <c r="G64" s="3">
         <v>10</v>
       </c>
       <c r="H64" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C65" s="3">
-        <v>47.48</v>
+        <v>396.63</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F65" s="3">
-        <v>4890</v>
+        <v>1542</v>
       </c>
       <c r="G65" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C66" s="3">
-        <v>47.48</v>
+        <v>459.91</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F66" s="3">
-        <v>2290</v>
+        <v>39</v>
       </c>
       <c r="G66" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C67" s="3">
-        <v>511.54</v>
+        <v>48.29</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F67" s="3">
-        <v>2555</v>
+        <v>3810</v>
       </c>
       <c r="G67" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H67" s="3">
-        <v>100</v>
+        <v>800</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C68" s="3">
-        <v>556.21</v>
+        <v>520.24</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F68" s="3">
-        <v>2327</v>
+        <v>2535</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C69" s="3">
-        <v>511.54</v>
+        <v>459.91</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F69" s="3">
-        <v>1300</v>
+        <v>362</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>100</v>
       </c>
       <c r="I69" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C70" s="3">
-        <v>14285.32</v>
+        <v>110.89</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F70" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>3</v>
+        <v>200</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C71" s="3">
-        <v>603.9</v>
+        <v>401.61</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F71" s="3">
-        <v>2118</v>
+        <v>4309</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>100</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A72" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A72" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="B72" s="2"/>
+      <c r="C72" s="2"/>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2"/>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2"/>
+      <c r="I72" s="2"/>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C73" s="3">
-        <v>1038.34</v>
+        <v>1860.61</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>83</v>
+        <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>1920</v>
+        <v>100</v>
       </c>
       <c r="G73" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H73" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I73" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A74" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B74" s="3" t="s">
+      <c r="A74" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="C74" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B74" s="2"/>
+      <c r="C74" s="2"/>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C75" s="3">
-        <v>713.9</v>
+        <v>559.38</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>83</v>
+        <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>2044</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H75" s="3">
         <v>100</v>
       </c>
       <c r="I75" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A10:I10"/>
-    <mergeCell ref="A12:I12"/>
-[...4 lines deleted...]
-    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A16:I16"/>
+    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="A34:I34"/>
+    <mergeCell ref="A37:I37"/>
+    <mergeCell ref="A72:I72"/>
+    <mergeCell ref="A74:I74"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D11" r:id="rId6"/>
-    <hyperlink ref="D13" r:id="rId7"/>
-[...2 lines deleted...]
-    <hyperlink ref="D16" r:id="rId10"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D15" r:id="rId10"/>
     <hyperlink ref="D17" r:id="rId11"/>
-    <hyperlink ref="D19" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId12"/>
     <hyperlink ref="D20" r:id="rId13"/>
-    <hyperlink ref="D22" r:id="rId14"/>
-[...11 lines deleted...]
-    <hyperlink ref="D34" r:id="rId26"/>
+    <hyperlink ref="D21" r:id="rId14"/>
+    <hyperlink ref="D22" r:id="rId15"/>
+    <hyperlink ref="D23" r:id="rId16"/>
+    <hyperlink ref="D24" r:id="rId17"/>
+    <hyperlink ref="D25" r:id="rId18"/>
+    <hyperlink ref="D26" r:id="rId19"/>
+    <hyperlink ref="D27" r:id="rId20"/>
+    <hyperlink ref="D28" r:id="rId21"/>
+    <hyperlink ref="D29" r:id="rId22"/>
+    <hyperlink ref="D30" r:id="rId23"/>
+    <hyperlink ref="D31" r:id="rId24"/>
+    <hyperlink ref="D32" r:id="rId25"/>
+    <hyperlink ref="D33" r:id="rId26"/>
     <hyperlink ref="D35" r:id="rId27"/>
-    <hyperlink ref="D37" r:id="rId28"/>
+    <hyperlink ref="D36" r:id="rId28"/>
     <hyperlink ref="D38" r:id="rId29"/>
-    <hyperlink ref="D40" r:id="rId30"/>
-[...32 lines deleted...]
-    <hyperlink ref="D74" r:id="rId63"/>
+    <hyperlink ref="D39" r:id="rId30"/>
+    <hyperlink ref="D40" r:id="rId31"/>
+    <hyperlink ref="D41" r:id="rId32"/>
+    <hyperlink ref="D42" r:id="rId33"/>
+    <hyperlink ref="D43" r:id="rId34"/>
+    <hyperlink ref="D44" r:id="rId35"/>
+    <hyperlink ref="D45" r:id="rId36"/>
+    <hyperlink ref="D46" r:id="rId37"/>
+    <hyperlink ref="D47" r:id="rId38"/>
+    <hyperlink ref="D48" r:id="rId39"/>
+    <hyperlink ref="D49" r:id="rId40"/>
+    <hyperlink ref="D50" r:id="rId41"/>
+    <hyperlink ref="D51" r:id="rId42"/>
+    <hyperlink ref="D52" r:id="rId43"/>
+    <hyperlink ref="D53" r:id="rId44"/>
+    <hyperlink ref="D54" r:id="rId45"/>
+    <hyperlink ref="D55" r:id="rId46"/>
+    <hyperlink ref="D56" r:id="rId47"/>
+    <hyperlink ref="D57" r:id="rId48"/>
+    <hyperlink ref="D58" r:id="rId49"/>
+    <hyperlink ref="D59" r:id="rId50"/>
+    <hyperlink ref="D60" r:id="rId51"/>
+    <hyperlink ref="D61" r:id="rId52"/>
+    <hyperlink ref="D62" r:id="rId53"/>
+    <hyperlink ref="D63" r:id="rId54"/>
+    <hyperlink ref="D64" r:id="rId55"/>
+    <hyperlink ref="D65" r:id="rId56"/>
+    <hyperlink ref="D66" r:id="rId57"/>
+    <hyperlink ref="D67" r:id="rId58"/>
+    <hyperlink ref="D68" r:id="rId59"/>
+    <hyperlink ref="D69" r:id="rId60"/>
+    <hyperlink ref="D70" r:id="rId61"/>
+    <hyperlink ref="D71" r:id="rId62"/>
+    <hyperlink ref="D73" r:id="rId63"/>
     <hyperlink ref="D75" r:id="rId64"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>