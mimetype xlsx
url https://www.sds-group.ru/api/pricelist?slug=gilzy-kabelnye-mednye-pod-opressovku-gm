--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -54,150 +54,150 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гильзы кабельные медные под опрессовку (ГМ)</t>
   </si>
   <si>
     <t>07-5367-4</t>
   </si>
   <si>
     <t>Гильза кабельная медная ГМ 240-24 (240мм² - Ø24мм) (в упак. 5 шт.) REXANT (под заказ)</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>07-5363-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 185-21 (185мм² - Ø21мм) (в упак. 10 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>07-5355-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 16-6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5362-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 150-19 (150мм² - Ø19мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 25-8 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5361-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 120-17 (120мм² - Ø17мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5359-4</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 70-13 (70мм² - Ø13мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5352-1</t>
   </si>
   <si>
     <t>Гильза медная ГМ 4-3 (4мм² - Ø3мм) (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5353-1</t>
   </si>
   <si>
     <t>Гильза медная ГМ 6-4 (6мм² - Ø4мм) (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-5357-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 35-10 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 16-6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5353-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 6-4 (6мм² - Ø4мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 4-3 (4мм² - Ø3мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5351-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 2,5-2,6 (2,5мм² - Ø2,6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5354-3</t>
   </si>
   <si>
     <t>Гильза медная ГМ 10-5 (10мм² - Ø5мм) (в упак.100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5352-3</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5354-1</t>
   </si>
   <si>
     <t>Гильза медная ГМ 10-5 (10мм² - Ø5мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-5356-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 25-8 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5357-1</t>
   </si>
   <si>
     <t>Гильза медная ГМ 35-10 (35мм² - Ø 10мм) (в упак. 5 шт.) REXANT</t>
-  </si>
-[...58 lines deleted...]
-    <t>Гильза кабельная медная ГМ 120-17 (120мм² - Ø17мм) (в упак. 10 шт.) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -582,51 +582,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-240-24-240mm-24mm-v-upak-5-sht-rexant-pod-zakaz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-2-5-2-6-2-5mm-2-6mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-100-sht-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-70-13-70mm-13mm-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-150-19-150mm-19mm-v-upak-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-185-21-185mm-21mm-v-upak-10-sht-rexant-pod-zakaz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-120-17-120mm-17mm-v-upak-10-sht-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-240-24-240mm-sup2-oslash-24mm-v-upak-5-sht-rexant-pod-zakaz-25325" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-185-21-185mm-sup2-oslash-21mm-v-upak-10-sht-rexant-pod-zakaz-25324" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-sup2-oslash-6mm-v-upak-5-sht-rexant-15583" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-150-19-150mm-sup2-oslash-19mm-v-upak-10-sht-rexant-25322" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-sup2-oslash-8mm-v-upak-100sht-rexant-25587" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-120-17-120mm-sup2-oslash-17mm-v-upak-10-sht-rexant-25400" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-70-13-70mm-13mm-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-sup2-oslash-3mm-v-upak-10-sht-rexant-15577" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-sup2-oslash-4mm-v-upak-10-sht-rexant-15599" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-sup2-oslash-10mm-v-upak-50sht-rexant-25586" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-sup2-oslash-6mm-v-upak-100sht-rexant-25588" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-sup2-oslash-4mm-v-upak-100sht-rexant-25590" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-sup2-oslash-3mm-v-upak-100sht-rexant-25591" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-2-5-2-6-2-5mm-sup2-oslash-2-6mm-v-upak-100sht-rexant-25592" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-sup2-oslash-5mm-v-upak-100sht-rexant-25589" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-sup2-oslash-5mm-v-upak-5-sht-rexant-15572" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-sup2-oslash-8mm-v-upak-5-sht-rexant-15595" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-sup2-oslash-10mm-v-upak-5-sht-rexant-15609" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I20"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -659,553 +659,553 @@
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
         <v>978.88</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>5</v>
       </c>
       <c r="H3" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>19.86</v>
+        <v>613.65</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1100</v>
+        <v>30</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>21.65</v>
+        <v>43.52</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1380</v>
+        <v>3345</v>
       </c>
       <c r="G5" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H5" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>36.08</v>
+        <v>492.62</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>1500</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>15.39</v>
+        <v>69.73</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>4000</v>
+        <v>800</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>41.45</v>
+        <v>355.63</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>35.45</v>
+        <v>142.67</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>175</v>
       </c>
       <c r="G9" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H9" s="3">
-        <v>500</v>
+        <v>25</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>95.06</v>
+        <v>19.86</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>190</v>
+        <v>830</v>
       </c>
       <c r="G10" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>72.55</v>
+        <v>21.65</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>285</v>
+        <v>3820</v>
       </c>
       <c r="G11" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>11.85</v>
+        <v>95.06</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>3400</v>
+        <v>1400</v>
       </c>
       <c r="G12" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H12" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>95.06</v>
+        <v>40.73</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1700</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H13" s="3">
-        <v>500</v>
+        <v>1300</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>69.73</v>
+        <v>18.6</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>100</v>
       </c>
       <c r="H14" s="3">
-        <v>800</v>
+        <v>3000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>40.73</v>
+        <v>15.39</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>100</v>
       </c>
       <c r="H15" s="3">
-        <v>1300</v>
+        <v>4000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>18.6</v>
+        <v>12.44</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>3100</v>
       </c>
       <c r="G16" s="3">
         <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>142.67</v>
+        <v>36.08</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>0</v>
+        <v>1500</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>492.62</v>
+        <v>37.22</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>100</v>
+        <v>3430</v>
       </c>
       <c r="G18" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H18" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>613.65</v>
+        <v>76.18</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H19" s="3">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>355.63</v>
+        <v>99.81</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>340</v>
       </c>
       <c r="G20" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H20" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>