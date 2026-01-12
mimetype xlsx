--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -42,162 +42,162 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гильзы кабельные медные под опрессовку (ГМ)</t>
   </si>
   <si>
+    <t>07-5363-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 185-21 (185мм² - Ø21мм) (в упак. 10 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-5357-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 35-10 (35мм² - Ø 10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 10-5 (10мм² - Ø5мм) (в упак.100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5351-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 2,5-2,6 (2,5мм² - Ø2,6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5357-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 35-10 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 25-8 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 25-8 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 16-6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 4-3 (4мм² - Ø3мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5359-4</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 70-13 (70мм² - Ø13мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5361-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 120-17 (120мм² - Ø17мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5353-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 6-4 (6мм² - Ø4мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5362-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 150-19 (150мм² - Ø19мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 10-5 (10мм² - Ø5мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5367-4</t>
   </si>
   <si>
     <t>Гильза кабельная медная ГМ 240-24 (240мм² - Ø24мм) (в упак. 5 шт.) REXANT (под заказ)</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5355-1</t>
   </si>
   <si>
     <t>Гильза медная ГМ 16-6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5362-4</t>
-[...22 lines deleted...]
-  <si>
     <t>07-5352-1</t>
   </si>
   <si>
     <t>Гильза медная ГМ 4-3 (4мм² - Ø3мм) (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5353-1</t>
   </si>
   <si>
     <t>Гильза медная ГМ 6-4 (6мм² - Ø4мм) (в упак. 10 шт.) REXANT</t>
-  </si>
-[...52 lines deleted...]
-    <t>Гильза медная ГМ 35-10 (35мм² - Ø 10мм) (в упак. 5 шт.) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -582,51 +582,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-240-24-240mm-sup2-oslash-24mm-v-upak-5-sht-rexant-pod-zakaz-25325" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-185-21-185mm-sup2-oslash-21mm-v-upak-10-sht-rexant-pod-zakaz-25324" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-sup2-oslash-6mm-v-upak-5-sht-rexant-15583" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-150-19-150mm-sup2-oslash-19mm-v-upak-10-sht-rexant-25322" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-sup2-oslash-8mm-v-upak-100sht-rexant-25587" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-120-17-120mm-sup2-oslash-17mm-v-upak-10-sht-rexant-25400" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-70-13-70mm-13mm-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-sup2-oslash-3mm-v-upak-10-sht-rexant-15577" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-sup2-oslash-4mm-v-upak-10-sht-rexant-15599" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-sup2-oslash-10mm-v-upak-50sht-rexant-25586" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-sup2-oslash-6mm-v-upak-100sht-rexant-25588" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-sup2-oslash-4mm-v-upak-100sht-rexant-25590" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-sup2-oslash-3mm-v-upak-100sht-rexant-25591" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-2-5-2-6-2-5mm-sup2-oslash-2-6mm-v-upak-100sht-rexant-25592" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-sup2-oslash-5mm-v-upak-100sht-rexant-25589" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-sup2-oslash-5mm-v-upak-5-sht-rexant-15572" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-sup2-oslash-8mm-v-upak-5-sht-rexant-15595" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-sup2-oslash-10mm-v-upak-5-sht-rexant-15609" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-185-21-185mm-21mm-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-2-5-2-6-2-5mm-2-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-70-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-120-17-120mm-17mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-150-19-150mm-19mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-240-24-240mm-24mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-10-sht-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I20"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -650,559 +650,559 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>978.88</v>
+        <v>717.69</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>210</v>
       </c>
       <c r="G3" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H3" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>613.65</v>
+        <v>106.58</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>30</v>
+        <v>495</v>
       </c>
       <c r="G4" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H4" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>43.52</v>
+        <v>36.69</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>3345</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>500</v>
+        <v>1500</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>492.62</v>
+        <v>13.92</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>5600</v>
       </c>
       <c r="G6" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>69.73</v>
+        <v>101.51</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>2100</v>
       </c>
       <c r="G7" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H7" s="3">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>355.63</v>
+        <v>81.35</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>1215</v>
       </c>
       <c r="G8" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>142.67</v>
+        <v>74.46</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>175</v>
+        <v>1200</v>
       </c>
       <c r="G9" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>25</v>
+        <v>800</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>19.86</v>
+        <v>43.49</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>830</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>1000</v>
+        <v>1300</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>21.65</v>
+        <v>19.25</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>3820</v>
+        <v>2000</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H11" s="3">
-        <v>1000</v>
+        <v>4000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>95.06</v>
+        <v>145.1</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1400</v>
+        <v>300</v>
       </c>
       <c r="G12" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>25</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>40.73</v>
+        <v>397.84</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
+        <v>90</v>
+      </c>
+      <c r="G13" s="3">
+        <v>10</v>
+      </c>
+      <c r="H13" s="3">
+        <v>10</v>
+      </c>
+      <c r="I13" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>18.6</v>
+        <v>23.27</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>15900</v>
       </c>
       <c r="G14" s="3">
         <v>100</v>
       </c>
       <c r="H14" s="3">
         <v>3000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>15.39</v>
+        <v>551.09</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
+        <v>190</v>
+      </c>
+      <c r="G15" s="3">
+        <v>10</v>
+      </c>
+      <c r="H15" s="3">
+        <v>10</v>
+      </c>
+      <c r="I15" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>12.44</v>
+        <v>39.75</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>3100</v>
+        <v>2995</v>
       </c>
       <c r="G16" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H16" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>36.08</v>
+        <v>1144.85</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
+        <v>120</v>
+      </c>
+      <c r="G17" s="3">
+        <v>5</v>
+      </c>
+      <c r="H17" s="3">
+        <v>5</v>
+      </c>
+      <c r="I17" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>37.22</v>
+        <v>49.57</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>3430</v>
+        <v>1795</v>
       </c>
       <c r="G18" s="3">
         <v>5</v>
       </c>
       <c r="H18" s="3">
         <v>500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>76.18</v>
+        <v>22.22</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>99.81</v>
+        <v>22.02</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>340</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>