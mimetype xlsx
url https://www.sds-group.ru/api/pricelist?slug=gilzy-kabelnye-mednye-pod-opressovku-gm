--- v2 (2026-01-12)
+++ v3 (2026-03-04)
@@ -42,162 +42,162 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гильзы кабельные медные под опрессовку (ГМ)</t>
   </si>
   <si>
+    <t>07-5357-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 35-10 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-5351-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 2,5-2,6 (2,5мм² - Ø2,6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 4-3 (4мм² - Ø3мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5353-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 6-4 (6мм² - Ø4мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 16-6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5359-4</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 70-13 (70мм² - Ø13мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 10-5 (10мм² - Ø5мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5363-4</t>
   </si>
   <si>
     <t>Гильза кабельная медная ГМ 185-21 (185мм² - Ø21мм) (в упак. 10 шт.) REXANT (под заказ)</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>07-5361-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 120-17 (120мм² - Ø17мм) (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5357-1</t>
   </si>
   <si>
     <t>Гильза медная ГМ 35-10 (35мм² - Ø 10мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-5362-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 150-19 (150мм² - Ø19мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 25-8 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 16-6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5354-3</t>
   </si>
   <si>
     <t>Гильза медная ГМ 10-5 (10мм² - Ø5мм) (в упак.100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5351-3</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5356-1</t>
   </si>
   <si>
     <t>Гильза медная ГМ 25-8 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5356-3</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5352-3</t>
   </si>
   <si>
     <t>Гильза медная ГМ 4-3 (4мм² - Ø3мм) (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5359-4</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5353-3</t>
   </si>
   <si>
     <t>Гильза медная ГМ 6-4 (6мм² - Ø4мм) (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5362-4</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5367-4</t>
   </si>
   <si>
     <t>Гильза кабельная медная ГМ 240-24 (240мм² - Ø24мм) (в упак. 5 шт.) REXANT (под заказ)</t>
-  </si>
-[...16 lines deleted...]
-    <t>Гильза медная ГМ 6-4 (6мм² - Ø4мм) (в упак. 10 шт.) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -582,51 +582,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-185-21-185mm-21mm-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-2-5-2-6-2-5mm-2-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-70-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-120-17-120mm-17mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-150-19-150mm-19mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-240-24-240mm-24mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-10-sht-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-2-5-2-6-2-5mm-2-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-70-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-185-21-185mm-21mm-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-120-17-120mm-17mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-150-19-150mm-19mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-240-24-240mm-24mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I20"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -650,562 +650,562 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>717.69</v>
+        <v>101.51</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H3" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>106.58</v>
+        <v>13.92</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>495</v>
+        <v>1600</v>
       </c>
       <c r="G4" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H4" s="3">
-        <v>250</v>
+        <v>5000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>36.69</v>
+        <v>22.22</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="G5" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>13.92</v>
+        <v>22.02</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>5600</v>
+        <v>8110</v>
       </c>
       <c r="G6" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>101.51</v>
+        <v>49.57</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2100</v>
+        <v>950</v>
       </c>
       <c r="G7" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H7" s="3">
         <v>500</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>81.35</v>
+        <v>145.1</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1215</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H8" s="3">
-        <v>500</v>
+        <v>25</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>74.46</v>
+        <v>39.75</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1200</v>
+        <v>1495</v>
       </c>
       <c r="G9" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H9" s="3">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>43.49</v>
+        <v>717.69</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="G10" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>1300</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>19.25</v>
+        <v>397.84</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>2000</v>
+        <v>190</v>
       </c>
       <c r="G11" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>4000</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>145.1</v>
+        <v>106.58</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="G12" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="H12" s="3">
-        <v>25</v>
+        <v>250</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>397.84</v>
+        <v>551.09</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>23.27</v>
+        <v>74.46</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>15900</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>100</v>
       </c>
       <c r="H14" s="3">
-        <v>3000</v>
+        <v>800</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>551.09</v>
+        <v>43.49</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>190</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>1300</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>39.75</v>
+        <v>36.69</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>2995</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>500</v>
+        <v>1500</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1144.85</v>
+        <v>81.35</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>120</v>
+        <v>485</v>
       </c>
       <c r="G17" s="3">
         <v>5</v>
       </c>
       <c r="H17" s="3">
-        <v>5</v>
+        <v>500</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>49.57</v>
+        <v>19.25</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1795</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H18" s="3">
-        <v>500</v>
+        <v>4000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>22.22</v>
+        <v>23.27</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H19" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>22.02</v>
+        <v>1144.85</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G20" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H20" s="3">
-        <v>1000</v>
+        <v>5</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>