--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -8,976 +8,982 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="594" uniqueCount="308">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="598" uniqueCount="310">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гирлянда Нить</t>
   </si>
   <si>
-    <t>1.1 Нить ПВХ</t>
+    <t>1.1 Мультишарики ПВХ</t>
+  </si>
+  <si>
+    <t>303-509-4</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 10м 100 LED RGB черный ПВХ IP65 медленная смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>303-519</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-516</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-509</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-589</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм Ø23мм Ø17,5мм Ø45мм 10м 80 LED RGB черный ПВХ IP65 быстрая смена цвета 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-509-1</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø13мм 20м 200 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-575</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø38мм 10м 40 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-503</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-505</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-509-2</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 10м 100 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-579</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø38мм 10м 40 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-529</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED RGB черный ПВХ IP65 быстрая смена цвета 24В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-515</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-502</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED КРАСНЫЙ черный ПВХ IP65 постоянное свечение 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.2 Нить управляемая (твинкл) ПВХ</t>
+  </si>
+  <si>
+    <t>303-139</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED МУЛЬТИКОЛОР (RGYB) черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-146</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-137</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED ЗЕЛЕНЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-154</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED ФИОЛЕТОВЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-133</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-135</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-149</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 20м 200 LED МУЛЬТИКОЛОР (RGYB) черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-131</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-145</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 20м 200 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-136</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-132</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED КРАСНЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-152</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED РОЗОВЫЙ черный ПВХ IP65 свечение с динамикой 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-151</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED ОРАНЖЕВЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-138</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED ЗОЛОТОЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.3 Гирлянда Кластер ПВХ</t>
+  </si>
+  <si>
+    <t>303-646</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 400 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-635</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-645</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 400 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-636</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.4 Гирлянда Кластер Каучук</t>
+  </si>
+  <si>
+    <t>315-266</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 400 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-255</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 200 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-256</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-265</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 400 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.5 Нить ПВХ</t>
   </si>
   <si>
     <t>305-195</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>305-196</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-295</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>305-296</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>305-196</t>
-[...8 lines deleted...]
-    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+    <t>305-155</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/5</t>
+  </si>
+  <si>
+    <t>305-263</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-125</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
+  </si>
+  <si>
+    <t>305-153</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, постоянное свечение, прозрачный ПВХ, 24В, цвет Синий</t>
+  </si>
+  <si>
+    <t>305-386</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/53</t>
+  </si>
+  <si>
+    <t>305-179</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-275</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-254</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-152</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, постоянное свечение, прозрачный ПВХ, 24В, цвет Красный</t>
+  </si>
+  <si>
+    <t>305-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-163</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-255</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-265</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-256</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311</t>
+  </si>
+  <si>
+    <t>305-171</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-172</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-273</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-285</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-131</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, постоянное свечение, белый ПВХ, 24В, цвет Жёлтый</t>
+  </si>
+  <si>
+    <t>305-135</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-31</t>
+  </si>
+  <si>
+    <t>305-151</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/</t>
+  </si>
+  <si>
+    <t>305-165</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-169</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-175</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-176</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-234</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-251</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-</t>
+  </si>
+  <si>
+    <t>305-286</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-283</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-116</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
+  </si>
+  <si>
+    <t>305-166</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ IP65 белый ПВХ постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-183</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>245-408</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED RGB черный ПВХ IP65 свечение с динамикой 230В соединяется NEON-NIGHT нужен контроллер 245-908</t>
   </si>
   <si>
     <t>245-409</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED RGB прозрачный ПВХ IP65 свечение с динамикой 230В соединяется NEON-NIGHT нужен контроллер 245-908</t>
   </si>
   <si>
     <t>305-136</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ IP65 белый ПВХ постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531-</t>
   </si>
   <si>
-    <t>305-156</t>
-[...26 lines deleted...]
-    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+    <t>305-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-159</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/</t>
+  </si>
+  <si>
+    <t>305-162</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-173</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-181</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>305-182</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
+    <t>305-184</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-185</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-186</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-189</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>305-232</t>
   </si>
   <si>
     <t>НИТЬ ПВХ flashing 10м (2 модуля x 5м), белый ПВХ, 100 LED Красный, 24В (нужен трансформатор 531-100/531-200)</t>
   </si>
   <si>
-    <t>305-186</t>
-[...26 lines deleted...]
-    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/</t>
+    <t>305-233</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
   </si>
   <si>
     <t>305-235</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
   </si>
   <si>
-    <t>305-166</t>
-[...44 lines deleted...]
-    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+    <t>305-236</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-241</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-245</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-246</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/53</t>
+  </si>
+  <si>
+    <t>305-252</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-253</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-262</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-266</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>305-271</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
+    <t>305-276</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>305-281</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>305-282</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>305-241</t>
-[...52 lines deleted...]
-  <si>
     <t>305-284</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>305-252</t>
-[...130 lines deleted...]
-  <si>
     <t>315-115</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
   </si>
   <si>
+    <t>305-395</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
     <t>305-396</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-31</t>
   </si>
   <si>
-    <t>305-152</t>
-[...29 lines deleted...]
-    <t>1.2 Нить Каучук / Дюраплей</t>
+    <t>1.6 Нить Каучук / Дюраплей</t>
+  </si>
+  <si>
+    <t>315-216</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-195</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ черный каучук IP67 эффект мерцания 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-176</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 эффект мерцания 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
   </si>
   <si>
     <t>315-215</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-195</t>
-[...4 lines deleted...]
-  <si>
     <t>315-196</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 эффект мерцания 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
   </si>
   <si>
     <t>315-525</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-31</t>
   </si>
   <si>
     <t>315-526</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 эффект мерцания 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531-</t>
   </si>
   <si>
+    <t>315-505</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый каучук IP67 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>315-506</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук IP67 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/5</t>
+  </si>
+  <si>
+    <t>315-536</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук IP67 эффект мерцания 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>315-516</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/</t>
+  </si>
+  <si>
+    <t>315-535</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый каучук IP67 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>315-175</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 эффект мерцания 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый каучук IP67 постоянное свечение 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-155</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук IP67 постоянное свечение 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-154</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ЗЕЛЕНЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-166</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 100% мерцание 230В соединяется NEON-NIGHT нужен блок 315-000</t>
+  </si>
+  <si>
+    <t>315-173</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED СИНИЙ черный каучук IP67 эффект мерцания соединяется 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-133</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 12м 120 LED СИНИЙ черный каучук IP67 постоянное свечение 230В соединяется блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-159</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED МУЛЬТИКОЛОР черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-136</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 12м 120 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-181</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ЖЕЛТЫЙ белый каучук IP67 эффект мерцания 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-186</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук IP67 эффект мерцания 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-139</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 12м 120 LED МУЛЬТИКОЛОР черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>315-515</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/53</t>
   </si>
   <si>
-    <t>315-536</t>
-[...32 lines deleted...]
-    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+    <t>315-153</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED СИНИЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-143</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED СИНИЙ белый каучук IP67 постоянное свечение 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-183</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED СИНИЙ белый каучук IP67 эффект мерцания 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
   </si>
   <si>
     <t>315-185</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый каучук IP67 эффект мерцания 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-186</t>
-[...58 lines deleted...]
-  <si>
     <t>315-135</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 12м 120 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-181</t>
-[...28 lines deleted...]
-  <si>
     <t>315-165</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 100% мерцание 230В соединяется NEON-NIGHT нужен блок 315-000</t>
   </si>
   <si>
-    <t>315-159</t>
-[...98 lines deleted...]
-    <t>1.4 Мультишарики Каучук</t>
+    <t>1.7 Мультишарики Каучук</t>
+  </si>
+  <si>
+    <t>303-679</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 10м 80 LED RGB черный каучук IP67 быстрая смена цвета 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-595</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-596</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
   </si>
   <si>
     <t>303-599</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED RGB черный каучук IP67 быстрая смена цвета 230В нужен блок 315-000 NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-679</t>
-[...4 lines deleted...]
-  <si>
     <t>303-509-3</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мультишишки Ø23мм 10м 80 LED RGB черный каучук IP67 быстрая смена цвета 230В нужен блок 315-000 NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-595</t>
-[...98 lines deleted...]
-    <t>1.6 Нить управляемая (твинкл) Каучук</t>
+    <t>1.8 Нить управляемая (твинкл) Каучук</t>
   </si>
   <si>
     <t>303-326</t>
   </si>
   <si>
     <t>Гирлянда Нить управляемая 20м 240 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 свечение с динамикой 230В не соединяется нужен контроллер 217-204 NEON-NIGHT</t>
   </si>
   <si>
     <t>303-329</t>
   </si>
   <si>
     <t>Гирлянда Нить управляемая 20м 240 LED МУЛЬТИКОЛОР черный каучук IP67 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
-  </si>
-[...52 lines deleted...]
-    <t>Гирлянда светодиодная Кластер 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1362,56 +1368,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soe.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-24v-soedin.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsy.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedi.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nit-pvh-flashing-10m-2-modulya-x-5m-belyy-pvh-100-led-krasnyy-24v-nuzhen-transformator-531-100-531-2.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soed.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soediny.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-so.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neo.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-230v-soedi.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soe.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nu.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsy.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinya.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soe.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nu.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyae.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-s.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neo.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-n.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-n.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soed.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soed.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soediny.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsy.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinyaetsy.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaets.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soedi.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-belyy-pvh-ip65-postoyannoe-svechenie-230v-soediny.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaets.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soed.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-krasnyy.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-belyy-pvh-24v-tsvet-zheltyy.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-siniy.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soe.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-24v-soedinyaets.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-24v-soed.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-24v-soediny.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-24v-soedin.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-zelenyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soed.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-s.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-100-mertsanie-230v-soediny.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsy.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedi.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-24v-soedinyae.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-24v-soedinyaetsya.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-24v-so.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-24v-.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soe.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinya.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-zheltyy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaet.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsy.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-multikolor-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-s.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-100-mertsanie-230v-soedinyaetsya-.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-multikolor-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-s.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-siniy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-chernyy-kauchuk-ip67-effekt-mertsaniya-soedinyaetsya-2.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230v.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-38mm-10m-40-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-23mm-17-5mm-45mm-10m-80-led-rgb-chernyy-pvh-ip65-bystray.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-38mm-10m-40-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230v.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svech.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-13mm-20m-200-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svechen.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-2.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-10m-100-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-2.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-10m-100-led-rgb-chernyy-pvh-ip65-medlennaya-smena-tsveta.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-rgb-chernyy-kauchuk-ip67-bystraya-smena-tsveta-.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-10m-80-led-rgb-chernyy-kauchuk-ip67-bystraya-smena-tsvet.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishishki-23mm-10m-80-led-rgb-chernyy-kauchuk-ip67-bystraya-smena-tsveta-.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svecheni.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-s.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-200-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuz.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-200-led-multikolor-rgyb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuz.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuzhen-kon.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-zheltyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroll.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-multikolor-rgyb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-200-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuzhen-kon.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-fioletovyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontr.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-krasnyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroll.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-rozovyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-neon-nig.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-oranzhevyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontr.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-zolotoy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroll.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-zelenyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroll.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-240-led-teplyy-belyy-chernyy-kauchuk-ip67-svechenie-s-dinamikoy-230v.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-240-led-multikolor-chernyy-kauchuk-ip67-svechenie-s-dinamikoy-230v-n.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nu.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nu.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-nu.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-nu.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-oslash-17-5mm-10m-100-led-rgb-cherniy-pvh-ip65-medlennaya-smena-tsveta-230v-nujen-blok-303-500-neon-night-31182" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23-mm-10-m-cherniy-pvh-80-diodov-tsvet-rgb-7480" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23-mm-10-m-cherniy-pvh-80-diodov-tsvet-tepliy-beliy-14924" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5mm-20-m-cherniy-pvh-200-diodov-tsvet-rgb-2939" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-17-5mm-oslash-23mm-oslash-17-5mm-oslash-45mm-10m-cherniy-pvh-80-diodov-tsvet-rgb-9432" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-13-mm-20-m-cherniy-pvh-200-diodov-tsvet-rgb-2940" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-38-mm-10-m-cherniy-pvh-40-diodov-tsvet-beliy-9431" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5mm-20-m-cherniy-pvh-200-diodov-tsvet-siniy-1480" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5mm-20-m-cherniy-pvh-200-diodov-tsvet-beliy-1482" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5-mm-10-m-cherniy-pvh-100-diodov-tsvet-rgb-4003" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-38-mm-10-m-cherniy-pvh-40-diodov-tsvet-rgb-7481" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5-mm-20-m-cherniy-pvh-200-diodov-tsvet-rgb-24v-2945" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23-mm-10-m-cherniy-pvh-80-diodov-tsvet-beliy-13700" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5mm-20-m-cherniy-pvh-200-diodov-tsvet-krasniy-1479" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-multikolor-2926" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-cherniy-pvh-200-diodov-tsvet-tepliy-beliy-28631" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-zeleniy-3501" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-fioletoviy-6440" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-siniy-2924" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-beliy-2925" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-cherniy-pvh-200-diodov-tsvet-multikolor-2928" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-jeltiy-2922" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-cherniy-pvh-200-diodov-tsvet-beliy-2927" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-tepliy-beliy-3502" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-krasniy-2923" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-rozoviy-6438" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-oranjeviy-6437" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-zolotoy-14482" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-400-led-prozrachniy-pvh-ip65-soedinyaemaya-tsvet-svecheniya-tepliy-beliy-neon-night-23534" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-prozrachniy-pvh-ip65-200-led-beliy-soedinyaetsya-23766" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-400-led-prozrachniy-pvh-ip65-soedinyaemaya-tsvet-svecheniya-beliy-neon-night-23533" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-prozrachniy-pvh-ip65-200-diodov-tsvet-tepliy-beliy-21025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-400-led-cherniy-kauchuk-ip67-soedinyaemaya-tsvet-svecheniya-tepliy-beliy-neon-night-23542" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-200-led-cherniy-kauchuk-ip67-soedinyaemaya-tsvet-svecheniya-beliy-neon-night-23539" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-200-led-cherniy-kauchuk-ip67-soedinyaemaya-tsvet-svecheniya-tepliy-beliy-neon-night-23540" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-400-led-cherniy-kauchuk-ip67-soedinyaemaya-tsvet-svecheniya-beliy-neon-night-23541" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-beliy-200-led-23529" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-tyopliy-beliy-200-led-23530" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-tsvet-beliy-200-led-23531" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-tsvet-tyopliy-beliy-200-led-23532" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-beliy-14899" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-siniy-14911" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-beliy-7639" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-siniy-14841" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-tepliy-beliy-prozrachniy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nujen-transformator-531-100-531-311-531-312-31185" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-multikolor-14881" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-beliy-14876" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-zelyoniy-14842" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-krasniy-14864" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-beliy-14838" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-siniy-14863" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-beliy-14915" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-beliy-14858" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-tyopliy-beliy-14856" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-tyopliy-beliy-14861" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-jyoltiy-14865" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-krasniy-14906" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-siniy-14875" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230-v-tsvet-beliy-14848" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-jyoltiy-14868" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-beliy-14834" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-jyoltiy-14879" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-beliy-14847" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-multikolor-14901" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-beliy-14866" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-tyopliy-beliy-14878" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-zelyoniy-14920" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-jyoltiy-14855" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-tyopliy-beliy-14923" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-siniy-14916" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-tyopliy-beliy-7638" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-tyopliy-beliy-14853" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-siniy-14907" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-svechenie-s-dinamikoy-cherniy-pvh-230v-tsvet-rgb-30031" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-svechenie-s-dinamikoy-prozrachniy-pvh-230v-tsvet-rgb-14606" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-tyopliy-beliy-14835" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-tyopliy-beliy-14905" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-multikolor-14900" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-krasniy-14839" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-siniy-14851" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-jyoltiy-14886" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-krasniy-14867" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-zelyoniy-14919" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-beliy-14908" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-tyopliy-beliy-14895" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-multikolor-14896" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-krasniy-14857" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-siniy-14880" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-beliy-14891" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-tyopliy-beliy-14852" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-24v-tsvet-jyoltiy-14869" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-24v-tsvet-beliy-14921" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-24v-tsvet-tyopliy-beliy-14909" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-krasniy-14910" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-siniy-14922" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-krasniy-14871" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-tyopliy-beliy-14902" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-jyoltiy-14897" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-tyopliy-beliy-14890" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-jyoltiy-14893" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-krasniy-14894" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-zelyoniy-14860" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-beliy-7637" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nujen-transformator-531-100-531-311-531-312-31174" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-tepliy-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nujen-transformator-531-100-531-311-531-312-31184" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-10m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-23535" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-10m-s-effektom-mertsaniya-cherniy-kauchuk-230v-tsvet-beliy-23538" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-7635" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-10m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-beliy-23537" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-10m-s-effektom-mertsaniya-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-23536" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-cherniy-kauchuk-24v-tsvet-beliy-27408" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-cherniy-kauchuk-24v-tsvet-tyopliy-beliy-27409" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-kauchuk-24v-tsvet-beliy-27404" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-kauchuk-24v-tsvet-tyopliy-beliy-27405" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-24v-tsvet-tyopliy-beliy-27411" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-24v-tsvet-tyopliy-beliy-27407" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-24v-tsvet-beliy-27410" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-cherniy-kauchuk-230v-tsvet-beliy-7634" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-kauchuk-230v-tsvet-beliy-7631" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-beliy-2951" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-kauchuk-230v-tsvet-tyopliy-beliy-7632" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-zelyoniy-7630" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-100-flashing-20m-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-7636" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-cherniy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsya-neon-night-nujen-shnur-315-000-31177" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-12m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-siniy-2947" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-multikolor-2952" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-12m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-6536" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-6537" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-230v-tsvet-jyoltiy-14384" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-230v-tsvet-tyopliy-beliy-14381" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-12m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-multikolor-2949" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-24v-tsvet-beliy-27406" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-siniy-2950" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-kauchuk-230v-tsvet-siniy-14382" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-230v-tsvet-siniy-14379" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-230v-tsvet-beliy-14380" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-12m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-beliy-2948" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-100-flashing-20m-cherniy-kauchuk-230v-tsvet-beliy-6441" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5-mm-10-m-cherniy-kauchuk-80-led-tsvet-rgb-28702" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23-mm-10-m-cherniy-kauchuk-80-led-postoyannoe-svechenie-tsvet-beliy-14850" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23mm-10m-cherniy-kauchuk-80-led-postoyannoe-svechenie-tsvet-tepliy-beliy-30070" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23-mm-10-m-cherniy-kauchuk-80-led-svechenie-s-dinamikoy-tsvet-rgb-14903" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishishki-10-m-cherniy-kauchuk-80-diodov-tsvet-rgb-15090" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-cherniy-kauchuk-240-diodov-tsvet-tepliy-beliy-7627" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-cherniy-kauchuk-240-diodov-tsvet-multikolor-2938" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I154"/>
+  <dimension ref="A1:I155"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1443,4466 +1449,4496 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>4705.56</v>
+        <v>6048.9</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>300</v>
+        <v>145</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>5099.11</v>
+        <v>6351.34</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>190</v>
+        <v>80</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>4705.56</v>
+        <v>5392.69</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1047</v>
+        <v>225</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>5099.11</v>
+        <v>10990</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>25</v>
+        <v>396</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>5603.44</v>
+        <v>10017.1</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>2</v>
+        <v>49</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>3084</v>
+        <v>11433.4</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>183</v>
+        <v>9</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>3084</v>
+        <v>7045.5</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>2184</v>
+        <v>41</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>2924</v>
+        <v>9400.6</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>501</v>
+        <v>1</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>3084</v>
+        <v>9400.6</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1</v>
+        <v>78</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>2631.6</v>
+        <v>6351.34</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>7</v>
+        <v>104</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>2924</v>
+        <v>7411.25</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>105</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>2924</v>
+        <v>13858.9</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>198</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>2693.54</v>
+        <v>5392.69</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>2924</v>
+        <v>7614.49</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1560</v>
+        <v>10</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A18" s="3" t="s">
+      <c r="A18" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B18" s="2"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>3084</v>
+        <v>2698.5</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>162</v>
+        <v>96</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>3084</v>
+        <v>4934.86</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>2014</v>
+        <v>42</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>3084</v>
+        <v>2527.87</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>3694.84</v>
+        <v>2428.66</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1001</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>2924</v>
+        <v>2698.5</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>685</v>
+        <v>1</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>2924</v>
+        <v>2698.5</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>3694.84</v>
+        <v>4934.86</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>138</v>
+        <v>181</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>2924</v>
+        <v>1987.08</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1295</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>2924</v>
+        <v>4934.86</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>92</v>
+        <v>135</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>2924</v>
+        <v>2698.5</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1194</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>3036</v>
+        <v>2428.66</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>295</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>3036</v>
+        <v>1770.48</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>2732.4</v>
+        <v>1770.48</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B32" s="3" t="s">
+      <c r="C32" s="3">
+        <v>2967.65</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F32" s="3">
+        <v>1</v>
+      </c>
+      <c r="G32" s="3">
+        <v>1</v>
+      </c>
+      <c r="H32" s="3">
+        <v>16</v>
+      </c>
+      <c r="I32" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="C32" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>3694.84</v>
+        <v>11404.3</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>3694.84</v>
+        <v>5990</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>554</v>
+        <v>29</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>3694.84</v>
+        <v>8313.76</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>504</v>
+        <v>22</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="C37" s="3">
+        <v>5990</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F37" s="3">
+        <v>59</v>
+      </c>
+      <c r="G37" s="3">
+        <v>1</v>
+      </c>
+      <c r="H37" s="3">
+        <v>10</v>
+      </c>
+      <c r="I37" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B38" s="2"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>3036</v>
+        <v>13188</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>385</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>20</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>3036</v>
+        <v>6990</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>408</v>
+        <v>22</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>6604.3</v>
+        <v>6990</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>19</v>
+        <v>246</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>2924</v>
+        <v>13188</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A43" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" s="2"/>
+      <c r="C43" s="2"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+      <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>3694.84</v>
+        <v>4705.56</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>293</v>
+        <v>258</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>3036</v>
+        <v>4705.56</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>389</v>
+        <v>889</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>2924</v>
+        <v>5099.11</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>3694.84</v>
+        <v>5099.11</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>2920</v>
+        <v>44</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>2924</v>
+        <v>3084</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>214</v>
+        <v>1870</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>2992.82</v>
+        <v>3036</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>2</v>
+        <v>120</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>2424.2</v>
+        <v>6604.3</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>3694.84</v>
+        <v>3438.07</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>25</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>3694.84</v>
+        <v>5099.11</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I52" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>3463.9</v>
+        <v>2924</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>2732.4</v>
+        <v>3036</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>3</v>
+        <v>212</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="C55" s="3">
-        <v>5349.48</v>
+        <v>3325.36</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="C56" s="3">
-        <v>3036</v>
+        <v>3001.95</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>398</v>
+        <v>268</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>25</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C57" s="3">
-        <v>3036</v>
+        <v>3084</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>1158</v>
+        <v>1675</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="C58" s="3">
         <v>2924</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
         <v>1</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>40</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C59" s="3">
-        <v>2924</v>
+        <v>3694.84</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>44</v>
+        <v>2247</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="C60" s="3">
-        <v>5336.61</v>
+        <v>3036</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="C61" s="3">
-        <v>3084</v>
+        <v>3463.9</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>1720</v>
+        <v>2853</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>25</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="C62" s="3">
         <v>3084</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>30</v>
+        <v>1797</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>25</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="C63" s="3">
         <v>2924</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C64" s="3">
-        <v>2924</v>
+        <v>2631.6</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>42</v>
+        <v>2</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="C65" s="3">
-        <v>2924</v>
+        <v>3036</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>240</v>
+        <v>137</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>25</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="C66" s="3">
-        <v>4333.08</v>
+        <v>3036</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="C67" s="3">
-        <v>5819</v>
+        <v>2431.58</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>215</v>
+        <v>1</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>20</v>
       </c>
       <c r="I67" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C68" s="3">
-        <v>3001.95</v>
+        <v>3084</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C69" s="3">
-        <v>5099.11</v>
+        <v>3084</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I69" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C70" s="3">
-        <v>5819</v>
+        <v>2924</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>161</v>
+        <v>73</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I70" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C71" s="3">
-        <v>2431.58</v>
+        <v>2924</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C72" s="3">
-        <v>3438.07</v>
+        <v>2924</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>300</v>
+        <v>161</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>25</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A73" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I73" s="2"/>
+      <c r="A73" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="C73" s="3">
+        <v>2924</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F73" s="3">
+        <v>442</v>
+      </c>
+      <c r="G73" s="3">
+        <v>1</v>
+      </c>
+      <c r="H73" s="3">
+        <v>25</v>
+      </c>
+      <c r="I73" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C74" s="3">
-        <v>6261.65</v>
+        <v>2424.2</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>20</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C75" s="3">
-        <v>7132.14</v>
+        <v>3694.84</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>6</v>
+        <v>151</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C76" s="3">
-        <v>7132.14</v>
+        <v>3036</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>200</v>
+        <v>432</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C77" s="3">
-        <v>8431.5</v>
+        <v>3036</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>390</v>
+        <v>243</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C78" s="3">
-        <v>8431.5</v>
+        <v>5349.48</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>682</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C79" s="3">
-        <v>7652</v>
+        <v>2924</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>441</v>
+        <v>319</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C80" s="3">
-        <v>8431.5</v>
+        <v>2924</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>1433</v>
+        <v>110</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C81" s="3">
-        <v>7461.3</v>
+        <v>5336.61</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>160</v>
+        <v>2</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="I81" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C82" s="3">
-        <v>7241.85</v>
+        <v>5603.44</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>114</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C83" s="3">
-        <v>7241.85</v>
+        <v>3084</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>437</v>
+        <v>23</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="C84" s="3">
-        <v>11317.9</v>
+        <v>3084</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>139</v>
+        <v>14</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C85" s="3">
-        <v>6261.65</v>
+        <v>3084</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>42</v>
+        <v>4</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C86" s="3">
-        <v>7461.3</v>
+        <v>2924</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>854</v>
+        <v>22</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C87" s="3">
-        <v>7461.3</v>
+        <v>2924</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C88" s="3">
-        <v>7652</v>
+        <v>2924</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>512</v>
+        <v>70</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C89" s="3">
-        <v>8431.5</v>
+        <v>2924</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>348</v>
+        <v>84</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C90" s="3">
-        <v>7652</v>
+        <v>2924</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>419</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C91" s="3">
-        <v>7652</v>
+        <v>2924</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>390</v>
+        <v>1023</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C92" s="3">
-        <v>7241.85</v>
+        <v>2924</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>287</v>
+        <v>2143</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C93" s="3">
-        <v>7461.3</v>
+        <v>2924</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>1259</v>
+        <v>203</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C94" s="3">
-        <v>3950.1</v>
+        <v>2693.54</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C95" s="3">
-        <v>7241.85</v>
+        <v>2992.82</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C96" s="3">
-        <v>7241.85</v>
+        <v>3694.84</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>103</v>
+        <v>943</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C97" s="3">
-        <v>3167.59</v>
+        <v>3694.84</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C98" s="3">
-        <v>7461.3</v>
+        <v>3694.84</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="C99" s="3">
-        <v>7461.3</v>
+        <v>3694.84</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>142</v>
+        <v>14</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C100" s="3">
-        <v>7241.85</v>
+        <v>3694.84</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>268</v>
+        <v>113</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C101" s="3">
-        <v>7241.85</v>
+        <v>3694.84</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>454</v>
+        <v>288</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C102" s="3">
-        <v>4345.1</v>
+        <v>3694.84</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>0</v>
+        <v>476</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="C103" s="3">
-        <v>11317.9</v>
+        <v>2732.4</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>154</v>
+        <v>1</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="C104" s="3">
-        <v>7241.85</v>
+        <v>3036</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>197</v>
+        <v>60</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C105" s="3">
-        <v>3519.53</v>
+        <v>2732.4</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
         <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="C106" s="3">
+        <v>3036</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F106" s="3">
+        <v>0</v>
+      </c>
+      <c r="G106" s="3">
+        <v>1</v>
+      </c>
+      <c r="H106" s="3">
+        <v>25</v>
+      </c>
+      <c r="I106" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A107" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I107" s="2"/>
+      <c r="C107" s="3">
+        <v>3036</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F107" s="3">
+        <v>58</v>
+      </c>
+      <c r="G107" s="3">
+        <v>1</v>
+      </c>
+      <c r="H107" s="3">
+        <v>25</v>
+      </c>
+      <c r="I107" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C108" s="3">
-        <v>6351.34</v>
+        <v>3036</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>174</v>
+        <v>148</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C109" s="3">
-        <v>7045.5</v>
+        <v>3036</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="C110" s="3">
-        <v>10017.1</v>
+        <v>4333.08</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>57</v>
+        <v>2</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C111" s="3">
-        <v>7411.25</v>
+        <v>5819</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>279</v>
+        <v>145</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I111" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C112" s="3">
-        <v>5392.69</v>
+        <v>5819</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>3</v>
+        <v>250</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>20</v>
       </c>
       <c r="I112" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A113" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A113" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="B113" s="2"/>
+      <c r="C113" s="2"/>
+      <c r="D113" s="2"/>
+      <c r="E113" s="2"/>
+      <c r="F113" s="2"/>
+      <c r="G113" s="2"/>
+      <c r="H113" s="2"/>
+      <c r="I113" s="2"/>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="C114" s="3">
-        <v>11433.4</v>
+        <v>6261.65</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="C115" s="3">
-        <v>9400.6</v>
+        <v>7132.14</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
         <v>4</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
         <v>10</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="C116" s="3">
-        <v>9400.6</v>
+        <v>7461.3</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="C117" s="3">
-        <v>7614.49</v>
+        <v>6261.65</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
+        <v>28</v>
+      </c>
+      <c r="G117" s="3">
+        <v>1</v>
+      </c>
+      <c r="H117" s="3">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="C118" s="3">
-        <v>13858.9</v>
+        <v>7132.14</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="C119" s="3">
-        <v>6351.34</v>
+        <v>8431.5</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>189</v>
+        <v>309</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="C120" s="3">
+        <v>8431.5</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F120" s="3">
+        <v>468</v>
+      </c>
+      <c r="G120" s="3">
+        <v>1</v>
+      </c>
+      <c r="H120" s="3">
+        <v>12</v>
+      </c>
+      <c r="I120" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A121" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="B121" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="B120" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I121" s="2"/>
+      <c r="C121" s="3">
+        <v>7652</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F121" s="3">
+        <v>366</v>
+      </c>
+      <c r="G121" s="3">
+        <v>1</v>
+      </c>
+      <c r="H121" s="3">
+        <v>12</v>
+      </c>
+      <c r="I121" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="C122" s="3">
-        <v>7390.84</v>
+        <v>7652</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>270</v>
+        <v>165</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C123" s="3">
-        <v>7004.66</v>
+        <v>8431.5</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>55</v>
+        <v>785</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C124" s="3">
-        <v>6328.24</v>
+        <v>7652</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>90</v>
+        <v>209</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C125" s="3">
-        <v>5773.84</v>
+        <v>8431.5</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>87</v>
+        <v>316</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="C126" s="3">
+        <v>7461.3</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F126" s="3">
+        <v>91</v>
+      </c>
+      <c r="G126" s="3">
+        <v>1</v>
+      </c>
+      <c r="H126" s="3">
+        <v>12</v>
+      </c>
+      <c r="I126" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A127" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="B126" s="3" t="s">
+      <c r="B127" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="C126" s="3">
-[...32 lines deleted...]
-      <c r="I127" s="2"/>
+      <c r="C127" s="3">
+        <v>7241.85</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F127" s="3">
+        <v>210</v>
+      </c>
+      <c r="G127" s="3">
+        <v>1</v>
+      </c>
+      <c r="H127" s="3">
+        <v>12</v>
+      </c>
+      <c r="I127" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="B128" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="B128" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C128" s="3">
-        <v>4934.86</v>
+        <v>7241.85</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>80</v>
+        <v>338</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="B129" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="3">
-        <v>4934.86</v>
+        <v>7241.85</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>161</v>
+        <v>251</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>10</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="B130" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" s="3">
-        <v>2698.5</v>
+        <v>7241.85</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>62</v>
+        <v>108</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="B131" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B131" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131" s="3">
-        <v>2698.5</v>
+        <v>11317.9</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>75</v>
+        <v>60</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="B132" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" s="3">
-        <v>1987.08</v>
+        <v>7854</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
         <v>10</v>
       </c>
       <c r="I132" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="B133" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="3">
-        <v>2698.5</v>
+        <v>3519.53</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>233</v>
+        <v>1</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="B134" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="B134" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" s="3">
-        <v>4934.86</v>
+        <v>7241.85</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>198</v>
+        <v>50</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
         <v>10</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="B135" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="B135" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" s="3">
-        <v>2698.5</v>
+        <v>3950.1</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
         <v>10</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="B136" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="B136" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C136" s="3">
-        <v>2428.66</v>
+        <v>7241.85</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>1</v>
+        <v>114</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
         <v>12</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="B137" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="B137" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" s="3">
-        <v>2428.66</v>
+        <v>7461.3</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
         <v>10</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="B138" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="B138" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" s="3">
-        <v>1770.48</v>
+        <v>7461.3</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
         <v>12</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="B139" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="B139" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139" s="3">
-        <v>1770.48</v>
+        <v>4345.1</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="B140" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="B140" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C140" s="3">
-        <v>2967.65</v>
+        <v>7652</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>1</v>
+        <v>338</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="B141" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="B141" s="3" t="s">
+      <c r="C141" s="3">
+        <v>7241.85</v>
+      </c>
+      <c r="D141" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F141" s="3">
+        <v>0</v>
+      </c>
+      <c r="G141" s="3">
+        <v>1</v>
+      </c>
+      <c r="H141" s="3">
+        <v>10</v>
+      </c>
+      <c r="I141" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A142" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="C141" s="3">
-[...22 lines deleted...]
-      <c r="A142" s="2" t="s">
+      <c r="B142" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="B142" s="2"/>
-[...6 lines deleted...]
-      <c r="I142" s="2"/>
+      <c r="C142" s="3">
+        <v>7241.85</v>
+      </c>
+      <c r="D142" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F142" s="3">
+        <v>61</v>
+      </c>
+      <c r="G142" s="3">
+        <v>1</v>
+      </c>
+      <c r="H142" s="3">
+        <v>10</v>
+      </c>
+      <c r="I142" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C143" s="3">
-        <v>13716.4</v>
+        <v>7461.3</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
         <v>10</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C144" s="3">
-        <v>13716.4</v>
+        <v>7461.3</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>68</v>
+        <v>244</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A145" s="2" t="s">
+      <c r="A145" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="B145" s="2"/>
-[...6 lines deleted...]
-      <c r="I145" s="2"/>
+      <c r="B145" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="C145" s="3">
+        <v>3167.59</v>
+      </c>
+      <c r="D145" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F145" s="3">
+        <v>2</v>
+      </c>
+      <c r="G145" s="3">
+        <v>1</v>
+      </c>
+      <c r="H145" s="3">
+        <v>5</v>
+      </c>
+      <c r="I145" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C146" s="3">
-        <v>8313.76</v>
+        <v>11317.9</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>69</v>
+        <v>140</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A147" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B147" s="3" t="s">
+      <c r="A147" s="2" t="s">
         <v>294</v>
       </c>
-      <c r="C147" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B147" s="2"/>
+      <c r="C147" s="2"/>
+      <c r="D147" s="2"/>
+      <c r="E147" s="2"/>
+      <c r="F147" s="2"/>
+      <c r="G147" s="2"/>
+      <c r="H147" s="2"/>
+      <c r="I147" s="2"/>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C148" s="3">
-        <v>5990</v>
+        <v>7004.66</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C149" s="3">
-        <v>5990</v>
+        <v>5773.84</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A150" s="2" t="s">
+      <c r="A150" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="B150" s="2"/>
-[...6 lines deleted...]
-      <c r="I150" s="2"/>
+      <c r="B150" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="C150" s="3">
+        <v>5449.28</v>
+      </c>
+      <c r="D150" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F150" s="3">
+        <v>15</v>
+      </c>
+      <c r="G150" s="3">
+        <v>1</v>
+      </c>
+      <c r="H150" s="3">
+        <v>8</v>
+      </c>
+      <c r="I150" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C151" s="3">
-        <v>13188</v>
+        <v>7390.84</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>40</v>
+        <v>231</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
         <v>20</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C152" s="3">
-        <v>6990</v>
+        <v>6328.24</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>20</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A153" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B153" s="3" t="s">
+      <c r="A153" s="2" t="s">
         <v>305</v>
       </c>
-      <c r="C153" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B153" s="2"/>
+      <c r="C153" s="2"/>
+      <c r="D153" s="2"/>
+      <c r="E153" s="2"/>
+      <c r="F153" s="2"/>
+      <c r="G153" s="2"/>
+      <c r="H153" s="2"/>
+      <c r="I153" s="2"/>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C154" s="3">
-        <v>6990</v>
+        <v>13716.4</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>300</v>
+        <v>46</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I154" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A155" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="B155" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="C155" s="3">
+        <v>13716.4</v>
+      </c>
+      <c r="D155" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F155" s="3">
+        <v>191</v>
+      </c>
+      <c r="G155" s="3">
+        <v>1</v>
+      </c>
+      <c r="H155" s="3">
+        <v>10</v>
+      </c>
+      <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A73:I73"/>
-[...5 lines deleted...]
-    <mergeCell ref="A150:I150"/>
+    <mergeCell ref="A18:I18"/>
+    <mergeCell ref="A33:I33"/>
+    <mergeCell ref="A38:I38"/>
+    <mergeCell ref="A43:I43"/>
+    <mergeCell ref="A113:I113"/>
+    <mergeCell ref="A147:I147"/>
+    <mergeCell ref="A153:I153"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
-    <hyperlink ref="D18" r:id="rId15"/>
-[...118 lines deleted...]
-    <hyperlink ref="D141" r:id="rId134"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D39" r:id="rId33"/>
+    <hyperlink ref="D40" r:id="rId34"/>
+    <hyperlink ref="D41" r:id="rId35"/>
+    <hyperlink ref="D42" r:id="rId36"/>
+    <hyperlink ref="D44" r:id="rId37"/>
+    <hyperlink ref="D45" r:id="rId38"/>
+    <hyperlink ref="D46" r:id="rId39"/>
+    <hyperlink ref="D47" r:id="rId40"/>
+    <hyperlink ref="D48" r:id="rId41"/>
+    <hyperlink ref="D49" r:id="rId42"/>
+    <hyperlink ref="D50" r:id="rId43"/>
+    <hyperlink ref="D51" r:id="rId44"/>
+    <hyperlink ref="D52" r:id="rId45"/>
+    <hyperlink ref="D53" r:id="rId46"/>
+    <hyperlink ref="D54" r:id="rId47"/>
+    <hyperlink ref="D55" r:id="rId48"/>
+    <hyperlink ref="D56" r:id="rId49"/>
+    <hyperlink ref="D57" r:id="rId50"/>
+    <hyperlink ref="D58" r:id="rId51"/>
+    <hyperlink ref="D59" r:id="rId52"/>
+    <hyperlink ref="D60" r:id="rId53"/>
+    <hyperlink ref="D61" r:id="rId54"/>
+    <hyperlink ref="D62" r:id="rId55"/>
+    <hyperlink ref="D63" r:id="rId56"/>
+    <hyperlink ref="D64" r:id="rId57"/>
+    <hyperlink ref="D65" r:id="rId58"/>
+    <hyperlink ref="D66" r:id="rId59"/>
+    <hyperlink ref="D67" r:id="rId60"/>
+    <hyperlink ref="D68" r:id="rId61"/>
+    <hyperlink ref="D69" r:id="rId62"/>
+    <hyperlink ref="D70" r:id="rId63"/>
+    <hyperlink ref="D71" r:id="rId64"/>
+    <hyperlink ref="D72" r:id="rId65"/>
+    <hyperlink ref="D73" r:id="rId66"/>
+    <hyperlink ref="D74" r:id="rId67"/>
+    <hyperlink ref="D75" r:id="rId68"/>
+    <hyperlink ref="D76" r:id="rId69"/>
+    <hyperlink ref="D77" r:id="rId70"/>
+    <hyperlink ref="D78" r:id="rId71"/>
+    <hyperlink ref="D79" r:id="rId72"/>
+    <hyperlink ref="D80" r:id="rId73"/>
+    <hyperlink ref="D81" r:id="rId74"/>
+    <hyperlink ref="D82" r:id="rId75"/>
+    <hyperlink ref="D83" r:id="rId76"/>
+    <hyperlink ref="D84" r:id="rId77"/>
+    <hyperlink ref="D85" r:id="rId78"/>
+    <hyperlink ref="D86" r:id="rId79"/>
+    <hyperlink ref="D87" r:id="rId80"/>
+    <hyperlink ref="D88" r:id="rId81"/>
+    <hyperlink ref="D89" r:id="rId82"/>
+    <hyperlink ref="D90" r:id="rId83"/>
+    <hyperlink ref="D91" r:id="rId84"/>
+    <hyperlink ref="D92" r:id="rId85"/>
+    <hyperlink ref="D93" r:id="rId86"/>
+    <hyperlink ref="D94" r:id="rId87"/>
+    <hyperlink ref="D95" r:id="rId88"/>
+    <hyperlink ref="D96" r:id="rId89"/>
+    <hyperlink ref="D97" r:id="rId90"/>
+    <hyperlink ref="D98" r:id="rId91"/>
+    <hyperlink ref="D99" r:id="rId92"/>
+    <hyperlink ref="D100" r:id="rId93"/>
+    <hyperlink ref="D101" r:id="rId94"/>
+    <hyperlink ref="D102" r:id="rId95"/>
+    <hyperlink ref="D103" r:id="rId96"/>
+    <hyperlink ref="D104" r:id="rId97"/>
+    <hyperlink ref="D105" r:id="rId98"/>
+    <hyperlink ref="D106" r:id="rId99"/>
+    <hyperlink ref="D107" r:id="rId100"/>
+    <hyperlink ref="D108" r:id="rId101"/>
+    <hyperlink ref="D109" r:id="rId102"/>
+    <hyperlink ref="D110" r:id="rId103"/>
+    <hyperlink ref="D111" r:id="rId104"/>
+    <hyperlink ref="D112" r:id="rId105"/>
+    <hyperlink ref="D114" r:id="rId106"/>
+    <hyperlink ref="D115" r:id="rId107"/>
+    <hyperlink ref="D116" r:id="rId108"/>
+    <hyperlink ref="D117" r:id="rId109"/>
+    <hyperlink ref="D118" r:id="rId110"/>
+    <hyperlink ref="D119" r:id="rId111"/>
+    <hyperlink ref="D120" r:id="rId112"/>
+    <hyperlink ref="D121" r:id="rId113"/>
+    <hyperlink ref="D122" r:id="rId114"/>
+    <hyperlink ref="D123" r:id="rId115"/>
+    <hyperlink ref="D124" r:id="rId116"/>
+    <hyperlink ref="D125" r:id="rId117"/>
+    <hyperlink ref="D126" r:id="rId118"/>
+    <hyperlink ref="D127" r:id="rId119"/>
+    <hyperlink ref="D128" r:id="rId120"/>
+    <hyperlink ref="D129" r:id="rId121"/>
+    <hyperlink ref="D130" r:id="rId122"/>
+    <hyperlink ref="D131" r:id="rId123"/>
+    <hyperlink ref="D132" r:id="rId124"/>
+    <hyperlink ref="D133" r:id="rId125"/>
+    <hyperlink ref="D134" r:id="rId126"/>
+    <hyperlink ref="D135" r:id="rId127"/>
+    <hyperlink ref="D136" r:id="rId128"/>
+    <hyperlink ref="D137" r:id="rId129"/>
+    <hyperlink ref="D138" r:id="rId130"/>
+    <hyperlink ref="D139" r:id="rId131"/>
+    <hyperlink ref="D140" r:id="rId132"/>
+    <hyperlink ref="D141" r:id="rId133"/>
+    <hyperlink ref="D142" r:id="rId134"/>
     <hyperlink ref="D143" r:id="rId135"/>
     <hyperlink ref="D144" r:id="rId136"/>
-    <hyperlink ref="D146" r:id="rId137"/>
-    <hyperlink ref="D147" r:id="rId138"/>
+    <hyperlink ref="D145" r:id="rId137"/>
+    <hyperlink ref="D146" r:id="rId138"/>
     <hyperlink ref="D148" r:id="rId139"/>
     <hyperlink ref="D149" r:id="rId140"/>
-    <hyperlink ref="D151" r:id="rId141"/>
-[...1 lines deleted...]
-    <hyperlink ref="D153" r:id="rId143"/>
+    <hyperlink ref="D150" r:id="rId141"/>
+    <hyperlink ref="D151" r:id="rId142"/>
+    <hyperlink ref="D152" r:id="rId143"/>
     <hyperlink ref="D154" r:id="rId144"/>
+    <hyperlink ref="D155" r:id="rId145"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>