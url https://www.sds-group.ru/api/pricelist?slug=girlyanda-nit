--- v1 (2025-11-29)
+++ v2 (2026-01-15)
@@ -8,982 +8,940 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="598" uniqueCount="310">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="570" uniqueCount="296">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гирлянда Нить</t>
   </si>
   <si>
-    <t>1.1 Мультишарики ПВХ</t>
+    <t>1.1 Нить ПВХ</t>
+  </si>
+  <si>
+    <t>315-125</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>305-296</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-195</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-295</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-395</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-386</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/53</t>
+  </si>
+  <si>
+    <t>305-396</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-31</t>
+  </si>
+  <si>
+    <t>305-196</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-131</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, постоянное свечение, белый ПВХ, 24В, цвет Жёлтый</t>
+  </si>
+  <si>
+    <t>305-282</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-255</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-266</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-153</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, постоянное свечение, прозрачный ПВХ, 24В, цвет Синий</t>
+  </si>
+  <si>
+    <t>245-408</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED RGB черный ПВХ IP65 свечение с динамикой 230В соединяется NEON-NIGHT нужен контроллер 245-908</t>
+  </si>
+  <si>
+    <t>305-173</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-185</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-233</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-284</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-165</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-179</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-252</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-265</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-276</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-281</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>245-409</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED RGB прозрачный ПВХ IP65 свечение с динамикой 230В соединяется NEON-NIGHT нужен контроллер 245-908</t>
+  </si>
+  <si>
+    <t>305-135</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-31</t>
+  </si>
+  <si>
+    <t>305-136</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ IP65 белый ПВХ постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531-</t>
+  </si>
+  <si>
+    <t>305-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-151</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/</t>
+  </si>
+  <si>
+    <t>305-155</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/5</t>
+  </si>
+  <si>
+    <t>305-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311</t>
+  </si>
+  <si>
+    <t>305-159</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/</t>
+  </si>
+  <si>
+    <t>305-163</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-172</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-175</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-181</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-183</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-184</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-186</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-232</t>
+  </si>
+  <si>
+    <t>НИТЬ ПВХ flashing 10м (2 модуля x 5м), белый ПВХ, 100 LED Красный, 24В (нужен трансформатор 531-100/531-200)</t>
+  </si>
+  <si>
+    <t>305-235</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-241</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-246</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/53</t>
+  </si>
+  <si>
+    <t>305-253</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-256</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-262</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-271</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-275</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-285</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-166</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ IP65 белый ПВХ постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-169</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-171</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-182</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-234</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-236</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-245</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-251</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-</t>
+  </si>
+  <si>
+    <t>305-254</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-263</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-273</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-283</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-286</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-162</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-176</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-189</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-152</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, постоянное свечение, прозрачный ПВХ, 24В, цвет Красный</t>
+  </si>
+  <si>
+    <t>315-116</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
+  </si>
+  <si>
+    <t>1.2 Нить Каучук / Дюраплей</t>
+  </si>
+  <si>
+    <t>315-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук IP67 постоянное свечение 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-175</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 эффект мерцания 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-166</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 100% мерцание 230В соединяется NEON-NIGHT нужен блок 315-000</t>
+  </si>
+  <si>
+    <t>315-182</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить (дюраплей) 20м, с эффектом мерцания, белый каучук, 230В, цвет Красный</t>
+  </si>
+  <si>
+    <t>315-159</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED МУЛЬТИКОЛОР черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-195</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ черный каучук IP67 эффект мерцания 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-216</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-133</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 12м 120 LED СИНИЙ черный каучук IP67 постоянное свечение 230В соединяется блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-515</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/53</t>
+  </si>
+  <si>
+    <t>315-196</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 эффект мерцания 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-215</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-505</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый каучук IP67 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>315-506</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук IP67 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/5</t>
+  </si>
+  <si>
+    <t>315-525</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-31</t>
+  </si>
+  <si>
+    <t>315-526</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 эффект мерцания 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531-</t>
+  </si>
+  <si>
+    <t>315-536</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук IP67 эффект мерцания 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>315-186</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук IP67 эффект мерцания 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-516</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/</t>
+  </si>
+  <si>
+    <t>315-535</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый каучук IP67 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>315-153</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED СИНИЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-154</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ЗЕЛЕНЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый каучук IP67 постоянное свечение 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-143</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED СИНИЙ белый каучук IP67 постоянное свечение 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-181</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ЖЕЛТЫЙ белый каучук IP67 эффект мерцания 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-185</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый каучук IP67 эффект мерцания 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-155</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-135</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 12м 120 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-173</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED СИНИЙ черный каучук IP67 эффект мерцания соединяется 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-183</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED СИНИЙ белый каучук IP67 эффект мерцания 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-176</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 эффект мерцания 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-136</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 12м 120 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-139</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 12м 120 LED МУЛЬТИКОЛОР черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-165</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 100% мерцание 230В соединяется NEON-NIGHT нужен блок 315-000</t>
+  </si>
+  <si>
+    <t>1.3 Мультишарики ПВХ</t>
+  </si>
+  <si>
+    <t>303-529</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED RGB черный ПВХ IP65 быстрая смена цвета 24В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-502</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED КРАСНЫЙ черный ПВХ IP65 постоянное свечение 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-505</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-519</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
     <t>303-509-4</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мультишарики Ø17,5мм 10м 100 LED RGB черный ПВХ IP65 медленная смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+    <t>303-575</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø38мм 10м 40 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-579</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø38мм 10м 40 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-589</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм Ø23мм Ø17,5мм Ø45мм 10м 80 LED RGB черный ПВХ IP65 быстрая смена цвета 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>303-516</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-509-1</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø13мм 20м 200 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-509</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-589</t>
-[...28 lines deleted...]
-  <si>
     <t>303-509-2</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мультишарики Ø17,5мм 10м 100 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-579</t>
-[...23 lines deleted...]
-    <t>1.2 Нить управляемая (твинкл) ПВХ</t>
+    <t>1.4 Мультишарики Каучук</t>
+  </si>
+  <si>
+    <t>303-595</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-679</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 10м 80 LED RGB черный каучук IP67 быстрая смена цвета 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-509-3</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишишки Ø23мм 10м 80 LED RGB черный каучук IP67 быстрая смена цвета 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-599</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED RGB черный каучук IP67 быстрая смена цвета 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-596</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.5 Нить управляемая (твинкл) ПВХ</t>
+  </si>
+  <si>
+    <t>303-145</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 20м 200 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-149</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 20м 200 LED МУЛЬТИКОЛОР (RGYB) черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-146</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-138</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED ЗОЛОТОЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-136</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-133</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>303-139</t>
   </si>
   <si>
     <t>Гирлянда Нить управляемая 10м 100 LED МУЛЬТИКОЛОР (RGYB) черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-146</t>
-[...20 lines deleted...]
-    <t>Гирлянда Нить управляемая 10м 100 LED СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+    <t>303-132</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED КРАСНЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>303-135</t>
   </si>
   <si>
     <t>Гирлянда Нить управляемая 10м 100 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-149</t>
-[...47 lines deleted...]
-    <t>1.3 Гирлянда Кластер ПВХ</t>
+    <t>1.6 Нить управляемая (твинкл) Каучук</t>
+  </si>
+  <si>
+    <t>303-326</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 20м 240 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 свечение с динамикой 230В не соединяется нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-329</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 20м 240 LED МУЛЬТИКОЛОР черный каучук IP67 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.7 Гирлянда Кластер Каучук</t>
+  </si>
+  <si>
+    <t>315-255</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 200 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-256</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-265</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 400 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-266</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 400 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.8 Гирлянда Кластер ПВХ</t>
+  </si>
+  <si>
+    <t>303-645</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 400 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>303-646</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Кластер 10м 400 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>303-635</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Кластер 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-645</t>
-[...4 lines deleted...]
-  <si>
     <t>303-636</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Кластер 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
-  </si>
-[...691 lines deleted...]
-    <t>Гирлянда Нить управляемая 20м 240 LED МУЛЬТИКОЛОР черный каучук IP67 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1368,56 +1326,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-oslash-17-5mm-10m-100-led-rgb-cherniy-pvh-ip65-medlennaya-smena-tsveta-230v-nujen-blok-303-500-neon-night-31182" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23-mm-10-m-cherniy-pvh-80-diodov-tsvet-rgb-7480" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23-mm-10-m-cherniy-pvh-80-diodov-tsvet-tepliy-beliy-14924" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5mm-20-m-cherniy-pvh-200-diodov-tsvet-rgb-2939" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-17-5mm-oslash-23mm-oslash-17-5mm-oslash-45mm-10m-cherniy-pvh-80-diodov-tsvet-rgb-9432" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-13-mm-20-m-cherniy-pvh-200-diodov-tsvet-rgb-2940" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-38-mm-10-m-cherniy-pvh-40-diodov-tsvet-beliy-9431" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5mm-20-m-cherniy-pvh-200-diodov-tsvet-siniy-1480" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5mm-20-m-cherniy-pvh-200-diodov-tsvet-beliy-1482" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5-mm-10-m-cherniy-pvh-100-diodov-tsvet-rgb-4003" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-38-mm-10-m-cherniy-pvh-40-diodov-tsvet-rgb-7481" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5-mm-20-m-cherniy-pvh-200-diodov-tsvet-rgb-24v-2945" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23-mm-10-m-cherniy-pvh-80-diodov-tsvet-beliy-13700" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5mm-20-m-cherniy-pvh-200-diodov-tsvet-krasniy-1479" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-multikolor-2926" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-cherniy-pvh-200-diodov-tsvet-tepliy-beliy-28631" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-zeleniy-3501" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-fioletoviy-6440" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-siniy-2924" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-beliy-2925" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-cherniy-pvh-200-diodov-tsvet-multikolor-2928" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-jeltiy-2922" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-cherniy-pvh-200-diodov-tsvet-beliy-2927" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-tepliy-beliy-3502" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-krasniy-2923" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-rozoviy-6438" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-oranjeviy-6437" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-cherniy-pvh-100-diodov-tsvet-zolotoy-14482" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-400-led-prozrachniy-pvh-ip65-soedinyaemaya-tsvet-svecheniya-tepliy-beliy-neon-night-23534" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-prozrachniy-pvh-ip65-200-led-beliy-soedinyaetsya-23766" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-400-led-prozrachniy-pvh-ip65-soedinyaemaya-tsvet-svecheniya-beliy-neon-night-23533" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-prozrachniy-pvh-ip65-200-diodov-tsvet-tepliy-beliy-21025" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-400-led-cherniy-kauchuk-ip67-soedinyaemaya-tsvet-svecheniya-tepliy-beliy-neon-night-23542" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-200-led-cherniy-kauchuk-ip67-soedinyaemaya-tsvet-svecheniya-beliy-neon-night-23539" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-200-led-cherniy-kauchuk-ip67-soedinyaemaya-tsvet-svecheniya-tepliy-beliy-neon-night-23540" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-10-m-400-led-cherniy-kauchuk-ip67-soedinyaemaya-tsvet-svecheniya-beliy-neon-night-23541" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-beliy-200-led-23529" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-tyopliy-beliy-200-led-23530" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-tsvet-beliy-200-led-23531" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-tsvet-tyopliy-beliy-200-led-23532" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-beliy-14899" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-siniy-14911" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-beliy-7639" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-siniy-14841" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-tepliy-beliy-prozrachniy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nujen-transformator-531-100-531-311-531-312-31185" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-multikolor-14881" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-beliy-14876" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-zelyoniy-14842" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-krasniy-14864" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-beliy-14838" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-siniy-14863" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-beliy-14915" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-beliy-14858" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-tyopliy-beliy-14856" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-tyopliy-beliy-14861" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-jyoltiy-14865" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-krasniy-14906" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-siniy-14875" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230-v-tsvet-beliy-14848" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-jyoltiy-14868" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-beliy-14834" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-jyoltiy-14879" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-beliy-14847" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-multikolor-14901" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-beliy-14866" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-tyopliy-beliy-14878" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-zelyoniy-14920" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-jyoltiy-14855" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-tyopliy-beliy-14923" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-siniy-14916" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-tyopliy-beliy-7638" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-tyopliy-beliy-14853" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-siniy-14907" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-svechenie-s-dinamikoy-cherniy-pvh-230v-tsvet-rgb-30031" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-svechenie-s-dinamikoy-prozrachniy-pvh-230v-tsvet-rgb-14606" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-24v-tsvet-tyopliy-beliy-14835" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-tyopliy-beliy-14905" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-24v-tsvet-multikolor-14900" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-beliy-pvh-230v-tsvet-krasniy-14839" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-cherniy-pvh-230v-tsvet-siniy-14851" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-jyoltiy-14886" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-krasniy-14867" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-zelyoniy-14919" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-beliy-14908" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-tyopliy-beliy-14895" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachniy-pvh-230v-tsvet-multikolor-14896" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-krasniy-14857" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-siniy-14880" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-beliy-14891" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-24v-tsvet-tyopliy-beliy-14852" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-24v-tsvet-jyoltiy-14869" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-24v-tsvet-beliy-14921" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-24v-tsvet-tyopliy-beliy-14909" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-krasniy-14910" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-24v-tsvet-siniy-14922" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-krasniy-14871" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-beliy-pvh-230v-tsvet-tyopliy-beliy-14902" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-jyoltiy-14897" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-cherniy-pvh-230v-tsvet-tyopliy-beliy-14890" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-jyoltiy-14893" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-krasniy-14894" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-s-effektom-mertsaniya-prozrachniy-pvh-230v-tsvet-zelyoniy-14860" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-pvh-24v-tsvet-beliy-7637" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nujen-transformator-531-100-531-311-531-312-31174" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-tepliy-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nujen-transformator-531-100-531-311-531-312-31184" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-10m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-23535" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-10m-s-effektom-mertsaniya-cherniy-kauchuk-230v-tsvet-beliy-23538" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-7635" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-10m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-beliy-23537" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-10m-s-effektom-mertsaniya-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-23536" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-cherniy-kauchuk-24v-tsvet-beliy-27408" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-cherniy-kauchuk-24v-tsvet-tyopliy-beliy-27409" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-kauchuk-24v-tsvet-beliy-27404" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-kauchuk-24v-tsvet-tyopliy-beliy-27405" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-24v-tsvet-tyopliy-beliy-27411" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-24v-tsvet-tyopliy-beliy-27407" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-24v-tsvet-beliy-27410" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-cherniy-kauchuk-230v-tsvet-beliy-7634" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-kauchuk-230v-tsvet-beliy-7631" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-beliy-2951" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-kauchuk-230v-tsvet-tyopliy-beliy-7632" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-zelyoniy-7630" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-100-flashing-20m-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-7636" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-cherniy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsya-neon-night-nujen-shnur-315-000-31177" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-12m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-siniy-2947" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-multikolor-2952" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-12m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-6536" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-tyopliy-beliy-6537" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-230v-tsvet-jyoltiy-14384" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-230v-tsvet-tyopliy-beliy-14381" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-12m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-multikolor-2949" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-24v-tsvet-beliy-27406" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-siniy-2950" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-postoyannoe-svechenie-beliy-kauchuk-230v-tsvet-siniy-14382" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-230v-tsvet-siniy-14379" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-20m-s-effektom-mertsaniya-beliy-kauchuk-230v-tsvet-beliy-14380" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-12m-postoyannoe-svechenie-cherniy-kauchuk-230v-tsvet-beliy-2948" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-dyurapley-100-flashing-20m-cherniy-kauchuk-230v-tsvet-beliy-6441" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-17-5-mm-10-m-cherniy-kauchuk-80-led-tsvet-rgb-28702" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23-mm-10-m-cherniy-kauchuk-80-led-postoyannoe-svechenie-tsvet-beliy-14850" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23mm-10m-cherniy-kauchuk-80-led-postoyannoe-svechenie-tsvet-tepliy-beliy-30070" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishariki-oslash-23-mm-10-m-cherniy-kauchuk-80-led-svechenie-s-dinamikoy-tsvet-rgb-14903" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-multishishki-10-m-cherniy-kauchuk-80-diodov-tsvet-rgb-15090" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-cherniy-kauchuk-240-diodov-tsvet-tepliy-beliy-7627" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-cherniy-kauchuk-240-diodov-tsvet-multikolor-2938" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soe" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soed" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-belyy-pvh-24v-tsvet-zheltyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyae" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-siniy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soediny" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinya" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-24v-soedin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soed" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soedi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soediny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-so" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinya" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nit-pvh-flashing-10m-2-modulya-x-5m-belyy-pvh-100-led-krasnyy-24v-nuzhen-transformator-531-100-531-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinya" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soed" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-230v-soedi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-belyy-pvh-ip65-postoyannoe-svechenie-230v-soediny" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinya" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-n" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-n" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-s" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-krasnyy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soed" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-s" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-100-mertsanie-230v-soediny" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyurapley-girlyanda-modulnaya-20m-200-led-belyy-kauchuk-mertsayushchiy-flashing-kazhdyy-5-y-diod-kra" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-multikolor-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-s" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-siniy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-24v-soediny" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soe" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-24v-soedinyae" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-24v-so" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-24v-soed" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-24v-soedin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-24v" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-24v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-zelenyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soed" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinya" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinya" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-zheltyy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-chernyy-kauchuk-ip67-effekt-mertsaniya-soedinyaetsya-2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soe" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-multikolor-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-s" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-100-mertsanie-230v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svechen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230v" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-10m-100-led-rgb-chernyy-pvh-ip65-medlennaya-smena-tsveta" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-38mm-10m-40-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-38mm-10m-40-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230v" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-23mm-17-5mm-45mm-10m-80-led-rgb-chernyy-pvh-ip65-bystray" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svech" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-13mm-20m-200-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-2-2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-10m-100-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svecheni" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-10m-80-led-rgb-chernyy-kauchuk-ip67-bystraya-smena-tsvet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishishki-23mm-10m-80-led-rgb-chernyy-kauchuk-ip67-bystraya-smena-tsveta" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-rgb-chernyy-kauchuk-ip67-bystraya-smena-tsveta" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-s" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-200-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuzhen-kon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-200-led-multikolor-rgyb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-200-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-zolotoy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroll" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-multikolor-rgyb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-krasnyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroll" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuzhen-kon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-240-led-teplyy-belyy-chernyy-kauchuk-ip67-svechenie-s-dinamikoy-230v" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-240-led-multikolor-chernyy-kauchuk-ip67-svechenie-s-dinamikoy-230v-n" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-nu" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-nu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I155"/>
+  <dimension ref="A1:I148"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1449,4496 +1407,4286 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>6048.9</v>
+        <v>6716.57</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>145</v>
+        <v>5</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>6351.34</v>
+        <v>5185.79</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>5392.69</v>
+        <v>4785.55</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>225</v>
+        <v>252</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>10990</v>
+        <v>5185.79</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>396</v>
+        <v>22</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>10017.1</v>
+        <v>5917.92</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>49</v>
+        <v>86</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>11433.4</v>
+        <v>5185.79</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>7045.5</v>
+        <v>5917.92</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>41</v>
+        <v>241</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>9400.6</v>
+        <v>4785.55</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1</v>
+        <v>1005</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>9400.6</v>
+        <v>2225.63</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>6351.34</v>
+        <v>3087.61</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>104</v>
+        <v>152</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>7411.25</v>
+        <v>3757.65</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>2129</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>13858.9</v>
+        <v>3087.61</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>5392.69</v>
+        <v>3496.52</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>7614.49</v>
+        <v>5427.33</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A18" s="2" t="s">
+      <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="2"/>
-[...6 lines deleted...]
-      <c r="I18" s="2"/>
+      <c r="B18" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C18" s="3">
+        <v>2973.71</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="3">
+        <v>2</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>25</v>
+      </c>
+      <c r="I18" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>2698.5</v>
+        <v>2973.71</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>96</v>
+        <v>884</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>4934.86</v>
+        <v>2739.33</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>42</v>
+        <v>1</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>2527.87</v>
+        <v>3087.61</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>2428.66</v>
+        <v>2973.71</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>161</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C23" s="3">
+        <v>2973.71</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" s="3">
+        <v>0</v>
+      </c>
+      <c r="G23" s="3">
+        <v>1</v>
+      </c>
+      <c r="H23" s="3">
         <v>50</v>
-      </c>
-[...19 lines deleted...]
-        <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>2698.5</v>
+        <v>3757.65</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>4934.86</v>
+        <v>3087.61</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>181</v>
+        <v>2</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>1987.08</v>
+        <v>3087.61</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>4934.86</v>
+        <v>3087.61</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>135</v>
+        <v>42</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>2698.5</v>
+        <v>5698.7</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>2428.66</v>
+        <v>3136.43</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>1770.48</v>
+        <v>3136.43</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>1770.48</v>
+        <v>3136.43</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>1618</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>2967.65</v>
+        <v>3136.43</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A33" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I33" s="2"/>
+      <c r="A33" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="C33" s="3">
+        <v>3136.43</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="3">
+        <v>50</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
+        <v>25</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>11404.3</v>
+        <v>3136.43</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>1556</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>5990</v>
+        <v>3136.43</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>29</v>
+        <v>299</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>8313.76</v>
+        <v>2822.79</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>5990</v>
+        <v>2973.71</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>59</v>
+        <v>1</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A38" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I38" s="2"/>
+      <c r="A38" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C38" s="3">
+        <v>2676.34</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F38" s="3">
+        <v>3</v>
+      </c>
+      <c r="G38" s="3">
+        <v>1</v>
+      </c>
+      <c r="H38" s="3">
+        <v>40</v>
+      </c>
+      <c r="I38" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>13188</v>
+        <v>2973.71</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>188</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>6990</v>
+        <v>2973.71</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>6990</v>
+        <v>2973.71</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>246</v>
+        <v>56</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>13188</v>
+        <v>2973.71</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I43" s="2"/>
+      <c r="A43" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C43" s="3">
+        <v>2973.71</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" s="3">
+        <v>1584</v>
+      </c>
+      <c r="G43" s="3">
+        <v>1</v>
+      </c>
+      <c r="H43" s="3">
+        <v>25</v>
+      </c>
+      <c r="I43" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>4705.56</v>
+        <v>2465.4</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>258</v>
+        <v>1</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>4705.56</v>
+        <v>3757.65</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>889</v>
+        <v>854</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>20</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>5099.11</v>
+        <v>3757.65</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>134</v>
+        <v>4</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>20</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>5099.11</v>
+        <v>3757.65</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>3084</v>
+        <v>3757.65</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>1870</v>
+        <v>455</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>3036</v>
+        <v>3522.79</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>120</v>
+        <v>2773</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>25</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>6604.3</v>
+        <v>2778.85</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>3438.07</v>
+        <v>2500.97</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>5099.11</v>
+        <v>3087.61</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>8</v>
+        <v>89</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>20</v>
       </c>
       <c r="I52" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>2924</v>
+        <v>3087.61</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>32</v>
+        <v>4</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>3036</v>
+        <v>2973.71</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>212</v>
+        <v>154</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>20</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>3325.36</v>
+        <v>2973.71</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>3001.95</v>
+        <v>2973.71</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>268</v>
+        <v>72</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>3084</v>
+        <v>2973.71</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>1675</v>
+        <v>3</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>25</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>2924</v>
+        <v>2218.87</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
         <v>1</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>3694.84</v>
+        <v>3757.65</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>2247</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>3036</v>
+        <v>3757.65</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>3463.9</v>
+        <v>3757.65</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>2853</v>
+        <v>133</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C62" s="3">
-        <v>3084</v>
+        <v>3381.89</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>1797</v>
+        <v>1</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>25</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="C63" s="3">
-        <v>2924</v>
+        <v>3087.61</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>102</v>
+        <v>77</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C64" s="3">
-        <v>2631.6</v>
+        <v>3087.61</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>2</v>
+        <v>78</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="C65" s="3">
-        <v>3036</v>
+        <v>3087.61</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>137</v>
+        <v>208</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>25</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="C66" s="3">
-        <v>3036</v>
+        <v>3087.61</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>7</v>
+        <v>173</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="C67" s="3">
-        <v>2431.58</v>
+        <v>2973.71</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>20</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="C68" s="3">
-        <v>3084</v>
+        <v>2973.71</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>1</v>
+        <v>437</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C69" s="3">
-        <v>3084</v>
+        <v>2973.71</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>25</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C70" s="3">
-        <v>2924</v>
+        <v>3052.98</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>73</v>
+        <v>258</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C71" s="3">
-        <v>2924</v>
+        <v>4896.38</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A72" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A72" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="B72" s="2"/>
+      <c r="C72" s="2"/>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2"/>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2"/>
+      <c r="I72" s="2"/>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C73" s="3">
-        <v>2924</v>
+        <v>7364.96</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>442</v>
+        <v>216</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C74" s="3">
-        <v>2424.2</v>
+        <v>7588.14</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C75" s="3">
-        <v>3694.84</v>
+        <v>11510.3</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>151</v>
+        <v>11</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C76" s="3">
-        <v>3036</v>
+        <v>7588.14</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>432</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C77" s="3">
-        <v>3036</v>
+        <v>7364.96</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>243</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C78" s="3">
-        <v>5349.48</v>
+        <v>7253.39</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C79" s="3">
-        <v>2924</v>
+        <v>6368.1</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>319</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>20</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C80" s="3">
-        <v>2924</v>
+        <v>3221.43</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>110</v>
+        <v>1</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="C81" s="3">
-        <v>5336.61</v>
+        <v>7782.08</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>2</v>
+        <v>341</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="I81" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C82" s="3">
-        <v>5603.44</v>
+        <v>7253.39</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C83" s="3">
-        <v>3084</v>
+        <v>6368.1</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>20</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C84" s="3">
-        <v>3084</v>
+        <v>7782.08</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>14</v>
+        <v>343</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C85" s="3">
-        <v>3084</v>
+        <v>7782.08</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>4</v>
+        <v>148</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C86" s="3">
-        <v>2924</v>
+        <v>8574.84</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>22</v>
+        <v>285</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C87" s="3">
-        <v>2924</v>
+        <v>8574.84</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>2</v>
+        <v>208</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C88" s="3">
-        <v>2924</v>
+        <v>8574.84</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>70</v>
+        <v>457</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C89" s="3">
-        <v>2924</v>
+        <v>7588.14</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C90" s="3">
-        <v>2924</v>
+        <v>7782.08</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>0</v>
+        <v>189</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C91" s="3">
-        <v>2924</v>
+        <v>8574.84</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>1023</v>
+        <v>223</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C92" s="3">
-        <v>2924</v>
+        <v>7364.96</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>2143</v>
+        <v>20</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C93" s="3">
-        <v>2924</v>
+        <v>7364.96</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>203</v>
+        <v>97</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="C94" s="3">
-        <v>2693.54</v>
+        <v>7364.96</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>1</v>
+        <v>92</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C95" s="3">
-        <v>2992.82</v>
+        <v>7364.96</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>2</v>
+        <v>60</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C96" s="3">
-        <v>3694.84</v>
+        <v>7588.14</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>943</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C97" s="3">
-        <v>3694.84</v>
+        <v>7588.14</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>0</v>
+        <v>178</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C98" s="3">
-        <v>3694.84</v>
+        <v>7364.96</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>4</v>
+        <v>269</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C99" s="3">
-        <v>3694.84</v>
+        <v>2899.3</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C100" s="3">
-        <v>3694.84</v>
+        <v>7987.52</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>113</v>
+        <v>8</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I100" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C101" s="3">
-        <v>3694.84</v>
+        <v>7364.96</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>288</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C102" s="3">
-        <v>3694.84</v>
+        <v>7588.14</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>476</v>
+        <v>70</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C103" s="3">
-        <v>2732.4</v>
+        <v>7588.14</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C104" s="3">
-        <v>3036</v>
+        <v>4017.25</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>60</v>
+        <v>2</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C105" s="3">
-        <v>2732.4</v>
+        <v>4418.97</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
         <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C106" s="3">
-        <v>3036</v>
+        <v>11510.3</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>0</v>
+        <v>96</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A107" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A107" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="B107" s="2"/>
+      <c r="C107" s="2"/>
+      <c r="D107" s="2"/>
+      <c r="E107" s="2"/>
+      <c r="F107" s="2"/>
+      <c r="G107" s="2"/>
+      <c r="H107" s="2"/>
+      <c r="I107" s="2"/>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C108" s="3">
-        <v>3036</v>
+        <v>14094.5</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>148</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C109" s="3">
-        <v>3036</v>
+        <v>6969.54</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C110" s="3">
-        <v>4333.08</v>
+        <v>9560.41</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>2</v>
+        <v>92</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C111" s="3">
-        <v>5819</v>
+        <v>6459.31</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>145</v>
+        <v>34</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I111" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C112" s="3">
-        <v>5819</v>
+        <v>6151.73</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>250</v>
+        <v>123</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="I112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A113" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I113" s="2"/>
+      <c r="A113" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="C113" s="3">
+        <v>7165.27</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F113" s="3">
+        <v>4</v>
+      </c>
+      <c r="G113" s="3">
+        <v>1</v>
+      </c>
+      <c r="H113" s="3">
+        <v>10</v>
+      </c>
+      <c r="I113" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="C114" s="3">
-        <v>6261.65</v>
+        <v>7537.24</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C115" s="3">
-        <v>7132.14</v>
+        <v>10187.39</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>4</v>
+        <v>29</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="B116" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="C116" s="3">
+        <v>5484.37</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F116" s="3">
         <v>233</v>
       </c>
-      <c r="C116" s="3">
-[...10 lines deleted...]
-      </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C117" s="3">
-        <v>6261.65</v>
+        <v>11627.77</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>28</v>
+        <v>5</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="C118" s="3">
-        <v>7132.14</v>
+        <v>11176.83</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C119" s="3">
-        <v>8431.5</v>
+        <v>6459.31</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>309</v>
+        <v>154</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A120" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A120" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="B120" s="2"/>
+      <c r="C120" s="2"/>
+      <c r="D120" s="2"/>
+      <c r="E120" s="2"/>
+      <c r="F120" s="2"/>
+      <c r="G120" s="2"/>
+      <c r="H120" s="2"/>
+      <c r="I120" s="2"/>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C121" s="3">
-        <v>7652</v>
+        <v>5872</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>366</v>
+        <v>43</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C122" s="3">
-        <v>7652</v>
+        <v>7123.74</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>165</v>
+        <v>0</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C123" s="3">
-        <v>8431.5</v>
+        <v>6435.82</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>785</v>
+        <v>71</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C124" s="3">
-        <v>7652</v>
+        <v>7516.48</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>209</v>
+        <v>175</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C125" s="3">
-        <v>8431.5</v>
+        <v>5541.92</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>316</v>
+        <v>0</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I125" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A126" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A126" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="B126" s="2"/>
+      <c r="C126" s="2"/>
+      <c r="D126" s="2"/>
+      <c r="E126" s="2"/>
+      <c r="F126" s="2"/>
+      <c r="G126" s="2"/>
+      <c r="H126" s="2"/>
+      <c r="I126" s="2"/>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C127" s="3">
-        <v>7241.85</v>
+        <v>5018.75</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>210</v>
+        <v>99</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C128" s="3">
-        <v>7241.85</v>
+        <v>5018.75</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>338</v>
+        <v>200</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C129" s="3">
-        <v>7241.85</v>
+        <v>5018.75</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>251</v>
+        <v>71</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>10</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C130" s="3">
-        <v>7241.85</v>
+        <v>2716.29</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>108</v>
+        <v>1</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C131" s="3">
-        <v>11317.9</v>
+        <v>2744.37</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C132" s="3">
-        <v>7854</v>
+        <v>2744.37</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
         <v>10</v>
       </c>
       <c r="I132" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C133" s="3">
-        <v>3519.53</v>
+        <v>2744.37</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>1</v>
+        <v>66</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C134" s="3">
-        <v>7241.85</v>
+        <v>2469.95</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
         <v>10</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C135" s="3">
-        <v>3950.1</v>
+        <v>2744.37</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
         <v>10</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A136" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B136" s="3" t="s">
+      <c r="A136" s="2" t="s">
         <v>273</v>
       </c>
-      <c r="C136" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B136" s="2"/>
+      <c r="C136" s="2"/>
+      <c r="D136" s="2"/>
+      <c r="E136" s="2"/>
+      <c r="F136" s="2"/>
+      <c r="G136" s="2"/>
+      <c r="H136" s="2"/>
+      <c r="I136" s="2"/>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C137" s="3">
-        <v>7461.3</v>
+        <v>13949.58</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
         <v>10</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C138" s="3">
-        <v>7461.3</v>
+        <v>13949.58</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>0</v>
+        <v>153</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A139" s="3" t="s">
+      <c r="A139" s="2" t="s">
         <v>278</v>
       </c>
-      <c r="B139" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B139" s="2"/>
+      <c r="C139" s="2"/>
+      <c r="D139" s="2"/>
+      <c r="E139" s="2"/>
+      <c r="F139" s="2"/>
+      <c r="G139" s="2"/>
+      <c r="H139" s="2"/>
+      <c r="I139" s="2"/>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B140" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="B140" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C140" s="3">
-        <v>7652</v>
+        <v>7108.83</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>338</v>
+        <v>11</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B141" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="B141" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C141" s="3">
-        <v>7241.85</v>
+        <v>7108.83</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>0</v>
+        <v>222</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B142" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="B142" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="3">
-        <v>7241.85</v>
+        <v>13412.2</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B143" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="B143" s="3" t="s">
+      <c r="C143" s="3">
+        <v>12070.98</v>
+      </c>
+      <c r="D143" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F143" s="3">
+        <v>0</v>
+      </c>
+      <c r="G143" s="3">
+        <v>1</v>
+      </c>
+      <c r="H143" s="3">
+        <v>20</v>
+      </c>
+      <c r="I143" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A144" s="2" t="s">
         <v>287</v>
       </c>
-      <c r="C143" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B144" s="2"/>
+      <c r="C144" s="2"/>
+      <c r="D144" s="2"/>
+      <c r="E144" s="2"/>
+      <c r="F144" s="2"/>
+      <c r="G144" s="2"/>
+      <c r="H144" s="2"/>
+      <c r="I144" s="2"/>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="C145" s="3">
-        <v>3167.59</v>
+        <v>8455.09</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="C146" s="3">
-        <v>11317.9</v>
+        <v>11598.17</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>5</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A147" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I147" s="2"/>
+      <c r="A147" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B147" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="C147" s="3">
+        <v>6091.83</v>
+      </c>
+      <c r="D147" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F147" s="3">
+        <v>24</v>
+      </c>
+      <c r="G147" s="3">
+        <v>1</v>
+      </c>
+      <c r="H147" s="3">
+        <v>10</v>
+      </c>
+      <c r="I147" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="B148" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="B148" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" s="3">
-        <v>7004.66</v>
+        <v>6091.83</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I148" s="3">
-        <v>1</v>
-[...185 lines deleted...]
-      <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A18:I18"/>
-[...5 lines deleted...]
-    <mergeCell ref="A153:I153"/>
+    <mergeCell ref="A72:I72"/>
+    <mergeCell ref="A107:I107"/>
+    <mergeCell ref="A120:I120"/>
+    <mergeCell ref="A126:I126"/>
+    <mergeCell ref="A136:I136"/>
+    <mergeCell ref="A139:I139"/>
+    <mergeCell ref="A144:I144"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
-    <hyperlink ref="D19" r:id="rId15"/>
-[...112 lines deleted...]
-    <hyperlink ref="D136" r:id="rId128"/>
+    <hyperlink ref="D18" r:id="rId15"/>
+    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId18"/>
+    <hyperlink ref="D22" r:id="rId19"/>
+    <hyperlink ref="D23" r:id="rId20"/>
+    <hyperlink ref="D24" r:id="rId21"/>
+    <hyperlink ref="D25" r:id="rId22"/>
+    <hyperlink ref="D26" r:id="rId23"/>
+    <hyperlink ref="D27" r:id="rId24"/>
+    <hyperlink ref="D28" r:id="rId25"/>
+    <hyperlink ref="D29" r:id="rId26"/>
+    <hyperlink ref="D30" r:id="rId27"/>
+    <hyperlink ref="D31" r:id="rId28"/>
+    <hyperlink ref="D32" r:id="rId29"/>
+    <hyperlink ref="D33" r:id="rId30"/>
+    <hyperlink ref="D34" r:id="rId31"/>
+    <hyperlink ref="D35" r:id="rId32"/>
+    <hyperlink ref="D36" r:id="rId33"/>
+    <hyperlink ref="D37" r:id="rId34"/>
+    <hyperlink ref="D38" r:id="rId35"/>
+    <hyperlink ref="D39" r:id="rId36"/>
+    <hyperlink ref="D40" r:id="rId37"/>
+    <hyperlink ref="D41" r:id="rId38"/>
+    <hyperlink ref="D42" r:id="rId39"/>
+    <hyperlink ref="D43" r:id="rId40"/>
+    <hyperlink ref="D44" r:id="rId41"/>
+    <hyperlink ref="D45" r:id="rId42"/>
+    <hyperlink ref="D46" r:id="rId43"/>
+    <hyperlink ref="D47" r:id="rId44"/>
+    <hyperlink ref="D48" r:id="rId45"/>
+    <hyperlink ref="D49" r:id="rId46"/>
+    <hyperlink ref="D50" r:id="rId47"/>
+    <hyperlink ref="D51" r:id="rId48"/>
+    <hyperlink ref="D52" r:id="rId49"/>
+    <hyperlink ref="D53" r:id="rId50"/>
+    <hyperlink ref="D54" r:id="rId51"/>
+    <hyperlink ref="D55" r:id="rId52"/>
+    <hyperlink ref="D56" r:id="rId53"/>
+    <hyperlink ref="D57" r:id="rId54"/>
+    <hyperlink ref="D58" r:id="rId55"/>
+    <hyperlink ref="D59" r:id="rId56"/>
+    <hyperlink ref="D60" r:id="rId57"/>
+    <hyperlink ref="D61" r:id="rId58"/>
+    <hyperlink ref="D62" r:id="rId59"/>
+    <hyperlink ref="D63" r:id="rId60"/>
+    <hyperlink ref="D64" r:id="rId61"/>
+    <hyperlink ref="D65" r:id="rId62"/>
+    <hyperlink ref="D66" r:id="rId63"/>
+    <hyperlink ref="D67" r:id="rId64"/>
+    <hyperlink ref="D68" r:id="rId65"/>
+    <hyperlink ref="D69" r:id="rId66"/>
+    <hyperlink ref="D70" r:id="rId67"/>
+    <hyperlink ref="D71" r:id="rId68"/>
+    <hyperlink ref="D73" r:id="rId69"/>
+    <hyperlink ref="D74" r:id="rId70"/>
+    <hyperlink ref="D75" r:id="rId71"/>
+    <hyperlink ref="D76" r:id="rId72"/>
+    <hyperlink ref="D77" r:id="rId73"/>
+    <hyperlink ref="D78" r:id="rId74"/>
+    <hyperlink ref="D79" r:id="rId75"/>
+    <hyperlink ref="D80" r:id="rId76"/>
+    <hyperlink ref="D81" r:id="rId77"/>
+    <hyperlink ref="D82" r:id="rId78"/>
+    <hyperlink ref="D83" r:id="rId79"/>
+    <hyperlink ref="D84" r:id="rId80"/>
+    <hyperlink ref="D85" r:id="rId81"/>
+    <hyperlink ref="D86" r:id="rId82"/>
+    <hyperlink ref="D87" r:id="rId83"/>
+    <hyperlink ref="D88" r:id="rId84"/>
+    <hyperlink ref="D89" r:id="rId85"/>
+    <hyperlink ref="D90" r:id="rId86"/>
+    <hyperlink ref="D91" r:id="rId87"/>
+    <hyperlink ref="D92" r:id="rId88"/>
+    <hyperlink ref="D93" r:id="rId89"/>
+    <hyperlink ref="D94" r:id="rId90"/>
+    <hyperlink ref="D95" r:id="rId91"/>
+    <hyperlink ref="D96" r:id="rId92"/>
+    <hyperlink ref="D97" r:id="rId93"/>
+    <hyperlink ref="D98" r:id="rId94"/>
+    <hyperlink ref="D99" r:id="rId95"/>
+    <hyperlink ref="D100" r:id="rId96"/>
+    <hyperlink ref="D101" r:id="rId97"/>
+    <hyperlink ref="D102" r:id="rId98"/>
+    <hyperlink ref="D103" r:id="rId99"/>
+    <hyperlink ref="D104" r:id="rId100"/>
+    <hyperlink ref="D105" r:id="rId101"/>
+    <hyperlink ref="D106" r:id="rId102"/>
+    <hyperlink ref="D108" r:id="rId103"/>
+    <hyperlink ref="D109" r:id="rId104"/>
+    <hyperlink ref="D110" r:id="rId105"/>
+    <hyperlink ref="D111" r:id="rId106"/>
+    <hyperlink ref="D112" r:id="rId107"/>
+    <hyperlink ref="D113" r:id="rId108"/>
+    <hyperlink ref="D114" r:id="rId109"/>
+    <hyperlink ref="D115" r:id="rId110"/>
+    <hyperlink ref="D116" r:id="rId111"/>
+    <hyperlink ref="D117" r:id="rId112"/>
+    <hyperlink ref="D118" r:id="rId113"/>
+    <hyperlink ref="D119" r:id="rId114"/>
+    <hyperlink ref="D121" r:id="rId115"/>
+    <hyperlink ref="D122" r:id="rId116"/>
+    <hyperlink ref="D123" r:id="rId117"/>
+    <hyperlink ref="D124" r:id="rId118"/>
+    <hyperlink ref="D125" r:id="rId119"/>
+    <hyperlink ref="D127" r:id="rId120"/>
+    <hyperlink ref="D128" r:id="rId121"/>
+    <hyperlink ref="D129" r:id="rId122"/>
+    <hyperlink ref="D130" r:id="rId123"/>
+    <hyperlink ref="D131" r:id="rId124"/>
+    <hyperlink ref="D132" r:id="rId125"/>
+    <hyperlink ref="D133" r:id="rId126"/>
+    <hyperlink ref="D134" r:id="rId127"/>
+    <hyperlink ref="D135" r:id="rId128"/>
     <hyperlink ref="D137" r:id="rId129"/>
     <hyperlink ref="D138" r:id="rId130"/>
-    <hyperlink ref="D139" r:id="rId131"/>
-[...13 lines deleted...]
-    <hyperlink ref="D155" r:id="rId145"/>
+    <hyperlink ref="D140" r:id="rId131"/>
+    <hyperlink ref="D141" r:id="rId132"/>
+    <hyperlink ref="D142" r:id="rId133"/>
+    <hyperlink ref="D143" r:id="rId134"/>
+    <hyperlink ref="D145" r:id="rId135"/>
+    <hyperlink ref="D146" r:id="rId136"/>
+    <hyperlink ref="D147" r:id="rId137"/>
+    <hyperlink ref="D148" r:id="rId138"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>