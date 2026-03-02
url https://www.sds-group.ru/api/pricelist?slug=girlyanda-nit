--- v2 (2026-01-15)
+++ v3 (2026-03-02)
@@ -45,903 +45,903 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гирлянда Нить</t>
   </si>
   <si>
     <t>1.1 Нить ПВХ</t>
   </si>
   <si>
+    <t>305-296</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>315-125</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+    <t>305-135</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-31</t>
+  </si>
+  <si>
+    <t>305-136</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ IP65 белый ПВХ постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531-</t>
+  </si>
+  <si>
+    <t>305-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-151</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/</t>
+  </si>
+  <si>
+    <t>305-155</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/5</t>
+  </si>
+  <si>
+    <t>305-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311</t>
+  </si>
+  <si>
+    <t>305-159</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/</t>
+  </si>
+  <si>
+    <t>305-162</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-163</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-165</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-166</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ IP65 белый ПВХ постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-169</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР белый ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-171</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-172</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-173</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-175</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-181</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-183</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-189</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-236</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-241</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-251</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-</t>
+  </si>
+  <si>
+    <t>305-252</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-253</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-254</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-255</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
+  </si>
+  <si>
+    <t>305-256</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531</t>
+  </si>
+  <si>
+    <t>305-263</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-273</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-284</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-286</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>245-409</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED RGB прозрачный ПВХ IP65 свечение с динамикой 230В соединяется NEON-NIGHT нужен контроллер 245-908</t>
+  </si>
+  <si>
+    <t>305-176</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-179</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED МУЛЬТИКОЛОР черный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-182</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-184</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-185</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-186</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-232</t>
+  </si>
+  <si>
+    <t>НИТЬ ПВХ flashing 10м (2 модуля x 5м), белый ПВХ, 100 LED Красный, 24В (нужен трансформатор 531-100/531-200)</t>
+  </si>
+  <si>
+    <t>305-233</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-234</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЗЕЛЕНЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-235</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-245</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>305-246</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/53</t>
+  </si>
+  <si>
+    <t>305-262</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-265</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-266</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-271</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-275</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-153</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить 10м, постоянное свечение, прозрачный ПВХ, 24В, цвет Синий</t>
+  </si>
+  <si>
+    <t>305-276</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-281</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-282</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED КРАСНЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-283</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED СИНИЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-285</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 100 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>305-386</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/53</t>
+  </si>
+  <si>
+    <t>305-396</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-31</t>
   </si>
   <si>
     <t>305-195</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>305-295</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>305-395</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-3</t>
   </si>
   <si>
-    <t>305-386</t>
-[...8 lines deleted...]
-    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-31</t>
+    <t>315-116</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 24В соединяется NEON-NIGHT трансформатор в комплекте</t>
   </si>
   <si>
     <t>305-196</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В соединяется нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>305-131</t>
   </si>
   <si>
     <t>Гирлянда Нить 10м, постоянное свечение, белый ПВХ, 24В, цвет Жёлтый</t>
   </si>
   <si>
-    <t>305-282</t>
-[...22 lines deleted...]
-  <si>
     <t>245-408</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 100 LED RGB черный ПВХ IP65 свечение с динамикой 230В соединяется NEON-NIGHT нужен контроллер 245-908</t>
   </si>
   <si>
-    <t>305-173</t>
-[...310 lines deleted...]
-  <si>
     <t>305-152</t>
   </si>
   <si>
     <t>Гирлянда Нить 10м, постоянное свечение, прозрачный ПВХ, 24В, цвет Красный</t>
   </si>
   <si>
-    <t>315-116</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Нить Каучук / Дюраплей</t>
   </si>
   <si>
+    <t>315-216</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-506</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук IP67 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/5</t>
+  </si>
+  <si>
+    <t>315-515</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/53</t>
+  </si>
+  <si>
+    <t>315-535</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый каучук IP67 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-312</t>
+  </si>
+  <si>
+    <t>315-154</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ЗЕЛЕНЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый каучук IP67 постоянное свечение 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-176</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 эффект мерцания 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-183</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED СИНИЙ белый каучук IP67 эффект мерцания 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-186</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук IP67 эффект мерцания 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-143</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED СИНИЙ белый каучук IP67 постоянное свечение 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-181</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ЖЕЛТЫЙ белый каучук IP67 эффект мерцания 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-185</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый каучук IP67 эффект мерцания 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-136</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 12м 120 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-139</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 12м 120 LED МУЛЬТИКОЛОР черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-165</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 100% мерцание 230В соединяется NEON-NIGHT нужен блок 315-000</t>
+  </si>
+  <si>
+    <t>315-195</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ черный каучук IP67 эффект мерцания 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-133</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 12м 120 LED СИНИЙ черный каучук IP67 постоянное свечение 230В соединяется блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-182</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED КРАСНЫЙ белый каучук IP67 эффект мерцания 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-155</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>315-146</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук IP67 постоянное свечение 230В соединяется нужен блок 315-001 NEON-NIGHT</t>
   </si>
   <si>
     <t>315-175</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 эффект мерцания 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
   </si>
   <si>
     <t>315-166</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 100% мерцание 230В соединяется NEON-NIGHT нужен блок 315-000</t>
   </si>
   <si>
-    <t>315-182</t>
-[...2 lines deleted...]
-    <t>Гирлянда Нить (дюраплей) 20м, с эффектом мерцания, белый каучук, 230В, цвет Красный</t>
+    <t>315-135</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 12м 120 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-215</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 10м 200 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-526</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 эффект мерцания 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531-</t>
   </si>
   <si>
     <t>315-159</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED МУЛЬТИКОЛОР черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-195</t>
-[...20 lines deleted...]
-    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/53</t>
+    <t>315-525</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ черный каучук IP67 эффект мерцания 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531-31</t>
+  </si>
+  <si>
+    <t>315-516</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/</t>
   </si>
   <si>
     <t>315-196</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 эффект мерцания 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-215</t>
-[...4 lines deleted...]
-  <si>
     <t>315-505</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED БЕЛЫЙ белый каучук IP67 постоянное свечение 24В соединяется NEON-NIGHT нужен трансформатор 531-100/531-311/531</t>
   </si>
   <si>
-    <t>315-506</t>
-[...16 lines deleted...]
-  <si>
     <t>315-536</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ белый каучук IP67 эффект мерцания 24В соединяется NEON-NIGHT нужен транс-ор 531-100/531-311/531-3</t>
   </si>
   <si>
-    <t>315-186</t>
-[...16 lines deleted...]
-  <si>
     <t>315-153</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED СИНИЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-154</t>
-[...40 lines deleted...]
-  <si>
     <t>315-173</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED СИНИЙ черный каучук IP67 эффект мерцания соединяется 230В нужен блок 315-000 NEON-NIGHT</t>
   </si>
   <si>
     <t>315-156</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Нить 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В соединяется нужен блок 315-000 NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-183</t>
-[...28 lines deleted...]
-  <si>
     <t>1.3 Мультишарики ПВХ</t>
   </si>
   <si>
     <t>303-529</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED RGB черный ПВХ IP65 быстрая смена цвета 24В NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-575</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø38мм 10м 40 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-589</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм Ø23мм Ø17,5мм Ø45мм 10м 80 LED RGB черный ПВХ IP65 быстрая смена цвета 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-516</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-509-1</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø13мм 20м 200 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-509-2</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 10м 100 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-505</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-502</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED КРАСНЫЙ черный ПВХ IP65 постоянное свечение 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-505</t>
-[...4 lines deleted...]
-  <si>
     <t>303-519</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-579</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø38мм 10м 40 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-509-4</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мультишарики Ø17,5мм 10м 100 LED RGB черный ПВХ IP65 медленная смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-575</t>
-[...28 lines deleted...]
-  <si>
     <t>303-509</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мультишарики Ø17,5мм 20м 200 LED RGB черный ПВХ IP65 быстрая смена цвета 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-509-2</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Мультишарики Каучук</t>
   </si>
   <si>
+    <t>303-509-3</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишишки Ø23мм 10м 80 LED RGB черный каучук IP67 быстрая смена цвета 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-679</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мультишарики Ø17,5мм 10м 80 LED RGB черный каучук IP67 быстрая смена цвета 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-595</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-679</t>
-[...10 lines deleted...]
-  <si>
     <t>303-599</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED RGB черный каучук IP67 быстрая смена цвета 230В нужен блок 315-000 NEON-NIGHT</t>
   </si>
   <si>
     <t>303-596</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мультишарики Ø23мм 10м 80 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
   </si>
   <si>
     <t>1.5 Нить управляемая (твинкл) ПВХ</t>
   </si>
   <si>
+    <t>303-135</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-136</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-132</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED КРАСНЫЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-138</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED ЗОЛОТОЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-139</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED МУЛЬТИКОЛОР (RGYB) черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-145</t>
   </si>
   <si>
     <t>Гирлянда Нить управляемая 20м 200 LED БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-133</t>
+  </si>
+  <si>
+    <t>Гирлянда Нить управляемая 10м 100 LED СИНИЙ черный ПВХ IP65 свечение с динамикой 230В контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-149</t>
   </si>
   <si>
     <t>Гирлянда Нить управляемая 20м 200 LED МУЛЬТИКОЛОР (RGYB) черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
   </si>
   <si>
     <t>303-146</t>
   </si>
   <si>
     <t>Гирлянда Нить управляемая 20м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-138</t>
-[...34 lines deleted...]
-  <si>
     <t>1.6 Нить управляемая (твинкл) Каучук</t>
   </si>
   <si>
     <t>303-326</t>
   </si>
   <si>
     <t>Гирлянда Нить управляемая 20м 240 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 свечение с динамикой 230В не соединяется нужен контроллер 217-204 NEON-NIGHT</t>
   </si>
   <si>
     <t>303-329</t>
   </si>
   <si>
     <t>Гирлянда Нить управляемая 20м 240 LED МУЛЬТИКОЛОР черный каучук IP67 свечение с динамикой 230В нужен контроллер 217-204 NEON-NIGHT</t>
   </si>
   <si>
     <t>1.7 Гирлянда Кластер Каучук</t>
   </si>
   <si>
+    <t>315-256</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-265</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 400 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-266</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 400 LED ТЕПЛЫЙ БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>315-255</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Кластер 10м 200 LED БЕЛЫЙ черный каучук IP67 постоянное свечение 230В нужен блок 315-000 NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-256</t>
-[...16 lines deleted...]
-  <si>
     <t>1.8 Гирлянда Кластер ПВХ</t>
   </si>
   <si>
+    <t>303-635</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 200 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-636</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кластер 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-645</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Кластер 10м 400 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>303-646</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Кластер 10м 400 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Гирлянда светодиодная Кластер 10м 200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1326,51 +1326,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soe" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soed" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-belyy-pvh-24v-tsvet-zheltyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyae" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-siniy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soediny" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinya" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinya" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-24v-soedin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soed" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soedi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soediny" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-so" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinya" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nit-pvh-flashing-10m-2-modulya-x-5m-belyy-pvh-100-led-krasnyy-24v-nuzhen-transformator-531-100-531-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinya" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soed" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-230v-soedi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-belyy-pvh-ip65-postoyannoe-svechenie-230v-soediny" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinya" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soed" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-n" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-n" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyae" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-s" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-krasnyy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soed" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-s" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-100-mertsanie-230v-soediny" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dyurapley-girlyanda-modulnaya-20m-200-led-belyy-kauchuk-mertsayushchiy-flashing-kazhdyy-5-y-diod-kra" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-multikolor-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-s" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-siniy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-24v-soediny" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soe" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-24v-soedinyae" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-24v-so" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-24v-soedinyaets" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-24v-soed" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-24v-soedin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-24v" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-24v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-zelenyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soed" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinya" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinya" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-zheltyy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-chernyy-kauchuk-ip67-effekt-mertsaniya-soedinyaetsya-2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soe" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-multikolor-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-s" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-100-mertsanie-230v-soedinyaetsya" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svechen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230v" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-10m-100-led-rgb-chernyy-pvh-ip65-medlennaya-smena-tsveta" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-38mm-10m-40-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-38mm-10m-40-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230v" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-23mm-17-5mm-45mm-10m-80-led-rgb-chernyy-pvh-ip65-bystray" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svech" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-13mm-20m-200-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-2-2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-10m-100-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svecheni" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-10m-80-led-rgb-chernyy-kauchuk-ip67-bystraya-smena-tsvet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishishki-23mm-10m-80-led-rgb-chernyy-kauchuk-ip67-bystraya-smena-tsveta" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-rgb-chernyy-kauchuk-ip67-bystraya-smena-tsveta" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-s" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-200-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuzhen-kon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-200-led-multikolor-rgyb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-200-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-zolotoy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroll" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-multikolor-rgyb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-krasnyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroll" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuzhen-kon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-240-led-teplyy-belyy-chernyy-kauchuk-ip67-svechenie-s-dinamikoy-230v" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-240-led-multikolor-chernyy-kauchuk-ip67-svechenie-s-dinamikoy-230v-n" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-nu" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-nu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-transformator-v-komplekte" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-trans-or-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-trans-or-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-trans-or-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-trans-or-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-ip65-belyy-pvh-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-belyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-trans-or-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinyaetsya-neon-night-nuzhen-kontroller-245-908" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-multikolor-chernyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nit-pvh-flashing-10m-2-modulya-x-5m-belyy-pvh-100-led-krasnyy-24v-nuzhen-transformator-531-100531-200" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-siniy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-zheltyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-krasnyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-siniy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-transformator-v-komplekte" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-belyy-pvh-24v-tsvet-zheltyy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-100-led-rgb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-soedinyaetsya-neon-night-nuzhen-kontroller-245-908" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-10m-postoyannoe-svechenie-prozrachnyy-pvh-24v-tsvet-krasnyy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-trans-or-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-zelenyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-315-001-neon-night" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-315-001-neon-night" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-315-001-neon-night" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-315-001-neon-night" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-zheltyy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-315-001-neon-night" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-315-001-neon-night" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-multikolor-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-100-mertsanie-230v-soedinyaetsya-neon-night-nuzhen-blok-315-000" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-siniy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinyaetsya-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-krasnyy-belyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-315-001-neon-night" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-315-001-neon-night" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-100-mertsanie-230v-soedinyaetsya-neon-night-nuzhen-blok-315-000" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-12m-120-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinyaetsya-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-trans-or-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-multikolor-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-trans-or-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-10m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-belyy-belyy-kauchuk-ip67-postoyannoe-svechenie-24v-soedinyaetsya-neon-night-nuzhen-transformator-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-belyy-kauchuk-ip67-effekt-mertsaniya-24v-soedinyaetsya-neon-night-nuzhen-trans-or-531-100531-311531-312" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-siniy-chernyy-kauchuk-ip67-effekt-mertsaniya-soedinyaetsya-230v-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-nit-20m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-soedinyaetsya-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-24v-neon-night" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-38mm-10m-40-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-23mm-17-5mm-45mm-10m-80-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230v-neon-night" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-13mm-20m-200-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-10m-100-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-krasnyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-neon-night" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-38mm-10m-40-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-10m-100-led-rgb-chernyy-pvh-ip65-medlennaya-smena-tsveta-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-20m-200-led-rgb-chernyy-pvh-ip65-bystraya-smena-tsveta-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishishki-23mm-10m-80-led-rgb-chernyy-kauchuk-ip67-bystraya-smena-tsveta-230v-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-17-5mm-10m-80-led-rgb-chernyy-kauchuk-ip67-bystraya-smena-tsveta-230v-neon-night" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-rgb-chernyy-kauchuk-ip67-bystraya-smena-tsveta-230v-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-multishariki-23mm-10m-80-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuzhen-kontroller-217-204-neon-night" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuzhen-kontroller-217-204-neon-night" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-krasnyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-zolotoy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroll" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-multikolor-rgyb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuzhen-kontroller-217-204-neon-night" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-200-led-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuzhen-kontroller-217-204-neon-night" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-10m-100-led-siniy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-kontroller-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-200-led-multikolor-rgyb-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuzhen-kontroller-217-204-neon-night" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-200-led-teplyy-belyy-chernyy-pvh-ip65-svechenie-s-dinamikoy-230v-nuzhen-kontroller-217-204-neon-night" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-240-led-teplyy-belyy-chernyy-kauchuk-ip67-svechenie-s-dinamikoy-230v-ne-soedinyaetsya-nuzhen-kontroller-217-204-neon-night" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-nit-upravlyaemaya-20m-240-led-multikolor-chernyy-kauchuk-ip67-svechenie-s-dinamikoy-230v-nuzhen-kontroller-217-204-neon-night" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-teplyy-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-nuzhen-blok-315-000-neon-night" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-klaster-10m-400-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I148"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1407,1133 +1407,1133 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>6716.57</v>
+        <v>5185.79</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>5</v>
+        <v>39</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>5185.79</v>
+        <v>6716.57</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>39</v>
+        <v>5</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>4785.55</v>
+        <v>3136.43</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>252</v>
+        <v>1</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>5185.79</v>
+        <v>3136.43</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>5917.92</v>
+        <v>3136.43</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>86</v>
+        <v>1617</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>5185.79</v>
+        <v>3136.43</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>20</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>5917.92</v>
+        <v>3136.43</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>241</v>
+        <v>50</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>4785.55</v>
+        <v>3136.43</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1005</v>
+        <v>1511</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>2225.63</v>
+        <v>3136.43</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>560</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>3087.61</v>
+        <v>2822.79</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>152</v>
+        <v>4</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>3757.65</v>
+        <v>2973.71</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>2129</v>
+        <v>5</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>3087.61</v>
+        <v>2973.71</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>3496.52</v>
+        <v>2973.71</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>300</v>
+        <v>168</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>5427.33</v>
+        <v>2973.71</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
         <v>2973.71</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
         <v>2</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
         <v>2973.71</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>884</v>
+        <v>79</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>2739.33</v>
+        <v>2676.34</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>40</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>3087.61</v>
+        <v>2973.71</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
         <v>2973.71</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>161</v>
+        <v>193</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
         <v>2973.71</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>3757.65</v>
+        <v>2973.71</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>25</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>3087.61</v>
+        <v>2973.71</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>2</v>
+        <v>25</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>3087.61</v>
+        <v>3757.65</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>25</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>3087.61</v>
+        <v>3757.65</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>42</v>
+        <v>7</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>5698.7</v>
+        <v>3757.65</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1</v>
+        <v>133</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>3136.43</v>
+        <v>3757.65</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>3136.43</v>
+        <v>3757.65</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>13</v>
+        <v>459</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>3136.43</v>
+        <v>3381.89</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1618</v>
+        <v>1</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>25</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>3136.43</v>
+        <v>3757.65</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>9</v>
+        <v>2149</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>20</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>3136.43</v>
+        <v>3522.79</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>50</v>
+        <v>2529</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>25</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>3136.43</v>
+        <v>3087.61</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1556</v>
+        <v>77</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>3136.43</v>
+        <v>3087.61</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>299</v>
+        <v>91</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>25</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>2822.79</v>
+        <v>3087.61</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>2973.71</v>
+        <v>3087.61</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>1</v>
+        <v>76</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>2676.34</v>
+        <v>5698.7</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="3">
         <v>2973.71</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>188</v>
+        <v>19</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>25</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C40" s="3">
         <v>2973.71</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C41" s="3">
         <v>2973.71</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>56</v>
+        <v>7</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>25</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="3">
         <v>2973.71</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
@@ -2547,1868 +2547,1868 @@
       </c>
       <c r="H42" s="3">
         <v>50</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
         <v>2973.71</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>1584</v>
+        <v>913</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>2465.4</v>
+        <v>2973.71</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>1</v>
+        <v>70</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>3757.65</v>
+        <v>2465.4</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>854</v>
+        <v>1</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>3757.65</v>
+        <v>2739.33</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>3757.65</v>
+        <v>2218.87</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>72</v>
+        <v>1</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C48" s="3">
         <v>3757.65</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>455</v>
+        <v>854</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>3522.79</v>
+        <v>3757.65</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>2773</v>
+        <v>13</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>25</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>2778.85</v>
+        <v>3757.65</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>25</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>2500.97</v>
+        <v>2778.85</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
         <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
         <v>3087.61</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>89</v>
+        <v>2</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>20</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
         <v>3087.61</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>4</v>
+        <v>35</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>2973.71</v>
+        <v>2500.97</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>154</v>
+        <v>1</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>20</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>2973.71</v>
+        <v>3087.61</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>2</v>
+        <v>96</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>2973.71</v>
+        <v>3496.52</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>72</v>
+        <v>250</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>2973.71</v>
+        <v>3087.61</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>25</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>2218.87</v>
+        <v>3087.61</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>3757.65</v>
+        <v>3087.61</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>25</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>3757.65</v>
+        <v>3087.61</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>13</v>
+        <v>209</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>25</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>3757.65</v>
+        <v>3087.61</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>133</v>
+        <v>11</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C62" s="3">
-        <v>3381.89</v>
+        <v>5185.79</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I62" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C63" s="3">
-        <v>3087.61</v>
+        <v>5917.92</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>77</v>
+        <v>245</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I63" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C64" s="3">
-        <v>3087.61</v>
+        <v>4785.55</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>78</v>
+        <v>257</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C65" s="3">
-        <v>3087.61</v>
+        <v>5185.79</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>208</v>
+        <v>22</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C66" s="3">
-        <v>3087.61</v>
+        <v>5917.92</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>173</v>
+        <v>86</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C67" s="3">
-        <v>2973.71</v>
+        <v>4896.38</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C68" s="3">
-        <v>2973.71</v>
+        <v>4785.55</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>437</v>
+        <v>1007</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C69" s="3">
-        <v>2973.71</v>
+        <v>2225.63</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C70" s="3">
-        <v>3052.98</v>
+        <v>5427.33</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>258</v>
+        <v>5</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I70" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C71" s="3">
-        <v>4896.38</v>
+        <v>3052.98</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>2</v>
+        <v>208</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
         <v>149</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="2"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
       <c r="I72" s="2"/>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C73" s="3">
-        <v>7364.96</v>
+        <v>6368.1</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>216</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C74" s="3">
-        <v>7588.14</v>
+        <v>7782.08</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>2</v>
+        <v>149</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>12</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C75" s="3">
-        <v>11510.3</v>
+        <v>7782.08</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>11</v>
+        <v>342</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C76" s="3">
-        <v>7588.14</v>
+        <v>8574.84</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>0</v>
+        <v>228</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C77" s="3">
         <v>7364.96</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>108</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>10</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C78" s="3">
-        <v>7253.39</v>
+        <v>7364.96</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>3</v>
+        <v>92</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C79" s="3">
-        <v>6368.1</v>
+        <v>7588.14</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
         <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C80" s="3">
-        <v>3221.43</v>
+        <v>7588.14</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>1</v>
+        <v>75</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C81" s="3">
-        <v>7782.08</v>
+        <v>7588.14</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>341</v>
+        <v>1</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>12</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C82" s="3">
-        <v>7253.39</v>
+        <v>7364.96</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>9</v>
+        <v>64</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C83" s="3">
-        <v>6368.1</v>
+        <v>7588.14</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C84" s="3">
-        <v>7782.08</v>
+        <v>7588.14</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>343</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>12</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C85" s="3">
-        <v>7782.08</v>
+        <v>4017.25</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>148</v>
+        <v>2</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C86" s="3">
-        <v>8574.84</v>
+        <v>4418.97</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>285</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C87" s="3">
-        <v>8574.84</v>
+        <v>11510.3</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>208</v>
+        <v>97</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C88" s="3">
-        <v>8574.84</v>
+        <v>7253.39</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>457</v>
+        <v>4</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C89" s="3">
-        <v>7588.14</v>
+        <v>3221.43</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C90" s="3">
-        <v>7782.08</v>
+        <v>7588.14</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>189</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C91" s="3">
-        <v>8574.84</v>
+        <v>7364.96</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>223</v>
+        <v>270</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>12</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C92" s="3">
         <v>7364.96</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>20</v>
+        <v>220</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>10</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C93" s="3">
-        <v>7364.96</v>
+        <v>7588.14</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>97</v>
+        <v>6</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C94" s="3">
-        <v>7364.96</v>
+        <v>11510.3</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C95" s="3">
-        <v>7364.96</v>
+        <v>2899.3</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>60</v>
+        <v>2</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C96" s="3">
-        <v>7588.14</v>
+        <v>6368.1</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C97" s="3">
-        <v>7588.14</v>
+        <v>8574.84</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>178</v>
+        <v>216</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>12</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C98" s="3">
         <v>7364.96</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>269</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C99" s="3">
-        <v>2899.3</v>
+        <v>8574.84</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>2</v>
+        <v>291</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C100" s="3">
-        <v>7987.52</v>
+        <v>7782.08</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>8</v>
+        <v>183</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I100" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C101" s="3">
-        <v>7364.96</v>
+        <v>7253.39</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>0</v>
+        <v>111</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C102" s="3">
-        <v>7588.14</v>
+        <v>7782.08</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>70</v>
+        <v>326</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C103" s="3">
-        <v>7588.14</v>
+        <v>8574.84</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>0</v>
+        <v>447</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>12</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C104" s="3">
-        <v>4017.25</v>
+        <v>7364.96</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>2</v>
+        <v>27</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>10</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C105" s="3">
-        <v>4418.97</v>
+        <v>7987.52</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
+        <v>13</v>
+      </c>
+      <c r="G105" s="3">
+        <v>1</v>
+      </c>
+      <c r="H105" s="3">
+        <v>10</v>
+      </c>
+      <c r="I105" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C106" s="3">
-        <v>11510.3</v>
+        <v>7364.96</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>96</v>
+        <v>5</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="2" t="s">
         <v>218</v>
       </c>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
       <c r="D107" s="2"/>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
       <c r="I107" s="2"/>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>220</v>
       </c>
@@ -4420,608 +4420,608 @@
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
         <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>10</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C109" s="3">
-        <v>6969.54</v>
+        <v>7165.27</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>10</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C110" s="3">
-        <v>9560.41</v>
+        <v>10187.39</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>92</v>
+        <v>30</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C111" s="3">
-        <v>6459.31</v>
+        <v>5484.37</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>34</v>
+        <v>239</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>20</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C112" s="3">
-        <v>6151.73</v>
+        <v>11627.77</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>123</v>
+        <v>13</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I112" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C113" s="3">
-        <v>7165.27</v>
+        <v>6459.31</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>4</v>
+        <v>165</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C114" s="3">
-        <v>7537.24</v>
+        <v>9560.41</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>17</v>
+        <v>92</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>10</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C115" s="3">
-        <v>10187.39</v>
+        <v>6969.54</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C116" s="3">
-        <v>5484.37</v>
+        <v>6459.31</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>233</v>
+        <v>36</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>20</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C117" s="3">
-        <v>11627.77</v>
+        <v>7537.24</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
         <v>10</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C118" s="3">
-        <v>11176.83</v>
+        <v>6151.73</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>66</v>
+        <v>121</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I118" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C119" s="3">
-        <v>6459.31</v>
+        <v>11176.83</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>154</v>
+        <v>372</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="2" t="s">
         <v>243</v>
       </c>
       <c r="B120" s="2"/>
       <c r="C120" s="2"/>
       <c r="D120" s="2"/>
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
       <c r="I120" s="2"/>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C121" s="3">
-        <v>5872</v>
+        <v>6435.82</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>20</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C122" s="3">
         <v>7123.74</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
         <v>0</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>20</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C123" s="3">
-        <v>6435.82</v>
+        <v>5872</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>20</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C124" s="3">
         <v>7516.48</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>20</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C125" s="3">
         <v>5541.92</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>8</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="2" t="s">
         <v>254</v>
       </c>
       <c r="B126" s="2"/>
       <c r="C126" s="2"/>
       <c r="D126" s="2"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2"/>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
       <c r="I126" s="2"/>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C127" s="3">
-        <v>5018.75</v>
+        <v>2744.37</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>99</v>
+        <v>30</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>10</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C128" s="3">
-        <v>5018.75</v>
+        <v>2744.37</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>200</v>
+        <v>4</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C129" s="3">
-        <v>5018.75</v>
+        <v>2469.95</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>71</v>
+        <v>8</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>10</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C130" s="3">
         <v>2716.29</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
@@ -5035,502 +5035,502 @@
       </c>
       <c r="H130" s="3">
         <v>16</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C131" s="3">
         <v>2744.37</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C132" s="3">
-        <v>2744.37</v>
+        <v>5018.75</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>4</v>
+        <v>101</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
         <v>10</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C133" s="3">
         <v>2744.37</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>66</v>
+        <v>5</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
         <v>10</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C134" s="3">
-        <v>2469.95</v>
+        <v>5018.75</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>9</v>
+        <v>122</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
         <v>10</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C135" s="3">
-        <v>2744.37</v>
+        <v>5018.75</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
         <v>10</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="2" t="s">
         <v>273</v>
       </c>
       <c r="B136" s="2"/>
       <c r="C136" s="2"/>
       <c r="D136" s="2"/>
       <c r="E136" s="2"/>
       <c r="F136" s="2"/>
       <c r="G136" s="2"/>
       <c r="H136" s="2"/>
       <c r="I136" s="2"/>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C137" s="3">
         <v>13949.58</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
         <v>10</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C138" s="3">
         <v>13949.58</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
         <v>10</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="2" t="s">
         <v>278</v>
       </c>
       <c r="B139" s="2"/>
       <c r="C139" s="2"/>
       <c r="D139" s="2"/>
       <c r="E139" s="2"/>
       <c r="F139" s="2"/>
       <c r="G139" s="2"/>
       <c r="H139" s="2"/>
       <c r="I139" s="2"/>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C140" s="3">
         <v>7108.83</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>11</v>
+        <v>222</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>20</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C141" s="3">
-        <v>7108.83</v>
+        <v>13412.2</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>222</v>
+        <v>26</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
         <v>20</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C142" s="3">
-        <v>13412.2</v>
+        <v>12070.98</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>20</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C143" s="3">
-        <v>12070.98</v>
+        <v>7108.83</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
         <v>20</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="2" t="s">
         <v>287</v>
       </c>
       <c r="B144" s="2"/>
       <c r="C144" s="2"/>
       <c r="D144" s="2"/>
       <c r="E144" s="2"/>
       <c r="F144" s="2"/>
       <c r="G144" s="2"/>
       <c r="H144" s="2"/>
       <c r="I144" s="2"/>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C145" s="3">
-        <v>8455.09</v>
+        <v>6091.83</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C146" s="3">
-        <v>11598.17</v>
+        <v>6091.83</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C147" s="3">
-        <v>6091.83</v>
+        <v>8455.09</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C148" s="3">
-        <v>6091.83</v>
+        <v>11598.17</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A72:I72"/>
     <mergeCell ref="A107:I107"/>
     <mergeCell ref="A120:I120"/>
     <mergeCell ref="A126:I126"/>
     <mergeCell ref="A136:I136"/>
     <mergeCell ref="A139:I139"/>
     <mergeCell ref="A144:I144"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>