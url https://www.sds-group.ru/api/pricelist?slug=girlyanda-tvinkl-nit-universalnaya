--- v0 (2025-10-09)
+++ v1 (2025-12-02)
@@ -63,300 +63,300 @@
   <si>
     <t>1 Гирлянда Твинкл / нить / универсальная</t>
   </si>
   <si>
     <t>1.1 Твинкл 4 м</t>
   </si>
   <si>
     <t>303-165</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 4 м, 25 LED, прозрачный ПВХ, цвет свечения белый NEON-NIGHT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>303-016</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
+    <t>303-015</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет белый</t>
+  </si>
+  <si>
     <t>303-019</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет мультиколор</t>
   </si>
   <si>
+    <t>303-013</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет: Синий</t>
+  </si>
+  <si>
     <t>303-169</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, прозрачный ПВХ, 25 LED, цвет Мультиколор</t>
   </si>
   <si>
-    <t>303-015</t>
-[...10 lines deleted...]
-  <si>
     <t>303-166</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, прозрачный ПВХ, 25 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>1.2 Твинкл 6 м</t>
   </si>
   <si>
+    <t>303-025</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет белый</t>
+  </si>
+  <si>
     <t>303-026</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>303-029</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет мультиколор</t>
   </si>
   <si>
+    <t>303-175</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, прозрачный ПВХ, 40 LED, цвет Белый</t>
+  </si>
+  <si>
     <t>303-023</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет: Синий</t>
   </si>
   <si>
+    <t>303-179</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, прозрачный ПВХ, 40 LED, цвет Мультиколор</t>
+  </si>
+  <si>
     <t>303-176</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 6 м, прозрачный ПВХ, 40 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>303-175</t>
-[...16 lines deleted...]
-  <si>
     <t>1.3 Твинкл 10 м</t>
   </si>
   <si>
+    <t>303-049</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет мультиколор</t>
+  </si>
+  <si>
+    <t>304-029</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 100 LED Мультиколор 10 метров, прозрачный ПВХ, с контроллером</t>
+  </si>
+  <si>
+    <t>303-046</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-045</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет белый</t>
+  </si>
+  <si>
+    <t>304-025</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 100 LED БЕЛЫЙ 10 метров, прозрачный ПВХ, с контроллером</t>
+  </si>
+  <si>
+    <t>303-043</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет: Синий</t>
+  </si>
+  <si>
+    <t>303-186</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 10 м, прозрачный ПВХ, 80 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-063</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 100 LED ТЕПЛЫЙ БЕЛЫЙ 10 метров, прозрачный ПВХ, с контроллером</t>
+  </si>
+  <si>
+    <t>303-189</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 10 м, прозрачный ПВХ, 80 LED, цвет Мультиколор</t>
+  </si>
+  <si>
     <t>303-185</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 10 м, прозрачный ПВХ, 80 LED, белое свечение NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-045</t>
-[...34 lines deleted...]
-  <si>
     <t>303-105</t>
   </si>
   <si>
     <t>Гирлянда светодиодная универсальная 120 LED МУЛЬТИКОЛОР 12 метров с контроллером</t>
   </si>
   <si>
-    <t>303-063</t>
-[...16 lines deleted...]
-  <si>
     <t>1.4 Твинкл 15 м</t>
   </si>
   <si>
     <t>303-195</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 15 м, прозрачный ПВХ, 120 LED, белое свечение NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-055</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет белый</t>
+  </si>
+  <si>
+    <t>303-059</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет мультиколор</t>
+  </si>
+  <si>
     <t>303-056</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
+    <t>303-053</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет синий</t>
+  </si>
+  <si>
+    <t>303-199</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, прозрачный ПВХ, 120 LED, цвет Мультиколор</t>
+  </si>
+  <si>
+    <t>303-196</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, прозрачный ПВХ, 120 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
     <t>303-109</t>
   </si>
   <si>
     <t>Гирлянда светодиодная универсальная 300 LED МУЛЬТИКОЛОР 15 метров с контроллером</t>
   </si>
   <si>
-    <t>303-199</t>
-[...28 lines deleted...]
-  <si>
     <t>1.5 Твинкл 20 м</t>
   </si>
   <si>
+    <t>303-119</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 20 м, темно-зеленый ПВХ, 160 LED, цвет мультиколор</t>
+  </si>
+  <si>
+    <t>304-119</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 200 LED Мультиколор 20 метров, с контроллером</t>
+  </si>
+  <si>
     <t>303-305</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет белый</t>
   </si>
   <si>
+    <t>303-306</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет теплый белый</t>
+  </si>
+  <si>
     <t>303-309</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет мультиколор</t>
   </si>
   <si>
-    <t>304-119</t>
-[...2 lines deleted...]
-    <t>Гирлянда светодиодная универсальная 200 LED Мультиколор 20 метров, с контроллером</t>
+    <t>303-115</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 20 м, темно-зеленый ПВХ, 160 LED, цвет белый</t>
+  </si>
+  <si>
+    <t>303-116</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 20 м, темно-зеленый ПВХ, 160 LED, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>304-116</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 200 LED Теплый белый 20 метров, с контроллером</t>
   </si>
   <si>
     <t>303-106</t>
   </si>
   <si>
     <t>Гирлянда светодиодная универсальная 200 LED БЕЛЫЕ 20 метров, с контроллером</t>
-  </si>
-[...28 lines deleted...]
-    <t>Гирлянда Твинкл-Лайт 20 м, темно-зеленый ПВХ, 160 LED, цвет белый</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -741,51 +741,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-25-led-prozrachnyy-pvh-tsvet-svecheniya-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-multikolor.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachnyy-pvh-25-led-tsvet-multikolor.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-belyy.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-siniy.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachnyy-pvh-25-led-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-multikolor.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-siniy.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-belyy.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-belyy.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-multikolor.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-beloe-svechenie-neon-night.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-belyy.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-multikolor.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-belyy-10-metrov-prozrachnyy-pvh-s-kontrollerom.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-multikolor-10-metrov-prozrachnyy-pvh-s-kontrollerom.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-siniy.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-120-led-multikolor-12-metrov-s-kontrollerom.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-teplyy-belyy-10-metrov-prozrachnyy-pvh-s-kontrollerom.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-tsvet-multikolor.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-beloe-svechenie-neon-night.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-300-led-multikolor-15-metrov-s-kontrollerom.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-tsvet-multikolor.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-multikolor.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-belyy.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-siniy.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-belyy.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-multikolor.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-multikolor-20-metrov-s-kontrollerom.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-belye-20-metrov-s-kontrollerom.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-multikolor.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-teplyy-belyy-20-metrov-s-kontrollerom.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-belyy.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-25-led-prozrachniy-pvh-tsvet-svecheniya-beliy-neon-night-23528" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zeleniy-pvh-25-led-tsvet-tepliy-beliy-7547" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zeleniy-pvh-25-led-tsvet-beliy-7546" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zeleniy-pvh-25-led-tsvet-multikolor-7548" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zeleniy-pvh-25-led-tsvet-siniy-14600" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachniy-pvh-25-led-tsvet-multikolor-18397" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachniy-pvh-25-led-tsvet-tepliy-beliy-18395" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zeleniy-pvh-40-led-tsvet-beliy-7549" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zeleniy-pvh-40-led-tsvet-tepliy-beliy-7550" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zeleniy-pvh-40-led-tsvet-multikolor-7551" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachniy-pvh-40-led-tsvet-beliy-18398" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zeleniy-pvh-40-led-tsvet-siniy-14611" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachniy-pvh-40-led-tsvet-multikolor-18399" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachniy-pvh-40-led-tsvet-tepliy-beliy-18393" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zeleniy-pvh-80-led-tsvet-multikolor-7521" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-multikolor-10-metrov-prozrachniy-pvh-s-kontrollerom-28683" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zeleniy-pvh-80-led-tsvet-tepliy-beliy-7520" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zeleniy-pvh-80-led-tsvet-beliy-7519" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-beliy-10-metrov-prozrachniy-pvh-s-kontrollerom-28682" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zeleniy-pvh-80-led-tsvet-siniy-14617" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachniy-pvh-80-led-tsvet-tepliy-beliy-18396" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-tepliy-beliy-10-metrov-prozrachniy-pvh-s-kontrollerom-18286" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachniy-pvh-80-led-tsvet-multikolor-18400" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachniy-pvh-80-led-beloe-svechenie-neon-night-23503" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-120-led-multikolor-12-metrov-s-kontrollerom-18291" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachniy-pvh-120-led-beloe-svechenie-neon-night-23504" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zeleniy-pvh-120-led-tsvet-beliy-7552" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zeleniy-pvh-120-led-tsvet-multikolor-7554" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zeleniy-pvh-120-led-tsvet-tepliy-beliy-7553" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zeleniy-pvh-120-led-tsvet-siniy-14608" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachniy-pvh-120-led-tsvet-multikolor-18401" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachniy-pvh-120-led-tsvet-tepliy-beliy-18394" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-300-led-multikolor-15-metrov-s-kontrollerom-18297" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zeleniy-pvh-160-led-tsvet-multikolor-20011" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-multikolor-20-metrov-s-kontrollerom-28685" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachniy-pvh-160-led-tsvet-beliy-28686" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachniy-pvh-160-led-tsvet-tepliy-beliy-28687" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachniy-pvh-160-led-tsvet-multikolor-28688" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zeleniy-pvh-160-led-tsvet-beliy-20012" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zeleniy-pvh-160-led-tsvet-tepliy-beliy-20010" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-tepliy-beliy-20-metrov-s-kontrollerom-28684" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-belie-20-metrov-s-kontrollerom-18280" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I49"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -831,196 +831,196 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>373.75</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
         <v>373.75</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>141</v>
+        <v>95</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
         <v>373.75</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1582</v>
+        <v>8</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
         <v>373.75</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>122</v>
+        <v>387</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
         <v>373.75</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>10</v>
+        <v>294</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
         <v>373.75</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>248</v>
+        <v>139</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
         <v>373.75</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
@@ -1047,196 +1047,196 @@
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
         <v>436.25</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>405</v>
+        <v>525</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
         <v>436.25</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1621</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
         <v>436.25</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>816</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
         <v>436.25</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>223</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
         <v>436.25</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>680</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
         <v>436.25</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>518</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
         <v>436.25</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
@@ -1263,196 +1263,196 @@
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
         <v>623.75</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>550</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>60</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
         <v>623.75</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>253</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>60</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
         <v>623.75</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>129</v>
+        <v>110</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>60</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
         <v>623.75</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>223</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>60</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
         <v>623.75</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>60</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
         <v>623.75</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>160</v>
+        <v>12</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>48</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
         <v>623.75</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
@@ -1466,663 +1466,663 @@
       </c>
       <c r="H26" s="3">
         <v>60</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
         <v>623.75</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
         <v>623.75</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>214</v>
+        <v>2</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
         <v>623.75</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>379</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>60</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
         <v>623.75</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
         <v>749</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>60</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
         <v>749</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>79</v>
+        <v>99</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>60</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>1264.56</v>
+        <v>749</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
         <v>749</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>60</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="3">
         <v>749</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>60</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C37" s="3">
         <v>749</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>161</v>
+        <v>114</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>60</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C38" s="3">
         <v>749</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>60</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>749</v>
+        <v>1264.56</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>146</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
         <v>999</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>155</v>
+        <v>317</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>36</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
         <v>999</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>378</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
         <v>999</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>60</v>
+        <v>83</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
         <v>999</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
         <v>999</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
         <v>999</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>612</v>
+        <v>26</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
         <v>999</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
         <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
         <v>999</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
         <v>999</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>104</v>
+        <v>12</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A11:I11"/>
     <mergeCell ref="A19:I19"/>
     <mergeCell ref="A31:I31"/>
     <mergeCell ref="A40:I40"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>