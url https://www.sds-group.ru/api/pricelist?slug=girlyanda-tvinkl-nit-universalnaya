--- v1 (2025-12-02)
+++ v2 (2026-02-05)
@@ -81,282 +81,282 @@
   <si>
     <t>303-016</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>303-015</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет белый</t>
   </si>
   <si>
     <t>303-019</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет мультиколор</t>
   </si>
   <si>
     <t>303-013</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет: Синий</t>
   </si>
   <si>
+    <t>303-166</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 4 м, прозрачный ПВХ, 25 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
     <t>303-169</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, прозрачный ПВХ, 25 LED, цвет Мультиколор</t>
   </si>
   <si>
-    <t>303-166</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Твинкл 6 м</t>
   </si>
   <si>
+    <t>303-029</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет мультиколор</t>
+  </si>
+  <si>
     <t>303-025</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет белый</t>
   </si>
   <si>
     <t>303-026</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>303-029</t>
-[...2 lines deleted...]
-    <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет мультиколор</t>
+    <t>303-023</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет: Синий</t>
   </si>
   <si>
     <t>303-175</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 6 м, прозрачный ПВХ, 40 LED, цвет Белый</t>
   </si>
   <si>
-    <t>303-023</t>
-[...2 lines deleted...]
-    <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет: Синий</t>
+    <t>303-176</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, прозрачный ПВХ, 40 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>303-179</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 6 м, прозрачный ПВХ, 40 LED, цвет Мультиколор</t>
   </si>
   <si>
-    <t>303-176</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3 Твинкл 10 м</t>
   </si>
   <si>
+    <t>304-025</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 100 LED БЕЛЫЙ 10 метров, прозрачный ПВХ, с контроллером</t>
+  </si>
+  <si>
+    <t>304-029</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 100 LED Мультиколор 10 метров, прозрачный ПВХ, с контроллером</t>
+  </si>
+  <si>
+    <t>303-185</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 10 м, прозрачный ПВХ, 80 LED, белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-045</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет белый</t>
+  </si>
+  <si>
+    <t>303-046</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
     <t>303-049</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет мультиколор</t>
   </si>
   <si>
-    <t>304-029</t>
-[...22 lines deleted...]
-  <si>
     <t>303-043</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет: Синий</t>
   </si>
   <si>
+    <t>303-105</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 120 LED МУЛЬТИКОЛОР 12 метров с контроллером</t>
+  </si>
+  <si>
+    <t>303-063</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 100 LED ТЕПЛЫЙ БЕЛЫЙ 10 метров, прозрачный ПВХ, с контроллером</t>
+  </si>
+  <si>
     <t>303-186</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 10 м, прозрачный ПВХ, 80 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>303-063</t>
-[...4 lines deleted...]
-  <si>
     <t>303-189</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 10 м, прозрачный ПВХ, 80 LED, цвет Мультиколор</t>
   </si>
   <si>
-    <t>303-185</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4 Твинкл 15 м</t>
   </si>
   <si>
     <t>303-195</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 15 м, прозрачный ПВХ, 120 LED, белое свечение NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-059</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет мультиколор</t>
+  </si>
+  <si>
+    <t>303-056</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
     <t>303-055</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет белый</t>
   </si>
   <si>
-    <t>303-059</t>
-[...8 lines deleted...]
-    <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+    <t>303-109</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 300 LED МУЛЬТИКОЛОР 15 метров с контроллером</t>
   </si>
   <si>
     <t>303-053</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет синий</t>
   </si>
   <si>
+    <t>303-196</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, прозрачный ПВХ, 120 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
     <t>303-199</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 15 м, прозрачный ПВХ, 120 LED, цвет Мультиколор</t>
   </si>
   <si>
-    <t>303-196</t>
-[...10 lines deleted...]
-  <si>
     <t>1.5 Твинкл 20 м</t>
   </si>
   <si>
+    <t>304-119</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 200 LED Мультиколор 20 метров, с контроллером</t>
+  </si>
+  <si>
+    <t>303-309</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет мультиколор</t>
+  </si>
+  <si>
+    <t>303-305</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет белый</t>
+  </si>
+  <si>
+    <t>304-116</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 200 LED Теплый белый 20 метров, с контроллером</t>
+  </si>
+  <si>
+    <t>303-306</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>303-116</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 20 м, темно-зеленый ПВХ, 160 LED, цвет теплый белый</t>
+  </si>
+  <si>
     <t>303-119</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 20 м, темно-зеленый ПВХ, 160 LED, цвет мультиколор</t>
   </si>
   <si>
-    <t>304-119</t>
-[...20 lines deleted...]
-    <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет мультиколор</t>
+    <t>303-106</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 200 LED БЕЛЫЕ 20 метров, с контроллером</t>
   </si>
   <si>
     <t>303-115</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 20 м, темно-зеленый ПВХ, 160 LED, цвет белый</t>
-  </si>
-[...16 lines deleted...]
-    <t>Гирлянда светодиодная универсальная 200 LED БЕЛЫЕ 20 метров, с контроллером</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -741,51 +741,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-25-led-prozrachniy-pvh-tsvet-svecheniya-beliy-neon-night-23528" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zeleniy-pvh-25-led-tsvet-tepliy-beliy-7547" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zeleniy-pvh-25-led-tsvet-beliy-7546" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zeleniy-pvh-25-led-tsvet-multikolor-7548" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zeleniy-pvh-25-led-tsvet-siniy-14600" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachniy-pvh-25-led-tsvet-multikolor-18397" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachniy-pvh-25-led-tsvet-tepliy-beliy-18395" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zeleniy-pvh-40-led-tsvet-beliy-7549" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zeleniy-pvh-40-led-tsvet-tepliy-beliy-7550" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zeleniy-pvh-40-led-tsvet-multikolor-7551" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachniy-pvh-40-led-tsvet-beliy-18398" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zeleniy-pvh-40-led-tsvet-siniy-14611" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachniy-pvh-40-led-tsvet-multikolor-18399" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachniy-pvh-40-led-tsvet-tepliy-beliy-18393" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zeleniy-pvh-80-led-tsvet-multikolor-7521" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-multikolor-10-metrov-prozrachniy-pvh-s-kontrollerom-28683" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zeleniy-pvh-80-led-tsvet-tepliy-beliy-7520" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zeleniy-pvh-80-led-tsvet-beliy-7519" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-beliy-10-metrov-prozrachniy-pvh-s-kontrollerom-28682" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zeleniy-pvh-80-led-tsvet-siniy-14617" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachniy-pvh-80-led-tsvet-tepliy-beliy-18396" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-tepliy-beliy-10-metrov-prozrachniy-pvh-s-kontrollerom-18286" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachniy-pvh-80-led-tsvet-multikolor-18400" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachniy-pvh-80-led-beloe-svechenie-neon-night-23503" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-120-led-multikolor-12-metrov-s-kontrollerom-18291" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachniy-pvh-120-led-beloe-svechenie-neon-night-23504" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zeleniy-pvh-120-led-tsvet-beliy-7552" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zeleniy-pvh-120-led-tsvet-multikolor-7554" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zeleniy-pvh-120-led-tsvet-tepliy-beliy-7553" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zeleniy-pvh-120-led-tsvet-siniy-14608" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachniy-pvh-120-led-tsvet-multikolor-18401" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachniy-pvh-120-led-tsvet-tepliy-beliy-18394" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-300-led-multikolor-15-metrov-s-kontrollerom-18297" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zeleniy-pvh-160-led-tsvet-multikolor-20011" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-multikolor-20-metrov-s-kontrollerom-28685" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachniy-pvh-160-led-tsvet-beliy-28686" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachniy-pvh-160-led-tsvet-tepliy-beliy-28687" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachniy-pvh-160-led-tsvet-multikolor-28688" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zeleniy-pvh-160-led-tsvet-beliy-20012" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zeleniy-pvh-160-led-tsvet-tepliy-beliy-20010" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-tepliy-beliy-20-metrov-s-kontrollerom-28684" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-belie-20-metrov-s-kontrollerom-18280" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-25-led-prozrachnyy-pvh-tsvet-svecheniya-belyy-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachnyy-pvh-25-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachnyy-pvh-25-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-belyy-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-multikolor-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-120-led-multikolor-12-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-teplyy-belyy-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-300-led-multikolor-15-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-multikolor-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-teplyy-belyy-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-belye-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-belyy" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I49"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -822,1307 +822,1307 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>95</v>
+        <v>108</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>387</v>
+        <v>565</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>294</v>
+        <v>306</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>139</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>436.25</v>
+        <v>443.67</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>525</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>436.25</v>
+        <v>443.67</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>714</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>436.25</v>
+        <v>443.67</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>436.25</v>
+        <v>443.67</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>223</v>
+        <v>678</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>436.25</v>
+        <v>443.67</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>680</v>
+        <v>373</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>436.25</v>
+        <v>443.67</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>436.25</v>
+        <v>443.67</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>60</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>60</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>110</v>
+        <v>387</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>60</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>223</v>
+        <v>346</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>60</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1</v>
+        <v>382</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>60</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>58</v>
+        <v>137</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>2</v>
+        <v>63</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>379</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>60</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>72</v>
+        <v>2</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>749</v>
+        <v>761.73</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>60</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>749</v>
+        <v>761.73</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>99</v>
+        <v>4</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>60</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>749</v>
+        <v>761.73</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>60</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>749</v>
+        <v>761.73</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>299</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>60</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>749</v>
+        <v>1286.06</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>749</v>
+        <v>761.73</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>114</v>
+        <v>2</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>60</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>749</v>
+        <v>761.73</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>60</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>1264.56</v>
+        <v>761.73</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>165</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>317</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>83</v>
+        <v>66</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>36</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>36</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>26</v>
+        <v>145</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>48</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>291</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>24</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A11:I11"/>
     <mergeCell ref="A19:I19"/>
     <mergeCell ref="A31:I31"/>
     <mergeCell ref="A40:I40"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>