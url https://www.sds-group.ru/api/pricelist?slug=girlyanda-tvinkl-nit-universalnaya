--- v2 (2026-02-05)
+++ v3 (2026-03-23)
@@ -45,318 +45,318 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гирлянда Твинкл / нить / универсальная</t>
   </si>
   <si>
     <t>1.1 Твинкл 4 м</t>
   </si>
   <si>
+    <t>303-013</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет: Синий</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>303-166</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 4 м, прозрачный ПВХ, 25 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-169</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 4 м, прозрачный ПВХ, 25 LED, цвет Мультиколор</t>
+  </si>
+  <si>
     <t>303-165</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 4 м, 25 LED, прозрачный ПВХ, цвет свечения белый NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>303-015</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет белый</t>
   </si>
   <si>
     <t>303-016</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>303-015</t>
-[...4 lines deleted...]
-  <si>
     <t>303-019</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет мультиколор</t>
   </si>
   <si>
-    <t>303-013</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Твинкл 6 м</t>
   </si>
   <si>
+    <t>303-023</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет: Синий</t>
+  </si>
+  <si>
+    <t>303-175</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, прозрачный ПВХ, 40 LED, цвет Белый</t>
+  </si>
+  <si>
+    <t>303-176</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, прозрачный ПВХ, 40 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-179</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, прозрачный ПВХ, 40 LED, цвет Мультиколор</t>
+  </si>
+  <si>
+    <t>303-025</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет белый</t>
+  </si>
+  <si>
+    <t>303-026</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
     <t>303-029</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет мультиколор</t>
   </si>
   <si>
-    <t>303-025</t>
-[...34 lines deleted...]
-  <si>
     <t>1.3 Твинкл 10 м</t>
   </si>
   <si>
+    <t>303-043</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет: Синий</t>
+  </si>
+  <si>
+    <t>303-105</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 120 LED МУЛЬТИКОЛОР 12 метров с контроллером</t>
+  </si>
+  <si>
+    <t>303-063</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 100 LED ТЕПЛЫЙ БЕЛЫЙ 10 метров, прозрачный ПВХ, с контроллером</t>
+  </si>
+  <si>
+    <t>303-186</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 10 м, прозрачный ПВХ, 80 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-189</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 10 м, прозрачный ПВХ, 80 LED, цвет Мультиколор</t>
+  </si>
+  <si>
     <t>304-025</t>
   </si>
   <si>
     <t>Гирлянда светодиодная универсальная 100 LED БЕЛЫЙ 10 метров, прозрачный ПВХ, с контроллером</t>
   </si>
   <si>
     <t>304-029</t>
   </si>
   <si>
     <t>Гирлянда светодиодная универсальная 100 LED Мультиколор 10 метров, прозрачный ПВХ, с контроллером</t>
   </si>
   <si>
     <t>303-185</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 10 м, прозрачный ПВХ, 80 LED, белое свечение NEON-NIGHT</t>
   </si>
   <si>
     <t>303-045</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет белый</t>
   </si>
   <si>
     <t>303-046</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>303-049</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет мультиколор</t>
   </si>
   <si>
-    <t>303-043</t>
-[...28 lines deleted...]
-  <si>
     <t>1.4 Твинкл 15 м</t>
   </si>
   <si>
+    <t>303-053</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет синий</t>
+  </si>
+  <si>
+    <t>303-109</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 300 LED МУЛЬТИКОЛОР 15 метров с контроллером</t>
+  </si>
+  <si>
+    <t>303-196</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, прозрачный ПВХ, 120 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-199</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, прозрачный ПВХ, 120 LED, цвет Мультиколор</t>
+  </si>
+  <si>
     <t>303-195</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 15 м, прозрачный ПВХ, 120 LED, белое свечение NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-055</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет белый</t>
+  </si>
+  <si>
+    <t>303-056</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
     <t>303-059</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет мультиколор</t>
   </si>
   <si>
-    <t>303-056</t>
-[...34 lines deleted...]
-  <si>
     <t>1.5 Твинкл 20 м</t>
   </si>
   <si>
+    <t>303-106</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 200 LED БЕЛЫЕ 20 метров, с контроллером</t>
+  </si>
+  <si>
+    <t>304-116</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 200 LED Теплый белый 20 метров, с контроллером</t>
+  </si>
+  <si>
     <t>304-119</t>
   </si>
   <si>
     <t>Гирлянда светодиодная универсальная 200 LED Мультиколор 20 метров, с контроллером</t>
   </si>
   <si>
+    <t>303-305</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет белый</t>
+  </si>
+  <si>
+    <t>303-306</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет теплый белый</t>
+  </si>
+  <si>
     <t>303-309</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет мультиколор</t>
   </si>
   <si>
-    <t>303-305</t>
-[...14 lines deleted...]
-    <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет теплый белый</t>
+    <t>303-115</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 20 м, темно-зеленый ПВХ, 160 LED, цвет белый</t>
   </si>
   <si>
     <t>303-116</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 20 м, темно-зеленый ПВХ, 160 LED, цвет теплый белый</t>
   </si>
   <si>
     <t>303-119</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 20 м, темно-зеленый ПВХ, 160 LED, цвет мультиколор</t>
-  </si>
-[...10 lines deleted...]
-    <t>Гирлянда Твинкл-Лайт 20 м, темно-зеленый ПВХ, 160 LED, цвет белый</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -741,51 +741,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-25-led-prozrachnyy-pvh-tsvet-svecheniya-belyy-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachnyy-pvh-25-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachnyy-pvh-25-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-belyy-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-multikolor-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-120-led-multikolor-12-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-teplyy-belyy-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-300-led-multikolor-15-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-multikolor-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-teplyy-belyy-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-belye-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-belyy" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachnyy-pvh-25-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachnyy-pvh-25-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-25-led-prozrachnyy-pvh-tsvet-svecheniya-belyy-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-120-led-multikolor-12-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-teplyy-belyy-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-belyy-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-multikolor-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-300-led-multikolor-15-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-belye-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-teplyy-belyy-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-multikolor-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-multikolor" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I49"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -822,1307 +822,1307 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>380.1</v>
+        <v>304.08</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>380.1</v>
+        <v>304.08</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>108</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>380.1</v>
+        <v>304.08</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>380.1</v>
+        <v>304.08</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>565</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>380.1</v>
+        <v>266.07</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>306</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>380.1</v>
+        <v>304.08</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>380.1</v>
+        <v>304.08</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>443.67</v>
+        <v>354.94</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>443.67</v>
+        <v>354.94</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>714</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>443.67</v>
+        <v>354.94</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>443.67</v>
+        <v>310.57</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>678</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>443.67</v>
+        <v>354.94</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>373</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>443.67</v>
+        <v>310.57</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>443.67</v>
+        <v>310.57</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>387</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>346</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>60</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>382</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>60</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>60</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>60</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>60</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>761.73</v>
+        <v>609.38</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>60</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>761.73</v>
+        <v>1015.99</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>761.73</v>
+        <v>609.38</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>60</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>761.73</v>
+        <v>609.38</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>60</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>1286.06</v>
+        <v>609.38</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>761.73</v>
+        <v>609.38</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>60</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>761.73</v>
+        <v>609.38</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>60</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>761.73</v>
+        <v>609.38</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>165</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>60</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
         <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>24</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>66</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>36</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>145</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>291</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A11:I11"/>
     <mergeCell ref="A19:I19"/>
     <mergeCell ref="A31:I31"/>
     <mergeCell ref="A40:I40"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>