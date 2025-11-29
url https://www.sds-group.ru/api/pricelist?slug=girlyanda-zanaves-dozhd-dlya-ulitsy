--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -8,670 +8,676 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="386" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="390" uniqueCount="208">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гирлянда Занавес / дождь для улицы</t>
   </si>
   <si>
-    <t>1.1 Занавес ПВХ</t>
-[...2 lines deleted...]
-    <t>1.1.1 Занавес ПВХ 2х0,8 м</t>
+    <t>1.1 Занавес Каучук</t>
+  </si>
+  <si>
+    <t>1.1.1 Занавес Каучук 2х1,5 м</t>
+  </si>
+  <si>
+    <t>237-113</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED СИНИЙ белый КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>237-124</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>237-114</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ белый КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>237-122</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED КРАСНЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>237-125</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED БЕЛЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.1.2 Занавес Каучук 2х3 м</t>
+  </si>
+  <si>
+    <t>237-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED БЕЛЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.1.3 Занавес Каучук 2х6 м</t>
+  </si>
+  <si>
+    <t>237-165</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2х6м, постоянное свечение, черный провод КАУЧУК, 230 В, диоды БЕЛЫЕ (шнур питания в комплекте)</t>
+  </si>
+  <si>
+    <t>1.2 Умный занавес ПВХ</t>
+  </si>
+  <si>
+    <t>245-901</t>
+  </si>
+  <si>
+    <t>Контроллер 24 В</t>
+  </si>
+  <si>
+    <t>245-911</t>
+  </si>
+  <si>
+    <t>Трансформатор (блок питания) 24В, 100W</t>
+  </si>
+  <si>
+    <t>245-335</t>
+  </si>
+  <si>
+    <t>Гирлянда LED - Умный дождь, 3 секции 1x3 м, 4x3 нитей, 30W, 24V, 8 каналов, 672 БЕЛЫХ диода, IP65</t>
+  </si>
+  <si>
+    <t>1.3 Занавес ПВХ</t>
+  </si>
+  <si>
+    <t>1.3.1 Занавес ПВХ 2х0,8 м</t>
+  </si>
+  <si>
+    <t>235-336</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х0,8м 160 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-286</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х0,8м 160 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
     <t>235-102</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED КРАСНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>235-106</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х0,8м 160 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-104</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-101</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>235-103</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>235-105</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-336</t>
-[...23 lines deleted...]
-    <t>1.1.2 Занавес ПВХ 2х1,5 м</t>
+    <t>1.3.2 Занавес ПВХ 2х1,5 м</t>
   </si>
   <si>
     <t>235-315-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
+    <t>235-316-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-111</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЖЕЛТЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-125</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-113</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-309-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-306</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-304</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-121</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЖЕЛТЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-303-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-305-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-116</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-126</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-122</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2х1,5м, постоянное свечение, черный провод, 230 В, диоды КРАСНЫЕ (шнур питания в комплекте)</t>
+  </si>
+  <si>
+    <t>235-316</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-221</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-225</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЖЕЛТЫЙ белый ПВХ IP65 эффект мерцания 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-231</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-236</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ черный ПВХ IP65 эффект мерцания 230 В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-305</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-114</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-301-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-302-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED КРАСНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-304-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-306-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-223</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-226</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ белый ПВХ IP65 эффект мерцания 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-301</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
     <t>245-309</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED RGB прозрачный ПВХ IP65 для свечения с динамикой 230В нужен контроллер 245-908 NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-316-6</t>
-[...94 lines deleted...]
-  <si>
     <t>235-124</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ зеленый ПВХ IP54 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-316</t>
-[...64 lines deleted...]
-  <si>
     <t>235-115</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>235-349</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х2м 200 LED RGB прозрачный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>1.1.3 Занавес ПВХ 2х3 м</t>
+    <t>1.3.3 Занавес ПВХ 2х3 м</t>
   </si>
   <si>
     <t>235-366</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1</t>
   </si>
   <si>
     <t>235-136-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х3м 448 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>235-135-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х3м 448 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
+    <t>235-142</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2х3м, постоянное свечение, черный провод, 230 В, диоды КРАСНЫЕ</t>
+  </si>
+  <si>
+    <t>235-135</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-143</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-156-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-136</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1</t>
+  </si>
+  <si>
+    <t>235-155</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-213</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В  нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-151-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-154-6</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2х3м, постоянное свечение, прозрачный провод, 230 В, диоды ЗЕЛЕНЫЕ</t>
+  </si>
+  <si>
+    <t>235-326</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1</t>
+  </si>
+  <si>
     <t>235-201</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х3м 600 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
     <t>235-144</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х3м 760 LED ЗЕЛЕНЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-136</t>
-[...20 lines deleted...]
-    <t>Гирлянда светодиодная Занавес 2х3м 600 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В  нужен блок 303-500-1 NEON-NIGHT</t>
+    <t>235-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500</t>
   </si>
   <si>
     <t>235-211</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х3м 600 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-135</t>
-[...8 lines deleted...]
-    <t>Гирлянда Светодиодный Дождь 2х3м, постоянное свечение, прозрачный провод, 230 В, диоды ЗЕЛЕНЫЕ</t>
+    <t>235-158</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED ЗОЛОТОЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-153-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>235-155-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х3м 448 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-158</t>
-[...46 lines deleted...]
-  <si>
     <t>235-159-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х3м 448 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-142</t>
-[...5 lines deleted...]
-    <t>1.1.4 Занавес ПВХ эффект водопада</t>
+    <t>1.3.4 Занавес ПВХ эффект водопада</t>
+  </si>
+  <si>
+    <t>235-265</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 1520 LED БЕЛЫЙ черный ПВХ IP65 эффект водопада 230В не соединяется контроллер в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-465</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 360 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект водопада 24В не соединяется трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>235-275</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х9м 2200 LED БЕЛЫЙ черный ПВХ IP65 эффект водопада 230В не соединяется блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-265</t>
-[...2 lines deleted...]
-    <t>Гирлянда светодиодная Занавес 2х6м 1520 LED БЕЛЫЙ черный ПВХ IP65 эффект водопада 230В не соединяется контроллер в комплекте NEON-NIGHT</t>
+    <t>235-435</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 240 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект водопада 24В не соединяется трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>235-495</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х9м 480 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект водопада 24В не соединяется трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-465</t>
-[...11 lines deleted...]
-    <t>1.1.5 Занавес ПВХ 2х6 м</t>
+    <t>1.3.5 Занавес ПВХ 2х6 м</t>
   </si>
   <si>
     <t>235-396</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>235-386</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
+    <t>235-296</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-175</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-173</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>235-376</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-296</t>
-[...16 lines deleted...]
-  <si>
     <t>235-165</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х6м 768 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
     <t>235-176</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>235-385</t>
   </si>
   <si>
     <t>Гирлянда Занавес 2х6м 768 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1</t>
   </si>
   <si>
-    <t>1.1.6 Занавес ПВХ 2х9 м</t>
+    <t>1.3.6 Занавес ПВХ 2х9 м</t>
+  </si>
+  <si>
+    <t>235-696</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Занавес 2х9м 1200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания соединяется 230В нужен блок 303-500-1 NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>235-695</t>
+  </si>
+  <si>
+    <t>Гирлянда Занавес 2х9м 1200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется, нужен блок 303-500-1</t>
+  </si>
+  <si>
+    <t>235-196</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х9м 1200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-195</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х9м 1200 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>235-187</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х9м 2200 LED КРАСНЫЙ черный ПВХ IP44 эффект мерцания 220В блок в комплекте NEON-NIGHT</t>
-  </si>
-[...97 lines deleted...]
-    <t>Контроллер 24 В</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1056,56 +1062,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h0-8m-160-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-2.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h0-8m-160-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-2.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h0-8m-160-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechen.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-rgb-prozrachnyy-pvh-ip65-dlya-svecheniya-s-dinamikoy-.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-2.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zheltyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blo.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechen.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blok-.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechen.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h1-5m-postoyannoe-svechenie-chernyy-provod-230-v-diody-krasnye-shnur-p.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-bl.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-chernyy-pvh-ip65-effekt-mertsaniya-230-v-blok.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-bl.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-zelenyy-pvh-ip54-postoyannoe-svechenie-230v-b.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-2.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zheltyy-belyy-pvh-ip65-effekt-mertsaniya-230v-blok-v-.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blo.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-230v-blok-v-.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-2.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-b.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhe.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h2m-200-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-blo.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzh.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhe.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-bl.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-zelenyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-blo.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h3m-postoyannoe-svechenie-prozrachnyy-provod-230-v-diody-zelenye.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-zolotoy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhe.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-blok-.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-2.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h3m-postoyannoe-svechenie-chernyy-provod-230-v-diody-krasnye.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-2200-led-belyy-chernyy-pvh-ip65-effekt-vodopada-230v-ne-soediny.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-1520-led-belyy-chernyy-pvh-ip65-effekt-vodopada-230v-ne-soediny.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-480-led-belyy-prozrachnyy-pvh-ip65-effekt-vodopada-24v-ne-soedi.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-360-led-belyy-prozrachnyy-pvh-ip65-effekt-vodopada-24v-ne-soedi.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-240-led-belyy-prozrachnyy-pvh-ip65-effekt-vodopada-24v-ne-soedi.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-blok.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhe.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-zanaves-2h6m-768-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-2200-led-krasnyy-chernyy-pvh-ip44-effekt-mertsaniya-220v-blok-v.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svecheni.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-so.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-zanaves-2h9m-1200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzh.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-krasnyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-siniy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-b.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-23.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-b.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h6m-postoyannoe-svechenie-chernyy-provod-kauchuk-230-v-diody-belye-shn.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-umnyy-dozhd-3-sektsii-1x3-m-4x3-nitey-30w-24v-8-kanalov-672-belyh-dioda-ip65.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/transformator-blok-pitaniya-24v-100w.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-24-v.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-kauchuk-230-v-diodi-sinie-14374" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-zelenie-14368" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-kauchuk-230-v-diodi-zelenie-14365" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-krasnie-14373" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-belie-14366" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-belie-2813" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-belie-2815" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-24-v-3499" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/transformator-24v-100w-3496" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-umniy-dojd-3-sektsii-1x3-m-4x3-nitey-30w-24v-8-kanalov-672-belih-dioda-ip65-3495" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2x0-8-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tepliy-beliy-27346" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2x0-8-m-cherniy-provod-230-v-diodi-tepliy-beliy-27347" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-krasnie-14826" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-tepliy-beliy-14818" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-zelenie-14824" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-jeltie-14825" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-sinie-14814" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-belie-14813" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-belie-28704" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tsvet-tepliy-beliy-28705" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-230-v-diodi-jyoltie-6842" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-belie-2730" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-230-v-diodi-sinie-6844" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-multikolor-6551" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-2804" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-zelyonie-2802" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-jyoltie-6841" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-sinie-1-6547" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-1-6549" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-230-v-diodi-tepliy-beliy-6840" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-tepliy-beliy-2731" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-krasnie-2727" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tepliy-beliy-6448" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-beliy-provod-230-v-diodi-belie-2778" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-beliy-provod-230-v-diodi-jyoltie-2781" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-cherniy-provod-230-v-diodi-belie-2783" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-cherniy-provod-230-v-diodi-zelyonie-2787" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-2803" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-230-v-diodi-zelyonie-6843" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-jyoltie-1-6545" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-krasnie-1-6546" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-zelyonie-1-6548" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-1-6550" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-beliy-provod-230-v-diodi-sinie-2779" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-beliy-provod-230-v-diodi-zelyonie-2782" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-jyoltie-2799" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-prozrachniy-provod-230-v-diodi-rgb-svechenie-s-dinamikoy-pri-priobretenii-kontrollera-245-908-14602" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-zelyonie-2729" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-230-v-diodi-belie-6838" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h2m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-rgb-200-led-9880" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2h3-m-effekt-mertsaniya-beliy-provod-230-v-diodi-tepliy-beliy-27349" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tsvet-tepliy-beliy-28707" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-belie-28706" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-krasnie-2739" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-beliy-provod-230-v-diodi-belie-2736" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3-m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-sinie-760-led-2740" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-1-6589" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-beliy-provod-230-v-diodi-tepliy-beliy-2737" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-2748" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-2747" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-effekt-mertsaniya-beliy-provod-230-v-diodi-sinie-2774" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-belie-2742" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-jyoltie-1-6582" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-zelenie-6587" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tepliy-beliy-6449" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-effekt-mertsaniya-cherniy-provod-230-v-diodi-belie-2763" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-zelyonie-2741" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-tepliy-beliy-2743" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-effekt-mertsaniya-beliy-provod-230-v-diodi-belie-2773" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-tsvet-zoloto-14486" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-sinie-1-6586" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-1-6588" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-multikolor-6590" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-effekt-vodopada-cherniy-provod-230-v-diodi-belie-2796" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-effekt-vodopada-prozrachniy-provod-24v-diodi-belie-6700" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h9m-effekt-vodopada-cherniy-provod-230-v-diodi-belie-2798" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-effekt-vodopada-prozrachniy-provod-24v-diodi-belie-6699" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h9m-effekt-vodopada-prozrachniy-provod-24v-diodi-belie-6701" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2h6-m-effekt-mertsaniya-beliy-provod-230-v-diodi-tepliy-beliy-768-led-partiya-2020-768-led-27353" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2h6-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tepliy-beliy-768-led-partiya-2020-768-led-27351" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2h6-m-postoyannoe-svechenie-beliy-provod-230-v-diodi-tepliy-beliy-27352" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-2755" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-sinie-2754" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2h6-m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-tepliy-beliy-27350" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-belie-2753" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-6450" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-zanaves-2h6m-768-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-tepliy-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-neon-night-nujen-shnur-303-500-1-31181" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-zanaves-2h9m-1200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzh.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h9m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-6451" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h9m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-2762" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h9m-effekt-mertsaniya-cherniy-provod-220v-diodi-krasnie-neon-night-3649" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I105"/>
+  <dimension ref="A1:I106"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1150,2919 +1156,2949 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>4132.01</v>
+        <v>8616.13</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>5101.25</v>
+        <v>8616.13</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>5101.25</v>
+        <v>8616.13</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>250</v>
+        <v>7</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>30</v>
+        <v>3</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>5725.81</v>
+        <v>7754.49</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>149</v>
+        <v>8</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>5101.25</v>
+        <v>8616.13</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>138</v>
+        <v>2</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="3" t="s">
+      <c r="A10" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>5101.25</v>
+        <v>20529</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>154</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="C13" s="3">
+        <v>24480.87</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" s="3">
+        <v>1</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>1</v>
+      </c>
+      <c r="I13" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="C13" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C15" s="3">
-        <v>6949</v>
+        <v>3173.64</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>221</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C16" s="3">
-        <v>5758.49</v>
+        <v>15305.76</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C17" s="3">
+        <v>20869.24</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F17" s="3">
+        <v>0</v>
+      </c>
+      <c r="G17" s="3">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
+        <v>3</v>
+      </c>
+      <c r="I17" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="B17" s="3" t="s">
+      <c r="B18" s="2"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="C17" s="3">
-[...77 lines deleted...]
-      </c>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="C20" s="3">
-        <v>6753.78</v>
+        <v>5725.81</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="C21" s="3">
-        <v>6490</v>
+        <v>5101.25</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>57</v>
+        <v>138</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="C22" s="3">
-        <v>5472.14</v>
+        <v>4132.01</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="C23" s="3">
-        <v>7390</v>
+        <v>5101.25</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>71</v>
+        <v>141</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C24" s="3">
-        <v>7109.24</v>
+        <v>3718.83</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="C25" s="3">
-        <v>8776.9</v>
+        <v>3756.38</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="C26" s="3">
-        <v>6061.6</v>
+        <v>5101.25</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="C27" s="3">
-        <v>8776.9</v>
+        <v>5101.25</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>92</v>
+        <v>169</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A28" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A28" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C29" s="3">
-        <v>5758.49</v>
+        <v>6949</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
+        <v>10</v>
+      </c>
+      <c r="G29" s="3">
+        <v>1</v>
+      </c>
+      <c r="H29" s="3">
         <v>6</v>
-      </c>
-[...4 lines deleted...]
-        <v>3</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C30" s="3">
-        <v>7390</v>
+        <v>6949</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>5</v>
+        <v>292</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="C31" s="3">
-        <v>6416.09</v>
+        <v>5758.49</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>111</v>
+        <v>2</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="C32" s="3">
-        <v>8776.9</v>
+        <v>8336</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="C33" s="3">
-        <v>5472.13</v>
+        <v>6753.78</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="C34" s="3">
-        <v>6061.6</v>
+        <v>5472.14</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>5</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="C35" s="3">
-        <v>5758.49</v>
+        <v>7390</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>6</v>
+        <v>54</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>6</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="C36" s="3">
-        <v>6380.38</v>
+        <v>5758.49</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>138</v>
+        <v>5</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="C37" s="3">
-        <v>6735.11</v>
+        <v>8336</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="C38" s="3">
         <v>6490</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>119</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C39" s="3">
-        <v>8336</v>
+        <v>6490</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="C40" s="3">
         <v>8336</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>151</v>
+        <v>46</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="C41" s="3">
-        <v>7390</v>
+        <v>8336</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>87</v>
+        <v>143</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="C42" s="3">
-        <v>8336</v>
+        <v>7109.24</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>3</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C43" s="3">
-        <v>8336</v>
+        <v>8776.9</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="C44" s="3">
-        <v>4911.64</v>
+        <v>8776.9</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
+        <v>47</v>
+      </c>
+      <c r="G44" s="3">
+        <v>1</v>
+      </c>
+      <c r="H44" s="3">
         <v>5</v>
       </c>
-      <c r="G44" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A45" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I45" s="2"/>
+      <c r="A45" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C45" s="3">
+        <v>6061.6</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F45" s="3">
+        <v>1</v>
+      </c>
+      <c r="G45" s="3">
+        <v>1</v>
+      </c>
+      <c r="H45" s="3">
+        <v>5</v>
+      </c>
+      <c r="I45" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C46" s="3">
-        <v>13890</v>
+        <v>8776.9</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>185</v>
+        <v>45</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C47" s="3">
-        <v>12490</v>
+        <v>6061.6</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>186</v>
+        <v>1</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="C48" s="3">
-        <v>12490</v>
+        <v>7390</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>32</v>
+        <v>83</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="C49" s="3">
-        <v>13890</v>
+        <v>5758.49</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>44</v>
+        <v>6</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>6</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="C50" s="3">
-        <v>12292.24</v>
+        <v>6380.38</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>133</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C51" s="3">
-        <v>13190</v>
+        <v>5472.13</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>202</v>
+        <v>6</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C52" s="3">
-        <v>13190</v>
+        <v>6490</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>296</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C53" s="3">
-        <v>13190</v>
+        <v>6490</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>200</v>
+        <v>920</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C54" s="3">
-        <v>13890</v>
+        <v>8776.9</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>1</v>
+        <v>80</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C55" s="3">
-        <v>13890</v>
+        <v>6735.11</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>233</v>
+        <v>1</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C56" s="3">
-        <v>13190</v>
+        <v>7390</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>102</v>
+        <v>2</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C57" s="3">
-        <v>9244.37</v>
+        <v>20456.3</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="C58" s="3">
-        <v>11790</v>
+        <v>6416.09</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C59" s="3">
-        <v>9956.68</v>
+        <v>8336</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>1</v>
+        <v>63</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="C60" s="3">
-        <v>13190</v>
+        <v>4911.64</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A61" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A61" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B61" s="2"/>
+      <c r="C61" s="2"/>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="C62" s="3">
-        <v>11790</v>
+        <v>13890</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>35</v>
+        <v>105</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>6</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="C63" s="3">
-        <v>13190</v>
+        <v>12490</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>13</v>
+        <v>133</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="C64" s="3">
-        <v>13890</v>
+        <v>12490</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>247</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="C65" s="3">
-        <v>11790</v>
+        <v>10057.28</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>213</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="C66" s="3">
-        <v>11790</v>
+        <v>13190</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>86</v>
+        <v>9</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="C67" s="3">
-        <v>11790</v>
+        <v>13190</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="C68" s="3">
-        <v>10057.28</v>
+        <v>11790</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>0</v>
+        <v>266</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A69" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I69" s="2"/>
+      <c r="A69" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="C69" s="3">
+        <v>13190</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F69" s="3">
+        <v>89</v>
+      </c>
+      <c r="G69" s="3">
+        <v>1</v>
+      </c>
+      <c r="H69" s="3">
+        <v>6</v>
+      </c>
+      <c r="I69" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C70" s="3">
-        <v>88766.91</v>
+        <v>13190</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C71" s="3">
-        <v>63797.31</v>
+        <v>13190</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>2</v>
+        <v>166</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C72" s="3">
-        <v>20806.4</v>
+        <v>13890</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C73" s="3">
-        <v>16953.1</v>
+        <v>13190</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>6</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C74" s="3">
-        <v>10325.4</v>
+        <v>11790</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A75" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I75" s="2"/>
+      <c r="A75" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="C75" s="3">
+        <v>9244.37</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F75" s="3">
+        <v>0</v>
+      </c>
+      <c r="G75" s="3">
+        <v>1</v>
+      </c>
+      <c r="H75" s="3">
+        <v>6</v>
+      </c>
+      <c r="I75" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C76" s="3">
-        <v>23100</v>
+        <v>13890</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>0</v>
+        <v>135</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>6</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C77" s="3">
-        <v>23100</v>
+        <v>13890</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>210</v>
+        <v>30</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>6</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C78" s="3">
-        <v>20698</v>
+        <v>12292.24</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C79" s="3">
-        <v>20698</v>
+        <v>13190</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>88</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C80" s="3">
-        <v>20698</v>
+        <v>13890</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>6</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C81" s="3">
-        <v>20698</v>
+        <v>9956.68</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C82" s="3">
-        <v>20698</v>
+        <v>11790</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C83" s="3">
-        <v>20698</v>
+        <v>11790</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>184</v>
+        <v>3</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>4</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="C84" s="3">
-        <v>23100</v>
+        <v>11790</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>97</v>
+        <v>56</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I84" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="2"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
       <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C86" s="3">
-        <v>23717.7</v>
+        <v>63797.31</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
         <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C87" s="3">
-        <v>32534.7</v>
+        <v>16953.1</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>6</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C88" s="3">
-        <v>32534.7</v>
+        <v>88766.91</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C89" s="3">
-        <v>33464.2</v>
+        <v>10325.4</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I89" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C90" s="3">
-        <v>33464.19</v>
+        <v>20806.4</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I90" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="2"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
       <c r="I91" s="2"/>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A92" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I92" s="2"/>
+      <c r="A92" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C92" s="3">
+        <v>23100</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F92" s="3">
+        <v>0</v>
+      </c>
+      <c r="G92" s="3">
+        <v>1</v>
+      </c>
+      <c r="H92" s="3">
+        <v>6</v>
+      </c>
+      <c r="I92" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C93" s="3">
-        <v>7754.49</v>
+        <v>23100</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C94" s="3">
-        <v>8616.13</v>
+        <v>20698</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>1</v>
+        <v>52</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C95" s="3">
-        <v>8616.13</v>
+        <v>20698</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C96" s="3">
-        <v>8616.13</v>
+        <v>20698</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C97" s="3">
+        <v>20698</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F97" s="3">
+        <v>38</v>
+      </c>
+      <c r="G97" s="3">
+        <v>1</v>
+      </c>
+      <c r="H97" s="3">
+        <v>6</v>
+      </c>
+      <c r="I97" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A98" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="B97" s="3" t="s">
+      <c r="B98" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="C97" s="3">
-[...14 lines deleted...]
-      <c r="H97" s="3">
+      <c r="C98" s="3">
+        <v>20698</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F98" s="3">
         <v>3</v>
       </c>
-      <c r="I97" s="3">
-[...14 lines deleted...]
-      <c r="I98" s="2"/>
+      <c r="G98" s="3">
+        <v>1</v>
+      </c>
+      <c r="H98" s="3">
+        <v>6</v>
+      </c>
+      <c r="I98" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B99" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="B99" s="3" t="s">
+      <c r="C99" s="3">
+        <v>20698</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F99" s="3">
+        <v>90</v>
+      </c>
+      <c r="G99" s="3">
+        <v>1</v>
+      </c>
+      <c r="H99" s="3">
+        <v>4</v>
+      </c>
+      <c r="I99" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A100" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="C99" s="3">
-[...22 lines deleted...]
-      <c r="A100" s="2" t="s">
+      <c r="B100" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="B100" s="2"/>
-[...6 lines deleted...]
-      <c r="I100" s="2"/>
+      <c r="C100" s="3">
+        <v>23100</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F100" s="3">
+        <v>23</v>
+      </c>
+      <c r="G100" s="3">
+        <v>1</v>
+      </c>
+      <c r="H100" s="3">
+        <v>2</v>
+      </c>
+      <c r="I100" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A101" s="3" t="s">
+      <c r="A101" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="B101" s="3" t="s">
+      <c r="B101" s="2"/>
+      <c r="C101" s="2"/>
+      <c r="D101" s="2"/>
+      <c r="E101" s="2"/>
+      <c r="F101" s="2"/>
+      <c r="G101" s="2"/>
+      <c r="H101" s="2"/>
+      <c r="I101" s="2"/>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A102" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="C101" s="3">
-[...22 lines deleted...]
-      <c r="A102" s="2" t="s">
+      <c r="B102" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B102" s="2"/>
-[...6 lines deleted...]
-      <c r="I102" s="2"/>
+      <c r="C102" s="3">
+        <v>33464.2</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F102" s="3">
+        <v>76</v>
+      </c>
+      <c r="G102" s="3">
+        <v>1</v>
+      </c>
+      <c r="H102" s="3">
+        <v>2</v>
+      </c>
+      <c r="I102" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C103" s="3">
-        <v>20869.24</v>
+        <v>33464.19</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I103" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C104" s="3">
-        <v>15305.76</v>
+        <v>32534.7</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C105" s="3">
-        <v>3173.64</v>
+        <v>32534.7</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="I105" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A106" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="C106" s="3">
+        <v>23717.7</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F106" s="3">
+        <v>0</v>
+      </c>
+      <c r="G106" s="3">
+        <v>1</v>
+      </c>
+      <c r="H106" s="3">
+        <v>1</v>
+      </c>
+      <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A10:I10"/>
     <mergeCell ref="A12:I12"/>
-    <mergeCell ref="A45:I45"/>
-[...1 lines deleted...]
-    <mergeCell ref="A75:I75"/>
+    <mergeCell ref="A14:I14"/>
+    <mergeCell ref="A18:I18"/>
+    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="A28:I28"/>
+    <mergeCell ref="A61:I61"/>
     <mergeCell ref="A85:I85"/>
     <mergeCell ref="A91:I91"/>
-    <mergeCell ref="A92:I92"/>
-[...2 lines deleted...]
-    <mergeCell ref="A102:I102"/>
+    <mergeCell ref="A101:I101"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
-    <hyperlink ref="D10" r:id="rId6"/>
-[...81 lines deleted...]
-    <hyperlink ref="D101" r:id="rId88"/>
+    <hyperlink ref="D11" r:id="rId6"/>
+    <hyperlink ref="D13" r:id="rId7"/>
+    <hyperlink ref="D15" r:id="rId8"/>
+    <hyperlink ref="D16" r:id="rId9"/>
+    <hyperlink ref="D17" r:id="rId10"/>
+    <hyperlink ref="D20" r:id="rId11"/>
+    <hyperlink ref="D21" r:id="rId12"/>
+    <hyperlink ref="D22" r:id="rId13"/>
+    <hyperlink ref="D23" r:id="rId14"/>
+    <hyperlink ref="D24" r:id="rId15"/>
+    <hyperlink ref="D25" r:id="rId16"/>
+    <hyperlink ref="D26" r:id="rId17"/>
+    <hyperlink ref="D27" r:id="rId18"/>
+    <hyperlink ref="D29" r:id="rId19"/>
+    <hyperlink ref="D30" r:id="rId20"/>
+    <hyperlink ref="D31" r:id="rId21"/>
+    <hyperlink ref="D32" r:id="rId22"/>
+    <hyperlink ref="D33" r:id="rId23"/>
+    <hyperlink ref="D34" r:id="rId24"/>
+    <hyperlink ref="D35" r:id="rId25"/>
+    <hyperlink ref="D36" r:id="rId26"/>
+    <hyperlink ref="D37" r:id="rId27"/>
+    <hyperlink ref="D38" r:id="rId28"/>
+    <hyperlink ref="D39" r:id="rId29"/>
+    <hyperlink ref="D40" r:id="rId30"/>
+    <hyperlink ref="D41" r:id="rId31"/>
+    <hyperlink ref="D42" r:id="rId32"/>
+    <hyperlink ref="D43" r:id="rId33"/>
+    <hyperlink ref="D44" r:id="rId34"/>
+    <hyperlink ref="D45" r:id="rId35"/>
+    <hyperlink ref="D46" r:id="rId36"/>
+    <hyperlink ref="D47" r:id="rId37"/>
+    <hyperlink ref="D48" r:id="rId38"/>
+    <hyperlink ref="D49" r:id="rId39"/>
+    <hyperlink ref="D50" r:id="rId40"/>
+    <hyperlink ref="D51" r:id="rId41"/>
+    <hyperlink ref="D52" r:id="rId42"/>
+    <hyperlink ref="D53" r:id="rId43"/>
+    <hyperlink ref="D54" r:id="rId44"/>
+    <hyperlink ref="D55" r:id="rId45"/>
+    <hyperlink ref="D56" r:id="rId46"/>
+    <hyperlink ref="D57" r:id="rId47"/>
+    <hyperlink ref="D58" r:id="rId48"/>
+    <hyperlink ref="D59" r:id="rId49"/>
+    <hyperlink ref="D60" r:id="rId50"/>
+    <hyperlink ref="D62" r:id="rId51"/>
+    <hyperlink ref="D63" r:id="rId52"/>
+    <hyperlink ref="D64" r:id="rId53"/>
+    <hyperlink ref="D65" r:id="rId54"/>
+    <hyperlink ref="D66" r:id="rId55"/>
+    <hyperlink ref="D67" r:id="rId56"/>
+    <hyperlink ref="D68" r:id="rId57"/>
+    <hyperlink ref="D69" r:id="rId58"/>
+    <hyperlink ref="D70" r:id="rId59"/>
+    <hyperlink ref="D71" r:id="rId60"/>
+    <hyperlink ref="D72" r:id="rId61"/>
+    <hyperlink ref="D73" r:id="rId62"/>
+    <hyperlink ref="D74" r:id="rId63"/>
+    <hyperlink ref="D75" r:id="rId64"/>
+    <hyperlink ref="D76" r:id="rId65"/>
+    <hyperlink ref="D77" r:id="rId66"/>
+    <hyperlink ref="D78" r:id="rId67"/>
+    <hyperlink ref="D79" r:id="rId68"/>
+    <hyperlink ref="D80" r:id="rId69"/>
+    <hyperlink ref="D81" r:id="rId70"/>
+    <hyperlink ref="D82" r:id="rId71"/>
+    <hyperlink ref="D83" r:id="rId72"/>
+    <hyperlink ref="D84" r:id="rId73"/>
+    <hyperlink ref="D86" r:id="rId74"/>
+    <hyperlink ref="D87" r:id="rId75"/>
+    <hyperlink ref="D88" r:id="rId76"/>
+    <hyperlink ref="D89" r:id="rId77"/>
+    <hyperlink ref="D90" r:id="rId78"/>
+    <hyperlink ref="D92" r:id="rId79"/>
+    <hyperlink ref="D93" r:id="rId80"/>
+    <hyperlink ref="D94" r:id="rId81"/>
+    <hyperlink ref="D95" r:id="rId82"/>
+    <hyperlink ref="D96" r:id="rId83"/>
+    <hyperlink ref="D97" r:id="rId84"/>
+    <hyperlink ref="D98" r:id="rId85"/>
+    <hyperlink ref="D99" r:id="rId86"/>
+    <hyperlink ref="D100" r:id="rId87"/>
+    <hyperlink ref="D102" r:id="rId88"/>
     <hyperlink ref="D103" r:id="rId89"/>
     <hyperlink ref="D104" r:id="rId90"/>
     <hyperlink ref="D105" r:id="rId91"/>
+    <hyperlink ref="D106" r:id="rId92"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>