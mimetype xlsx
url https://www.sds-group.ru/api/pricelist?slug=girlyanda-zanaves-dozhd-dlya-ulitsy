--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -8,676 +8,658 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="390" uniqueCount="208">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="378" uniqueCount="202">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гирлянда Занавес / дождь для улицы</t>
   </si>
   <si>
-    <t>1.1 Занавес Каучук</t>
-[...2 lines deleted...]
-    <t>1.1.1 Занавес Каучук 2х1,5 м</t>
+    <t>1.1 Занавес ПВХ</t>
+  </si>
+  <si>
+    <t>1.1.1 Занавес ПВХ 2х0,8 м</t>
+  </si>
+  <si>
+    <t>235-336</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х0,8м 160 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>235-286</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х0,8м 160 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-103</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-102</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED КРАСНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-106</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х0,8м 160 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-105</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-101</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-104</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.1.2 Занавес ПВХ 2х1,5 м</t>
+  </si>
+  <si>
+    <t>235-111</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЖЕЛТЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-126</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-125</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-306</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-315-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-303-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-305</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-301</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-304</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-225</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЖЕЛТЫЙ белый ПВХ IP65 эффект мерцания 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-236</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ черный ПВХ IP65 эффект мерцания 230 В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-316-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>245-309</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED RGB прозрачный ПВХ IP65 для свечения с динамикой 230В нужен контроллер 245-908 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-301-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-304-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-231</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-114</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-124</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ зеленый ПВХ IP54 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-349</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х2м 200 LED RGB прозрачный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-113</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-302-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED КРАСНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-305-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-306-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-309-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-116</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-122</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2х1,5м, постоянное свечение, черный провод, 230 В, диоды КРАСНЫЕ (шнур питания в комплекте)</t>
+  </si>
+  <si>
+    <t>235-223</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-221</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-226</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ белый ПВХ IP65 эффект мерцания 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-115</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-316</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-121</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЖЕЛТЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.1.3 Занавес ПВХ 2х3 м</t>
+  </si>
+  <si>
+    <t>235-159-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-135-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-211</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-155-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-151-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-156-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-136-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-158</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED ЗОЛОТОЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-142</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2х3м, постоянное свечение, черный провод, 230 В, диоды КРАСНЫЕ</t>
+  </si>
+  <si>
+    <t>235-366</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1</t>
+  </si>
+  <si>
+    <t>235-144</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED ЗЕЛЕНЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1</t>
+  </si>
+  <si>
+    <t>235-213</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В  нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-201</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-143</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-135</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-136</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500</t>
+  </si>
+  <si>
+    <t>235-155</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-153-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-326</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1</t>
+  </si>
+  <si>
+    <t>1.1.4 Занавес ПВХ эффект водопада</t>
+  </si>
+  <si>
+    <t>235-495</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х9м 480 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект водопада 24В не соединяется трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-465</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 360 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект водопада 24В не соединяется трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-435</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 240 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект водопада 24В не соединяется трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.1.5 Занавес ПВХ 2х6 м</t>
+  </si>
+  <si>
+    <t>235-376</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-386</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-296</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-165</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-396</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-385</t>
+  </si>
+  <si>
+    <t>Гирлянда Занавес 2х6м 768 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1</t>
+  </si>
+  <si>
+    <t>235-175</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-173</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-176</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.1.6 Занавес ПВХ 2х9 м</t>
+  </si>
+  <si>
+    <t>235-187</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х9м 2200 LED КРАСНЫЙ черный ПВХ IP44 эффект мерцания 220В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-696</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Занавес 2х9м 1200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания соединяется 230В нужен блок 303-500-1 NEON-NIGHT </t>
+  </si>
+  <si>
+    <t>235-695</t>
+  </si>
+  <si>
+    <t>Гирлянда Занавес 2х9м 1200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется, нужен блок 303-500-1</t>
+  </si>
+  <si>
+    <t>235-195</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х9м 1200 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-196</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х9м 1200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.2 Занавес Каучук</t>
+  </si>
+  <si>
+    <t>1.2.1 Занавес Каучук 2х1,5 м</t>
+  </si>
+  <si>
+    <t>237-114</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ белый КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>237-124</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>237-113</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED СИНИЙ белый КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>237-122</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED КРАСНЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>237-125</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED БЕЛЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>1.1.2 Занавес Каучук 2х3 м</t>
+    <t>1.2.2 Занавес Каучук 2х3 м</t>
   </si>
   <si>
     <t>237-145</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х3м 760 LED БЕЛЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>1.1.3 Занавес Каучук 2х6 м</t>
+    <t>1.2.3 Занавес Каучук 2х6 м</t>
   </si>
   <si>
     <t>237-165</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 2х6м, постоянное свечение, черный провод КАУЧУК, 230 В, диоды БЕЛЫЕ (шнур питания в комплекте)</t>
   </si>
   <si>
-    <t>1.2 Умный занавес ПВХ</t>
+    <t>1.3 Умный занавес ПВХ</t>
   </si>
   <si>
     <t>245-901</t>
   </si>
   <si>
     <t>Контроллер 24 В</t>
   </si>
   <si>
     <t>245-911</t>
   </si>
   <si>
     <t>Трансформатор (блок питания) 24В, 100W</t>
   </si>
   <si>
     <t>245-335</t>
   </si>
   <si>
     <t>Гирлянда LED - Умный дождь, 3 секции 1x3 м, 4x3 нитей, 30W, 24V, 8 каналов, 672 БЕЛЫХ диода, IP65</t>
-  </si>
-[...511 lines deleted...]
-    <t>Гирлянда светодиодная Занавес 2х9м 2200 LED КРАСНЫЙ черный ПВХ IP44 эффект мерцания 220В блок в комплекте NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1062,56 +1044,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-kauchuk-230-v-diodi-sinie-14374" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-zelenie-14368" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-kauchuk-230-v-diodi-zelenie-14365" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-krasnie-14373" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-belie-14366" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-belie-2813" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-postoyannoe-svechenie-cherniy-provod-kauchuk-230-v-diodi-belie-2815" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-24-v-3499" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/transformator-24v-100w-3496" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-umniy-dojd-3-sektsii-1x3-m-4x3-nitey-30w-24v-8-kanalov-672-belih-dioda-ip65-3495" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2x0-8-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tepliy-beliy-27346" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2x0-8-m-cherniy-provod-230-v-diodi-tepliy-beliy-27347" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-krasnie-14826" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-tepliy-beliy-14818" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-zelenie-14824" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-jeltie-14825" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-sinie-14814" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x0-8m-prozrachniy-provod-230-v-diodi-belie-14813" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-belie-28704" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tsvet-tepliy-beliy-28705" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-230-v-diodi-jyoltie-6842" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-belie-2730" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-230-v-diodi-sinie-6844" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-multikolor-6551" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-2804" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-zelyonie-2802" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-jyoltie-6841" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-sinie-1-6547" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-1-6549" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-230-v-diodi-tepliy-beliy-6840" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-tepliy-beliy-2731" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-krasnie-2727" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tepliy-beliy-6448" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-beliy-provod-230-v-diodi-belie-2778" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-beliy-provod-230-v-diodi-jyoltie-2781" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-cherniy-provod-230-v-diodi-belie-2783" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-cherniy-provod-230-v-diodi-zelyonie-2787" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-2803" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-230-v-diodi-zelyonie-6843" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-jyoltie-1-6545" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-krasnie-1-6546" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-zelyonie-1-6548" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-1-6550" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-beliy-provod-230-v-diodi-sinie-2779" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-effekt-mertsaniya-beliy-provod-230-v-diodi-zelyonie-2782" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-jyoltie-2799" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-prozrachniy-provod-230-v-diodi-rgb-svechenie-s-dinamikoy-pri-priobretenii-kontrollera-245-908-14602" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-zelyonie-2729" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h1-5m-postoyannoe-svechenie-beliy-provod-230-v-diodi-belie-6838" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h2m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-rgb-200-led-9880" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2h3-m-effekt-mertsaniya-beliy-provod-230-v-diodi-tepliy-beliy-27349" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tsvet-tepliy-beliy-28707" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-belie-28706" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-krasnie-2739" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-beliy-provod-230-v-diodi-belie-2736" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3-m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-sinie-760-led-2740" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-1-6589" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-beliy-provod-230-v-diodi-tepliy-beliy-2737" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-2748" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-2747" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-effekt-mertsaniya-beliy-provod-230-v-diodi-sinie-2774" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-belie-2742" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-jyoltie-1-6582" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-zelenie-6587" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tepliy-beliy-6449" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-effekt-mertsaniya-cherniy-provod-230-v-diodi-belie-2763" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-zelyonie-2741" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-tepliy-beliy-2743" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-effekt-mertsaniya-beliy-provod-230-v-diodi-belie-2773" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-tsvet-zoloto-14486" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-sinie-1-6586" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-1-6588" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-multikolor-6590" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-effekt-vodopada-cherniy-provod-230-v-diodi-belie-2796" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-effekt-vodopada-prozrachniy-provod-24v-diodi-belie-6700" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h9m-effekt-vodopada-cherniy-provod-230-v-diodi-belie-2798" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3m-effekt-vodopada-prozrachniy-provod-24v-diodi-belie-6699" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h9m-effekt-vodopada-prozrachniy-provod-24v-diodi-belie-6701" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2h6-m-effekt-mertsaniya-beliy-provod-230-v-diodi-tepliy-beliy-768-led-partiya-2020-768-led-27353" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2h6-m-effekt-mertsaniya-prozrachniy-provod-230-v-diodi-tepliy-beliy-768-led-partiya-2020-768-led-27351" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2h6-m-postoyannoe-svechenie-beliy-provod-230-v-diodi-tepliy-beliy-27352" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-2755" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-sinie-2754" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-2h6-m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-tepliy-beliy-27350" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-postoyannoe-svechenie-cherniy-provod-230-v-diodi-belie-2753" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h6m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-6450" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-zanaves-2h6m-768-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-tepliy-beliy-prozrachniy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-neon-night-nujen-shnur-303-500-1-31181" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-zanaves-2h9m-1200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzh.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h9m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-tepliy-beliy-6451" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h9m-postoyannoe-svechenie-prozrachniy-provod-230-v-diodi-belie-2762" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h9m-effekt-mertsaniya-cherniy-provod-220v-diodi-krasnie-neon-night-3649" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h0-8m-160-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-2" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h0-8m-160-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-2" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h0-8m-160-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechen" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zheltyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zheltyy-belyy-pvh-ip65-effekt-mertsaniya-230v-blok-v" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-chernyy-pvh-ip65-effekt-mertsaniya-230-v-blok" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-rgb-prozrachnyy-pvh-ip65-dlya-svecheniya-s-dinamikoy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-zelenyy-pvh-ip54-postoyannoe-svechenie-230v-b" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h2m-200-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-blo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blok" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h1-5m-postoyannoe-svechenie-chernyy-provod-230-v-diody-krasnye-shnur-p" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-bl" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-bl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-230v-blok-v" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-b" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-zolotoy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h3m-postoyannoe-svechenie-chernyy-provod-230-v-diody-krasnye" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-zelenyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-blo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-bl" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-blok" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-480-led-belyy-prozrachnyy-pvh-ip65-effekt-vodopada-24v-ne-soedi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-360-led-belyy-prozrachnyy-pvh-ip65-effekt-vodopada-24v-ne-soedi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-240-led-belyy-prozrachnyy-pvh-ip65-effekt-vodopada-24v-ne-soedi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhe" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-blok" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-zanaves-2h6m-768-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-2200-led-krasnyy-chernyy-pvh-ip44-effekt-mertsaniya-220v-blok-v" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-so" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-zanaves-2h9m-1200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzh" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svecheni" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-siniy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-b" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-krasnyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-b" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h6m-postoyannoe-svechenie-chernyy-provod-kauchuk-230-v-diody-belye-shn" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-24-v" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/transformator-blok-pitaniya-24v-100w" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-umnyy-dozhd-3-sektsii-1x3-m-4x3-nitey-30w-24v-8-kanalov-672-belyh-dioda-ip65" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I106"/>
+  <dimension ref="A1:I103"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1156,2949 +1138,2859 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>8616.13</v>
+        <v>5823.15</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>1</v>
+        <v>78</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>8616.13</v>
+        <v>5187.97</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>9</v>
+        <v>134</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>8616.13</v>
+        <v>5187.97</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>7</v>
+        <v>48</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>7754.49</v>
+        <v>3782.03</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>8616.13</v>
+        <v>5187.97</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>2</v>
+        <v>139</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="2" t="s">
+      <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="2"/>
-[...6 lines deleted...]
-      <c r="I10" s="2"/>
+      <c r="B10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" s="3">
+        <v>5187.97</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="3">
+        <v>172</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>30</v>
+      </c>
+      <c r="I10" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>20529</v>
+        <v>3820.24</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
+        <v>1</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>20</v>
+      </c>
+      <c r="I11" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="3">
+        <v>3782.05</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F12" s="3">
+        <v>5</v>
+      </c>
+      <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
+        <v>20</v>
+      </c>
+      <c r="I12" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C14" s="3">
+        <v>5856.38</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="3">
         <v>0</v>
       </c>
-      <c r="G11" s="3">
-[...62 lines deleted...]
-      <c r="I14" s="2"/>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>5</v>
+      </c>
+      <c r="I14" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>3173.64</v>
+        <v>8477.71</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>130</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>15305.76</v>
+        <v>8477.71</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>20869.24</v>
+        <v>7515.63</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A18" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I18" s="2"/>
+      <c r="A18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C18" s="3">
+        <v>7067.13</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F18" s="3">
+        <v>88</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>6</v>
+      </c>
+      <c r="I18" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I19" s="2"/>
+      <c r="A19" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C19" s="3">
+        <v>6600.33</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="3">
+        <v>1</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>5</v>
+      </c>
+      <c r="I19" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>5725.81</v>
+        <v>7515.63</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>77</v>
+        <v>15</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>5101.25</v>
+        <v>7515.63</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>138</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>4132.01</v>
+        <v>5270.75</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>5101.25</v>
+        <v>5548.18</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>141</v>
+        <v>1</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>3718.83</v>
+        <v>5548.18</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
+        <v>0</v>
+      </c>
+      <c r="G24" s="3">
+        <v>1</v>
+      </c>
+      <c r="H24" s="3">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>3756.38</v>
+        <v>7067.13</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>222</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>5101.25</v>
+        <v>20804.06</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>5101.25</v>
+        <v>6488.85</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>169</v>
+        <v>120</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A28" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I28" s="2"/>
+      <c r="A28" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C28" s="3">
+        <v>6600.33</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F28" s="3">
+        <v>0</v>
+      </c>
+      <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
+        <v>10</v>
+      </c>
+      <c r="I28" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>6949</v>
+        <v>8926.11</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>6949</v>
+        <v>5270.75</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>292</v>
+        <v>6</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>6</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>5758.49</v>
+        <v>6525.16</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>8336</v>
+        <v>4995.14</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>10</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>6753.78</v>
+        <v>6181.73</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
         <v>12</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>3</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>5472.14</v>
+        <v>5008.64</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>5</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>7390</v>
+        <v>6600.33</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>5758.49</v>
+        <v>6600.33</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>5</v>
+        <v>894</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>8336</v>
+        <v>5565.17</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>6490</v>
+        <v>8477.71</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>6490</v>
+        <v>6507.09</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>8336</v>
+        <v>8926.11</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>8336</v>
+        <v>8926.11</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>143</v>
+        <v>23</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>7109.24</v>
+        <v>6164.65</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>8776.9</v>
+        <v>8477.71</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>97</v>
+        <v>23</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C44" s="3">
+        <v>8926.11</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F44" s="3">
         <v>87</v>
       </c>
-      <c r="C44" s="3">
-[...10 lines deleted...]
-      </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>6061.6</v>
+        <v>7629.94</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A46" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A46" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" s="2"/>
+      <c r="C46" s="2"/>
+      <c r="D46" s="2"/>
+      <c r="E46" s="2"/>
+      <c r="F46" s="2"/>
+      <c r="G46" s="2"/>
+      <c r="H46" s="2"/>
+      <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>6061.6</v>
+        <v>11990.43</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>1</v>
+        <v>57</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>7390</v>
+        <v>12702.33</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>83</v>
+        <v>2</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>5758.49</v>
+        <v>14126.13</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>6</v>
+        <v>178</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>6</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>6380.38</v>
+        <v>11990.43</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>133</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>5472.13</v>
+        <v>11990.43</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
+        <v>7</v>
+      </c>
+      <c r="G51" s="3">
+        <v>1</v>
+      </c>
+      <c r="H51" s="3">
         <v>6</v>
-      </c>
-[...4 lines deleted...]
-        <v>5</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>6490</v>
+        <v>11990.43</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>228</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>6490</v>
+        <v>12702.33</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>920</v>
+        <v>102</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>8776.9</v>
+        <v>10125.94</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>6735.11</v>
+        <v>9205.43</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>7390</v>
+        <v>14126.13</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>2</v>
+        <v>55</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>20456.3</v>
+        <v>11251.09</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>6416.09</v>
+        <v>13414.23</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>8336</v>
+        <v>14126.13</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C60" s="3">
-        <v>4911.64</v>
+        <v>14126.13</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A61" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I61" s="2"/>
+      <c r="A61" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="C61" s="3">
+        <v>13414.23</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F61" s="3">
+        <v>28</v>
+      </c>
+      <c r="G61" s="3">
+        <v>1</v>
+      </c>
+      <c r="H61" s="3">
+        <v>6</v>
+      </c>
+      <c r="I61" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>13890</v>
+        <v>13414.23</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>105</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>6</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>12490</v>
+        <v>13414.23</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>133</v>
+        <v>16</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>12490</v>
+        <v>13414.23</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>10057.28</v>
+        <v>13414.23</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>13190</v>
+        <v>13414.23</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>9</v>
+        <v>155</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>6</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>13190</v>
+        <v>11990.43</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>11790</v>
+        <v>14126.13</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>266</v>
+        <v>84</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A69" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A69" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" s="2"/>
+      <c r="C69" s="2"/>
+      <c r="D69" s="2"/>
+      <c r="E69" s="2"/>
+      <c r="F69" s="2"/>
+      <c r="G69" s="2"/>
+      <c r="H69" s="2"/>
+      <c r="I69" s="2"/>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="C70" s="3">
-        <v>13190</v>
+        <v>21160.11</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C71" s="3">
-        <v>13190</v>
+        <v>17241.3</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>166</v>
+        <v>23</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>6</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C72" s="3">
-        <v>13890</v>
+        <v>10500.93</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A73" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A73" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="B73" s="2"/>
+      <c r="C73" s="2"/>
+      <c r="D73" s="2"/>
+      <c r="E73" s="2"/>
+      <c r="F73" s="2"/>
+      <c r="G73" s="2"/>
+      <c r="H73" s="2"/>
+      <c r="I73" s="2"/>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C74" s="3">
-        <v>11790</v>
+        <v>21049.87</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>6</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C75" s="3">
-        <v>9244.37</v>
+        <v>23492.7</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>0</v>
+        <v>79</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>6</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C76" s="3">
-        <v>13890</v>
+        <v>21049.87</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>135</v>
+        <v>45</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>6</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C77" s="3">
-        <v>13890</v>
+        <v>21049.87</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>6</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C78" s="3">
-        <v>12292.24</v>
+        <v>23492.7</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C79" s="3">
-        <v>13190</v>
+        <v>23492.7</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
+        <v>53</v>
+      </c>
+      <c r="G79" s="3">
+        <v>1</v>
+      </c>
+      <c r="H79" s="3">
+        <v>2</v>
+      </c>
+      <c r="I79" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C80" s="3">
-        <v>13890</v>
+        <v>21049.87</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>0</v>
+        <v>77</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>6</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C81" s="3">
-        <v>9956.68</v>
+        <v>21049.87</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C82" s="3">
-        <v>11790</v>
+        <v>21049.87</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>44</v>
+        <v>83</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A83" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A83" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B83" s="2"/>
+      <c r="C83" s="2"/>
+      <c r="D83" s="2"/>
+      <c r="E83" s="2"/>
+      <c r="F83" s="2"/>
+      <c r="G83" s="2"/>
+      <c r="H83" s="2"/>
+      <c r="I83" s="2"/>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C84" s="3">
-        <v>11790</v>
+        <v>21708.81</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A85" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I85" s="2"/>
+      <c r="A85" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="C85" s="3">
+        <v>34033.09</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F85" s="3">
+        <v>62</v>
+      </c>
+      <c r="G85" s="3">
+        <v>1</v>
+      </c>
+      <c r="H85" s="3">
+        <v>2</v>
+      </c>
+      <c r="I85" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C86" s="3">
-        <v>63797.31</v>
+        <v>34033.08</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
+        <v>9</v>
+      </c>
+      <c r="G86" s="3">
+        <v>1</v>
+      </c>
+      <c r="H86" s="3">
+        <v>4</v>
+      </c>
+      <c r="I86" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C87" s="3">
-        <v>16953.1</v>
+        <v>33087.79</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C88" s="3">
-        <v>88766.91</v>
+        <v>33087.79</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A89" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A89" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="B89" s="2"/>
+      <c r="C89" s="2"/>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2"/>
+      <c r="F89" s="2"/>
+      <c r="G89" s="2"/>
+      <c r="H89" s="2"/>
+      <c r="I89" s="2"/>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A90" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A91" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I91" s="2"/>
+      <c r="A91" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C91" s="3">
+        <v>7886.34</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F91" s="3">
+        <v>7</v>
+      </c>
+      <c r="G91" s="3">
+        <v>1</v>
+      </c>
+      <c r="H91" s="3">
+        <v>3</v>
+      </c>
+      <c r="I91" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C92" s="3">
-        <v>23100</v>
+        <v>7886.34</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
         <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C93" s="3">
-        <v>23100</v>
+        <v>7886.34</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>94</v>
+        <v>1</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C94" s="3">
-        <v>20698</v>
+        <v>7097.68</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>52</v>
+        <v>8</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C95" s="3">
-        <v>20698</v>
+        <v>7886.34</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A96" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A96" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="B96" s="2"/>
+      <c r="C96" s="2"/>
+      <c r="D96" s="2"/>
+      <c r="E96" s="2"/>
+      <c r="F96" s="2"/>
+      <c r="G96" s="2"/>
+      <c r="H96" s="2"/>
+      <c r="I96" s="2"/>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C97" s="3">
-        <v>20698</v>
+        <v>20877.99</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A98" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B98" s="3" t="s">
+      <c r="A98" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="C98" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B98" s="2"/>
+      <c r="C98" s="2"/>
+      <c r="D98" s="2"/>
+      <c r="E98" s="2"/>
+      <c r="F98" s="2"/>
+      <c r="G98" s="2"/>
+      <c r="H98" s="2"/>
+      <c r="I98" s="2"/>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C99" s="3">
-        <v>20698</v>
+        <v>22407.34</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A100" s="3" t="s">
+      <c r="A100" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="B100" s="3" t="s">
+      <c r="B100" s="2"/>
+      <c r="C100" s="2"/>
+      <c r="D100" s="2"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2"/>
+      <c r="I100" s="2"/>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="C100" s="3">
-[...22 lines deleted...]
-      <c r="A101" s="2" t="s">
+      <c r="B101" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="B101" s="2"/>
-[...6 lines deleted...]
-      <c r="I101" s="2"/>
+      <c r="C101" s="3">
+        <v>2904.83</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F101" s="3">
+        <v>9</v>
+      </c>
+      <c r="G101" s="3">
+        <v>1</v>
+      </c>
+      <c r="H101" s="3">
+        <v>40</v>
+      </c>
+      <c r="I101" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C102" s="3">
-        <v>33464.2</v>
+        <v>14009.36</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>76</v>
+        <v>8</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I102" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C103" s="3">
-        <v>33464.19</v>
+        <v>19101.62</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I103" s="3">
-        <v>0</v>
-[...85 lines deleted...]
-      <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A10:I10"/>
-[...8 lines deleted...]
-    <mergeCell ref="A101:I101"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A46:I46"/>
+    <mergeCell ref="A69:I69"/>
+    <mergeCell ref="A73:I73"/>
+    <mergeCell ref="A83:I83"/>
+    <mergeCell ref="A89:I89"/>
+    <mergeCell ref="A90:I90"/>
+    <mergeCell ref="A96:I96"/>
+    <mergeCell ref="A98:I98"/>
+    <mergeCell ref="A100:I100"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
-    <hyperlink ref="D11" r:id="rId6"/>
-[...78 lines deleted...]
-    <hyperlink ref="D98" r:id="rId85"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D38" r:id="rId33"/>
+    <hyperlink ref="D39" r:id="rId34"/>
+    <hyperlink ref="D40" r:id="rId35"/>
+    <hyperlink ref="D41" r:id="rId36"/>
+    <hyperlink ref="D42" r:id="rId37"/>
+    <hyperlink ref="D43" r:id="rId38"/>
+    <hyperlink ref="D44" r:id="rId39"/>
+    <hyperlink ref="D45" r:id="rId40"/>
+    <hyperlink ref="D47" r:id="rId41"/>
+    <hyperlink ref="D48" r:id="rId42"/>
+    <hyperlink ref="D49" r:id="rId43"/>
+    <hyperlink ref="D50" r:id="rId44"/>
+    <hyperlink ref="D51" r:id="rId45"/>
+    <hyperlink ref="D52" r:id="rId46"/>
+    <hyperlink ref="D53" r:id="rId47"/>
+    <hyperlink ref="D54" r:id="rId48"/>
+    <hyperlink ref="D55" r:id="rId49"/>
+    <hyperlink ref="D56" r:id="rId50"/>
+    <hyperlink ref="D57" r:id="rId51"/>
+    <hyperlink ref="D58" r:id="rId52"/>
+    <hyperlink ref="D59" r:id="rId53"/>
+    <hyperlink ref="D60" r:id="rId54"/>
+    <hyperlink ref="D61" r:id="rId55"/>
+    <hyperlink ref="D62" r:id="rId56"/>
+    <hyperlink ref="D63" r:id="rId57"/>
+    <hyperlink ref="D64" r:id="rId58"/>
+    <hyperlink ref="D65" r:id="rId59"/>
+    <hyperlink ref="D66" r:id="rId60"/>
+    <hyperlink ref="D67" r:id="rId61"/>
+    <hyperlink ref="D68" r:id="rId62"/>
+    <hyperlink ref="D70" r:id="rId63"/>
+    <hyperlink ref="D71" r:id="rId64"/>
+    <hyperlink ref="D72" r:id="rId65"/>
+    <hyperlink ref="D74" r:id="rId66"/>
+    <hyperlink ref="D75" r:id="rId67"/>
+    <hyperlink ref="D76" r:id="rId68"/>
+    <hyperlink ref="D77" r:id="rId69"/>
+    <hyperlink ref="D78" r:id="rId70"/>
+    <hyperlink ref="D79" r:id="rId71"/>
+    <hyperlink ref="D80" r:id="rId72"/>
+    <hyperlink ref="D81" r:id="rId73"/>
+    <hyperlink ref="D82" r:id="rId74"/>
+    <hyperlink ref="D84" r:id="rId75"/>
+    <hyperlink ref="D85" r:id="rId76"/>
+    <hyperlink ref="D86" r:id="rId77"/>
+    <hyperlink ref="D87" r:id="rId78"/>
+    <hyperlink ref="D88" r:id="rId79"/>
+    <hyperlink ref="D91" r:id="rId80"/>
+    <hyperlink ref="D92" r:id="rId81"/>
+    <hyperlink ref="D93" r:id="rId82"/>
+    <hyperlink ref="D94" r:id="rId83"/>
+    <hyperlink ref="D95" r:id="rId84"/>
+    <hyperlink ref="D97" r:id="rId85"/>
     <hyperlink ref="D99" r:id="rId86"/>
-    <hyperlink ref="D100" r:id="rId87"/>
+    <hyperlink ref="D101" r:id="rId87"/>
     <hyperlink ref="D102" r:id="rId88"/>
     <hyperlink ref="D103" r:id="rId89"/>
-    <hyperlink ref="D104" r:id="rId90"/>
-[...1 lines deleted...]
-    <hyperlink ref="D106" r:id="rId92"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>