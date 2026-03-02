--- v2 (2026-01-13)
+++ v3 (2026-03-02)
@@ -8,658 +8,634 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="378" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="362" uniqueCount="194">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гирлянда Занавес / дождь для улицы</t>
   </si>
   <si>
-    <t>1.1 Занавес ПВХ</t>
-[...2 lines deleted...]
-    <t>1.1.1 Занавес ПВХ 2х0,8 м</t>
+    <t>1.1 Умный занавес ПВХ</t>
+  </si>
+  <si>
+    <t>245-335</t>
+  </si>
+  <si>
+    <t>Гирлянда LED - Умный дождь, 3 секции 1x3 м, 4x3 нитей, 30W, 24V, 8 каналов, 672 БЕЛЫХ диода, IP65</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>245-911</t>
+  </si>
+  <si>
+    <t>Трансформатор (блок питания) 24В, 100W</t>
+  </si>
+  <si>
+    <t>245-901</t>
+  </si>
+  <si>
+    <t>Контроллер 24 В</t>
+  </si>
+  <si>
+    <t>1.2 Занавес ПВХ</t>
+  </si>
+  <si>
+    <t>1.2.1 Занавес ПВХ 2х0,8 м</t>
+  </si>
+  <si>
+    <t>235-101</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-102</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED КРАСНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-103</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-105</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-106</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х0,8м 160 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-104</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2x0,8м 160 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>235-336</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х0,8м 160 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>235-286</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х0,8м 160 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-103</t>
-[...41 lines deleted...]
-    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЖЕЛТЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+    <t>1.2.2 Занавес ПВХ 2х1,5 м</t>
+  </si>
+  <si>
+    <t>245-309</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED RGB прозрачный ПВХ IP65 для свечения с динамикой 230В нужен контроллер 245-908 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-315-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-303-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-114</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-304-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>235-126</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
+    <t>235-223</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-221</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-231</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-305</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-121</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЖЕЛТЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-349</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х2м 200 LED RGB прозрачный ПВХ IP65 свечение с динамикой 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-113</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED СИНИЙ белый ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-302-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED КРАСНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-305-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-306-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-309-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-116</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-122</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2х1,5м, постоянное свечение, черный провод, 230 В, диоды КРАСНЫЕ (шнур питания в комплекте)</t>
+  </si>
+  <si>
     <t>235-125</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
+    <t>235-226</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ белый ПВХ IP65 эффект мерцания 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
     <t>235-306</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-315-6</t>
-[...20 lines deleted...]
-    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+    <t>235-115</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-316</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 300 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-316-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>235-304</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ прозрачный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>235-225</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЖЕЛТЫЙ белый ПВХ IP65 эффект мерцания 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>235-236</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ черный ПВХ IP65 эффект мерцания 230 В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-316-6</t>
-[...10 lines deleted...]
-  <si>
     <t>235-301-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 192 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-304-6</t>
-[...107 lines deleted...]
-    <t>1.1.3 Занавес ПВХ 2х3 м</t>
+    <t>1.2.3 Занавес ПВХ 2х3 м</t>
+  </si>
+  <si>
+    <t>235-144</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED ЗЕЛЕНЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-366</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1</t>
+  </si>
+  <si>
+    <t>235-156</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1</t>
+  </si>
+  <si>
+    <t>235-213</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED СИНИЙ белый ПВХ IP65 эффект мерцания 230В  нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-136-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-143</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED СИНИЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-135</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-153-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-155</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-201</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED БЕЛЫЙ черный ПВХ IP65 эффект мерцания 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-156-6</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 448 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-136</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-146</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500</t>
   </si>
   <si>
     <t>235-159-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х3м 448 LED МУЛЬТИКОЛОР прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
+    <t>235-326</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 600 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1</t>
+  </si>
+  <si>
     <t>235-135-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х3м 448 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>235-211</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х3м 600 LED БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>235-155-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х3м 448 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
     <t>235-151-6</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х3м 448 LED ЖЕЛТЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-156-6</t>
-[...16 lines deleted...]
-  <si>
     <t>235-142</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 2х3м, постоянное свечение, черный провод, 230 В, диоды КРАСНЫЕ</t>
   </si>
   <si>
-    <t>235-366</t>
-[...77 lines deleted...]
-    <t>1.1.4 Занавес ПВХ эффект водопада</t>
+    <t>1.2.4 Занавес ПВХ эффект водопада</t>
+  </si>
+  <si>
+    <t>235-435</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 240 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект водопада 24В не соединяется трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-465</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 360 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект водопада 24В не соединяется трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>235-495</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х9м 480 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект водопада 24В не соединяется трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-465</t>
-[...11 lines deleted...]
-    <t>1.1.5 Занавес ПВХ 2х6 м</t>
+    <t>1.2.5 Занавес ПВХ 2х6 м</t>
   </si>
   <si>
     <t>235-376</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
   </si>
   <si>
+    <t>235-173</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED СИНИЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-176</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-175</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-396</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 эффект мерцания 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
     <t>235-386</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
+    <t>235-165</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х6м 768 LED БЕЛЫЙ черный ПВХ IP65 постоянное свечение 230В нужен блок 303-500 NEON-NIGHT</t>
+  </si>
+  <si>
     <t>235-296</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х6м 768 LED ТЕПЛЫЙ БЕЛЫЙ белый ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-165</t>
-[...10 lines deleted...]
-  <si>
     <t>235-385</t>
   </si>
   <si>
     <t>Гирлянда Занавес 2х6м 768 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В нужен блок 303-500-1</t>
   </si>
   <si>
-    <t>235-175</t>
-[...17 lines deleted...]
-    <t>1.1.6 Занавес ПВХ 2х9 м</t>
+    <t>1.2.6 Занавес ПВХ 2х9 м</t>
+  </si>
+  <si>
+    <t>235-196</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х9м 1200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-195</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х9м 1200 LED БЕЛЫЙ прозрачный ПВХ IP65 постоянное свечение 230В нужен блок 303-500-1 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-696</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Гирлянда светодиодная Занавес 2х9м 1200 LED ТЕПЛЫЙ БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания соединяется 230В нужен блок 303-500-1 NEON-NIGHT </t>
   </si>
   <si>
     <t>235-187</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х9м 2200 LED КРАСНЫЙ черный ПВХ IP44 эффект мерцания 220В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-696</t>
-[...4 lines deleted...]
-  <si>
     <t>235-695</t>
   </si>
   <si>
     <t>Гирлянда Занавес 2х9м 1200 LED БЕЛЫЙ прозрачный ПВХ IP65 эффект мерцания 230В соединяется, нужен блок 303-500-1</t>
   </si>
   <si>
-    <t>235-195</t>
-[...14 lines deleted...]
-    <t>1.2.1 Занавес Каучук 2х1,5 м</t>
+    <t>1.3 Занавес Каучук</t>
+  </si>
+  <si>
+    <t>1.3.1 Занавес Каучук 2х3 м</t>
+  </si>
+  <si>
+    <t>237-145</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х3м 760 LED БЕЛЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.3.2 Занавес Каучук 2х6 м</t>
+  </si>
+  <si>
+    <t>237-165</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2х6м, постоянное свечение, черный провод КАУЧУК, 230 В, диоды БЕЛЫЕ (шнур питания в комплекте)</t>
+  </si>
+  <si>
+    <t>1.3.3 Занавес Каучук 2х1,5 м</t>
+  </si>
+  <si>
+    <t>237-124</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>237-125</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED БЕЛЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>237-113</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED СИНИЙ белый КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>237-114</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED ЗЕЛЕНЫЙ белый КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>237-124</t>
-[...10 lines deleted...]
-  <si>
     <t>237-122</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Занавес 2х1,5м 360 LED КРАСНЫЙ черный КАУЧУК IP67 постоянное свечение 230В блок в комплекте NEON-NIGHT</t>
-  </si>
-[...43 lines deleted...]
-    <t>Гирлянда LED - Умный дождь, 3 секции 1x3 м, 4x3 нитей, 30W, 24V, 8 каналов, 672 БЕЛЫХ диода, IP65</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1044,56 +1020,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h0-8m-160-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-2" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h0-8m-160-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-2" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h0-8m-160-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechen" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zheltyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zheltyy-belyy-pvh-ip65-effekt-mertsaniya-230v-blok-v" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-chernyy-pvh-ip65-effekt-mertsaniya-230-v-blok" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-rgb-prozrachnyy-pvh-ip65-dlya-svecheniya-s-dinamikoy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-zelenyy-pvh-ip54-postoyannoe-svechenie-230v-b" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h2m-200-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-blo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blok" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h1-5m-postoyannoe-svechenie-chernyy-provod-230-v-diody-krasnye-shnur-p" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-bl" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-bl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-230v-blok-v" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhe" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-b" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-zolotoy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h3m-postoyannoe-svechenie-chernyy-provod-230-v-diody-krasnye" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-zelenyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-blo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-bl" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-blok" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-480-led-belyy-prozrachnyy-pvh-ip65-effekt-vodopada-24v-ne-soedi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-360-led-belyy-prozrachnyy-pvh-ip65-effekt-vodopada-24v-ne-soedi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-240-led-belyy-prozrachnyy-pvh-ip65-effekt-vodopada-24v-ne-soedi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhe" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-blok" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-zanaves-2h6m-768-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-n" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-2200-led-krasnyy-chernyy-pvh-ip44-effekt-mertsaniya-220v-blok-v" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-so" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-zanaves-2h9m-1200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzh" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svecheni" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-siniy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-b" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-krasnyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-23" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-b" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h6m-postoyannoe-svechenie-chernyy-provod-kauchuk-230-v-diody-belye-shn" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-24-v" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/transformator-blok-pitaniya-24v-100w" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-umnyy-dozhd-3-sektsii-1x3-m-4x3-nitey-30w-24v-8-kanalov-672-belyh-dioda-ip65" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-led-umnyy-dozhd-3-sektsii-1x3-m-4x3-nitey-30w-24v-8-kanalov-672-belyh-dioda-ip65" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/transformator-blok-pitaniya-24v-100w" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontroller-24-v" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h0-8m-160-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2x0-8m-160-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h0-8m-160-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h0-8m-160-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-rgb-prozrachnyy-pvh-ip65-dlya-svecheniya-s-dinamikoy-230v-nuzhen-kontroller-245-908-neon-night" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zheltyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h2m-200-led-rgb-prozrachnyy-pvh-ip65-svechenie-s-dinamikoy-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-siniy-belyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-krasnyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h1-5m-postoyannoe-svechenie-chernyy-provod-230-v-diody-krasnye-shnur-pitaniya-v-komplekte" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-belyy-pvh-ip65-effekt-mertsaniya-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-300-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zheltyy-belyy-pvh-ip65-effekt-mertsaniya-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-chernyy-pvh-ip65-effekt-mertsaniya-230-v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-192-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-zelenyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-siniy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-siniy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-chernyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-multikolor-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-600-led-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-448-led-zheltyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h3m-postoyannoe-svechenie-chernyy-provod-230-v-diody-krasnye" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-240-led-belyy-prozrachnyy-pvh-ip65-effekt-vodopada-24v-ne-soedinyaetsya-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-360-led-belyy-prozrachnyy-pvh-ip65-effekt-vodopada-24v-ne-soedinyaetsya-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-480-led-belyy-prozrachnyy-pvh-ip65-effekt-vodopada-24v-ne-soedinyaetsya-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-siniy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-belyy-pvh-ip65-effekt-mertsaniya-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-belyy-chernyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-neon-night" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h6m-768-led-teplyy-belyy-belyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-zanaves-2h6m-768-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-nuzhen-blok-303-500-1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-teplyy-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-belyy-prozrachnyy-pvh-ip65-postoyannoe-svechenie-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-1200-led-teplyy-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-soedinyaetsya-230v-nuzhen-blok-303-500-1-neon-night" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h9m-2200-led-krasnyy-chernyy-pvh-ip44-effekt-mertsaniya-220v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-zanaves-2h9m-1200-led-belyy-prozrachnyy-pvh-ip65-effekt-mertsaniya-230v-soedinyaetsya-nuzhen-blok-303-500-1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h3m-760-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h6m-postoyannoe-svechenie-chernyy-provod-kauchuk-230-v-diody-belye-shnur-pitaniya-v-komplekte" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-belyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-siniy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-zelenyy-belyy-kauchuk-ip67-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zanaves-2h1-5m-360-led-krasnyy-chernyy-kauchuk-ip67-postoyannoe-svechenie-230v-blok-v-komplekte-neon-night" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I103"/>
+  <dimension ref="A1:I99"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1118,2879 +1094,2759 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="2" t="s">
+      <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="2"/>
-[...6 lines deleted...]
-      <c r="I4" s="2"/>
+      <c r="B4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="3">
+        <v>19101.62</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" s="3">
+        <v>64</v>
+      </c>
+      <c r="G4" s="3">
+        <v>1</v>
+      </c>
+      <c r="H4" s="3">
+        <v>3</v>
+      </c>
+      <c r="I4" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>5823.15</v>
+        <v>14009.36</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>78</v>
+        <v>8</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>5187.97</v>
+        <v>2904.83</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>134</v>
+        <v>9</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
+        <v>40</v>
+      </c>
+      <c r="I6" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="I6" s="3">
-[...59 lines deleted...]
-      </c>
+      <c r="B8" s="2"/>
+      <c r="C8" s="2"/>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>5187.97</v>
+        <v>3820.24</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>139</v>
+        <v>1</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>5187.97</v>
+        <v>3782.03</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>172</v>
+        <v>11</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>3820.24</v>
+        <v>4409.78</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1</v>
+        <v>59</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="3" t="s">
+      <c r="C12" s="3">
+        <v>4409.78</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="3">
+        <v>177</v>
+      </c>
+      <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
+        <v>30</v>
+      </c>
+      <c r="I12" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="C12" s="3">
-[...14 lines deleted...]
-      <c r="H12" s="3">
+      <c r="B13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C13" s="3">
+        <v>4409.78</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="3">
+        <v>140</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
         <v>20</v>
       </c>
-      <c r="I12" s="3">
-[...14 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="I13" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>5856.38</v>
+        <v>3782.05</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>8477.71</v>
+        <v>4949.69</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>130</v>
+        <v>83</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>8477.71</v>
+        <v>4409.78</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>24</v>
+        <v>134</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="3" t="s">
+      <c r="A17" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>7067.13</v>
+        <v>20804.06</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>6600.33</v>
+        <v>5653.71</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1</v>
+        <v>88</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>7515.63</v>
+        <v>6600.33</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>5</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>7515.63</v>
+        <v>5270.75</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>5270.75</v>
+        <v>6600.33</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>5548.18</v>
+        <v>6951.73</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1</v>
+        <v>130</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>5548.18</v>
+        <v>7319.42</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>7067.13</v>
+        <v>8926.11</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>222</v>
+        <v>23</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>20804.06</v>
+        <v>7319.42</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>6488.85</v>
+        <v>7515.63</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" s="3">
         <v>15</v>
       </c>
-      <c r="F27" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>6600.33</v>
+        <v>7629.94</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>8926.11</v>
+        <v>4995.14</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>5270.75</v>
+        <v>6181.73</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>6525.16</v>
+        <v>5008.64</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>4995.14</v>
+        <v>6600.33</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>10</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>6181.73</v>
+        <v>5280.27</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>12</v>
+        <v>904</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>5008.64</v>
+        <v>5565.17</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>5</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>6600.33</v>
+        <v>8477.71</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>6600.33</v>
+        <v>6507.09</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>894</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>5565.17</v>
+        <v>8477.71</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>8477.71</v>
+        <v>6164.65</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>69</v>
+        <v>1</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>6507.09</v>
+        <v>7515.63</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>8926.11</v>
+        <v>8477.71</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>8926.11</v>
+        <v>7140.9</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>23</v>
+        <v>87</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>6164.65</v>
+        <v>5653.71</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1</v>
+        <v>223</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>8477.71</v>
+        <v>5270.75</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>23</v>
+        <v>5</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>8926.11</v>
+        <v>5548.18</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>87</v>
+        <v>1</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B45" s="3" t="s">
+      <c r="C45" s="3">
+        <v>5548.18</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F45" s="3">
+        <v>0</v>
+      </c>
+      <c r="G45" s="3">
+        <v>1</v>
+      </c>
+      <c r="H45" s="3">
+        <v>5</v>
+      </c>
+      <c r="I45" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="C45" s="3">
-[...22 lines deleted...]
-      <c r="A46" s="2" t="s">
+      <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B46" s="2"/>
-[...6 lines deleted...]
-      <c r="I46" s="2"/>
+      <c r="C46" s="3">
+        <v>5280.27</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" s="3">
+        <v>118</v>
+      </c>
+      <c r="G46" s="3">
+        <v>1</v>
+      </c>
+      <c r="H46" s="3">
+        <v>20</v>
+      </c>
+      <c r="I46" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A47" s="3" t="s">
+      <c r="A47" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B47" s="2"/>
+      <c r="C47" s="2"/>
+      <c r="D47" s="2"/>
+      <c r="E47" s="2"/>
+      <c r="F47" s="2"/>
+      <c r="G47" s="2"/>
+      <c r="H47" s="2"/>
+      <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>12702.33</v>
+        <v>11251.09</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
+        <v>0</v>
+      </c>
+      <c r="G48" s="3">
+        <v>1</v>
+      </c>
+      <c r="H48" s="3">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>14126.13</v>
+        <v>12713.53</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>178</v>
+        <v>72</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>6</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>11990.43</v>
+        <v>13414.23</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>4</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>11990.43</v>
+        <v>14126.13</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>6</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>11990.43</v>
+        <v>10796.99</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>228</v>
+        <v>113</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>4</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>12702.33</v>
+        <v>13414.23</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>102</v>
+        <v>28</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>10125.94</v>
+        <v>13414.23</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>9205.43</v>
+        <v>11990.43</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>43</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>14126.13</v>
+        <v>12072.82</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>55</v>
+        <v>130</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>6</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>11251.09</v>
+        <v>14126.13</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C58" s="3">
         <v>13414.23</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>14126.13</v>
+        <v>10191.87</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>248</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>14126.13</v>
+        <v>13414.23</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>6</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="C61" s="3">
         <v>13414.23</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>28</v>
+        <v>2</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3">
-        <v>13414.23</v>
+        <v>11990.43</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3">
-        <v>13414.23</v>
+        <v>12713.53</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>6</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3">
-        <v>13414.23</v>
+        <v>12702.33</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3">
-        <v>13414.23</v>
+        <v>12713.53</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>3</v>
+        <v>181</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>13414.23</v>
+        <v>11990.43</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>155</v>
+        <v>7</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="C67" s="3">
         <v>11990.43</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B68" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="3">
-        <v>14126.13</v>
+        <v>9205.43</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="2"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
       <c r="I69" s="2"/>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="B70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="3">
-        <v>21160.11</v>
+        <v>10500.93</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>5</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C71" s="3">
         <v>17241.3</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>6</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="3">
-        <v>10500.93</v>
+        <v>21160.11</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>5</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="2"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
       <c r="I73" s="2"/>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>21049.87</v>
+        <v>18944.89</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>6</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="3">
-        <v>23492.7</v>
+        <v>21049.87</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>79</v>
+        <v>6</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>21049.87</v>
+        <v>18944.89</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="3">
-        <v>21049.87</v>
+        <v>18944.89</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>6</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="C78" s="3">
         <v>23492.7</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F78" s="3">
         <v>1</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>6</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B79" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="3">
-        <v>23492.7</v>
+        <v>19968.8</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>53</v>
+        <v>1</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I79" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B80" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="3">
-        <v>21049.87</v>
+        <v>18944.89</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>6</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="3">
-        <v>21049.87</v>
+        <v>18944.89</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>5</v>
+        <v>46</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="3">
-        <v>21049.87</v>
+        <v>19968.8</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>83</v>
+        <v>53</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I82" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="2"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
       <c r="I83" s="2"/>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="3">
-        <v>21708.81</v>
+        <v>29779.02</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F84" s="3">
         <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="3">
-        <v>34033.09</v>
+        <v>33087.79</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>62</v>
+        <v>5</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>2</v>
       </c>
       <c r="I85" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B86" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="3">
-        <v>34033.08</v>
+        <v>30629.79</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="3">
-        <v>33087.79</v>
+        <v>21708.81</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="3">
-        <v>33087.79</v>
+        <v>34033.08</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I88" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="2" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="2"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
       <c r="I89" s="2"/>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="2"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
       <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="3">
-        <v>7886.34</v>
+        <v>20877.99</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>3</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A92" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A92" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="B92" s="2"/>
+      <c r="C92" s="2"/>
+      <c r="D92" s="2"/>
+      <c r="E92" s="2"/>
+      <c r="F92" s="2"/>
+      <c r="G92" s="2"/>
+      <c r="H92" s="2"/>
+      <c r="I92" s="2"/>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="C93" s="3">
+        <v>22407.34</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F93" s="3">
+        <v>0</v>
+      </c>
+      <c r="G93" s="3">
+        <v>1</v>
+      </c>
+      <c r="H93" s="3">
+        <v>1</v>
+      </c>
+      <c r="I93" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A94" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B94" s="2"/>
+      <c r="C94" s="2"/>
+      <c r="D94" s="2"/>
+      <c r="E94" s="2"/>
+      <c r="F94" s="2"/>
+      <c r="G94" s="2"/>
+      <c r="H94" s="2"/>
+      <c r="I94" s="2"/>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C95" s="3">
         <v>7886.34</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>3</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A96" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I96" s="2"/>
+      <c r="A96" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="C96" s="3">
+        <v>7886.34</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F96" s="3">
+        <v>2</v>
+      </c>
+      <c r="G96" s="3">
+        <v>1</v>
+      </c>
+      <c r="H96" s="3">
+        <v>3</v>
+      </c>
+      <c r="I96" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C97" s="3">
-        <v>20877.99</v>
+        <v>7886.34</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>3</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A98" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I98" s="2"/>
+      <c r="A98" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="C98" s="3">
+        <v>7886.34</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F98" s="3">
+        <v>7</v>
+      </c>
+      <c r="G98" s="3">
+        <v>1</v>
+      </c>
+      <c r="H98" s="3">
+        <v>3</v>
+      </c>
+      <c r="I98" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B99" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="B99" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="3">
-        <v>22407.34</v>
+        <v>7097.68</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I99" s="3">
-        <v>1</v>
-[...98 lines deleted...]
-      <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A4:I4"/>
-[...1 lines deleted...]
-    <mergeCell ref="A46:I46"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A8:I8"/>
+    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A47:I47"/>
     <mergeCell ref="A69:I69"/>
     <mergeCell ref="A73:I73"/>
     <mergeCell ref="A83:I83"/>
     <mergeCell ref="A89:I89"/>
     <mergeCell ref="A90:I90"/>
-    <mergeCell ref="A96:I96"/>
-[...1 lines deleted...]
-    <mergeCell ref="A100:I100"/>
+    <mergeCell ref="A92:I92"/>
+    <mergeCell ref="A94:I94"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D5" r:id="rId1"/>
-[...6 lines deleted...]
-    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D4" r:id="rId1"/>
+    <hyperlink ref="D5" r:id="rId2"/>
+    <hyperlink ref="D6" r:id="rId3"/>
+    <hyperlink ref="D9" r:id="rId4"/>
+    <hyperlink ref="D10" r:id="rId5"/>
+    <hyperlink ref="D11" r:id="rId6"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
     <hyperlink ref="D14" r:id="rId9"/>
     <hyperlink ref="D15" r:id="rId10"/>
     <hyperlink ref="D16" r:id="rId11"/>
-    <hyperlink ref="D17" r:id="rId12"/>
-[...76 lines deleted...]
-    <hyperlink ref="D103" r:id="rId89"/>
+    <hyperlink ref="D18" r:id="rId12"/>
+    <hyperlink ref="D19" r:id="rId13"/>
+    <hyperlink ref="D20" r:id="rId14"/>
+    <hyperlink ref="D21" r:id="rId15"/>
+    <hyperlink ref="D22" r:id="rId16"/>
+    <hyperlink ref="D23" r:id="rId17"/>
+    <hyperlink ref="D24" r:id="rId18"/>
+    <hyperlink ref="D25" r:id="rId19"/>
+    <hyperlink ref="D26" r:id="rId20"/>
+    <hyperlink ref="D27" r:id="rId21"/>
+    <hyperlink ref="D28" r:id="rId22"/>
+    <hyperlink ref="D29" r:id="rId23"/>
+    <hyperlink ref="D30" r:id="rId24"/>
+    <hyperlink ref="D31" r:id="rId25"/>
+    <hyperlink ref="D32" r:id="rId26"/>
+    <hyperlink ref="D33" r:id="rId27"/>
+    <hyperlink ref="D34" r:id="rId28"/>
+    <hyperlink ref="D35" r:id="rId29"/>
+    <hyperlink ref="D36" r:id="rId30"/>
+    <hyperlink ref="D37" r:id="rId31"/>
+    <hyperlink ref="D38" r:id="rId32"/>
+    <hyperlink ref="D39" r:id="rId33"/>
+    <hyperlink ref="D40" r:id="rId34"/>
+    <hyperlink ref="D41" r:id="rId35"/>
+    <hyperlink ref="D42" r:id="rId36"/>
+    <hyperlink ref="D43" r:id="rId37"/>
+    <hyperlink ref="D44" r:id="rId38"/>
+    <hyperlink ref="D45" r:id="rId39"/>
+    <hyperlink ref="D46" r:id="rId40"/>
+    <hyperlink ref="D48" r:id="rId41"/>
+    <hyperlink ref="D49" r:id="rId42"/>
+    <hyperlink ref="D50" r:id="rId43"/>
+    <hyperlink ref="D51" r:id="rId44"/>
+    <hyperlink ref="D52" r:id="rId45"/>
+    <hyperlink ref="D53" r:id="rId46"/>
+    <hyperlink ref="D54" r:id="rId47"/>
+    <hyperlink ref="D55" r:id="rId48"/>
+    <hyperlink ref="D56" r:id="rId49"/>
+    <hyperlink ref="D57" r:id="rId50"/>
+    <hyperlink ref="D58" r:id="rId51"/>
+    <hyperlink ref="D59" r:id="rId52"/>
+    <hyperlink ref="D60" r:id="rId53"/>
+    <hyperlink ref="D61" r:id="rId54"/>
+    <hyperlink ref="D62" r:id="rId55"/>
+    <hyperlink ref="D63" r:id="rId56"/>
+    <hyperlink ref="D64" r:id="rId57"/>
+    <hyperlink ref="D65" r:id="rId58"/>
+    <hyperlink ref="D66" r:id="rId59"/>
+    <hyperlink ref="D67" r:id="rId60"/>
+    <hyperlink ref="D68" r:id="rId61"/>
+    <hyperlink ref="D70" r:id="rId62"/>
+    <hyperlink ref="D71" r:id="rId63"/>
+    <hyperlink ref="D72" r:id="rId64"/>
+    <hyperlink ref="D74" r:id="rId65"/>
+    <hyperlink ref="D75" r:id="rId66"/>
+    <hyperlink ref="D76" r:id="rId67"/>
+    <hyperlink ref="D77" r:id="rId68"/>
+    <hyperlink ref="D78" r:id="rId69"/>
+    <hyperlink ref="D79" r:id="rId70"/>
+    <hyperlink ref="D80" r:id="rId71"/>
+    <hyperlink ref="D81" r:id="rId72"/>
+    <hyperlink ref="D82" r:id="rId73"/>
+    <hyperlink ref="D84" r:id="rId74"/>
+    <hyperlink ref="D85" r:id="rId75"/>
+    <hyperlink ref="D86" r:id="rId76"/>
+    <hyperlink ref="D87" r:id="rId77"/>
+    <hyperlink ref="D88" r:id="rId78"/>
+    <hyperlink ref="D91" r:id="rId79"/>
+    <hyperlink ref="D93" r:id="rId80"/>
+    <hyperlink ref="D95" r:id="rId81"/>
+    <hyperlink ref="D96" r:id="rId82"/>
+    <hyperlink ref="D97" r:id="rId83"/>
+    <hyperlink ref="D98" r:id="rId84"/>
+    <hyperlink ref="D99" r:id="rId85"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>