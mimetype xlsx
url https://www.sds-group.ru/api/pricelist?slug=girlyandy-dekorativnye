--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -8,709 +8,721 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="422" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="225">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гирлянды Декоративные</t>
   </si>
   <si>
-    <t>1.1 Гирлянды с насадками</t>
+    <t>1.1 Гирлянды на батарейках</t>
+  </si>
+  <si>
+    <t>303-093</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Сосульки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>303-073</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 10 LED, 1,2 метра, прозрачный ПВХ, теплое белое свечение, батарейки 2хАА NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-011</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мишура серебряная 10 LED 1,5 м, прозрачный ПВХ, белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-091</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездочки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-015</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Лампочки 10 LED, 1.5 м, прозрачный ПВХ, теплый белый цвет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-095</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Ретро-лампы 3 м, белое свечение, батарейки 3хАА NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-094</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Сосульки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-005</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Прищепки 10 LED, 1.5 м, прозрачный ПВХ, теплый белый цвет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-017</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кристаллы черные 10 LED, 1,5 м, прозрачный ПВХ, теплый белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-019</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кристаллы бронзовые 10 LED, 1,5 м, прозрачный ПВХ, теплый белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-002</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездопад красная 10 LED, 2,25 м, прозрачный ПВХ, теплый белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-096</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Баночки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-077</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Пломбир 1.5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-090</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездочки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения мультиколор, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-098</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шишки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-074</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мини-лампочки 1.5 м, 10 LED, прозрачный ПВХ, цвет свечения мультиколор, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-078</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Перламутр 3.5 м, 20 LED, прозрачный ПВХ, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-097</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Жемчужинки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-004</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездопад бирюзовая 10 LED, 2,25 м, прозрачный ПВХ, белый цвет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-012</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мишура золотая 10 LED, 1,5 м, прозрачный ПВХ, теплое белое свечение, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-092</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения мультиколор, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-079</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Ретро-лампы, 3 м, Мультиколор</t>
+  </si>
+  <si>
+    <t>303-082</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Карамельки 1.5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>303-076</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Ретро-лампы , 3 м, ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-099</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Фейерверк 1,5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>303-081</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Новый год 1,5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>303-086</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Северное сияние 3,5 м, прозрачный ПВХ, 20 LED, теплый белый</t>
+  </si>
+  <si>
+    <t>303-087</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Вельвет 3,5 м, прозрачный ПВХ, 20 LED, теплый белый</t>
+  </si>
+  <si>
+    <t>303-088</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Магия 3,5 м, прозрачный ПВХ, 20 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>303-089</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Пудра 1,5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>303-070</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная на солнечной батарее Звезды 12 LED ТЕПЛЫЙ БЕЛЫЙ 1,2 метра</t>
+  </si>
+  <si>
+    <t>303-071</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Восточные фонарики 10 LED ЖЕЛТЫЕ 1,5 метра, прозрачный ПВХ, питание 2xАА</t>
+  </si>
+  <si>
+    <t>304-010</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Перламутр 5 м, 25 LED, прозрачный ПВХ, цвет свечения теплый белый, питание USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-001</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Карамельки 1,5 м, 10 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-007</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Магия 3,5 м, 20 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-008</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Вельвет 3,5 м, 20 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.2 Гирлянды с насадками</t>
+  </si>
+  <si>
+    <t>303-068</t>
+  </si>
+  <si>
+    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-069</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шишки 5 м, 30 LED, прозрачный ПВХ с контроллером, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-022</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), контроллер 8 режимов, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-030</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звезды 1,5х0,6 м, прозрачный провод, теплый белый свет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-067</t>
+  </si>
+  <si>
+    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, теплый белый цвет свечения NEON-NIGHT</t>
   </si>
   <si>
     <t>303-066</t>
   </si>
   <si>
     <t>Лофт-гирлянда светодиодная 5 м, черный ПВХ, 20 LED, теплое белое свечение NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...20 lines deleted...]
-    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, теплый белый цвет свечения NEON-NIGHT</t>
+    <t>303-084</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 6м, темно-зеленый ПВХ, 30 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-085</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 10м, темно-зеленый ПВХ, 50 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-083</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 4м, темно-зеленый ПВХ, 20 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-036</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки 20 LED БЕЛЫЕ 2,8 метра</t>
   </si>
   <si>
     <t>315-424</t>
   </si>
   <si>
     <t>Удлинитель для домашних гирлянд 3 м прозрачный ПВХ</t>
   </si>
   <si>
-    <t>303-084</t>
-[...8 lines deleted...]
-    <t>Гирлянда светодиодная Шишки 5 м, 30 LED, прозрачный ПВХ с контроллером, цвет свечения теплый белый NEON-NIGHT</t>
+    <t>255-076</t>
+  </si>
+  <si>
+    <t>Гирлянда Арка со звездами 2,5х1,2м, 136LED ТЕПЛЫЙ БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
+  </si>
+  <si>
+    <t>303-064</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная с насадками (шарики, снежинки, елочки) 30 LED МУЛЬТИКОЛОР, 4,4 метра с контроллером</t>
+  </si>
+  <si>
+    <t>303-032</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Прищепки 30 LED, 5 м, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-062</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Колокольчики 20 LED RGB 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-034</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездочки 20 LED КРАСНЫЕ 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-037</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Палочки с пузырьками 20 палочек, цвет: мультиколор, 2 метра</t>
+  </si>
+  <si>
+    <t>303-061</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кубики 20 LED МУЛЬТИКОЛОР 2,8 метра с контроллером</t>
   </si>
   <si>
     <t>303-065</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Снежинки 30 LED МУЛЬТИКОЛОР 4,4 метра с контроллером</t>
   </si>
   <si>
-    <t>303-034</t>
-[...2 lines deleted...]
-    <t>Гирлянда светодиодная Звездочки 20 LED КРАСНЫЕ 2,8 метра</t>
+    <t>304-023</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, зеленый провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-075</t>
+  </si>
+  <si>
+    <t>Гирлянда Бахрома со снежинками 2,4х0,9м, 150LED БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
   </si>
   <si>
     <t>303-060</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Цветные Шарики 20 LED МУЛЬТИКОЛОР 2,8 метра</t>
   </si>
   <si>
-    <t>303-037</t>
-[...2 lines deleted...]
-    <t>Гирлянда светодиодная Палочки с пузырьками 20 палочек, цвет: мультиколор, 2 метра</t>
+    <t>303-035</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кисточки 48 LED БЕЛЫЕ 5 метров</t>
   </si>
   <si>
     <t>303-038</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Цветы Сакуры 50 LED РОЗОВЫЕ 7 метров с контроллером</t>
   </si>
   <si>
-    <t>303-083</t>
-[...22 lines deleted...]
-  <si>
     <t>304-024</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Снежинки большие 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
   </si>
   <si>
+    <t>104-321</t>
+  </si>
+  <si>
+    <t>Присоска с крючком (10 шт)</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
     <t>304-021</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>255-076</t>
-[...272 lines deleted...]
-    <t>Тайские фонарики Вельвет 3,5 м, 20 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
+    <t>303-024</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Свечи 20м, темно-зеленый ПВХ, 100 LED ТЕПЛЫЙ БЕЛЫЙ, не соединяется NEON-NIGHT</t>
   </si>
   <si>
     <t>1.3 Гирлянда Роса</t>
   </si>
   <si>
+    <t>302-029</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с пробкой 2м, 20LED,МУЛЬТИКОЛОР, IP20, 3хLR44 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-025</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с пробкой 2м, 20LED, БЕЛЫЙ, IP20, 3хLR44 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-019</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с прищепкой 3м, 30LED, МУЛЬТИКОЛОР, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-015</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с прищепкой 3м, 30LED, БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-965</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 5 м, 50LED, БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-975</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 10м, 100LED, БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-976</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 10м, 100LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-003</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, ГОЛУБОЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-009</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, RGB, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-959</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, RGB, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-009</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с крупными каплями 2м, 20LED, МУЛЬТИКОЛОР, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-016</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с прищепкой 3м, 30LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-007</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, РОЗОВЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-004</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, БИРЮЗОВЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-010</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки, 2м, 20LED, БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-006</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с крупными каплями 2м, 20LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-026</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с пробкой 2м, 20LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 3хLR44 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-009-1</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20 LED, МУЛЬТИКОЛОР, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-966</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 5 м, 50LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-008</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, ЗЕЛЕНЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-006</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20 LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-001</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, ЖЕЛТЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-276</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 30м, 300LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-286</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 50м, 500LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-496</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса Фейерверк с контроллером 40м 1000 LED ТЕПЛЫЙ БЕЛЫЙ IP20 на катушке, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-002</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, КРАСНЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-446</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса Фейерверк с контроллером 20м, 500LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, на катушке NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-005</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса 2м, 20LED, БЕЛЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-959</t>
-[...40 lines deleted...]
-  <si>
     <t>302-005</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса с крупными каплями 2м, 20LED, БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-010</t>
-[...92 lines deleted...]
-    <t>Гирлянда светодиодная Роса 2м, 20 LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+    <t>303-266</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 20м, 200LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-296</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 100м, 1000LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
   </si>
   <si>
     <t>303-265</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса с контроллером 20м, 200LED, БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-266</t>
-[...14 lines deleted...]
-    <t>Гирлянда светодиодная Роса Фейерверк с контроллером 20м, 500LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, на катушке NEON-NIGHT</t>
+    <t>303-275</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 30м, 300LED, БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
   </si>
   <si>
     <t>303-285</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса с контроллером 50м, 500LED, БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-276</t>
-[...16 lines deleted...]
-  <si>
     <t>303-436</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса Фейерверк с контроллером 10м, 250LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, на катушке NEON-NIGHT</t>
   </si>
   <si>
     <t>1.4 Гирлянда тающие сосульки</t>
   </si>
   <si>
+    <t>256-416</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки светодиодная, 8 шт х 50 см, шаг 50 см, 230 В, Теплые Белые светодиоды</t>
+  </si>
+  <si>
     <t>256-317-6</t>
   </si>
   <si>
     <t>Гирлянда Тающие сосульки светодиодная, 4шт х 20см, шаг 50см, 230В (с трансформатором) белые светодиоды</t>
   </si>
   <si>
+    <t>256-313-6</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки светодиодная, 8шт х 50см, шаг 50см, 230 В (с трансформатором) белые светодиоды</t>
+  </si>
+  <si>
     <t>256-319-6</t>
   </si>
   <si>
     <t>Гирлянда Тающие сосульки светодиодная, 8шт х 50см, шаг 50см, 230 В (с трансформатором) мульти светодиоды</t>
-  </si>
-[...10 lines deleted...]
-    <t>Гирлянда Тающие сосульки светодиодная, 8 шт х 50 см, шаг 50 см, 230 В, Теплые Белые светодиоды</t>
   </si>
   <si>
     <t>256-415</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Сосульки 230В, комплект 8 шт х 42 см, 36x8 LED, не соединяются</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -1101,56 +1113,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/loft-girlyanda-svetodiodnaya-5-m-chernyy-pvh-20-led-teploe-beloe-svechenie-neon-night.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-belyy-tsvet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdy-1-5h0-6-m-prozrachnyy-provod-teplyy-belyy-svet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-teplyy-belyy-tsvet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-domashnih-girlyand-3-m-prozrachnyy-pvh.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-6m-temno-zelenyy-pvh-30-led-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-5-m-30-led-prozrachnyy-pvh-s-kontrollerom-tsvet-svecheniya-teplyy-be.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-30-led-multikolor-4-4-metra-s-kontrollerom.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-20-led-krasnye-2-8-metra.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvetnye-shariki-20-led-multikolor-2-8-metra.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-palochki-s-puzyrkami-20-palochek-tsvet-multikolor-2-metra.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvety-sakury-50-led-rozovye-7-metrov-s-kontrollerom.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-4m-temno-zelenyy-pvh-20-led-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-10m-temno-zelenyy-pvh-50-led-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-kontroller-8-.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-zelenyy-provod-svechenie-multi-rg-rb-miganie-230v-neon.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-bolshie-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-mig.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-miganie-230v-.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-arka-so-zvezdami-2-5h1-2m-136led-teplyy-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-2.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-s-nasadkami-shariki-snezhinki-elochki-30-led-multikolor-4-4-me.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-30-led-5-m-teplyy-belyy-tsvet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kolokolchiki-20-led-rgb-2-8-metra.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-20-led-belye-2-8-metra.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kistochki-48-led-belye-5-metrov.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kubiki-20-led-multikolor-2-8-metra-s-kontrollerom.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-s-kryuchkom-10-sht.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-so-snezhinkami-2-4h0-9m-150led-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-23.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-10-led-1-2-metra-prozrachnyy-pvh-teploe-beloe-svechenie-batare.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mini-lampochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h-.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-banochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-b.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-plombir-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-batareyki.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-ba.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-belyy-2-h-aa-batareyki.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zhemchuzhinki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-tsvet-svecheniya-2-h-aa.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h-aa-b.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-ba.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-krasnaya-10-led-2-25-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniy.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristally-chernye-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniya-.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-serebryanaya-10-led-1-5-m-prozrachnyy-pvh-belyy-svet-svecheniya-2-h-.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-beloe-svechenie-batareyki-3haa-neon-night.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-biryuzovaya-10-led-2-25-m-prozrachnyypvh-belyy-tsvet-svecheniya-2-.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-zolotaya-10-led-1-5-m-prozrachnyy-pvh-teploe-beloe-svechenie-2-h-aa-.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-3-5-m-20-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-neon-night.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h-aa-bata.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristally-bronzovye-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniy.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-lampochki-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-tsvet-svecheniya-2-h-aa-.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-na-solnechnoy-bataree-zvezdy-12-led-teplyy-belyy-1-2-metra.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-multikolor.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-komp.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-pudra-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-kompl.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-5-m-25-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-pitanie-usb-neon.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-novyy-god-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-vostochnye-fonariki-10-led-zheltye-1-5-metra-prozrachnyy-pvh-pitanie-2xaa.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-feyerverk-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-k.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-severnoe-siyanie-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5-m-10-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5-m-20-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5-m-20-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-belyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-ni.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rgb-ip20-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-teplyy-belyy-ip20-3hlr44-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-belyy-ip20-3hlr44-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-multikolor-ip20-tonkiy-batareynyy-blok-2hc.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-5-m-50led-belyy-ip20-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prischepkoy-3m-30led-multikolor-ip20-2hcr2032-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-multikolor-ip20-3hlr44-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-belyy-ip20-2hcr2032-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-2m-20led-belyy-ip20-2hcr2032-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-biryuzovyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-ne.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rgb-ip20-2hcr2032-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rozovyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-goluboy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neo.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-zheltyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-zelenyy-ip20-2hcr2032-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prischepkoy-3m-30led-belyy-ip20-2hcr2032-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prischepkoy-3m-30led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neon-nigh.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20-led-multikolor-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-n.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-5-m-50led-teplyy-belyy-ip20-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-10m-100led-belyy-ip20-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-10m-100led-teplyy-belyy-ip20-ip20-usb-neon-night.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-krasnyy-ip20-2hcr2032-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20-led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-20m-200led-belyy-ip20-230v-zelenyy-provod-neon-night.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-20m-200led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-ni.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-100m-1000led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-20m-500led-teplyy-belyy-ip20-na-katushke-neon-.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-50m-500led-belyy-ip20-230v-zelenyy-provod-neon-night.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-30m-300led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-ni.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-30m-300led-belyy-ip20-230v-zelenyy-provod-neon-night.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-50m-500led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-ni.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-10m-250led-teplyy-belyy-ip20-na-katushke-neon-.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-4sht-h-20sm-shag-50sm-230v-s-transformatorom-belye-svetodi.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-multi-svetod.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-belye-svetod.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8-sht-h-50-sm-shag-50-sm-230-v-teplye-belye-svetodiody.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-230v-komplekt-8-sht-h-42-sm-36x8-led-ne-soedinyayutsya.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23565" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-10-led-1-2-metra-prozrachniy-pvh-teploe-beloe-svechenie-batareyki-2haa-neon-night-23497" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-serebryanaya-10-led-1-5-m-prozrachniy-pvh-beliy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24248" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23564" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-lampochki-10-led-1-5-m-prozrachniy-pvh-tepliy-beliy-tsvet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24239" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampi-3-m-beloe-svechenie-batareyki-3haa-neon-night-23498" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23566" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-10-led-1-5-m-prozrachniy-pvh-tepliy-beliy-tsvet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24238" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristalli-chernie-10-led-1-5-m-prozrachniy-pvh-tepliy-beliy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24241" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristalli-bronzovie-10-led-1-5-m-prozrachniy-pvh-tepliy-beliy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24242" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-krasnaya-10-led-2-25-m-prozrachniy-pvh-tepliy-beliy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24247" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-banochki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23561" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-plombir-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23562" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-multikolor-2-h-aa-batareyki-ne-v-komplekte-neon-night-23555" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23568" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mini-lampochki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-multikolor-2-h-aa-batareyki-ne-v-komplekte-neon-night-23557" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-3-5-m-20-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-neon-night-23563" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-jemchujinki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23567" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-biryuzovaya-10-led-2-25-m-prozrachniypvh-beliy-tsvet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24246" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-zolotaya-10-led-1-5-m-prozrachniy-pvh-teploe-beloe-svechenie-2-h-aa-batareyki-ne-v-komplekte-neon-night-24249" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-multikolor-2-h-aa-batareyki-ne-v-komplekte-neon-night-23556" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampi-3-m-multikolor-18600" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5-m-prozrachniy-pvh-10-led-tepliy-beliy-pitanie-2-h-aa-batareyki-ne-v-komplekte-19990" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampi-3-m-tepliy-beliy-18601" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-feyerverk-1-5-m-prozrachniy-pvh-10-led-tepliy-beliy-pitanie-2-h-aa-batareyki-ne-v-komplekte-19994" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-noviy-god-1-5-m-prozrachniy-pvh-10-led-tepliy-beliy-pitanie-2-h-aa-batareyki-ne-v-komplekte-19989" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-severnoe-siyanie-3-5-m-prozrachniy-pvh-20-led-tepliy-beliy-19988" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5-m-prozrachniy-pvh-20-led-tepliy-beliy-19991" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5-m-prozrachniy-pvh-20-led-tepliy-beliy-pitanie-2-h-aa-batareyki-ne-v-komplekte-19992" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-pudra-1-5-m-prozrachniy-pvh-10-led-tepliy-beliy-pitanie-2-h-aa-batareyki-ne-v-komplekte-19993" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-na-solnechnoy-bataree-zvezdi-12-led-tepliy-beliy-1-2-metra-18283" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-vostochnie-fonariki-10-led-jeltie-1-5-metra-prozrachniy-pvh-pitanie-2xaa-18306" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-5m-25led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-pitanie-usb-neon-night-29997" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5m-10led-prozrachniy-pvh-tepliy-beliy-pitanie-usb-neon-night-30846" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5m-20led-prozrachniy-pvh-tepliy-beliy-pitanie-usb-neon-night-30847" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5m-20-led-prozrachniy-pvh-tepliy-beliy-pitanie-usb-neon-night-30848" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachniy-provod-beliy-tsvet-svecheniya-neon-night-24244" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-5-m-30-led-prozrachniy-pvh-s-kontrollerom-tsvet-svecheniya-tepliy-beliy-neon-night-23569" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachniy-provod-svechenie-multi-rg-rb-kontroller-8-rejimov-230v-neon-night-30011" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdi-1-5h0-6-m-prozrachniy-provod-tepliy-beliy-svet-svecheniya-neon-night-24245" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachniy-provod-tepliy-beliy-tsvet-svecheniya-neon-night-24243" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/loft-girlyanda-svetodiodnaya-5-m-cherniy-pvh-20-led-teploe-beloe-svechenie-neon-night-23499" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-6m-temno-zeleniy-pvh-30-led-tepliy-beliy-7625" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-10m-temno-zeleniy-pvh-50-led-tepliy-beliy-7626" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-4m-temno-zeleniy-pvh-20-led-tepliy-beliy-7624" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snejinki-20-led-belie-2-8-metra-18304" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-domashnih-girlyand-3-m-prozrachniy-pvh-28052" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-arka-so-zvezdami-2-5h1-2m-136led-tepliy-beliy-s-kontrollerom-8-rejimov-230v-neon-night-30040" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-s-nasadkami-shariki-snejinki-elochki-30-led-multikolor-4-4-metra-s-kontrollerom-18289" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-30-led-5-m-tepliy-beliy-tsvet-svecheniya-neon-night-18279" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kolokolchiki-20-led-rgb-2-8-metra-18299" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-20-led-krasnie-2-8-metra-18301" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-palochki-s-puzirkami-20-palochek-tsvet-multikolor-2-metra-18294" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kubiki-20-led-multikolor-2-8-metra-s-kontrollerom-18292" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snejinki-30-led-multikolor-4-4-metra-s-kontrollerom-18298" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-zeleniy-provod-svechenie-multi-rg-rb-miganie-230v-neon-night-30012" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-so-snejinkami-2-4h0-9m-150led-beliy-s-kontrollerom-8-rejimov-230v-neon-night-30019" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvetnie-shariki-20-led-multikolor-2-8-metra-18288" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kistochki-48-led-belie-5-metrov-18302" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsveti-sakuri-50-led-rozovie-7-metrov-s-kontrollerom-18305" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snejinki-bolshie-5m-20led-ip20-prozrachniy-provod-svechenie-multi-rg-rb-miganie-230v-neon-night-30013" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-s-kryuchkom-10-sht-7475" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachniy-provod-svechenie-multi-rg-rb-miganie-230v-neon-night-30010" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-svechi-20m-temno-zelenyy-pvh-100-led-teplyy-belyy-ne-soedinyaetsya-neon-nigh.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-probkoy-2-m-20-led-tsvet-svecheniya-multikolor-3hlr44-v-komplekte-neon-night-24833" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-probkoy-2-m-20-led-beloe-svechenie-3hlr44-v-komplekte-neon-night-24831" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-prischepkoy-3-m-30-led-tsvet-svecheniya-multikolor-2hcr2032-v-komplekte-neon-night-24830" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-prischepkoy-3-m-30-led-beloe-svechenie-2hcr2032-v-komplekte-neon-night-24828" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-5-m-50-led-usb-beloe-svechenie-neon-night-24841" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-10-m-100-led-usb-beloe-svechenie-neon-night-24843" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-10-m-100-led-usb-teploe-beloe-svechenie-neon-night-24844" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-goluboy-tonkiy-batareyniy-blok-7468" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-rgb-7471" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-usb-tsvet-rgb-24371" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-krupnimi-kaplyami-2-m-20-led-tsvet-svecheniya-multikolor-2hcr2032-v-komplekte-tonkiy-batareyniy-blok-neon-night-24836" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-prischepkoy-3-m-30-led-teploe-beloe-svechenie-2hcr2032-v-komplekte-neon-night-24829" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-rozoviy-tonkiy-batareyniy-blok-7469" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-biryuzoviy-tonkiy-batareyniy-blok-7470" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-snejinki-2m-20-diodov-tsvet-beliy-7472" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-krupnimi-kaplyami-2-m-20-led-teploe-beloe-svechenie-2hcr2032-v-komplekte-neon-night-24835" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-probkoy-2-m-20-led-teploe-beloe-svechenie-3hlr44-v-komplekte-neon-night-24832" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-led-tsvet-svecheniya-multikolor-tonkiy-batareyniy-blok-neon-night-24834" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-5-m-50-led-usb-teploe-beloe-svechenie-neon-night-24842" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-zeleniy-7710" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2-m-20-led-teploe-beloe-svechenie-neon-night-7708" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-jeltiy-tonkiy-batareyniy-blok-7709" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-30m-300led-ip20-230v-zeleniy-provod-teploe-beloe-svechenie-30007" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-50m-500led-ip20-230v-zeleniy-provod-teploe-beloe-svechenie-30009" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-40m-1000-led-teplyy-belyy-ip20-na-katushke-zel.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-krasniy-19411" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-kontrollerom-20m-500led-tsvet-svecheniya-tepliy-beliy-na-katushke-neon-night-30042" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-beliy-tonkiy-batareyniy-blok-7478" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-krupnimi-kaplyami-2-m-20-led-beloe-svechenie-2hcr2032-v-komplekte-neon-night-26333" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-20m-200led-zeleniy-provod-teploe-beloe-svechenie-neon-night-30005" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-100m-1000led-ip20-230v-zeleniy-provod-teploe-beloe-svechenie-30064" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-20m-200led-ip20-230v-zeleniy-provod-beloe-svechenie-30006" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-30m-300led-ip20-230v-zeleniy-provod-beloe-svechenie-30008" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-50m-500led-ip20-230v-zeleniy-provod-beloe-svechenie-30063" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-kontrollerom-10m-250led-tsvet-svecheniya-tepliy-beliy-na-katushke-neon-night-30041" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8-sht-h-50-sm-shag-50-sm-230-v-teplie-belie-svetodiodi-18384" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-4sht-h-20sm-shag-50sm-230v-s-transformatorom-belie-svetodiodi-3659" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-belie-svetodiodi-6559" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-multi-svetodiodi-6560" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-230v-komplekt-8-sht-h-42-sm-36x8-led-ne-soedinyayutsya-18285" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I108"/>
+  <dimension ref="A1:I110"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1182,3150 +1194,3210 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1632.91</v>
+        <v>373.75</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>436.25</v>
+        <v>175.29</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>889</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>999</v>
+        <v>248.75</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>103</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>499</v>
+        <v>292.94</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>535</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>123.75</v>
+        <v>561.25</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>5287</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>300</v>
+        <v>96</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>1487.5</v>
+        <v>1264.56</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>686.25</v>
+        <v>373.75</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>499</v>
+        <v>373.75</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>373.75</v>
+        <v>623.75</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>373.75</v>
+        <v>623.75</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>322</v>
+        <v>11</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>60</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
         <v>499</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>237</v>
+        <v>548</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>60</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>499</v>
+        <v>373.75</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>273</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>48</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>987.5</v>
+        <v>623.75</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>48</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>1935.06</v>
+        <v>292.94</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>499</v>
+        <v>292.94</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>564</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>499</v>
+        <v>292.94</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>590</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>499</v>
+        <v>873.75</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>781</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>499</v>
+        <v>373.75</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>670</v>
+        <v>1</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>1805.2</v>
+        <v>623.75</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>704</v>
+        <v>49</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>749</v>
+        <v>248.75</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>10</v>
+        <v>924</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>749</v>
+        <v>234.12</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>180</v>
+        <v>146</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>373.75</v>
+        <v>1264.56</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1088</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>373.75</v>
+        <v>623.75</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1303</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>499</v>
+        <v>1264.56</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>603</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>436.25</v>
+        <v>624</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>186.25</v>
+        <v>623.75</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>153</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>186</v>
+        <v>48</v>
       </c>
       <c r="I29" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B30" s="3" t="s">
+      <c r="C30" s="3">
+        <v>873.75</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" s="3">
+        <v>25</v>
+      </c>
+      <c r="G30" s="3">
+        <v>1</v>
+      </c>
+      <c r="H30" s="3">
+        <v>18</v>
+      </c>
+      <c r="I30" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="C30" s="3">
-[...22 lines deleted...]
-      <c r="A31" s="2" t="s">
+      <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B31" s="2"/>
-[...6 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="C31" s="3">
+        <v>873.75</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="3">
+        <v>0</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
+        <v>18</v>
+      </c>
+      <c r="I31" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>175.29</v>
+        <v>873.75</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>2840</v>
+        <v>1</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>120</v>
+        <v>18</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>292.94</v>
+        <v>623.75</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
         <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>373.75</v>
+        <v>873.75</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>450</v>
+        <v>517</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>48</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>623.75</v>
+        <v>499</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
         <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>373.75</v>
+        <v>1137.97</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>109</v>
+        <v>150</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>373.75</v>
+        <v>561.25</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>160</v>
+        <v>336</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>373.75</v>
+        <v>873.75</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>145</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>373.75</v>
+        <v>873.75</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>96</v>
+        <v>18</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="3" t="s">
+      <c r="A40" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B40" s="2"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
+      <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>292.94</v>
+        <v>436.25</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>1</v>
+        <v>733</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>499</v>
+        <v>686.25</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>556</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>623.75</v>
+        <v>499</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>508</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>248.75</v>
+        <v>999</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>605</v>
+        <v>2</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>1264.56</v>
+        <v>499</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>326</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>623.75</v>
+        <v>1632.91</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>60</v>
+        <v>8</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>248.75</v>
+        <v>1487.5</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>888</v>
+        <v>12</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>873.75</v>
+        <v>1935.06</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
         <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>234.12</v>
+        <v>987.5</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>161</v>
+        <v>75</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>623.75</v>
+        <v>373.75</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>136</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>292.94</v>
+        <v>123.75</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>3897</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>561.25</v>
+        <v>1805.2</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>402</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="I52" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>873.75</v>
+        <v>749</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>694</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>48</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>1264.56</v>
+        <v>749</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>1264.56</v>
+        <v>373.75</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>873.75</v>
+        <v>373.75</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>873.75</v>
+        <v>499</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>207</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>18</v>
+        <v>60</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>623.75</v>
+        <v>436.25</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>623.75</v>
+        <v>499</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
         <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>1137.97</v>
+        <v>499</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>189</v>
+        <v>443</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>623.75</v>
+        <v>1632.91</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>291</v>
+        <v>372</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="I61" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3">
-        <v>499</v>
+        <v>373.75</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>0</v>
+        <v>426</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3">
-        <v>624</v>
+        <v>499</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>141</v>
+        <v>515</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>24</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3">
-        <v>873.75</v>
+        <v>499</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
         <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3">
-        <v>561.25</v>
+        <v>499</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>399</v>
+        <v>1</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="B66" s="3" t="s">
+      <c r="C66" s="3">
+        <v>186.25</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="C66" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F66" s="3">
-        <v>344</v>
+        <v>13</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>12</v>
+        <v>186</v>
       </c>
       <c r="I66" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C67" s="3">
-        <v>873.75</v>
+        <v>499</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>275</v>
+        <v>663</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A68" s="2" t="s">
+      <c r="A68" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="B68" s="2"/>
-[...6 lines deleted...]
-      <c r="I68" s="2"/>
+      <c r="B68" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="C68" s="3">
+        <v>3986.65</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F68" s="3">
+        <v>2</v>
+      </c>
+      <c r="G68" s="3">
+        <v>1</v>
+      </c>
+      <c r="H68" s="3">
+        <v>12</v>
+      </c>
+      <c r="I68" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A69" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B69" s="3" t="s">
+      <c r="A69" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="C69" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B69" s="2"/>
+      <c r="C69" s="2"/>
+      <c r="D69" s="2"/>
+      <c r="E69" s="2"/>
+      <c r="F69" s="2"/>
+      <c r="G69" s="2"/>
+      <c r="H69" s="2"/>
+      <c r="I69" s="2"/>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C70" s="3">
         <v>234.12</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C71" s="3">
         <v>234.12</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>120</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C72" s="3">
-        <v>234.12</v>
+        <v>373.75</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>113</v>
+        <v>7</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C73" s="3">
-        <v>222.41</v>
+        <v>373.75</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>250</v>
+        <v>96</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C74" s="3">
         <v>373.75</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
         <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>160</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C75" s="3">
-        <v>373.75</v>
+        <v>499</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>96</v>
+        <v>125</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C76" s="3">
-        <v>234.12</v>
+        <v>499</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C77" s="3">
-        <v>234.12</v>
+        <v>175.29</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
         <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>250</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C78" s="3">
-        <v>175.29</v>
+        <v>292.94</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>983</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>250</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C79" s="3">
-        <v>175.29</v>
+        <v>234.12</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>157</v>
+        <v>3</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>250</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C80" s="3">
-        <v>292.94</v>
+        <v>222.41</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
         <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>250</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C81" s="3">
-        <v>175.29</v>
+        <v>355.06</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>1523</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>250</v>
+        <v>96</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C82" s="3">
         <v>175.29</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>1158</v>
+        <v>1239</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>250</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C83" s="3">
-        <v>234.12</v>
+        <v>175.29</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
         <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C84" s="3">
         <v>175.29</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>2</v>
+        <v>54</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>250</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C85" s="3">
-        <v>175.29</v>
+        <v>234.12</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>559</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C86" s="3">
-        <v>373.75</v>
+        <v>234.12</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C87" s="3">
-        <v>355.06</v>
+        <v>175.29</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
         <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>96</v>
+        <v>250</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C88" s="3">
-        <v>175.29</v>
+        <v>373.75</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>250</v>
+        <v>160</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C89" s="3">
-        <v>373.75</v>
+        <v>175.29</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>2</v>
+        <v>412</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>160</v>
+        <v>250</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C90" s="3">
-        <v>499</v>
+        <v>175.29</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>125</v>
+        <v>250</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C91" s="3">
-        <v>499</v>
+        <v>175.29</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
         <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>125</v>
+        <v>250</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C92" s="3">
-        <v>175.29</v>
+        <v>999</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>2951</v>
+        <v>15</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C93" s="3">
-        <v>175.29</v>
+        <v>1249</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>0</v>
+        <v>378</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="I93" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C94" s="3">
-        <v>686.25</v>
+        <v>3986.65</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>11</v>
+        <v>478</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="I94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C95" s="3">
-        <v>686.25</v>
+        <v>175.29</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>2548</v>
+        <v>1818</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="I95" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C96" s="3">
-        <v>3000</v>
+        <v>1935.06</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>128</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C97" s="3">
-        <v>1935.06</v>
+        <v>175.29</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
         <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="I97" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C98" s="3">
-        <v>1249</v>
+        <v>234.12</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>237</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="I98" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C99" s="3">
-        <v>999</v>
+        <v>686.25</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>1501</v>
+        <v>124</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>48</v>
       </c>
       <c r="I99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C100" s="3">
-        <v>999</v>
+        <v>3000</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>230</v>
+        <v>24</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C101" s="3">
-        <v>1249</v>
+        <v>686.25</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>1853</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>48</v>
       </c>
       <c r="I101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C102" s="3">
-        <v>1264.56</v>
+        <v>999</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
         <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>48</v>
       </c>
       <c r="I102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A103" s="2" t="s">
+      <c r="A103" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="B103" s="2"/>
-[...6 lines deleted...]
-      <c r="I103" s="2"/>
+      <c r="B103" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="C103" s="3">
+        <v>1249</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F103" s="3">
+        <v>0</v>
+      </c>
+      <c r="G103" s="3">
+        <v>1</v>
+      </c>
+      <c r="H103" s="3">
+        <v>48</v>
+      </c>
+      <c r="I103" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C104" s="3">
-        <v>1138.1</v>
+        <v>1264.56</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>101</v>
+        <v>31</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I104" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A105" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B105" s="3" t="s">
+      <c r="A105" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="C105" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B105" s="2"/>
+      <c r="C105" s="2"/>
+      <c r="D105" s="2"/>
+      <c r="E105" s="2"/>
+      <c r="F105" s="2"/>
+      <c r="G105" s="2"/>
+      <c r="H105" s="2"/>
+      <c r="I105" s="2"/>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C106" s="3">
         <v>1935.06</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>10</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C107" s="3">
-        <v>1935.06</v>
+        <v>1138.1</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>53</v>
+        <v>92</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C108" s="3">
         <v>1935.06</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
+        <v>10</v>
+      </c>
+      <c r="I108" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A109" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="C109" s="3">
+        <v>1935.06</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F109" s="3">
+        <v>0</v>
+      </c>
+      <c r="G109" s="3">
+        <v>1</v>
+      </c>
+      <c r="H109" s="3">
+        <v>10</v>
+      </c>
+      <c r="I109" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A110" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="C110" s="3">
+        <v>1935.06</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F110" s="3">
+        <v>1</v>
+      </c>
+      <c r="G110" s="3">
+        <v>1</v>
+      </c>
+      <c r="H110" s="3">
         <v>6</v>
       </c>
-      <c r="I108" s="3">
+      <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A31:I31"/>
-[...1 lines deleted...]
-    <mergeCell ref="A103:I103"/>
+    <mergeCell ref="A40:I40"/>
+    <mergeCell ref="A69:I69"/>
+    <mergeCell ref="A105:I105"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D27" r:id="rId24"/>
     <hyperlink ref="D28" r:id="rId25"/>
     <hyperlink ref="D29" r:id="rId26"/>
     <hyperlink ref="D30" r:id="rId27"/>
-    <hyperlink ref="D32" r:id="rId28"/>
-[...7 lines deleted...]
-    <hyperlink ref="D40" r:id="rId36"/>
+    <hyperlink ref="D31" r:id="rId28"/>
+    <hyperlink ref="D32" r:id="rId29"/>
+    <hyperlink ref="D33" r:id="rId30"/>
+    <hyperlink ref="D34" r:id="rId31"/>
+    <hyperlink ref="D35" r:id="rId32"/>
+    <hyperlink ref="D36" r:id="rId33"/>
+    <hyperlink ref="D37" r:id="rId34"/>
+    <hyperlink ref="D38" r:id="rId35"/>
+    <hyperlink ref="D39" r:id="rId36"/>
     <hyperlink ref="D41" r:id="rId37"/>
     <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D43" r:id="rId39"/>
     <hyperlink ref="D44" r:id="rId40"/>
     <hyperlink ref="D45" r:id="rId41"/>
     <hyperlink ref="D46" r:id="rId42"/>
     <hyperlink ref="D47" r:id="rId43"/>
     <hyperlink ref="D48" r:id="rId44"/>
     <hyperlink ref="D49" r:id="rId45"/>
     <hyperlink ref="D50" r:id="rId46"/>
     <hyperlink ref="D51" r:id="rId47"/>
     <hyperlink ref="D52" r:id="rId48"/>
     <hyperlink ref="D53" r:id="rId49"/>
     <hyperlink ref="D54" r:id="rId50"/>
     <hyperlink ref="D55" r:id="rId51"/>
     <hyperlink ref="D56" r:id="rId52"/>
     <hyperlink ref="D57" r:id="rId53"/>
     <hyperlink ref="D58" r:id="rId54"/>
     <hyperlink ref="D59" r:id="rId55"/>
     <hyperlink ref="D60" r:id="rId56"/>
     <hyperlink ref="D61" r:id="rId57"/>
     <hyperlink ref="D62" r:id="rId58"/>
     <hyperlink ref="D63" r:id="rId59"/>
     <hyperlink ref="D64" r:id="rId60"/>
     <hyperlink ref="D65" r:id="rId61"/>
     <hyperlink ref="D66" r:id="rId62"/>
     <hyperlink ref="D67" r:id="rId63"/>
-    <hyperlink ref="D69" r:id="rId64"/>
+    <hyperlink ref="D68" r:id="rId64"/>
     <hyperlink ref="D70" r:id="rId65"/>
     <hyperlink ref="D71" r:id="rId66"/>
     <hyperlink ref="D72" r:id="rId67"/>
     <hyperlink ref="D73" r:id="rId68"/>
     <hyperlink ref="D74" r:id="rId69"/>
     <hyperlink ref="D75" r:id="rId70"/>
     <hyperlink ref="D76" r:id="rId71"/>
     <hyperlink ref="D77" r:id="rId72"/>
     <hyperlink ref="D78" r:id="rId73"/>
     <hyperlink ref="D79" r:id="rId74"/>
     <hyperlink ref="D80" r:id="rId75"/>
     <hyperlink ref="D81" r:id="rId76"/>
     <hyperlink ref="D82" r:id="rId77"/>
     <hyperlink ref="D83" r:id="rId78"/>
     <hyperlink ref="D84" r:id="rId79"/>
     <hyperlink ref="D85" r:id="rId80"/>
     <hyperlink ref="D86" r:id="rId81"/>
     <hyperlink ref="D87" r:id="rId82"/>
     <hyperlink ref="D88" r:id="rId83"/>
     <hyperlink ref="D89" r:id="rId84"/>
     <hyperlink ref="D90" r:id="rId85"/>
     <hyperlink ref="D91" r:id="rId86"/>
     <hyperlink ref="D92" r:id="rId87"/>
     <hyperlink ref="D93" r:id="rId88"/>
     <hyperlink ref="D94" r:id="rId89"/>
     <hyperlink ref="D95" r:id="rId90"/>
     <hyperlink ref="D96" r:id="rId91"/>
     <hyperlink ref="D97" r:id="rId92"/>
     <hyperlink ref="D98" r:id="rId93"/>
     <hyperlink ref="D99" r:id="rId94"/>
     <hyperlink ref="D100" r:id="rId95"/>
     <hyperlink ref="D101" r:id="rId96"/>
     <hyperlink ref="D102" r:id="rId97"/>
-    <hyperlink ref="D104" r:id="rId98"/>
-    <hyperlink ref="D105" r:id="rId99"/>
+    <hyperlink ref="D103" r:id="rId98"/>
+    <hyperlink ref="D104" r:id="rId99"/>
     <hyperlink ref="D106" r:id="rId100"/>
     <hyperlink ref="D107" r:id="rId101"/>
     <hyperlink ref="D108" r:id="rId102"/>
+    <hyperlink ref="D109" r:id="rId103"/>
+    <hyperlink ref="D110" r:id="rId104"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>