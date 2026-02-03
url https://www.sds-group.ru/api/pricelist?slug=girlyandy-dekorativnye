--- v1 (2025-11-30)
+++ v2 (2026-02-03)
@@ -42,687 +42,687 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гирлянды Декоративные</t>
   </si>
   <si>
-    <t>1.1 Гирлянды на батарейках</t>
+    <t>1.1 Гирлянды с насадками</t>
+  </si>
+  <si>
+    <t>303-024</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Свечи 20м, темно-зеленый ПВХ, 100 LED ТЕПЛЫЙ БЕЛЫЙ, не соединяется NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>303-069</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шишки 5 м, 30 LED, прозрачный ПВХ с контроллером, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-067</t>
+  </si>
+  <si>
+    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-068</t>
+  </si>
+  <si>
+    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-030</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звезды 1,5х0,6 м, прозрачный провод, теплый белый свет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-022</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), контроллер 8 режимов, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-084</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 6м, темно-зеленый ПВХ, 30 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>315-424</t>
+  </si>
+  <si>
+    <t>Удлинитель для домашних гирлянд 3 м прозрачный ПВХ</t>
+  </si>
+  <si>
+    <t>303-085</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 10м, темно-зеленый ПВХ, 50 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>255-075</t>
+  </si>
+  <si>
+    <t>Гирлянда Бахрома со снежинками 2,4х0,9м, 150LED БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
+  </si>
+  <si>
+    <t>304-021</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-083</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 4м, темно-зеленый ПВХ, 20 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-066</t>
+  </si>
+  <si>
+    <t>Лофт-гирлянда светодиодная 5 м, черный ПВХ, 20 LED, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-061</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кубики 20 LED МУЛЬТИКОЛОР 2,8 метра с контроллером</t>
+  </si>
+  <si>
+    <t>104-321</t>
+  </si>
+  <si>
+    <t>Присоска с крючком (10 шт)</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>303-032</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Прищепки 30 LED, 5 м, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-035</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кисточки 48 LED БЕЛЫЕ 5 метров</t>
+  </si>
+  <si>
+    <t>303-037</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Палочки с пузырьками 20 палочек, цвет: мультиколор, 2 метра</t>
+  </si>
+  <si>
+    <t>303-038</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Цветы Сакуры 50 LED РОЗОВЫЕ 7 метров с контроллером</t>
+  </si>
+  <si>
+    <t>303-060</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Цветные Шарики 20 LED МУЛЬТИКОЛОР 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-062</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Колокольчики 20 LED RGB 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-064</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная с насадками (шарики, снежинки, елочки) 30 LED МУЛЬТИКОЛОР, 4,4 метра с контроллером</t>
+  </si>
+  <si>
+    <t>303-065</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки 30 LED МУЛЬТИКОЛОР 4,4 метра с контроллером</t>
+  </si>
+  <si>
+    <t>303-034</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездочки 20 LED КРАСНЫЕ 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-036</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки 20 LED БЕЛЫЕ 2,8 метра</t>
+  </si>
+  <si>
+    <t>304-023</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, зеленый провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-024</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки большие 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-076</t>
+  </si>
+  <si>
+    <t>Гирлянда Арка со звездами 2,5х1,2м, 136LED ТЕПЛЫЙ БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
+  </si>
+  <si>
+    <t>1.2 Гирлянды на батарейках</t>
+  </si>
+  <si>
+    <t>303-077</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Пломбир 1.5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-017</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кристаллы черные 10 LED, 1,5 м, прозрачный ПВХ, теплый белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-073</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 10 LED, 1,2 метра, прозрачный ПВХ, теплое белое свечение, батарейки 2хАА NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-095</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Ретро-лампы 3 м, белое свечение, батарейки 3хАА NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-015</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Лампочки 10 LED, 1.5 м, прозрачный ПВХ, теплый белый цвет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-090</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездочки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения мультиколор, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-092</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения мультиколор, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-074</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мини-лампочки 1.5 м, 10 LED, прозрачный ПВХ, цвет свечения мультиколор, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-096</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Баночки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-078</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Перламутр 3.5 м, 20 LED, прозрачный ПВХ, цвет свечения теплый белый NEON-NIGHT</t>
   </si>
   <si>
     <t>303-093</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Сосульки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Гирлянда светодиодная универсальная 10 LED, 1,2 метра, прозрачный ПВХ, теплое белое свечение, батарейки 2хАА NEON-NIGHT</t>
+    <t>303-094</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Сосульки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-098</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шишки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-002</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездопад красная 10 LED, 2,25 м, прозрачный ПВХ, теплый белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>304-011</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мишура серебряная 10 LED 1,5 м, прозрачный ПВХ, белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
+    <t>304-012</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мишура золотая 10 LED, 1,5 м, прозрачный ПВХ, теплое белое свечение, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-010</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Перламутр 5 м, 25 LED, прозрачный ПВХ, цвет свечения теплый белый, питание USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-089</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Пудра 1,5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>303-071</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Восточные фонарики 10 LED ЖЕЛТЫЕ 1,5 метра, прозрачный ПВХ, питание 2xАА</t>
+  </si>
+  <si>
+    <t>303-079</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Ретро-лампы, 3 м, Мультиколор</t>
+  </si>
+  <si>
+    <t>304-001</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Карамельки 1,5 м, 10 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-091</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Звездочки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
-    <t>304-015</t>
-[...14 lines deleted...]
-    <t>Гирлянда светодиодная Сосульки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+    <t>303-097</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Жемчужинки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>304-005</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Прищепки 10 LED, 1.5 м, прозрачный ПВХ, теплый белый цвет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
-    <t>304-017</t>
-[...2 lines deleted...]
-    <t>Гирлянда светодиодная Кристаллы черные 10 LED, 1,5 м, прозрачный ПВХ, теплый белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+    <t>304-004</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездопад бирюзовая 10 LED, 2,25 м, прозрачный ПВХ, белый цвет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-088</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Магия 3,5 м, прозрачный ПВХ, 20 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>303-082</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Карамельки 1.5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>304-008</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Вельвет 3,5 м, 20 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-086</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Северное сияние 3,5 м, прозрачный ПВХ, 20 LED, теплый белый</t>
+  </si>
+  <si>
+    <t>303-081</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Новый год 1,5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>304-007</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Магия 3,5 м, 20 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-070</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная на солнечной батарее Звезды 12 LED ТЕПЛЫЙ БЕЛЫЙ 1,2 метра</t>
   </si>
   <si>
     <t>304-019</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Кристаллы бронзовые 10 LED, 1,5 м, прозрачный ПВХ, теплый белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
-    <t>304-002</t>
-[...76 lines deleted...]
-  <si>
     <t>303-076</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Ретро-лампы , 3 м, ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
+    <t>303-087</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Вельвет 3,5 м, прозрачный ПВХ, 20 LED, теплый белый</t>
+  </si>
+  <si>
     <t>303-099</t>
   </si>
   <si>
     <t>Тайские фонарики Фейерверк 1,5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
   </si>
   <si>
-    <t>303-081</t>
-[...238 lines deleted...]
-  <si>
     <t>1.3 Гирлянда Роса</t>
   </si>
   <si>
+    <t>303-009</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, RGB, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-005</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, БЕЛЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-959</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, RGB, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-001</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, ЖЕЛТЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-004</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, БИРЮЗОВЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-015</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с прищепкой 3м, 30LED, БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-016</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с прищепкой 3м, 30LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
     <t>302-029</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса с пробкой 2м, 20LED,МУЛЬТИКОЛОР, IP20, 3хLR44 в комплекте NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-009-1</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20 LED, МУЛЬТИКОЛОР, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-009</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с крупными каплями 2м, 20LED, МУЛЬТИКОЛОР, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-965</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 5 м, 50LED, БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-966</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 5 м, 50LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-975</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 10м, 100LED, БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-265</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 20м, 200LED, БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-008</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, ЗЕЛЕНЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-266</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 20м, 200LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-019</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с прищепкой 3м, 30LED, МУЛЬТИКОЛОР, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-026</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с пробкой 2м, 20LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 3хLR44 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-006</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с крупными каплями 2м, 20LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-976</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 10м, 100LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-006</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20 LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-003</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, ГОЛУБОЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-007</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, РОЗОВЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-010</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки, 2м, 20LED, БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-496</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса Фейерверк с контроллером 40м 1000 LED ТЕПЛЫЙ БЕЛЫЙ IP20 на катушке, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-002</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, КРАСНЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
     <t>302-025</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса с пробкой 2м, 20LED, БЕЛЫЙ, IP20, 3хLR44 в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>302-019</t>
-[...116 lines deleted...]
-    <t>Гирлянда светодиодная Роса 2м, 20LED, ЖЕЛТЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+    <t>302-005</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с крупными каплями 2м, 20LED, БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>303-276</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса с контроллером 30м, 300LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-275</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 30м, 300LED, БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-286</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса с контроллером 50м, 500LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-496</t>
-[...8 lines deleted...]
-    <t>Гирлянда светодиодная Роса 2м, 20LED, КРАСНЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+    <t>303-285</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 50м, 500LED, БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-296</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 100м, 1000LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-436</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса Фейерверк с контроллером 10м, 250LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, на катушке NEON-NIGHT</t>
   </si>
   <si>
     <t>303-446</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса Фейерверк с контроллером 20м, 500LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, на катушке NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-005</t>
-[...46 lines deleted...]
-  <si>
     <t>1.4 Гирлянда тающие сосульки</t>
   </si>
   <si>
+    <t>256-317-6</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки светодиодная, 4шт х 20см, шаг 50см, 230В (с трансформатором) белые светодиоды</t>
+  </si>
+  <si>
+    <t>256-319-6</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки светодиодная, 8шт х 50см, шаг 50см, 230 В (с трансформатором) мульти светодиоды</t>
+  </si>
+  <si>
+    <t>256-313-6</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки светодиодная, 8шт х 50см, шаг 50см, 230 В (с трансформатором) белые светодиоды</t>
+  </si>
+  <si>
     <t>256-416</t>
   </si>
   <si>
     <t>Гирлянда Тающие сосульки светодиодная, 8 шт х 50 см, шаг 50 см, 230 В, Теплые Белые светодиоды</t>
-  </si>
-[...16 lines deleted...]
-    <t>Гирлянда Тающие сосульки светодиодная, 8шт х 50см, шаг 50см, 230 В (с трансформатором) мульти светодиоды</t>
   </si>
   <si>
     <t>256-415</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Сосульки 230В, комплект 8 шт х 42 см, 36x8 LED, не соединяются</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -1113,51 +1113,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23565" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-10-led-1-2-metra-prozrachniy-pvh-teploe-beloe-svechenie-batareyki-2haa-neon-night-23497" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-serebryanaya-10-led-1-5-m-prozrachniy-pvh-beliy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24248" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23564" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-lampochki-10-led-1-5-m-prozrachniy-pvh-tepliy-beliy-tsvet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24239" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampi-3-m-beloe-svechenie-batareyki-3haa-neon-night-23498" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23566" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-10-led-1-5-m-prozrachniy-pvh-tepliy-beliy-tsvet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24238" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristalli-chernie-10-led-1-5-m-prozrachniy-pvh-tepliy-beliy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24241" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristalli-bronzovie-10-led-1-5-m-prozrachniy-pvh-tepliy-beliy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24242" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-krasnaya-10-led-2-25-m-prozrachniy-pvh-tepliy-beliy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24247" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-banochki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23561" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-plombir-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23562" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-multikolor-2-h-aa-batareyki-ne-v-komplekte-neon-night-23555" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23568" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mini-lampochki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-multikolor-2-h-aa-batareyki-ne-v-komplekte-neon-night-23557" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-3-5-m-20-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-neon-night-23563" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-jemchujinki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23567" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-biryuzovaya-10-led-2-25-m-prozrachniypvh-beliy-tsvet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24246" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-zolotaya-10-led-1-5-m-prozrachniy-pvh-teploe-beloe-svechenie-2-h-aa-batareyki-ne-v-komplekte-neon-night-24249" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-multikolor-2-h-aa-batareyki-ne-v-komplekte-neon-night-23556" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampi-3-m-multikolor-18600" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5-m-prozrachniy-pvh-10-led-tepliy-beliy-pitanie-2-h-aa-batareyki-ne-v-komplekte-19990" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampi-3-m-tepliy-beliy-18601" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-feyerverk-1-5-m-prozrachniy-pvh-10-led-tepliy-beliy-pitanie-2-h-aa-batareyki-ne-v-komplekte-19994" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-noviy-god-1-5-m-prozrachniy-pvh-10-led-tepliy-beliy-pitanie-2-h-aa-batareyki-ne-v-komplekte-19989" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-severnoe-siyanie-3-5-m-prozrachniy-pvh-20-led-tepliy-beliy-19988" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5-m-prozrachniy-pvh-20-led-tepliy-beliy-19991" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5-m-prozrachniy-pvh-20-led-tepliy-beliy-pitanie-2-h-aa-batareyki-ne-v-komplekte-19992" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-pudra-1-5-m-prozrachniy-pvh-10-led-tepliy-beliy-pitanie-2-h-aa-batareyki-ne-v-komplekte-19993" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-na-solnechnoy-bataree-zvezdi-12-led-tepliy-beliy-1-2-metra-18283" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-vostochnie-fonariki-10-led-jeltie-1-5-metra-prozrachniy-pvh-pitanie-2xaa-18306" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-5m-25led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-pitanie-usb-neon-night-29997" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5m-10led-prozrachniy-pvh-tepliy-beliy-pitanie-usb-neon-night-30846" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5m-20led-prozrachniy-pvh-tepliy-beliy-pitanie-usb-neon-night-30847" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5m-20-led-prozrachniy-pvh-tepliy-beliy-pitanie-usb-neon-night-30848" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachniy-provod-beliy-tsvet-svecheniya-neon-night-24244" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-5-m-30-led-prozrachniy-pvh-s-kontrollerom-tsvet-svecheniya-tepliy-beliy-neon-night-23569" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachniy-provod-svechenie-multi-rg-rb-kontroller-8-rejimov-230v-neon-night-30011" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdi-1-5h0-6-m-prozrachniy-provod-tepliy-beliy-svet-svecheniya-neon-night-24245" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachniy-provod-tepliy-beliy-tsvet-svecheniya-neon-night-24243" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/loft-girlyanda-svetodiodnaya-5-m-cherniy-pvh-20-led-teploe-beloe-svechenie-neon-night-23499" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-6m-temno-zeleniy-pvh-30-led-tepliy-beliy-7625" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-10m-temno-zeleniy-pvh-50-led-tepliy-beliy-7626" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-4m-temno-zeleniy-pvh-20-led-tepliy-beliy-7624" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snejinki-20-led-belie-2-8-metra-18304" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-domashnih-girlyand-3-m-prozrachniy-pvh-28052" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-arka-so-zvezdami-2-5h1-2m-136led-tepliy-beliy-s-kontrollerom-8-rejimov-230v-neon-night-30040" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-s-nasadkami-shariki-snejinki-elochki-30-led-multikolor-4-4-metra-s-kontrollerom-18289" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-30-led-5-m-tepliy-beliy-tsvet-svecheniya-neon-night-18279" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kolokolchiki-20-led-rgb-2-8-metra-18299" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-20-led-krasnie-2-8-metra-18301" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-palochki-s-puzirkami-20-palochek-tsvet-multikolor-2-metra-18294" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kubiki-20-led-multikolor-2-8-metra-s-kontrollerom-18292" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snejinki-30-led-multikolor-4-4-metra-s-kontrollerom-18298" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-zeleniy-provod-svechenie-multi-rg-rb-miganie-230v-neon-night-30012" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-so-snejinkami-2-4h0-9m-150led-beliy-s-kontrollerom-8-rejimov-230v-neon-night-30019" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvetnie-shariki-20-led-multikolor-2-8-metra-18288" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kistochki-48-led-belie-5-metrov-18302" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsveti-sakuri-50-led-rozovie-7-metrov-s-kontrollerom-18305" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snejinki-bolshie-5m-20led-ip20-prozrachniy-provod-svechenie-multi-rg-rb-miganie-230v-neon-night-30013" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-s-kryuchkom-10-sht-7475" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachniy-provod-svechenie-multi-rg-rb-miganie-230v-neon-night-30010" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-svechi-20m-temno-zelenyy-pvh-100-led-teplyy-belyy-ne-soedinyaetsya-neon-nigh.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-probkoy-2-m-20-led-tsvet-svecheniya-multikolor-3hlr44-v-komplekte-neon-night-24833" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-probkoy-2-m-20-led-beloe-svechenie-3hlr44-v-komplekte-neon-night-24831" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-prischepkoy-3-m-30-led-tsvet-svecheniya-multikolor-2hcr2032-v-komplekte-neon-night-24830" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-prischepkoy-3-m-30-led-beloe-svechenie-2hcr2032-v-komplekte-neon-night-24828" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-5-m-50-led-usb-beloe-svechenie-neon-night-24841" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-10-m-100-led-usb-beloe-svechenie-neon-night-24843" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-10-m-100-led-usb-teploe-beloe-svechenie-neon-night-24844" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-goluboy-tonkiy-batareyniy-blok-7468" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-rgb-7471" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-usb-tsvet-rgb-24371" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-krupnimi-kaplyami-2-m-20-led-tsvet-svecheniya-multikolor-2hcr2032-v-komplekte-tonkiy-batareyniy-blok-neon-night-24836" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-prischepkoy-3-m-30-led-teploe-beloe-svechenie-2hcr2032-v-komplekte-neon-night-24829" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-rozoviy-tonkiy-batareyniy-blok-7469" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-biryuzoviy-tonkiy-batareyniy-blok-7470" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-snejinki-2m-20-diodov-tsvet-beliy-7472" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-krupnimi-kaplyami-2-m-20-led-teploe-beloe-svechenie-2hcr2032-v-komplekte-neon-night-24835" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-probkoy-2-m-20-led-teploe-beloe-svechenie-3hlr44-v-komplekte-neon-night-24832" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-led-tsvet-svecheniya-multikolor-tonkiy-batareyniy-blok-neon-night-24834" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-5-m-50-led-usb-teploe-beloe-svechenie-neon-night-24842" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-zeleniy-7710" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2-m-20-led-teploe-beloe-svechenie-neon-night-7708" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-jeltiy-tonkiy-batareyniy-blok-7709" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-30m-300led-ip20-230v-zeleniy-provod-teploe-beloe-svechenie-30007" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-50m-500led-ip20-230v-zeleniy-provod-teploe-beloe-svechenie-30009" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-40m-1000-led-teplyy-belyy-ip20-na-katushke-zel.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-krasniy-19411" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-kontrollerom-20m-500led-tsvet-svecheniya-tepliy-beliy-na-katushke-neon-night-30042" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-beliy-tonkiy-batareyniy-blok-7478" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-krupnimi-kaplyami-2-m-20-led-beloe-svechenie-2hcr2032-v-komplekte-neon-night-26333" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-20m-200led-zeleniy-provod-teploe-beloe-svechenie-neon-night-30005" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-100m-1000led-ip20-230v-zeleniy-provod-teploe-beloe-svechenie-30064" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-20m-200led-ip20-230v-zeleniy-provod-beloe-svechenie-30006" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-30m-300led-ip20-230v-zeleniy-provod-beloe-svechenie-30008" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-50m-500led-ip20-230v-zeleniy-provod-beloe-svechenie-30063" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-kontrollerom-10m-250led-tsvet-svecheniya-tepliy-beliy-na-katushke-neon-night-30041" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8-sht-h-50-sm-shag-50-sm-230-v-teplie-belie-svetodiodi-18384" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-4sht-h-20sm-shag-50sm-230v-s-transformatorom-belie-svetodiodi-3659" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-belie-svetodiodi-6559" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-multi-svetodiodi-6560" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-230v-komplekt-8-sht-h-42-sm-36x8-led-ne-soedinyayutsya-18285" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-svechi-20m-temno-zelenyy-pvh-100-led-teplyy-belyy-ne-soedinyaetsya-neon-nigh" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-5-m-30-led-prozrachnyy-pvh-s-kontrollerom-tsvet-svecheniya-teplyy-be" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdy-1-5h0-6-m-prozrachnyy-provod-teplyy-belyy-svet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-kontroller-8" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-6m-temno-zelenyy-pvh-30-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-domashnih-girlyand-3-m-prozrachnyy-pvh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-10m-temno-zelenyy-pvh-50-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-so-snezhinkami-2-4h0-9m-150led-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-23" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-miganie-230v" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-4m-temno-zelenyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/loft-girlyanda-svetodiodnaya-5-m-chernyy-pvh-20-led-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kubiki-20-led-multikolor-2-8-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-s-kryuchkom-10-sht" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-30-led-5-m-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kistochki-48-led-belye-5-metrov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-palochki-s-puzyrkami-20-palochek-tsvet-multikolor-2-metra" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvety-sakury-50-led-rozovye-7-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvetnye-shariki-20-led-multikolor-2-8-metra" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kolokolchiki-20-led-rgb-2-8-metra" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-s-nasadkami-shariki-snezhinki-elochki-30-led-multikolor-4-4-me" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-30-led-multikolor-4-4-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-20-led-krasnye-2-8-metra" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-20-led-belye-2-8-metra" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-zelenyy-provod-svechenie-multi-rg-rb-miganie-230v-neon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-bolshie-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-mig" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-arka-so-zvezdami-2-5h1-2m-136led-teplyy-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-plombir-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-batareyki" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristally-chernye-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniya" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-10-led-1-2-metra-prozrachnyy-pvh-teploe-beloe-svechenie-batare" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-beloe-svechenie-batareyki-3haa-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-lampochki-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-tsvet-svecheniya-2-h-aa" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h-aa-b" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h-aa-bata" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mini-lampochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-banochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-b" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-3-5-m-20-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-ba" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-belyy-2-h-aa-batareyki" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-ba" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-krasnaya-10-led-2-25-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-serebryanaya-10-led-1-5-m-prozrachnyy-pvh-belyy-svet-svecheniya-2-h" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-zolotaya-10-led-1-5-m-prozrachnyy-pvh-teploe-beloe-svechenie-2-h-aa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-5-m-25-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-pitanie-usb-neon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-pudra-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-kompl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-vostochnye-fonariki-10-led-zheltye-1-5-metra-prozrachnyy-pvh-pitanie-2xaa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-multikolor" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5-m-10-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zhemchuzhinki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-tsvet-svecheniya-2-h-aa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-biryuzovaya-10-led-2-25-m-prozrachnyy-pvh-belyy-tsvet-svecheniya-2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-komp" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5-m-20-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-severnoe-siyanie-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-novyy-god-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5-m-20-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-na-solnechnoy-bataree-zvezdy-12-led-teplyy-belyy-1-2-metra" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristally-bronzovye-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-teplyy-belyy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-feyerverk-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-k" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rgb-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-belyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-ni" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rgb-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-zheltyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-biryuzovyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-ne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prischepkoy-3m-30led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prischepkoy-3m-30led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neon-nigh" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-multikolor-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20-led-multikolor-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-n" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-multikolor-ip20-tonkiy-batareynyy-blok-2hc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-5-m-50led-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-5-m-50led-teplyy-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-10m-100led-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-20m-200led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-zelenyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-20m-200led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-ni" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prischepkoy-3m-30led-multikolor-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-teplyy-belyy-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-10m-100led-teplyy-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20-led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-goluboy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rozovyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-2m-20led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-40m-1000-led-teplyy-belyy-ip20-na-katushke-zel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-krasnyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-belyy-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-30m-300led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-ni" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-30m-300led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-50m-500led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-ni" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-50m-500led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-100m-1000led-teplyy-belyy-ip20-230v-zelenyy-provod-neon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-10m-250led-teplyy-belyy-ip20-na-katushke-neon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-20m-500led-teplyy-belyy-ip20-na-katushke-neon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-4sht-h-20sm-shag-50sm-230v-s-transformatorom-belye-svetodi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-multi-svetod" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-belye-svetod" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8-sht-h-50-sm-shag-50-sm-230-v-teplye-belye-svetodiody" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-230v-komplekt-8-sht-h-42-sm-36x8-led-ne-soedinyayutsya" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I110"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1194,3142 +1194,3142 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>373.75</v>
+        <v>4054.42</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>175.29</v>
+        <v>697.92</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>248.75</v>
+        <v>507.48</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>103</v>
+        <v>42</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>292.94</v>
+        <v>443.67</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>698</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>561.25</v>
+        <v>1015.98</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>1264.56</v>
+        <v>507.48</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
+        <v>506</v>
+      </c>
+      <c r="G9" s="3">
+        <v>1</v>
+      </c>
+      <c r="H9" s="3">
+        <v>72</v>
+      </c>
+      <c r="I9" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>373.75</v>
+        <v>1512.79</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>373.75</v>
+        <v>125.85</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>70</v>
+        <v>2403</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>96</v>
+        <v>300</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>623.75</v>
+        <v>1967.96</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>7</v>
+        <v>67</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>623.75</v>
+        <v>1660.67</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>11</v>
+        <v>302</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>548</v>
+        <v>672</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>373.75</v>
+        <v>1004.29</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>273</v>
+        <v>2</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>48</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>623.75</v>
+        <v>1660.67</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>292.94</v>
+        <v>443.67</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>292.94</v>
+        <v>189.42</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>48</v>
+        <v>186</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>292.94</v>
+        <v>761.73</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>54</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>873.75</v>
+        <v>507.48</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>509</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>373.75</v>
+        <v>507.48</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1</v>
+        <v>204</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>623.75</v>
+        <v>507.48</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>248.75</v>
+        <v>380.1</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>924</v>
+        <v>284</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>234.12</v>
+        <v>380.1</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>146</v>
+        <v>5</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1264.56</v>
+        <v>761.73</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>623.75</v>
+        <v>507.48</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>1264.56</v>
+        <v>380.1</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>624</v>
+        <v>380.1</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>623.75</v>
+        <v>507.48</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
+        <v>437</v>
+      </c>
+      <c r="G29" s="3">
+        <v>1</v>
+      </c>
+      <c r="H29" s="3">
+        <v>72</v>
+      </c>
+      <c r="I29" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>873.75</v>
+        <v>507.48</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>25</v>
+        <v>137</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>873.75</v>
+        <v>1835.89</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
+        <v>343</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
+        <v>30</v>
+      </c>
+      <c r="I31" s="3">
         <v>0</v>
       </c>
-      <c r="G31" s="3">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B32" s="3" t="s">
+      <c r="A32" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="C32" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>48</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>873.75</v>
+        <v>634.35</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>517</v>
+        <v>10</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>499</v>
+        <v>178.27</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
         <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>1137.97</v>
+        <v>1286.06</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>561.25</v>
+        <v>570.79</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>336</v>
+        <v>6</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>873.75</v>
+        <v>297.92</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>145</v>
+        <v>132</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>873.75</v>
+        <v>238.1</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
+        <v>135</v>
+      </c>
+      <c r="G39" s="3">
+        <v>1</v>
+      </c>
+      <c r="H39" s="3">
         <v>100</v>
       </c>
-      <c r="G39" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I39" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A40" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C40" s="3">
+        <v>297.92</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I40" s="2"/>
+      <c r="G40" s="3">
+        <v>1</v>
+      </c>
+      <c r="H40" s="3">
+        <v>100</v>
+      </c>
+      <c r="I40" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>436.25</v>
+        <v>380.1</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>733</v>
+        <v>148</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>686.25</v>
+        <v>888.6</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>499</v>
+        <v>380.1</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>508</v>
+        <v>3</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>999</v>
+        <v>380.1</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>499</v>
+        <v>297.92</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>326</v>
+        <v>11</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>1632.91</v>
+        <v>507.48</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>514</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>1487.5</v>
+        <v>252.98</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>1935.06</v>
+        <v>252.98</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>878</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>24</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>987.5</v>
+        <v>1157.32</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>75</v>
+        <v>159</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I49" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>373.75</v>
+        <v>634.35</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>136</v>
+        <v>45</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>48</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>123.75</v>
+        <v>507.48</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>3897</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>300</v>
+        <v>96</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>1805.2</v>
+        <v>1286.06</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>402</v>
+        <v>2</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="I52" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>749</v>
+        <v>570.79</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>0</v>
+        <v>316</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>48</v>
       </c>
       <c r="I53" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>749</v>
+        <v>297.92</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>3</v>
+        <v>451</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>499</v>
+        <v>634.35</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>207</v>
+        <v>51</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>60</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>436.25</v>
+        <v>888.6</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>499</v>
+        <v>634.35</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>499</v>
+        <v>888.6</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>443</v>
+        <v>9</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>1632.91</v>
+        <v>888.6</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>372</v>
+        <v>1</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I61" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C62" s="3">
-        <v>373.75</v>
+        <v>634.35</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>426</v>
+        <v>2</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C63" s="3">
-        <v>499</v>
+        <v>888.6</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>515</v>
+        <v>25</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I63" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C64" s="3">
-        <v>499</v>
+        <v>888.6</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>395</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>48</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C65" s="3">
-        <v>499</v>
+        <v>634.35</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I65" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C66" s="3">
-        <v>186.25</v>
+        <v>1286.06</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>138</v>
+        <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>186</v>
+        <v>16</v>
       </c>
       <c r="I66" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C67" s="3">
-        <v>499</v>
+        <v>888.6</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>663</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="I67" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C68" s="3">
-        <v>3986.65</v>
+        <v>634.61</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="2"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
       <c r="I69" s="2"/>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C70" s="3">
-        <v>234.12</v>
+        <v>297.92</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C71" s="3">
-        <v>234.12</v>
+        <v>178.27</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C72" s="3">
-        <v>373.75</v>
+        <v>238.1</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>96</v>
+        <v>250</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C73" s="3">
-        <v>373.75</v>
+        <v>178.27</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>96</v>
+        <v>250</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C74" s="3">
-        <v>373.75</v>
+        <v>178.27</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
         <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>160</v>
+        <v>250</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C75" s="3">
-        <v>499</v>
+        <v>380.1</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C76" s="3">
-        <v>499</v>
+        <v>361.1</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C77" s="3">
-        <v>175.29</v>
+        <v>238.1</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
         <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C78" s="3">
-        <v>292.94</v>
+        <v>178.27</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>250</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C79" s="3">
-        <v>234.12</v>
+        <v>226.19</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>250</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C80" s="3">
-        <v>222.41</v>
+        <v>380.1</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>250</v>
+        <v>160</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C81" s="3">
-        <v>355.06</v>
+        <v>380.1</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>0</v>
+        <v>115</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>96</v>
+        <v>160</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C82" s="3">
-        <v>175.29</v>
+        <v>507.48</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>1239</v>
+        <v>16</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>250</v>
+        <v>125</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C83" s="3">
-        <v>175.29</v>
+        <v>697.92</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
+        <v>97</v>
+      </c>
+      <c r="G83" s="3">
+        <v>1</v>
+      </c>
+      <c r="H83" s="3">
+        <v>48</v>
+      </c>
+      <c r="I83" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C84" s="3">
-        <v>175.29</v>
+        <v>178.27</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>54</v>
+        <v>388</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>250</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C85" s="3">
-        <v>234.12</v>
+        <v>697.92</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
+        <v>363</v>
+      </c>
+      <c r="G85" s="3">
+        <v>1</v>
+      </c>
+      <c r="H85" s="3">
+        <v>48</v>
+      </c>
+      <c r="I85" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C86" s="3">
-        <v>234.12</v>
+        <v>380.1</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C87" s="3">
-        <v>175.29</v>
+        <v>238.1</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C88" s="3">
-        <v>373.75</v>
+        <v>238.1</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C89" s="3">
-        <v>175.29</v>
+        <v>507.48</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>412</v>
+        <v>2</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>250</v>
+        <v>125</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C90" s="3">
-        <v>175.29</v>
+        <v>178.27</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
         <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>250</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C91" s="3">
-        <v>175.29</v>
+        <v>178.27</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>250</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C92" s="3">
-        <v>999</v>
+        <v>178.27</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>15</v>
+        <v>1217</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C93" s="3">
-        <v>1249</v>
+        <v>178.27</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>378</v>
+        <v>9</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="I93" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C94" s="3">
-        <v>3986.65</v>
+        <v>4054.42</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>478</v>
+        <v>212</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>0</v>
       </c>
       <c r="I94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C95" s="3">
-        <v>175.29</v>
+        <v>178.27</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>1818</v>
+        <v>1782</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>250</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C96" s="3">
-        <v>1935.06</v>
+        <v>238.1</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>48</v>
+        <v>120</v>
       </c>
       <c r="I96" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C97" s="3">
-        <v>175.29</v>
+        <v>238.1</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
         <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>250</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C98" s="3">
-        <v>234.12</v>
+        <v>1015.98</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
+        <v>118</v>
+      </c>
+      <c r="G98" s="3">
+        <v>1</v>
+      </c>
+      <c r="H98" s="3">
+        <v>48</v>
+      </c>
+      <c r="I98" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C99" s="3">
-        <v>686.25</v>
+        <v>1015.98</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>124</v>
+        <v>49</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>48</v>
       </c>
       <c r="I99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C100" s="3">
-        <v>3000</v>
+        <v>1270.23</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C101" s="3">
-        <v>686.25</v>
+        <v>1270.23</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>48</v>
       </c>
       <c r="I101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C102" s="3">
-        <v>999</v>
+        <v>3051</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C103" s="3">
-        <v>1249</v>
+        <v>1286.06</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>48</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C104" s="3">
-        <v>1264.56</v>
+        <v>1967.96</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>48</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="2" t="s">
         <v>214</v>
       </c>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="2"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
       <c r="I105" s="2"/>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C106" s="3">
-        <v>1935.06</v>
+        <v>1157.45</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>0</v>
+        <v>91</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C107" s="3">
-        <v>1138.1</v>
+        <v>1967.96</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C108" s="3">
-        <v>1935.06</v>
+        <v>1967.96</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>10</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C109" s="3">
-        <v>1935.06</v>
+        <v>1967.96</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>10</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C110" s="3">
-        <v>1935.06</v>
+        <v>1967.96</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
         <v>1</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>6</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A40:I40"/>
+    <mergeCell ref="A32:I32"/>
     <mergeCell ref="A69:I69"/>
     <mergeCell ref="A105:I105"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D27" r:id="rId24"/>
     <hyperlink ref="D28" r:id="rId25"/>
     <hyperlink ref="D29" r:id="rId26"/>
     <hyperlink ref="D30" r:id="rId27"/>
     <hyperlink ref="D31" r:id="rId28"/>
-    <hyperlink ref="D32" r:id="rId29"/>
-[...6 lines deleted...]
-    <hyperlink ref="D39" r:id="rId36"/>
+    <hyperlink ref="D33" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId30"/>
+    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D36" r:id="rId32"/>
+    <hyperlink ref="D37" r:id="rId33"/>
+    <hyperlink ref="D38" r:id="rId34"/>
+    <hyperlink ref="D39" r:id="rId35"/>
+    <hyperlink ref="D40" r:id="rId36"/>
     <hyperlink ref="D41" r:id="rId37"/>
     <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D43" r:id="rId39"/>
     <hyperlink ref="D44" r:id="rId40"/>
     <hyperlink ref="D45" r:id="rId41"/>
     <hyperlink ref="D46" r:id="rId42"/>
     <hyperlink ref="D47" r:id="rId43"/>
     <hyperlink ref="D48" r:id="rId44"/>
     <hyperlink ref="D49" r:id="rId45"/>
     <hyperlink ref="D50" r:id="rId46"/>
     <hyperlink ref="D51" r:id="rId47"/>
     <hyperlink ref="D52" r:id="rId48"/>
     <hyperlink ref="D53" r:id="rId49"/>
     <hyperlink ref="D54" r:id="rId50"/>
     <hyperlink ref="D55" r:id="rId51"/>
     <hyperlink ref="D56" r:id="rId52"/>
     <hyperlink ref="D57" r:id="rId53"/>
     <hyperlink ref="D58" r:id="rId54"/>
     <hyperlink ref="D59" r:id="rId55"/>
     <hyperlink ref="D60" r:id="rId56"/>
     <hyperlink ref="D61" r:id="rId57"/>
     <hyperlink ref="D62" r:id="rId58"/>
     <hyperlink ref="D63" r:id="rId59"/>
     <hyperlink ref="D64" r:id="rId60"/>
     <hyperlink ref="D65" r:id="rId61"/>