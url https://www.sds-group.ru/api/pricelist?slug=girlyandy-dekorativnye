--- v2 (2026-02-03)
+++ v3 (2026-03-23)
@@ -8,727 +8,733 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="434" uniqueCount="227">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гирлянды Декоративные</t>
   </si>
   <si>
     <t>1.1 Гирлянды с насадками</t>
   </si>
   <si>
+    <t>303-038</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Цветы Сакуры 50 LED РОЗОВЫЕ 7 метров с контроллером</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>303-084</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 6м, темно-зеленый ПВХ, 30 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-032</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Прищепки 30 LED, 5 м, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-034</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездочки 20 LED КРАСНЫЕ 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-035</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кисточки 48 LED БЕЛЫЕ 5 метров</t>
+  </si>
+  <si>
+    <t>303-036</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки 20 LED БЕЛЫЕ 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-037</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Палочки с пузырьками 20 палочек, цвет: мультиколор, 2 метра</t>
+  </si>
+  <si>
+    <t>303-060</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Цветные Шарики 20 LED МУЛЬТИКОЛОР 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-061</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кубики 20 LED МУЛЬТИКОЛОР 2,8 метра с контроллером</t>
+  </si>
+  <si>
+    <t>303-062</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Колокольчики 20 LED RGB 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-064</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная с насадками (шарики, снежинки, елочки) 30 LED МУЛЬТИКОЛОР, 4,4 метра с контроллером</t>
+  </si>
+  <si>
+    <t>303-065</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки 30 LED МУЛЬТИКОЛОР 4,4 метра с контроллером</t>
+  </si>
+  <si>
+    <t>303-066</t>
+  </si>
+  <si>
+    <t>Лофт-гирлянда светодиодная 5 м, черный ПВХ, 20 LED, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-069</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шишки 5 м, 30 LED, прозрачный ПВХ с контроллером, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-067</t>
+  </si>
+  <si>
+    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-068</t>
+  </si>
+  <si>
+    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-030</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звезды 1,5х0,6 м, прозрачный провод, теплый белый свет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-424</t>
+  </si>
+  <si>
+    <t>Удлинитель для домашних гирлянд 3 м прозрачный ПВХ</t>
+  </si>
+  <si>
+    <t>303-083</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 4м, темно-зеленый ПВХ, 20 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-085</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 10м, темно-зеленый ПВХ, 50 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>304-021</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-022</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), контроллер 8 режимов, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-023</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, зеленый провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-024</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки большие 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-075</t>
+  </si>
+  <si>
+    <t>Гирлянда Бахрома со снежинками 2,4х0,9м, 150LED БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
+  </si>
+  <si>
+    <t>255-076</t>
+  </si>
+  <si>
+    <t>Гирлянда Арка со звездами 2,5х1,2м, 136LED ТЕПЛЫЙ БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
+  </si>
+  <si>
+    <t>104-321</t>
+  </si>
+  <si>
+    <t>Присоска с крючком (10 шт)</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
     <t>303-024</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Свечи 20м, темно-зеленый ПВХ, 100 LED ТЕПЛЫЙ БЕЛЫЙ, не соединяется NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...169 lines deleted...]
-  <si>
     <t>1.2 Гирлянды на батарейках</t>
   </si>
   <si>
+    <t>303-070</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная на солнечной батарее Звезды 12 LED ТЕПЛЫЙ БЕЛЫЙ 1,2 метра</t>
+  </si>
+  <si>
+    <t>303-071</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Восточные фонарики 10 LED ЖЕЛТЫЕ 1,5 метра, прозрачный ПВХ, питание 2xАА</t>
+  </si>
+  <si>
+    <t>303-076</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Ретро-лампы , 3 м, ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-079</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Ретро-лампы, 3 м, Мультиколор</t>
+  </si>
+  <si>
+    <t>303-073</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 10 LED, 1,2 метра, прозрачный ПВХ, теплое белое свечение, батарейки 2хАА NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-095</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Ретро-лампы 3 м, белое свечение, батарейки 3хАА NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-090</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездочки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения мультиколор, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-092</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения мультиколор, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-074</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мини-лампочки 1.5 м, 10 LED, прозрачный ПВХ, цвет свечения мультиколор, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-096</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Баночки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-077</t>
   </si>
   <si>
     <t>Тайские фонарики Пломбир 1.5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-078</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Перламутр 3.5 м, 20 LED, прозрачный ПВХ, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-091</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездочки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-093</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Сосульки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-094</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Сосульки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-097</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Жемчужинки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-098</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шишки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-005</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Прищепки 10 LED, 1.5 м, прозрачный ПВХ, теплый белый цвет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-015</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Лампочки 10 LED, 1.5 м, прозрачный ПВХ, теплый белый цвет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>304-017</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Кристаллы черные 10 LED, 1,5 м, прозрачный ПВХ, теплый белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-073</t>
-[...62 lines deleted...]
-    <t>Гирлянда светодиодная Шишки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+    <t>304-019</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кристаллы бронзовые 10 LED, 1,5 м, прозрачный ПВХ, теплый белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-004</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездопад бирюзовая 10 LED, 2,25 м, прозрачный ПВХ, белый цвет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>304-002</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Звездопад красная 10 LED, 2,25 м, прозрачный ПВХ, теплый белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>304-011</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мишура серебряная 10 LED 1,5 м, прозрачный ПВХ, белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>304-012</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мишура золотая 10 LED, 1,5 м, прозрачный ПВХ, теплое белое свечение, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-086</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Северное сияние 3,5 м, прозрачный ПВХ, 20 LED, теплый белый</t>
+  </si>
+  <si>
+    <t>303-087</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Вельвет 3,5 м, прозрачный ПВХ, 20 LED, теплый белый</t>
+  </si>
+  <si>
+    <t>303-088</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Магия 3,5 м, прозрачный ПВХ, 20 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>303-089</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Пудра 1,5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>303-099</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Фейерверк 1,5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>303-081</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Новый год 1,5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>303-082</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Карамельки 1.5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
     <t>304-010</t>
   </si>
   <si>
     <t>Тайские фонарики Перламутр 5 м, 25 LED, прозрачный ПВХ, цвет свечения теплый белый, питание USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-089</t>
-[...16 lines deleted...]
-  <si>
     <t>304-001</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Карамельки 1,5 м, 10 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-091</t>
-[...32 lines deleted...]
-    <t>Гирлянда светодиодная Карамельки 1.5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+    <t>304-007</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Магия 3,5 м, 20 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
   </si>
   <si>
     <t>304-008</t>
   </si>
   <si>
     <t>Тайские фонарики Вельвет 3,5 м, 20 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-086</t>
-[...44 lines deleted...]
-    <t>Тайские фонарики Фейерверк 1,5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+    <t>304-009</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Фейерверк 5 м, 25 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
   </si>
   <si>
     <t>1.3 Гирлянда Роса</t>
   </si>
   <si>
+    <t>303-002</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, КРАСНЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-015</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с прищепкой 3м, 30LED, БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-016</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с прищепкой 3м, 30LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-019</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с прищепкой 3м, 30LED, МУЛЬТИКОЛОР, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-025</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с пробкой 2м, 20LED, БЕЛЫЙ, IP20, 3хLR44 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-026</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с пробкой 2м, 20LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 3хLR44 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-029</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с пробкой 2м, 20LED,МУЛЬТИКОЛОР, IP20, 3хLR44 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-009-1</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20 LED, МУЛЬТИКОЛОР, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-006</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с крупными каплями 2м, 20LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-009</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с крупными каплями 2м, 20LED, МУЛЬТИКОЛОР, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-965</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 5 м, 50LED, БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-966</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 5 м, 50LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-975</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 10м, 100LED, БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-976</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 10м, 100LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-005</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, БЕЛЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-959</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, RGB, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-005</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с крупными каплями 2м, 20LED, БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-003</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, ГОЛУБОЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-007</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, РОЗОВЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-004</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, БИРЮЗОВЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-009</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса 2м, 20LED, RGB, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-005</t>
-[...8 lines deleted...]
-    <t>Гирлянда светодиодная Роса 2м, 20LED, RGB, IP20, USB NEON-NIGHT</t>
+    <t>303-010</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки, 2м, 20LED, БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-006</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20 LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>303-001</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса 2м, 20LED, ЖЕЛТЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-004</t>
-[...50 lines deleted...]
-    <t>Гирлянда светодиодная Роса 10м, 100LED, БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+    <t>303-008</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, ЗЕЛЕНЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-266</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 20м, 200LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
   </si>
   <si>
     <t>303-265</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса с контроллером 20м, 200LED, БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-008</t>
-[...56 lines deleted...]
-    <t>Гирлянда светодиодная Снежинки, 2м, 20LED, БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+    <t>303-276</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 30м, 300LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-275</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 30м, 300LED, БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-286</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 50м, 500LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-285</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 50м, 500LED, БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-296</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 100м, 1000LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-436</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса Фейерверк с контроллером 10м, 250LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, на катушке NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-446</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса Фейерверк с контроллером 20м, 500LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, на катушке NEON-NIGHT</t>
   </si>
   <si>
     <t>303-496</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса Фейерверк с контроллером 40м 1000 LED ТЕПЛЫЙ БЕЛЫЙ IP20 на катушке, зеленый провод NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-002</t>
-[...58 lines deleted...]
-  <si>
     <t>1.4 Гирлянда тающие сосульки</t>
   </si>
   <si>
+    <t>256-415</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Сосульки 230В, комплект 8 шт х 42 см, 36x8 LED, не соединяются</t>
+  </si>
+  <si>
+    <t>256-416</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки светодиодная, 8 шт х 50 см, шаг 50 см, 230 В, Теплые Белые светодиоды</t>
+  </si>
+  <si>
     <t>256-317-6</t>
   </si>
   <si>
     <t>Гирлянда Тающие сосульки светодиодная, 4шт х 20см, шаг 50см, 230В (с трансформатором) белые светодиоды</t>
   </si>
   <si>
+    <t>256-313-6</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки светодиодная, 8шт х 50см, шаг 50см, 230 В (с трансформатором) белые светодиоды</t>
+  </si>
+  <si>
     <t>256-319-6</t>
   </si>
   <si>
     <t>Гирлянда Тающие сосульки светодиодная, 8шт х 50см, шаг 50см, 230 В (с трансформатором) мульти светодиоды</t>
-  </si>
-[...16 lines deleted...]
-    <t>Гирлянда светодиодная Сосульки 230В, комплект 8 шт х 42 см, 36x8 LED, не соединяются</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1113,56 +1119,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-svechi-20m-temno-zelenyy-pvh-100-led-teplyy-belyy-ne-soedinyaetsya-neon-nigh" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-5-m-30-led-prozrachnyy-pvh-s-kontrollerom-tsvet-svecheniya-teplyy-be" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdy-1-5h0-6-m-prozrachnyy-provod-teplyy-belyy-svet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-kontroller-8" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-6m-temno-zelenyy-pvh-30-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-domashnih-girlyand-3-m-prozrachnyy-pvh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-10m-temno-zelenyy-pvh-50-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-so-snezhinkami-2-4h0-9m-150led-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-23" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-miganie-230v" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-4m-temno-zelenyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/loft-girlyanda-svetodiodnaya-5-m-chernyy-pvh-20-led-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kubiki-20-led-multikolor-2-8-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-s-kryuchkom-10-sht" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-30-led-5-m-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kistochki-48-led-belye-5-metrov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-palochki-s-puzyrkami-20-palochek-tsvet-multikolor-2-metra" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvety-sakury-50-led-rozovye-7-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvetnye-shariki-20-led-multikolor-2-8-metra" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kolokolchiki-20-led-rgb-2-8-metra" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-s-nasadkami-shariki-snezhinki-elochki-30-led-multikolor-4-4-me" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-30-led-multikolor-4-4-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-20-led-krasnye-2-8-metra" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-20-led-belye-2-8-metra" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-zelenyy-provod-svechenie-multi-rg-rb-miganie-230v-neon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-bolshie-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-mig" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-arka-so-zvezdami-2-5h1-2m-136led-teplyy-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-plombir-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-batareyki" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristally-chernye-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniya" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-10-led-1-2-metra-prozrachnyy-pvh-teploe-beloe-svechenie-batare" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-beloe-svechenie-batareyki-3haa-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-lampochki-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-tsvet-svecheniya-2-h-aa" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h-aa-b" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h-aa-bata" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mini-lampochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-banochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-b" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-3-5-m-20-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-ba" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-belyy-2-h-aa-batareyki" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-ba" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-krasnaya-10-led-2-25-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-serebryanaya-10-led-1-5-m-prozrachnyy-pvh-belyy-svet-svecheniya-2-h" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-zolotaya-10-led-1-5-m-prozrachnyy-pvh-teploe-beloe-svechenie-2-h-aa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-5-m-25-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-pitanie-usb-neon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-pudra-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-kompl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-vostochnye-fonariki-10-led-zheltye-1-5-metra-prozrachnyy-pvh-pitanie-2xaa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-multikolor" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5-m-10-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zhemchuzhinki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-tsvet-svecheniya-2-h-aa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-biryuzovaya-10-led-2-25-m-prozrachnyy-pvh-belyy-tsvet-svecheniya-2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-komp" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5-m-20-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-severnoe-siyanie-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-novyy-god-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5-m-20-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-na-solnechnoy-bataree-zvezdy-12-led-teplyy-belyy-1-2-metra" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristally-bronzovye-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-teplyy-belyy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-feyerverk-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-k" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rgb-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-belyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-ni" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rgb-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-zheltyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-biryuzovyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-ne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prischepkoy-3m-30led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prischepkoy-3m-30led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neon-nigh" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-multikolor-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20-led-multikolor-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-n" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-multikolor-ip20-tonkiy-batareynyy-blok-2hc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-5-m-50led-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-5-m-50led-teplyy-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-10m-100led-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-20m-200led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-zelenyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-20m-200led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-ni" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prischepkoy-3m-30led-multikolor-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-teplyy-belyy-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-10m-100led-teplyy-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20-led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-goluboy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rozovyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-2m-20led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-40m-1000-led-teplyy-belyy-ip20-na-katushke-zel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-krasnyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-belyy-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-30m-300led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-ni" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-30m-300led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-50m-500led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-ni" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-50m-500led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-100m-1000led-teplyy-belyy-ip20-230v-zelenyy-provod-neon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-10m-250led-teplyy-belyy-ip20-na-katushke-neon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-20m-500led-teplyy-belyy-ip20-na-katushke-neon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-4sht-h-20sm-shag-50sm-230v-s-transformatorom-belye-svetodi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-multi-svetod" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-belye-svetod" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8-sht-h-50-sm-shag-50-sm-230-v-teplye-belye-svetodiody" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-230v-komplekt-8-sht-h-42-sm-36x8-led-ne-soedinyayutsya" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvety-sakury-50-led-rozovye-7-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-6m-temno-zelenyy-pvh-30-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prishchepki-30-led-5-m-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-20-led-krasnye-2-8-metra" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kistochki-48-led-belye-5-metrov" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-20-led-belye-2-8-metra" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-palochki-s-puzyrkami-20-palochek-tsvet-multikolor-2-metra" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvetnye-shariki-20-led-multikolor-2-8-metra" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kubiki-20-led-multikolor-2-8-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kolokolchiki-20-led-rgb-2-8-metra" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-s-nasadkami-shariki-snezhinki-elochki-30-led-multikolor-4-4-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-30-led-multikolor-4-4-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/loft-girlyanda-svetodiodnaya-5-m-chernyy-pvh-20-led-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-5-m-30-led-prozrachnyy-pvh-s-kontrollerom-tsvet-svecheniya-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdy-1-5h0-6-m-prozrachnyy-provod-teplyy-belyy-svet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-domashnih-girlyand-3-m-prozrachnyy-pvh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-4m-temno-zelenyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-10m-temno-zelenyy-pvh-50-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rgrb-miganie-230v-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rgrb-kontroller-8-rezhimov-230v-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-zelenyy-provod-svechenie-multi-rgrb-miganie-230v-neon-night" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-bolshie-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rgrb-miganie-230v-neon-night" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-so-snezhinkami-2-4h0-9m-150led-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230v-ne-soedinyaetsya-s-kontrollerom-8-rezhimov" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-arka-so-zvezdami-2-5h1-2m-136led-teplyy-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230v-ne-soedinyaetsya-s-kontrollerom-8-rezhimov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-s-kryuchkom-10-sht" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-svechi-20m-temno-zelenyy-pvh-100-led-teplyy-belyy-ne-soedinyaetsya-neon-night" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-na-solnechnoy-bataree-zvezdy-12-led-teplyy-belyy-1-2-metra" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-vostochnye-fonariki-10-led-zheltye-1-5-metra-prozrachnyy-pvh-pitanie-2xaa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-teplyy-belyy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-multikolor" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-10-led-1-2-metra-prozrachnyy-pvh-teploe-beloe-svechenie-batareyki-2haa-neon-night" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-beloe-svechenie-batareyki-3haa-neon-night" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mini-lampochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-banochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-plombir-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-3-5-m-20-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-belyy-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zhemchuzhinki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prishchepki-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-tsvet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-lampochki-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-tsvet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristally-chernye-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristally-bronzovye-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-biryuzovaya-10-led-2-25-m-prozrachnyy-pvh-belyy-tsvet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-krasnaya-10-led-2-25-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-serebryanaya-10-led-1-5-m-prozrachnyy-pvh-belyy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-zolotaya-10-led-1-5-m-prozrachnyy-pvh-teploe-beloe-svechenie-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-severnoe-siyanie-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-pudra-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-feyerverk-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-novyy-god-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-5-m-25-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5-m-10-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5-m-20-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5-m-20-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-feyerverk-5-m-25-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-krasnyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prishchepkoy-3m-30led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prishchepkoy-3m-30led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prishchepkoy-3m-30led-multikolor-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-belyy-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-teplyy-belyy-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-multikolor-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20-led-multikolor-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-multikolor-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-5-m-50led-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-5-m-50led-teplyy-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-10m-100led-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-10m-100led-teplyy-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-belyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rgb-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-goluboy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rozovyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-biryuzovyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rgb-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-2m-20led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20-led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-zheltyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-zelenyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-20m-200led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-20m-200led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-30m-300led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-30m-300led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-50m-500led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-50m-500led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-100m-1000led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-10m-250led-teplyy-belyy-ip20-na-katushke-neon-night" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-20m-500led-teplyy-belyy-ip20-na-katushke-neon-night" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-40m-1000-led-teplyy-belyy-ip20-na-katushke-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-230v-komplekt-8-sht-h-42-sm-36x8-led-ne-soedinyayutsya" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayushchie-sosulki-svetodiodnaya-8-sht-h-50-sm-shag-50-sm-230-v-teplye-belye-svetodiody" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayushchie-sosulki-svetodiodnaya-4sht-h-20sm-shag-50sm-230v-s-transformatorom-belye-svetodiody" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayushchie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-belye-svetodiody" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayushchie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-multi-svetodiody" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I110"/>
+  <dimension ref="A1:I111"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1194,3104 +1200,3133 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>4054.42</v>
+        <v>355.24</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>697.92</v>
+        <v>1058.95</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>507.48</v>
+        <v>533.21</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>54</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>443.67</v>
+        <v>304.08</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>698</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>1015.98</v>
+        <v>355.24</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>507.48</v>
+        <v>266.07</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>506</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>1512.79</v>
+        <v>405.98</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>125.85</v>
+        <v>304.08</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>2403</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>300</v>
+        <v>60</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>1967.96</v>
+        <v>354.94</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>1660.67</v>
+        <v>304.08</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>302</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>507.48</v>
+        <v>533.21</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>672</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>1004.29</v>
+        <v>355.24</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>1660.67</v>
+        <v>1311.93</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>8</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>443.67</v>
+        <v>488.54</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>189.42</v>
+        <v>405.98</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>186</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>761.73</v>
+        <v>354.94</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>507.48</v>
+        <v>711.19</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>509</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>507.48</v>
+        <v>88.1</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>204</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>507.48</v>
+        <v>703</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>48</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>380.1</v>
+        <v>1377.57</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>284</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>380.1</v>
+        <v>405.98</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>761.73</v>
+        <v>405.98</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>507.48</v>
+        <v>405.98</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>380.1</v>
+        <v>405.98</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>380.1</v>
+        <v>1311.93</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>507.48</v>
+        <v>1413.64</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>437</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B30" s="3" t="s">
+      <c r="C30" s="3">
+        <v>132.59</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="C30" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F30" s="3">
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>72</v>
+        <v>186</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>1835.89</v>
+        <v>2838.09</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>343</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>634.35</v>
+        <v>622.02</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>48</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>634.35</v>
+        <v>355.24</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>178.27</v>
+        <v>900.24</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
         <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>120</v>
+        <v>16</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>1286.06</v>
+        <v>900.24</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>16</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>570.79</v>
+        <v>151.53</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>297.92</v>
+        <v>900.24</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>132</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>238.1</v>
+        <v>208.54</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>135</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>297.92</v>
+        <v>166.67</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
         <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>380.1</v>
+        <v>208.54</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>148</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>888.6</v>
+        <v>266.07</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>380.1</v>
+        <v>444.05</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>380.1</v>
+        <v>622.02</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>297.92</v>
+        <v>208.54</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>507.48</v>
+        <v>266.07</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>514</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>252.98</v>
+        <v>266.07</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>252.98</v>
+        <v>266.07</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>878</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>1157.32</v>
+        <v>208.54</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>159</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>634.35</v>
+        <v>266.07</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>507.48</v>
+        <v>456.63</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
         <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>96</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>1286.06</v>
+        <v>444.05</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>570.79</v>
+        <v>444.05</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>316</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I53" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>297.92</v>
+        <v>444.05</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>451</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>380.1</v>
+        <v>355.24</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>380.1</v>
+        <v>202.38</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>634.35</v>
+        <v>202.38</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>18</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>634.35</v>
+        <v>622.02</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>18</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>888.6</v>
+        <v>444.05</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C62" s="3">
-        <v>634.35</v>
+        <v>444.23</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C63" s="3">
-        <v>888.6</v>
+        <v>444.05</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I63" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C64" s="3">
-        <v>888.6</v>
+        <v>444.05</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>395</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C65" s="3">
-        <v>634.35</v>
+        <v>914.28</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I65" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C66" s="3">
-        <v>1286.06</v>
+        <v>456.63</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C67" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
         <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I67" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C68" s="3">
-        <v>634.61</v>
+        <v>622.02</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A69" s="2" t="s">
+      <c r="A69" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="B69" s="2"/>
-[...6 lines deleted...]
-      <c r="I69" s="2"/>
+      <c r="B69" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="C69" s="3">
+        <v>810.12</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F69" s="3">
+        <v>0</v>
+      </c>
+      <c r="G69" s="3">
+        <v>1</v>
+      </c>
+      <c r="H69" s="3">
+        <v>12</v>
+      </c>
+      <c r="I69" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A70" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B70" s="3" t="s">
+      <c r="A70" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="C70" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B70" s="2"/>
+      <c r="C70" s="2"/>
+      <c r="D70" s="2"/>
+      <c r="E70" s="2"/>
+      <c r="F70" s="2"/>
+      <c r="G70" s="2"/>
+      <c r="H70" s="2"/>
+      <c r="I70" s="2"/>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C71" s="3">
-        <v>178.27</v>
+        <v>124.79</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>250</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C72" s="3">
-        <v>238.1</v>
+        <v>266.07</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>250</v>
+        <v>96</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C73" s="3">
-        <v>178.27</v>
+        <v>252.77</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>250</v>
+        <v>96</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C74" s="3">
-        <v>178.27</v>
+        <v>266.07</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
         <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>250</v>
+        <v>96</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C75" s="3">
-        <v>380.1</v>
+        <v>166.67</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C76" s="3">
-        <v>361.1</v>
+        <v>202.39</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C77" s="3">
-        <v>238.1</v>
+        <v>166.67</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
         <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>120</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C78" s="3">
-        <v>178.27</v>
+        <v>124.79</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>250</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C79" s="3">
-        <v>226.19</v>
+        <v>166.67</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C80" s="3">
-        <v>380.1</v>
+        <v>158.33</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>160</v>
+        <v>250</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C81" s="3">
-        <v>380.1</v>
+        <v>266.07</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>115</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>160</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C82" s="3">
-        <v>507.48</v>
+        <v>266.07</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>125</v>
+        <v>160</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C83" s="3">
-        <v>697.92</v>
+        <v>355.24</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>48</v>
+        <v>125</v>
       </c>
       <c r="I83" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C84" s="3">
-        <v>178.27</v>
+        <v>355.24</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>388</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>250</v>
+        <v>125</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C85" s="3">
-        <v>697.92</v>
+        <v>124.79</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>363</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="I85" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C86" s="3">
-        <v>380.1</v>
+        <v>166.67</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>96</v>
+        <v>250</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C87" s="3">
-        <v>238.1</v>
+        <v>166.67</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C88" s="3">
-        <v>238.1</v>
+        <v>124.79</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C89" s="3">
-        <v>507.48</v>
+        <v>124.79</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>125</v>
+        <v>250</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C90" s="3">
-        <v>178.27</v>
+        <v>124.79</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
         <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>250</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C91" s="3">
-        <v>178.27</v>
+        <v>208.54</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>250</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C92" s="3">
-        <v>178.27</v>
+        <v>124.79</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>1217</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>250</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C93" s="3">
-        <v>178.27</v>
+        <v>124.79</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>250</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C94" s="3">
-        <v>4054.42</v>
+        <v>124.79</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>212</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="I94" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C95" s="3">
-        <v>178.27</v>
+        <v>124.79</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>1782</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>250</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C96" s="3">
-        <v>238.1</v>
+        <v>558.34</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I96" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C97" s="3">
-        <v>238.1</v>
+        <v>558.34</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
         <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="I97" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C98" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>48</v>
       </c>
       <c r="I98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C99" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>48</v>
       </c>
       <c r="I99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C100" s="3">
-        <v>1270.23</v>
+        <v>1016.18</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>48</v>
       </c>
       <c r="I100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C101" s="3">
-        <v>1270.23</v>
+        <v>1016.18</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>48</v>
       </c>
       <c r="I101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C102" s="3">
-        <v>3051</v>
+        <v>2227.23</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>50</v>
       </c>
       <c r="I102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C103" s="3">
-        <v>1286.06</v>
+        <v>1015.99</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>48</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C104" s="3">
-        <v>1967.96</v>
+        <v>1515.33</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>48</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A105" s="2" t="s">
+      <c r="A105" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="B105" s="2"/>
-[...6 lines deleted...]
-      <c r="I105" s="2"/>
+      <c r="B105" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="C105" s="3">
+        <v>3040.82</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F105" s="3">
+        <v>0</v>
+      </c>
+      <c r="G105" s="3">
+        <v>1</v>
+      </c>
+      <c r="H105" s="3">
+        <v>48</v>
+      </c>
+      <c r="I105" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A106" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B106" s="3" t="s">
+      <c r="A106" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="C106" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B106" s="2"/>
+      <c r="C106" s="2"/>
+      <c r="D106" s="2"/>
+      <c r="E106" s="2"/>
+      <c r="F106" s="2"/>
+      <c r="G106" s="2"/>
+      <c r="H106" s="2"/>
+      <c r="I106" s="2"/>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C107" s="3">
-        <v>1967.96</v>
+        <v>1515.33</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
         <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C108" s="3">
-        <v>1967.96</v>
+        <v>1515.33</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>10</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C109" s="3">
-        <v>1967.96</v>
+        <v>914.39</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C110" s="3">
-        <v>1967.96</v>
+        <v>1515.33</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I110" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="C111" s="3">
+        <v>1515.33</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F111" s="3">
+        <v>0</v>
+      </c>
+      <c r="G111" s="3">
+        <v>1</v>
+      </c>
+      <c r="H111" s="3">
+        <v>10</v>
+      </c>
+      <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A32:I32"/>
-    <mergeCell ref="A69:I69"/>
-    <mergeCell ref="A105:I105"/>
+    <mergeCell ref="A70:I70"/>
+    <mergeCell ref="A106:I106"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
@@ -4314,90 +4349,91 @@
     <hyperlink ref="D44" r:id="rId40"/>
     <hyperlink ref="D45" r:id="rId41"/>
     <hyperlink ref="D46" r:id="rId42"/>
     <hyperlink ref="D47" r:id="rId43"/>
     <hyperlink ref="D48" r:id="rId44"/>
     <hyperlink ref="D49" r:id="rId45"/>
     <hyperlink ref="D50" r:id="rId46"/>
     <hyperlink ref="D51" r:id="rId47"/>
     <hyperlink ref="D52" r:id="rId48"/>
     <hyperlink ref="D53" r:id="rId49"/>
     <hyperlink ref="D54" r:id="rId50"/>
     <hyperlink ref="D55" r:id="rId51"/>
     <hyperlink ref="D56" r:id="rId52"/>
     <hyperlink ref="D57" r:id="rId53"/>
     <hyperlink ref="D58" r:id="rId54"/>
     <hyperlink ref="D59" r:id="rId55"/>
     <hyperlink ref="D60" r:id="rId56"/>
     <hyperlink ref="D61" r:id="rId57"/>
     <hyperlink ref="D62" r:id="rId58"/>
     <hyperlink ref="D63" r:id="rId59"/>
     <hyperlink ref="D64" r:id="rId60"/>
     <hyperlink ref="D65" r:id="rId61"/>
     <hyperlink ref="D66" r:id="rId62"/>
     <hyperlink ref="D67" r:id="rId63"/>
     <hyperlink ref="D68" r:id="rId64"/>
-    <hyperlink ref="D70" r:id="rId65"/>
+    <hyperlink ref="D69" r:id="rId65"/>
     <hyperlink ref="D71" r:id="rId66"/>
     <hyperlink ref="D72" r:id="rId67"/>
     <hyperlink ref="D73" r:id="rId68"/>
     <hyperlink ref="D74" r:id="rId69"/>
     <hyperlink ref="D75" r:id="rId70"/>
     <hyperlink ref="D76" r:id="rId71"/>
     <hyperlink ref="D77" r:id="rId72"/>
     <hyperlink ref="D78" r:id="rId73"/>
     <hyperlink ref="D79" r:id="rId74"/>
     <hyperlink ref="D80" r:id="rId75"/>
     <hyperlink ref="D81" r:id="rId76"/>
     <hyperlink ref="D82" r:id="rId77"/>
     <hyperlink ref="D83" r:id="rId78"/>
     <hyperlink ref="D84" r:id="rId79"/>
     <hyperlink ref="D85" r:id="rId80"/>
     <hyperlink ref="D86" r:id="rId81"/>
     <hyperlink ref="D87" r:id="rId82"/>
     <hyperlink ref="D88" r:id="rId83"/>
     <hyperlink ref="D89" r:id="rId84"/>
     <hyperlink ref="D90" r:id="rId85"/>
     <hyperlink ref="D91" r:id="rId86"/>
     <hyperlink ref="D92" r:id="rId87"/>
     <hyperlink ref="D93" r:id="rId88"/>
     <hyperlink ref="D94" r:id="rId89"/>
     <hyperlink ref="D95" r:id="rId90"/>
     <hyperlink ref="D96" r:id="rId91"/>
     <hyperlink ref="D97" r:id="rId92"/>
     <hyperlink ref="D98" r:id="rId93"/>
     <hyperlink ref="D99" r:id="rId94"/>
     <hyperlink ref="D100" r:id="rId95"/>
     <hyperlink ref="D101" r:id="rId96"/>
     <hyperlink ref="D102" r:id="rId97"/>
     <hyperlink ref="D103" r:id="rId98"/>
     <hyperlink ref="D104" r:id="rId99"/>
-    <hyperlink ref="D106" r:id="rId100"/>
+    <hyperlink ref="D105" r:id="rId100"/>
     <hyperlink ref="D107" r:id="rId101"/>
     <hyperlink ref="D108" r:id="rId102"/>
     <hyperlink ref="D109" r:id="rId103"/>
     <hyperlink ref="D110" r:id="rId104"/>
+    <hyperlink ref="D111" r:id="rId105"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>