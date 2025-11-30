--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -8,253 +8,259 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="69">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гирлянды с насадками</t>
   </si>
   <si>
+    <t>303-068</t>
+  </si>
+  <si>
+    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>303-069</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шишки 5 м, 30 LED, прозрачный ПВХ с контроллером, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-022</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), контроллер 8 режимов, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-030</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звезды 1,5х0,6 м, прозрачный провод, теплый белый свет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-067</t>
+  </si>
+  <si>
+    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-066</t>
   </si>
   <si>
     <t>Лофт-гирлянда светодиодная 5 м, черный ПВХ, 20 LED, теплое белое свечение NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...20 lines deleted...]
-    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, теплый белый цвет свечения NEON-NIGHT</t>
+    <t>303-084</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 6м, темно-зеленый ПВХ, 30 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-085</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 10м, темно-зеленый ПВХ, 50 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-083</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 4м, темно-зеленый ПВХ, 20 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-036</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки 20 LED БЕЛЫЕ 2,8 метра</t>
   </si>
   <si>
     <t>315-424</t>
   </si>
   <si>
     <t>Удлинитель для домашних гирлянд 3 м прозрачный ПВХ</t>
   </si>
   <si>
-    <t>303-084</t>
-[...8 lines deleted...]
-    <t>Гирлянда светодиодная Шишки 5 м, 30 LED, прозрачный ПВХ с контроллером, цвет свечения теплый белый NEON-NIGHT</t>
+    <t>255-076</t>
+  </si>
+  <si>
+    <t>Гирлянда Арка со звездами 2,5х1,2м, 136LED ТЕПЛЫЙ БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
+  </si>
+  <si>
+    <t>303-064</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная с насадками (шарики, снежинки, елочки) 30 LED МУЛЬТИКОЛОР, 4,4 метра с контроллером</t>
+  </si>
+  <si>
+    <t>303-032</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Прищепки 30 LED, 5 м, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-062</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Колокольчики 20 LED RGB 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-034</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездочки 20 LED КРАСНЫЕ 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-037</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Палочки с пузырьками 20 палочек, цвет: мультиколор, 2 метра</t>
+  </si>
+  <si>
+    <t>303-061</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кубики 20 LED МУЛЬТИКОЛОР 2,8 метра с контроллером</t>
   </si>
   <si>
     <t>303-065</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Снежинки 30 LED МУЛЬТИКОЛОР 4,4 метра с контроллером</t>
   </si>
   <si>
-    <t>303-034</t>
-[...2 lines deleted...]
-    <t>Гирлянда светодиодная Звездочки 20 LED КРАСНЫЕ 2,8 метра</t>
+    <t>304-023</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, зеленый провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-075</t>
+  </si>
+  <si>
+    <t>Гирлянда Бахрома со снежинками 2,4х0,9м, 150LED БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
   </si>
   <si>
     <t>303-060</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Цветные Шарики 20 LED МУЛЬТИКОЛОР 2,8 метра</t>
   </si>
   <si>
-    <t>303-037</t>
-[...2 lines deleted...]
-    <t>Гирлянда светодиодная Палочки с пузырьками 20 палочек, цвет: мультиколор, 2 метра</t>
+    <t>303-035</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кисточки 48 LED БЕЛЫЕ 5 метров</t>
   </si>
   <si>
     <t>303-038</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Цветы Сакуры 50 LED РОЗОВЫЕ 7 метров с контроллером</t>
   </si>
   <si>
-    <t>303-083</t>
-[...22 lines deleted...]
-  <si>
     <t>304-024</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Снежинки большие 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
   </si>
   <si>
+    <t>104-321</t>
+  </si>
+  <si>
+    <t>Присоска с крючком (10 шт)</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
     <t>304-021</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>255-076</t>
-[...53 lines deleted...]
-    <t>Гирлянда Бахрома со снежинками 2,4х0,9м, 150LED БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
+    <t>303-024</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Свечи 20м, темно-зеленый ПВХ, 100 LED ТЕПЛЫЙ БЕЛЫЙ, не соединяется NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -639,56 +645,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/loft-girlyanda-svetodiodnaya-5-m-chernyy-pvh-20-led-teploe-beloe-svechenie-neon-night.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-belyy-tsvet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdy-1-5h0-6-m-prozrachnyy-provod-teplyy-belyy-svet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-teplyy-belyy-tsvet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-domashnih-girlyand-3-m-prozrachnyy-pvh.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-6m-temno-zelenyy-pvh-30-led-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-5-m-30-led-prozrachnyy-pvh-s-kontrollerom-tsvet-svecheniya-teplyy-be.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-30-led-multikolor-4-4-metra-s-kontrollerom.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-20-led-krasnye-2-8-metra.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvetnye-shariki-20-led-multikolor-2-8-metra.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-palochki-s-puzyrkami-20-palochek-tsvet-multikolor-2-metra.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvety-sakury-50-led-rozovye-7-metrov-s-kontrollerom.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-4m-temno-zelenyy-pvh-20-led-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-10m-temno-zelenyy-pvh-50-led-teplyy-belyy.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-kontroller-8-.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-zelenyy-provod-svechenie-multi-rg-rb-miganie-230v-neon.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-bolshie-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-mig.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-miganie-230v-.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-arka-so-zvezdami-2-5h1-2m-136led-teplyy-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-2.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-s-nasadkami-shariki-snezhinki-elochki-30-led-multikolor-4-4-me.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-30-led-5-m-teplyy-belyy-tsvet-svecheniya-neon-night.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kolokolchiki-20-led-rgb-2-8-metra.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-20-led-belye-2-8-metra.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kistochki-48-led-belye-5-metrov.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kubiki-20-led-multikolor-2-8-metra-s-kontrollerom.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-s-kryuchkom-10-sht.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-so-snezhinkami-2-4h0-9m-150led-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-23.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachniy-provod-beliy-tsvet-svecheniya-neon-night-24244" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-5-m-30-led-prozrachniy-pvh-s-kontrollerom-tsvet-svecheniya-tepliy-beliy-neon-night-23569" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachniy-provod-svechenie-multi-rg-rb-kontroller-8-rejimov-230v-neon-night-30011" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdi-1-5h0-6-m-prozrachniy-provod-tepliy-beliy-svet-svecheniya-neon-night-24245" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachniy-provod-tepliy-beliy-tsvet-svecheniya-neon-night-24243" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/loft-girlyanda-svetodiodnaya-5-m-cherniy-pvh-20-led-teploe-beloe-svechenie-neon-night-23499" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-6m-temno-zeleniy-pvh-30-led-tepliy-beliy-7625" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-10m-temno-zeleniy-pvh-50-led-tepliy-beliy-7626" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-4m-temno-zeleniy-pvh-20-led-tepliy-beliy-7624" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snejinki-20-led-belie-2-8-metra-18304" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-domashnih-girlyand-3-m-prozrachniy-pvh-28052" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-arka-so-zvezdami-2-5h1-2m-136led-tepliy-beliy-s-kontrollerom-8-rejimov-230v-neon-night-30040" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-s-nasadkami-shariki-snejinki-elochki-30-led-multikolor-4-4-metra-s-kontrollerom-18289" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-30-led-5-m-tepliy-beliy-tsvet-svecheniya-neon-night-18279" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kolokolchiki-20-led-rgb-2-8-metra-18299" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-20-led-krasnie-2-8-metra-18301" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-palochki-s-puzirkami-20-palochek-tsvet-multikolor-2-metra-18294" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kubiki-20-led-multikolor-2-8-metra-s-kontrollerom-18292" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snejinki-30-led-multikolor-4-4-metra-s-kontrollerom-18298" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-zeleniy-provod-svechenie-multi-rg-rb-miganie-230v-neon-night-30012" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-so-snejinkami-2-4h0-9m-150led-beliy-s-kontrollerom-8-rejimov-230v-neon-night-30019" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvetnie-shariki-20-led-multikolor-2-8-metra-18288" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kistochki-48-led-belie-5-metrov-18302" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsveti-sakuri-50-led-rozovie-7-metrov-s-kontrollerom-18305" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snejinki-bolshie-5m-20led-ip20-prozrachniy-provod-svechenie-multi-rg-rb-miganie-230v-neon-night-30013" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-s-kryuchkom-10-sht-7475" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachniy-provod-svechenie-multi-rg-rb-miganie-230v-neon-night-30010" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-svechi-20m-temno-zelenyy-pvh-100-led-teplyy-belyy-ne-soedinyaetsya-neon-nigh.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I29"/>
+  <dimension ref="A1:I30"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -707,857 +713,887 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1632.91</v>
+        <v>436.25</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1</v>
+        <v>733</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>436.25</v>
+        <v>686.25</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>889</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>999</v>
+        <v>499</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
+        <v>508</v>
+      </c>
+      <c r="G5" s="3">
+        <v>1</v>
+      </c>
+      <c r="H5" s="3">
+        <v>72</v>
+      </c>
+      <c r="I5" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>499</v>
+        <v>999</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>535</v>
+        <v>2</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>123.75</v>
+        <v>499</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>5287</v>
+        <v>326</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1487.5</v>
+        <v>1632.91</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>686.25</v>
+        <v>1487.5</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>499</v>
+        <v>1935.06</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>373.75</v>
+        <v>987.5</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>48</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
         <v>373.75</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>322</v>
+        <v>136</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>499</v>
+        <v>123.75</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>237</v>
+        <v>3897</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>499</v>
+        <v>1805.2</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
+        <v>402</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>30</v>
+      </c>
+      <c r="I14" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>987.5</v>
+        <v>749</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>48</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>1935.06</v>
+        <v>749</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>499</v>
+        <v>373.75</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>564</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>499</v>
+        <v>373.75</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>590</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
         <v>499</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>781</v>
+        <v>207</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>499</v>
+        <v>436.25</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>670</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1805.2</v>
+        <v>499</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>704</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>749</v>
+        <v>499</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>10</v>
+        <v>443</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>749</v>
+        <v>1632.91</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>180</v>
+        <v>372</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
         <v>373.75</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1088</v>
+        <v>426</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>60</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>373.75</v>
+        <v>499</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1303</v>
+        <v>515</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
         <v>499</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>603</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>436.25</v>
+        <v>499</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
+        <v>1</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>72</v>
+      </c>
+      <c r="I27" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
         <v>186.25</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="F28" s="3">
-        <v>153</v>
+        <v>13</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>186</v>
       </c>
       <c r="I28" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>1632.91</v>
+        <v>499</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>5</v>
+        <v>663</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="I29" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C30" s="3">
+        <v>3986.65</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" s="3">
+        <v>2</v>
+      </c>
+      <c r="G30" s="3">
+        <v>1</v>
+      </c>
+      <c r="H30" s="3">
+        <v>12</v>
+      </c>
+      <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
+    <hyperlink ref="D30" r:id="rId28"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>