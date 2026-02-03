--- v1 (2025-11-30)
+++ v2 (2026-02-03)
@@ -42,225 +42,225 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гирлянды с насадками</t>
   </si>
   <si>
+    <t>303-024</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Свечи 20м, темно-зеленый ПВХ, 100 LED ТЕПЛЫЙ БЕЛЫЙ, не соединяется NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>303-069</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шишки 5 м, 30 LED, прозрачный ПВХ с контроллером, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-067</t>
+  </si>
+  <si>
+    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-068</t>
   </si>
   <si>
     <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, белый цвет свечения NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Гирлянда светодиодная Шишки 5 м, 30 LED, прозрачный ПВХ с контроллером, цвет свечения теплый белый NEON-NIGHT</t>
+    <t>303-030</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звезды 1,5х0,6 м, прозрачный провод, теплый белый свет свечения NEON-NIGHT</t>
   </si>
   <si>
     <t>304-022</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), контроллер 8 режимов, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-030</t>
-[...8 lines deleted...]
-    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, теплый белый цвет свечения NEON-NIGHT</t>
+    <t>303-084</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 6м, темно-зеленый ПВХ, 30 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>315-424</t>
+  </si>
+  <si>
+    <t>Удлинитель для домашних гирлянд 3 м прозрачный ПВХ</t>
+  </si>
+  <si>
+    <t>303-085</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 10м, темно-зеленый ПВХ, 50 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>255-075</t>
+  </si>
+  <si>
+    <t>Гирлянда Бахрома со снежинками 2,4х0,9м, 150LED БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
+  </si>
+  <si>
+    <t>304-021</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-083</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 4м, темно-зеленый ПВХ, 20 LED ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>303-066</t>
   </si>
   <si>
     <t>Лофт-гирлянда светодиодная 5 м, черный ПВХ, 20 LED, теплое белое свечение NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-084</t>
-[...14 lines deleted...]
-    <t>Гирлянда Свечи 4м, темно-зеленый ПВХ, 20 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+    <t>303-061</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кубики 20 LED МУЛЬТИКОЛОР 2,8 метра с контроллером</t>
+  </si>
+  <si>
+    <t>104-321</t>
+  </si>
+  <si>
+    <t>Присоска с крючком (10 шт)</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>303-032</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Прищепки 30 LED, 5 м, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-035</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кисточки 48 LED БЕЛЫЕ 5 метров</t>
+  </si>
+  <si>
+    <t>303-037</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Палочки с пузырьками 20 палочек, цвет: мультиколор, 2 метра</t>
+  </si>
+  <si>
+    <t>303-038</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Цветы Сакуры 50 LED РОЗОВЫЕ 7 метров с контроллером</t>
+  </si>
+  <si>
+    <t>303-060</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Цветные Шарики 20 LED МУЛЬТИКОЛОР 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-062</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Колокольчики 20 LED RGB 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-064</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная с насадками (шарики, снежинки, елочки) 30 LED МУЛЬТИКОЛОР, 4,4 метра с контроллером</t>
+  </si>
+  <si>
+    <t>303-065</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки 30 LED МУЛЬТИКОЛОР 4,4 метра с контроллером</t>
+  </si>
+  <si>
+    <t>303-034</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездочки 20 LED КРАСНЫЕ 2,8 метра</t>
   </si>
   <si>
     <t>303-036</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Снежинки 20 LED БЕЛЫЕ 2,8 метра</t>
   </si>
   <si>
-    <t>315-424</t>
-[...2 lines deleted...]
-    <t>Удлинитель для домашних гирлянд 3 м прозрачный ПВХ</t>
+    <t>304-023</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, зеленый провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-024</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки большие 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>255-076</t>
   </si>
   <si>
     <t>Гирлянда Арка со звездами 2,5х1,2м, 136LED ТЕПЛЫЙ БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
-  </si>
-[...97 lines deleted...]
-    <t>Гирлянда светодиодная Свечи 20м, темно-зеленый ПВХ, 100 LED ТЕПЛЫЙ БЕЛЫЙ, не соединяется NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -645,51 +645,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachniy-provod-beliy-tsvet-svecheniya-neon-night-24244" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-5-m-30-led-prozrachniy-pvh-s-kontrollerom-tsvet-svecheniya-tepliy-beliy-neon-night-23569" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachniy-provod-svechenie-multi-rg-rb-kontroller-8-rejimov-230v-neon-night-30011" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdi-1-5h0-6-m-prozrachniy-provod-tepliy-beliy-svet-svecheniya-neon-night-24245" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachniy-provod-tepliy-beliy-tsvet-svecheniya-neon-night-24243" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/loft-girlyanda-svetodiodnaya-5-m-cherniy-pvh-20-led-teploe-beloe-svechenie-neon-night-23499" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-6m-temno-zeleniy-pvh-30-led-tepliy-beliy-7625" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-10m-temno-zeleniy-pvh-50-led-tepliy-beliy-7626" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-4m-temno-zeleniy-pvh-20-led-tepliy-beliy-7624" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snejinki-20-led-belie-2-8-metra-18304" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-domashnih-girlyand-3-m-prozrachniy-pvh-28052" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-arka-so-zvezdami-2-5h1-2m-136led-tepliy-beliy-s-kontrollerom-8-rejimov-230v-neon-night-30040" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-s-nasadkami-shariki-snejinki-elochki-30-led-multikolor-4-4-metra-s-kontrollerom-18289" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-30-led-5-m-tepliy-beliy-tsvet-svecheniya-neon-night-18279" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kolokolchiki-20-led-rgb-2-8-metra-18299" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-20-led-krasnie-2-8-metra-18301" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-palochki-s-puzirkami-20-palochek-tsvet-multikolor-2-metra-18294" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kubiki-20-led-multikolor-2-8-metra-s-kontrollerom-18292" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snejinki-30-led-multikolor-4-4-metra-s-kontrollerom-18298" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-zeleniy-provod-svechenie-multi-rg-rb-miganie-230v-neon-night-30012" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-so-snejinkami-2-4h0-9m-150led-beliy-s-kontrollerom-8-rejimov-230v-neon-night-30019" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvetnie-shariki-20-led-multikolor-2-8-metra-18288" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kistochki-48-led-belie-5-metrov-18302" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsveti-sakuri-50-led-rozovie-7-metrov-s-kontrollerom-18305" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snejinki-bolshie-5m-20led-ip20-prozrachniy-provod-svechenie-multi-rg-rb-miganie-230v-neon-night-30013" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-s-kryuchkom-10-sht-7475" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachniy-provod-svechenie-multi-rg-rb-miganie-230v-neon-night-30010" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-svechi-20m-temno-zelenyy-pvh-100-led-teplyy-belyy-ne-soedinyaetsya-neon-nigh.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-svechi-20m-temno-zelenyy-pvh-100-led-teplyy-belyy-ne-soedinyaetsya-neon-nigh" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-5-m-30-led-prozrachnyy-pvh-s-kontrollerom-tsvet-svecheniya-teplyy-be" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdy-1-5h0-6-m-prozrachnyy-provod-teplyy-belyy-svet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-kontroller-8" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-6m-temno-zelenyy-pvh-30-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-domashnih-girlyand-3-m-prozrachnyy-pvh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-10m-temno-zelenyy-pvh-50-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-so-snezhinkami-2-4h0-9m-150led-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-23" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-miganie-230v" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-4m-temno-zelenyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/loft-girlyanda-svetodiodnaya-5-m-chernyy-pvh-20-led-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kubiki-20-led-multikolor-2-8-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-s-kryuchkom-10-sht" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-30-led-5-m-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kistochki-48-led-belye-5-metrov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-palochki-s-puzyrkami-20-palochek-tsvet-multikolor-2-metra" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvety-sakury-50-led-rozovye-7-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvetnye-shariki-20-led-multikolor-2-8-metra" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kolokolchiki-20-led-rgb-2-8-metra" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-s-nasadkami-shariki-snezhinki-elochki-30-led-multikolor-4-4-me" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-30-led-multikolor-4-4-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-20-led-krasnye-2-8-metra" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-20-led-belye-2-8-metra" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-zelenyy-provod-svechenie-multi-rg-rb-miganie-230v-neon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-bolshie-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-mig" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-arka-so-zvezdami-2-5h1-2m-136led-teplyy-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I30"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -713,849 +713,849 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>436.25</v>
+        <v>4054.42</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>733</v>
+        <v>57</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>686.25</v>
+        <v>697.92</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>48</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>508</v>
+        <v>42</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>999</v>
+        <v>443.67</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>2</v>
+        <v>698</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>499</v>
+        <v>1015.98</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>326</v>
+        <v>9</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1632.91</v>
+        <v>507.48</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
+        <v>506</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>72</v>
+      </c>
+      <c r="I8" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1487.5</v>
+        <v>1512.79</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>36</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1935.06</v>
+        <v>125.85</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>2403</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>987.5</v>
+        <v>1967.96</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>373.75</v>
+        <v>1660.67</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>136</v>
+        <v>302</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>123.75</v>
+        <v>507.48</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>3897</v>
+        <v>672</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>300</v>
+        <v>72</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1805.2</v>
+        <v>1004.29</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>402</v>
+        <v>2</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>749</v>
+        <v>1660.67</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>749</v>
+        <v>443.67</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>373.75</v>
+        <v>189.42</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>60</v>
+        <v>186</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>373.75</v>
+        <v>761.73</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>207</v>
+        <v>509</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>436.25</v>
+        <v>507.48</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>204</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>60</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C21" s="3">
+        <v>507.48</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" s="3">
+        <v>1</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
         <v>48</v>
-      </c>
-[...19 lines deleted...]
-        <v>36</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>499</v>
+        <v>380.1</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>443</v>
+        <v>284</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>1632.91</v>
+        <v>380.1</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>372</v>
+        <v>5</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>373.75</v>
+        <v>761.73</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>426</v>
+        <v>1</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>515</v>
+        <v>1</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>499</v>
+        <v>380.1</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>48</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>499</v>
+        <v>380.1</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>186.25</v>
+        <v>507.48</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>13</v>
+        <v>437</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>186</v>
+        <v>72</v>
       </c>
       <c r="I28" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>663</v>
+        <v>137</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>72</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>3986.65</v>
+        <v>1835.89</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>2</v>
+        <v>343</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>