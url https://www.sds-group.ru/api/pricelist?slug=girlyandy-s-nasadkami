--- v2 (2026-02-03)
+++ v3 (2026-03-23)
@@ -42,225 +42,225 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Гирлянды с насадками</t>
   </si>
   <si>
+    <t>303-038</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Цветы Сакуры 50 LED РОЗОВЫЕ 7 метров с контроллером</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>303-084</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 6м, темно-зеленый ПВХ, 30 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-032</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Прищепки 30 LED, 5 м, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-034</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездочки 20 LED КРАСНЫЕ 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-035</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кисточки 48 LED БЕЛЫЕ 5 метров</t>
+  </si>
+  <si>
+    <t>303-036</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки 20 LED БЕЛЫЕ 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-037</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Палочки с пузырьками 20 палочек, цвет: мультиколор, 2 метра</t>
+  </si>
+  <si>
+    <t>303-060</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Цветные Шарики 20 LED МУЛЬТИКОЛОР 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-061</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кубики 20 LED МУЛЬТИКОЛОР 2,8 метра с контроллером</t>
+  </si>
+  <si>
+    <t>303-062</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Колокольчики 20 LED RGB 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-064</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная с насадками (шарики, снежинки, елочки) 30 LED МУЛЬТИКОЛОР, 4,4 метра с контроллером</t>
+  </si>
+  <si>
+    <t>303-065</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки 30 LED МУЛЬТИКОЛОР 4,4 метра с контроллером</t>
+  </si>
+  <si>
+    <t>303-066</t>
+  </si>
+  <si>
+    <t>Лофт-гирлянда светодиодная 5 м, черный ПВХ, 20 LED, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-069</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шишки 5 м, 30 LED, прозрачный ПВХ с контроллером, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-067</t>
+  </si>
+  <si>
+    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-068</t>
+  </si>
+  <si>
+    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-030</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звезды 1,5х0,6 м, прозрачный провод, теплый белый свет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-424</t>
+  </si>
+  <si>
+    <t>Удлинитель для домашних гирлянд 3 м прозрачный ПВХ</t>
+  </si>
+  <si>
+    <t>303-083</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 4м, темно-зеленый ПВХ, 20 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-085</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 10м, темно-зеленый ПВХ, 50 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>304-021</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-022</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), контроллер 8 режимов, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-023</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, зеленый провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-024</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки большие 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-075</t>
+  </si>
+  <si>
+    <t>Гирлянда Бахрома со снежинками 2,4х0,9м, 150LED БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
+  </si>
+  <si>
+    <t>255-076</t>
+  </si>
+  <si>
+    <t>Гирлянда Арка со звездами 2,5х1,2м, 136LED ТЕПЛЫЙ БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
+  </si>
+  <si>
+    <t>104-321</t>
+  </si>
+  <si>
+    <t>Присоска с крючком (10 шт)</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
     <t>303-024</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Свечи 20м, темно-зеленый ПВХ, 100 LED ТЕПЛЫЙ БЕЛЫЙ, не соединяется NEON-NIGHT</t>
-  </si>
-[...169 lines deleted...]
-    <t>Гирлянда Арка со звездами 2,5х1,2м, 136LED ТЕПЛЫЙ БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -645,51 +645,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-svechi-20m-temno-zelenyy-pvh-100-led-teplyy-belyy-ne-soedinyaetsya-neon-nigh" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-5-m-30-led-prozrachnyy-pvh-s-kontrollerom-tsvet-svecheniya-teplyy-be" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdy-1-5h0-6-m-prozrachnyy-provod-teplyy-belyy-svet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-kontroller-8" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-6m-temno-zelenyy-pvh-30-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-domashnih-girlyand-3-m-prozrachnyy-pvh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-10m-temno-zelenyy-pvh-50-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-so-snezhinkami-2-4h0-9m-150led-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-23" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-miganie-230v" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-4m-temno-zelenyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/loft-girlyanda-svetodiodnaya-5-m-chernyy-pvh-20-led-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kubiki-20-led-multikolor-2-8-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-s-kryuchkom-10-sht" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-30-led-5-m-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kistochki-48-led-belye-5-metrov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-palochki-s-puzyrkami-20-palochek-tsvet-multikolor-2-metra" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvety-sakury-50-led-rozovye-7-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvetnye-shariki-20-led-multikolor-2-8-metra" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kolokolchiki-20-led-rgb-2-8-metra" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-s-nasadkami-shariki-snezhinki-elochki-30-led-multikolor-4-4-me" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-30-led-multikolor-4-4-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-20-led-krasnye-2-8-metra" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-20-led-belye-2-8-metra" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-zelenyy-provod-svechenie-multi-rg-rb-miganie-230v-neon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-bolshie-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-mig" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-arka-so-zvezdami-2-5h1-2m-136led-teplyy-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-2" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvety-sakury-50-led-rozovye-7-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-6m-temno-zelenyy-pvh-30-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prishchepki-30-led-5-m-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-20-led-krasnye-2-8-metra" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kistochki-48-led-belye-5-metrov" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-20-led-belye-2-8-metra" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-palochki-s-puzyrkami-20-palochek-tsvet-multikolor-2-metra" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvetnye-shariki-20-led-multikolor-2-8-metra" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kubiki-20-led-multikolor-2-8-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kolokolchiki-20-led-rgb-2-8-metra" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-s-nasadkami-shariki-snezhinki-elochki-30-led-multikolor-4-4-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-30-led-multikolor-4-4-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/loft-girlyanda-svetodiodnaya-5-m-chernyy-pvh-20-led-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-5-m-30-led-prozrachnyy-pvh-s-kontrollerom-tsvet-svecheniya-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdy-1-5h0-6-m-prozrachnyy-provod-teplyy-belyy-svet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-domashnih-girlyand-3-m-prozrachnyy-pvh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-4m-temno-zelenyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-10m-temno-zelenyy-pvh-50-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rgrb-miganie-230v-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rgrb-kontroller-8-rezhimov-230v-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-zelenyy-provod-svechenie-multi-rgrb-miganie-230v-neon-night" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-bolshie-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rgrb-miganie-230v-neon-night" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-so-snezhinkami-2-4h0-9m-150led-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230v-ne-soedinyaetsya-s-kontrollerom-8-rezhimov" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-arka-so-zvezdami-2-5h1-2m-136led-teplyy-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230v-ne-soedinyaetsya-s-kontrollerom-8-rezhimov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-s-kryuchkom-10-sht" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-svechi-20m-temno-zelenyy-pvh-100-led-teplyy-belyy-ne-soedinyaetsya-neon-night" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I30"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -713,849 +713,849 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>4054.42</v>
+        <v>355.24</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>697.92</v>
+        <v>1058.95</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>507.48</v>
+        <v>533.21</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>54</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>443.67</v>
+        <v>304.08</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>698</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1015.98</v>
+        <v>355.24</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>507.48</v>
+        <v>266.07</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>506</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1512.79</v>
+        <v>405.98</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>125.85</v>
+        <v>304.08</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>2403</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>300</v>
+        <v>60</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1967.96</v>
+        <v>354.94</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1660.67</v>
+        <v>304.08</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>302</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>507.48</v>
+        <v>533.21</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>672</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1004.29</v>
+        <v>355.24</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1660.67</v>
+        <v>1311.93</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>8</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>443.67</v>
+        <v>488.54</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>189.42</v>
+        <v>405.98</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>186</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>761.73</v>
+        <v>354.94</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>507.48</v>
+        <v>711.19</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>509</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>507.48</v>
+        <v>88.1</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>204</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>507.48</v>
+        <v>703</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>48</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>380.1</v>
+        <v>1377.57</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>284</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>380.1</v>
+        <v>405.98</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>761.73</v>
+        <v>405.98</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>507.48</v>
+        <v>405.98</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>380.1</v>
+        <v>405.98</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>380.1</v>
+        <v>1311.93</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>507.48</v>
+        <v>1413.64</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>437</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B29" s="3" t="s">
+      <c r="C29" s="3">
+        <v>132.59</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="C29" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F29" s="3">
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>72</v>
+        <v>186</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>1835.89</v>
+        <v>2838.09</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>343</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>