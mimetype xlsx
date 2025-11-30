--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="34">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
@@ -60,90 +60,102 @@
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Горелки заправляемые</t>
   </si>
   <si>
     <t>12-0010</t>
   </si>
   <si>
     <t>Турбо горелка GT-10, заправляемая, синяя REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>12-0011</t>
   </si>
   <si>
     <t>Турбо горелка GT-11, заправляемая, синяя REXANT</t>
   </si>
   <si>
+    <t>12-0010-2</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-10, заправляемая, красная REXANT</t>
+  </si>
+  <si>
+    <t>12-0011-1</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-11 заправляемая, красная REXANT</t>
+  </si>
+  <si>
     <t>12-0029</t>
   </si>
   <si>
     <t>Газовая горелка настольная GT-29, 2 режима REXANT</t>
   </si>
   <si>
     <t>12-0036</t>
   </si>
   <si>
     <t>Мини-горелка GT-36, заправляемая REXANT</t>
   </si>
   <si>
     <t>12-0037</t>
   </si>
   <si>
     <t>Мини-горелка GT-37, заправляемая, 2 режима работы REXANT</t>
   </si>
   <si>
-    <t>12-0010-2</t>
-[...2 lines deleted...]
-    <t>Турбо горелка GT-10, заправляемая, красная REXANT</t>
+    <t>12-0038</t>
+  </si>
+  <si>
+    <t>Мини-горелка GT-38, заправляемая, 2 режима работы REXANT</t>
   </si>
   <si>
     <t>12-0011-2</t>
   </si>
   <si>
     <t>Турбо горелка GT-11, заправляемая, красная REXANT</t>
   </si>
   <si>
-    <t>12-0038</t>
-[...4 lines deleted...]
-  <si>
     <t>12-0025</t>
   </si>
   <si>
     <t>Газовая горелка настольная GT-25, с пьезоподжигом и керамическим ободом REXANT</t>
+  </si>
+  <si>
+    <t>12-0010-1</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-10 заправляемая, красная REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -528,56 +540,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-sinyaya-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-29-2-rezhima-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-36-zapravlyaemaya-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-37-zapravlyaemaya-2-rezhima-raboty-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-38-zapravlyaemaya-2-rezhima-raboty-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-25-s-pezopodzhigom-i-keramicheskim-obodom-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-rexant-24277" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-rexant-24278" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant-29354" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant-30857" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-29-2-rejima-rexant-15234" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-36-zapravlyaemaya-rexant-24279" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-37-rexant-24280" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-38-rexant-24281" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant-29355" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-25-s-pezopodjigom-rexant-12637" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant-30856" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I11"/>
+  <dimension ref="A1:I13"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -605,308 +617,368 @@
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
         <v>280</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>20000</v>
+        <v>9951</v>
       </c>
       <c r="G3" s="3">
         <v>20</v>
       </c>
       <c r="H3" s="3">
         <v>360</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>470.65</v>
+        <v>430</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>20036</v>
+        <v>13747</v>
       </c>
       <c r="G4" s="3">
         <v>12</v>
       </c>
       <c r="H4" s="3">
         <v>216</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>2550</v>
+        <v>280</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>568</v>
+        <v>31532</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H5" s="3">
-        <v>72</v>
+        <v>360</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1400</v>
+        <v>700</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>2886</v>
+        <v>14203</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1200</v>
+        <v>2050</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>5430</v>
+        <v>412</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>300</v>
+        <v>1200</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>35172</v>
+        <v>2407</v>
       </c>
       <c r="G8" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>360</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>22637</v>
+        <v>5093</v>
       </c>
       <c r="G9" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>216</v>
+        <v>60</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>2150</v>
+        <v>1800</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>3636</v>
+        <v>3036</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>2400</v>
+        <v>450</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1738</v>
+        <v>19776</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H11" s="3">
+        <v>216</v>
+      </c>
+      <c r="I11" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C12" s="3">
+        <v>1920</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F12" s="3">
+        <v>1143</v>
+      </c>
+      <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
         <v>40</v>
       </c>
-      <c r="I11" s="3">
-        <v>1</v>
+      <c r="I12" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" s="3">
+        <v>400</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F13" s="3">
+        <v>24019</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>216</v>
+      </c>
+      <c r="I13" s="3">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
+    <hyperlink ref="D12" r:id="rId10"/>
+    <hyperlink ref="D13" r:id="rId11"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>