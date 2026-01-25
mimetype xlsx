--- v1 (2025-11-30)
+++ v2 (2026-01-25)
@@ -42,120 +42,120 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Горелки заправляемые</t>
   </si>
   <si>
+    <t>12-0010-2</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-10, заправляемая, красная REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-0011</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-11, заправляемая, синяя REXANT</t>
+  </si>
+  <si>
+    <t>12-0010-1</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-10 заправляемая, красная REXANT</t>
+  </si>
+  <si>
+    <t>12-0011-2</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-11, заправляемая, красная REXANT</t>
+  </si>
+  <si>
+    <t>12-0038</t>
+  </si>
+  <si>
+    <t>Мини-горелка GT-38, заправляемая, 2 режима работы REXANT</t>
+  </si>
+  <si>
     <t>12-0010</t>
   </si>
   <si>
     <t>Турбо горелка GT-10, заправляемая, синяя REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Турбо горелка GT-10, заправляемая, красная REXANT</t>
+    <t>12-0025</t>
+  </si>
+  <si>
+    <t>Газовая горелка настольная GT-25, с пьезоподжигом и керамическим ободом REXANT</t>
   </si>
   <si>
     <t>12-0011-1</t>
   </si>
   <si>
     <t>Турбо горелка GT-11 заправляемая, красная REXANT</t>
   </si>
   <si>
     <t>12-0029</t>
   </si>
   <si>
     <t>Газовая горелка настольная GT-29, 2 режима REXANT</t>
   </si>
   <si>
     <t>12-0036</t>
   </si>
   <si>
     <t>Мини-горелка GT-36, заправляемая REXANT</t>
   </si>
   <si>
     <t>12-0037</t>
   </si>
   <si>
     <t>Мини-горелка GT-37, заправляемая, 2 режима работы REXANT</t>
-  </si>
-[...22 lines deleted...]
-    <t>Турбо горелка GT-10 заправляемая, красная REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -540,51 +540,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-rexant-24277" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-rexant-24278" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant-29354" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant-30857" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-29-2-rejima-rexant-15234" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-36-zapravlyaemaya-rexant-24279" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-37-rexant-24280" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-38-rexant-24281" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant-29355" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-25-s-pezopodjigom-rexant-12637" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant-30856" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant-2" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-38-zapravlyaemaya-2-rezhima-raboty-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-25-s-pezopodzhigom-i-keramicheskim-obodom-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant-2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-29-2-rezhima-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-36-zapravlyaemaya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-37-zapravlyaemaya-2-rezhima-raboty-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I13"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -608,359 +608,359 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>280</v>
+        <v>284.76</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>9951</v>
+        <v>29128</v>
       </c>
       <c r="G3" s="3">
         <v>20</v>
       </c>
       <c r="H3" s="3">
         <v>360</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>430</v>
+        <v>437.31</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>13747</v>
+        <v>8534</v>
       </c>
       <c r="G4" s="3">
         <v>12</v>
       </c>
       <c r="H4" s="3">
         <v>216</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>280</v>
+        <v>406.8</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>31532</v>
+        <v>14451</v>
       </c>
       <c r="G5" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>360</v>
+        <v>216</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>700</v>
+        <v>457.65</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>14203</v>
+        <v>17154</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H6" s="3">
-        <v>160</v>
+        <v>216</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>2050</v>
+        <v>1830.6</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>412</v>
+        <v>2744</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1200</v>
+        <v>284.76</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2407</v>
+        <v>42042</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>360</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1000</v>
+        <v>1952.64</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>5093</v>
+        <v>458</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1800</v>
+        <v>711.9</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>3036</v>
+        <v>8145</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>450</v>
+        <v>2084.85</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>19776</v>
+        <v>405</v>
       </c>
       <c r="G11" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>216</v>
+        <v>72</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1920</v>
+        <v>1220.4</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1143</v>
+        <v>1594</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>400</v>
+        <v>1017</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>24019</v>
+        <v>4607</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>216</v>
+        <v>60</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>