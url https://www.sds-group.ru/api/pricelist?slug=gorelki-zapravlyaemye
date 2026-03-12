--- v2 (2026-01-25)
+++ v3 (2026-03-12)
@@ -42,120 +42,120 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Горелки заправляемые</t>
   </si>
   <si>
+    <t>12-0010</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-10, заправляемая, синяя REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-0011</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-11, заправляемая, синяя REXANT</t>
+  </si>
+  <si>
+    <t>12-0029</t>
+  </si>
+  <si>
+    <t>Газовая горелка настольная GT-29, 2 режима REXANT</t>
+  </si>
+  <si>
+    <t>12-0036</t>
+  </si>
+  <si>
+    <t>Мини-горелка GT-36, заправляемая REXANT</t>
+  </si>
+  <si>
+    <t>12-0037</t>
+  </si>
+  <si>
+    <t>Мини-горелка GT-37, заправляемая, 2 режима работы REXANT</t>
+  </si>
+  <si>
+    <t>12-0038</t>
+  </si>
+  <si>
+    <t>Мини-горелка GT-38, заправляемая, 2 режима работы REXANT</t>
+  </si>
+  <si>
     <t>12-0010-2</t>
   </si>
   <si>
     <t>Турбо горелка GT-10, заправляемая, красная REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Турбо горелка GT-11, заправляемая, синяя REXANT</t>
+    <t>12-0011-2</t>
+  </si>
+  <si>
+    <t>Турбо горелка GT-11, заправляемая, красная REXANT</t>
+  </si>
+  <si>
+    <t>12-0025</t>
+  </si>
+  <si>
+    <t>Газовая горелка настольная GT-25, с пьезоподжигом и керамическим ободом REXANT</t>
   </si>
   <si>
     <t>12-0010-1</t>
   </si>
   <si>
     <t>Турбо горелка GT-10 заправляемая, красная REXANT</t>
   </si>
   <si>
-    <t>12-0011-2</t>
-[...22 lines deleted...]
-  <si>
     <t>12-0011-1</t>
   </si>
   <si>
     <t>Турбо горелка GT-11 заправляемая, красная REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Мини-горелка GT-37, заправляемая, 2 режима работы REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -540,51 +540,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant-2" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-38-zapravlyaemaya-2-rezhima-raboty-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-25-s-pezopodzhigom-i-keramicheskim-obodom-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant-2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-29-2-rezhima-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-36-zapravlyaemaya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-37-zapravlyaemaya-2-rezhima-raboty-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-29-2-rezhima-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-36-zapravlyaemaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-37-zapravlyaemaya-2-rezhima-raboty-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-gorelka-gt-38-zapravlyaemaya-2-rezhima-raboty-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gazovaya-gorelka-nastolnaya-gt-25-s-pezopodzhigom-i-keramicheskim-obodom-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-10-zapravlyaemaya-krasnaya-rexant-2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/turbo-gorelka-gt-11-zapravlyaemaya-krasnaya-rexant-2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I13"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -608,359 +608,359 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>284.76</v>
+        <v>242.05</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>29128</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>20</v>
       </c>
       <c r="H3" s="3">
         <v>360</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>437.31</v>
+        <v>336.73</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>8534</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>12</v>
       </c>
       <c r="H4" s="3">
         <v>216</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>406.8</v>
+        <v>1605.33</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>14451</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>216</v>
+        <v>72</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>457.65</v>
+        <v>964.12</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>17154</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>216</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1830.6</v>
+        <v>803.43</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2744</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>284.76</v>
+        <v>1409.56</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>42042</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>360</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1952.64</v>
+        <v>242.05</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>458</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H9" s="3">
-        <v>40</v>
+        <v>360</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>711.9</v>
+        <v>352.39</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>8145</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H10" s="3">
-        <v>160</v>
+        <v>216</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>2084.85</v>
+        <v>1503.53</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>405</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1220.4</v>
+        <v>325.44</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1594</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>216</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1017</v>
+        <v>569.52</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>4607</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>60</v>
+        <v>160</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>