--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -42,699 +42,699 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 HALSA</t>
   </si>
   <si>
-    <t>1.1 Здоровье</t>
-[...2 lines deleted...]
-    <t>1.1.1 Весы Halsa</t>
+    <t>1.1 Уход</t>
+  </si>
+  <si>
+    <t>1.1.1 Козырьки</t>
+  </si>
+  <si>
+    <t>HLS-HY-101</t>
+  </si>
+  <si>
+    <t>Козырек для купания детей голубой (бегемотик) HALSA</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>1.1.2 Фартуки</t>
+  </si>
+  <si>
+    <t>HLS-BI-101</t>
+  </si>
+  <si>
+    <t>Фартук нагрудный для кормления с жестким карманом, зеленый с розовым HALSA</t>
+  </si>
+  <si>
+    <t>1.1.3 Машинки для стрижки</t>
+  </si>
+  <si>
+    <t>60-0617</t>
+  </si>
+  <si>
+    <t>Машинка для стрижки волос детская, зеленая HALSA</t>
+  </si>
+  <si>
+    <t>60-0616</t>
+  </si>
+  <si>
+    <t>Машинка для стрижки волос детская, белая HALSA</t>
+  </si>
+  <si>
+    <t>1.2 Освещение</t>
+  </si>
+  <si>
+    <t>1.2.1 Ночники Halsa</t>
+  </si>
+  <si>
+    <t>HLS-L-102W</t>
+  </si>
+  <si>
+    <t>Беспроводной ночник Медвежонок HALSA</t>
+  </si>
+  <si>
+    <t>1.3 Чистота</t>
+  </si>
+  <si>
+    <t>1.3.1 Мусорные ведра</t>
+  </si>
+  <si>
+    <t>HLS-DP-101</t>
+  </si>
+  <si>
+    <t>Утилизатор (накопитель) подгузников HALSA</t>
+  </si>
+  <si>
+    <t>HSL-C-101</t>
+  </si>
+  <si>
+    <t>Мусорное ведро с датчиком движения, 10л HALSA</t>
+  </si>
+  <si>
+    <t>HSL-C-104</t>
+  </si>
+  <si>
+    <t>Мусорное ведро с датчиком движения круглое, 12л HALSA</t>
+  </si>
+  <si>
+    <t>HSL-C-102</t>
+  </si>
+  <si>
+    <t>Мусорное ведро с датчиком движения круглое, 10л HALSA</t>
+  </si>
+  <si>
+    <t>HSL-C-105</t>
+  </si>
+  <si>
+    <t>Мусорное ведро с датчиком движения, 15л HALSA</t>
+  </si>
+  <si>
+    <t>HSL-C-103</t>
+  </si>
+  <si>
+    <t>Мусорное ведро с датчиком движения, 7л HALSA</t>
+  </si>
+  <si>
+    <t>HSL-C-107</t>
+  </si>
+  <si>
+    <t>Мусорное ведро с датчиком движения, 12л HALSA</t>
+  </si>
+  <si>
+    <t>HSL-C-106</t>
+  </si>
+  <si>
+    <t>Мусорное ведро с датчиком движения, 18л HALSA</t>
+  </si>
+  <si>
+    <t>1.3.2 Диспенсеры для мыла</t>
+  </si>
+  <si>
+    <t>HLS-H-103</t>
+  </si>
+  <si>
+    <t>Автоматический сенсорный диспенсер для жидкого мыла HALSA</t>
+  </si>
+  <si>
+    <t>1.3.3 Держатели для Ванной/Кухни</t>
+  </si>
+  <si>
+    <t>HLS-F-110W</t>
+  </si>
+  <si>
+    <t>Полка двухъярусная настенная на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-102W</t>
+  </si>
+  <si>
+    <t>Стакан для зубных щеток на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-103W</t>
+  </si>
+  <si>
+    <t>Полка для ванной комнаты на вакуумной присоске, прямая HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-107W</t>
+  </si>
+  <si>
+    <t>Полка для ванной и кухни с крючками на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-112W</t>
+  </si>
+  <si>
+    <t>Держатель для бритвенного станка на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-105W</t>
+  </si>
+  <si>
+    <t>Вешалка для полотенец настенная на вакуумной присоске, 5 крючков HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-113W</t>
+  </si>
+  <si>
+    <t>Стакан для зубных щеток и пасты на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-114W</t>
+  </si>
+  <si>
+    <t>Стакан для зубных щеток двойной на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-104W</t>
+  </si>
+  <si>
+    <t>Полка для ванной комнаты на вакуумной присоске, угловая HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-101W</t>
+  </si>
+  <si>
+    <t>Крючок универсальный на вакуумной присоске, пластик (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>HLS-F-108W</t>
+  </si>
+  <si>
+    <t>Держатель для бумажных полотенец настенный на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-111W</t>
+  </si>
+  <si>
+    <t>Держатель для зубных щеток на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-109W</t>
+  </si>
+  <si>
+    <t>Держатель для туалетной бумаги настенный на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>1.4 Здоровье</t>
+  </si>
+  <si>
+    <t>1.4.1 Термометры</t>
+  </si>
+  <si>
+    <t>HLS-E-102</t>
+  </si>
+  <si>
+    <t>Метеостанция Wi-Fi с цветным дисплеем HALSA</t>
+  </si>
+  <si>
+    <t>HLS-E-101</t>
+  </si>
+  <si>
+    <t>Термогигрометр комнатный, цифровой, сенсорный, с функцией будильника HALSA</t>
+  </si>
+  <si>
+    <t>HLS-T-102</t>
+  </si>
+  <si>
+    <t>Термометр водный, зеленый HALSA</t>
+  </si>
+  <si>
+    <t>HLS-T-104</t>
+  </si>
+  <si>
+    <t>Термометр водный, оранжевый, птичка HALSA</t>
+  </si>
+  <si>
+    <t>HLS-T-103</t>
+  </si>
+  <si>
+    <t>Термометр водный, синий, птичка HALSA</t>
+  </si>
+  <si>
+    <t>HLS-T-101</t>
+  </si>
+  <si>
+    <t>Термометр водный, розовый HALSA</t>
+  </si>
+  <si>
+    <t>1.4.2 Чайники</t>
+  </si>
+  <si>
+    <t>HLS-K-104</t>
+  </si>
+  <si>
+    <t>Умный Wi-Fi чайник пластиковый, белый HALSA</t>
+  </si>
+  <si>
+    <t>HLS-K-102</t>
+  </si>
+  <si>
+    <t>Умный Wi-Fi чайник пластиковый с откидной крышкой, белый HALSA</t>
+  </si>
+  <si>
+    <t>HLS-K-103</t>
+  </si>
+  <si>
+    <t>Умный Wi-Fi чайник пластиковый, черный HALSA</t>
+  </si>
+  <si>
+    <t>1.4.3 Весы Halsa</t>
+  </si>
+  <si>
+    <t>HSL-H-211B</t>
+  </si>
+  <si>
+    <t>Умные весы черные HALSA</t>
   </si>
   <si>
     <t>HSL-H-221W</t>
   </si>
   <si>
     <t>Умные весы белые HALSA</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>HSL-H-212W</t>
   </si>
   <si>
     <t>Умные весы диагностические HALSA</t>
   </si>
   <si>
-    <t>1.1.2 Чайники</t>
-[...62 lines deleted...]
-    <t>1.2.1 Камеры слежения</t>
+    <t>1.5 Детская безопасность</t>
+  </si>
+  <si>
+    <t>1.5.1 Камеры слежения</t>
+  </si>
+  <si>
+    <t>HLS-S-103W</t>
+  </si>
+  <si>
+    <t>Умная Wi-Fi камера Медвежонок HALSA</t>
   </si>
   <si>
     <t>HSL-S-102W</t>
   </si>
   <si>
     <t>Умная Wi-Fi камера 5в1 с часами, термометром и ночником HALSA</t>
   </si>
   <si>
     <t>HLS-S-104W</t>
   </si>
   <si>
     <t>Умная Wi-Fi камера поворотная HALSA</t>
   </si>
   <si>
-    <t>HLS-S-103W</t>
-[...5 lines deleted...]
-    <t>1.2.2 Накладки на мебель</t>
+    <t>1.5.2 Накладки на мебель</t>
+  </si>
+  <si>
+    <t>HLS-S-110W</t>
+  </si>
+  <si>
+    <t>Набор для детской безопасности (мягкая универсальная лента на острые края + 4 мягкие насадки-протекторы уголовые) бежевый HALSA</t>
+  </si>
+  <si>
+    <t>блистер</t>
+  </si>
+  <si>
+    <t>HLS-S-111</t>
+  </si>
+  <si>
+    <t>Кромка защитная прозрачная 30х4х2000мм HALSA</t>
   </si>
   <si>
     <t>HLS-S-103</t>
   </si>
   <si>
     <t>Накладки-протекторы для мебели треугольные прозрачные 24x34x19мм (8 шт/уп) HALSA</t>
   </si>
   <si>
-    <t>блистер</t>
+    <t>HLS-S-108W</t>
+  </si>
+  <si>
+    <t>Универсальная самоклеящаяся лента на острые края 34х11х2000мм (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-110B</t>
+  </si>
+  <si>
+    <t>Набор для детской безопасности (мягкая универсальная лента на острые края + 4 мягкие насадки-протекторы уголовые) черный HALSA</t>
   </si>
   <si>
     <t>HLS-S-107W</t>
   </si>
   <si>
     <t>Накладки-протекторы для мебели мягкие 23,9х7,5х51,5 мм (4 шт/уп) HALSA</t>
   </si>
   <si>
-    <t>HLS-S-110W</t>
-[...4 lines deleted...]
-  <si>
     <t>HLS-S-106W</t>
   </si>
   <si>
     <t>Накладки-протекторы для мебели мягкие 32,8х10х52,5 мм (4 шт/уп) HALSA</t>
   </si>
   <si>
+    <t>HLS-S-110</t>
+  </si>
+  <si>
+    <t>Накладки защитные на углы (4 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-101</t>
+  </si>
+  <si>
+    <t>Накладки-протекторы для мебели треугольные прозрачные 42,7х42,7х19,5 мм (4 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-102</t>
+  </si>
+  <si>
+    <t>Накладки-протекторы для мебели круглые прозрачные 43x43x24мм (4 шт/уп) HALSA</t>
+  </si>
+  <si>
     <t>HLS-S-109W</t>
   </si>
   <si>
     <t>Универсальная самоклеящаяся лента на острые края 24х8х2000мм (1 шт/уп) HALSA</t>
   </si>
   <si>
-    <t>HLS-S-108W</t>
-[...19 lines deleted...]
-  <si>
     <t>HLS-S-112</t>
   </si>
   <si>
     <t>Кромка защитная прозрачная 20х2,2х2000мм HALSA</t>
   </si>
   <si>
-    <t>HLS-S-111</t>
-[...17 lines deleted...]
-    <t>1.2.3 Блокираторы доступа</t>
+    <t>1.5.3 Защита от падения</t>
+  </si>
+  <si>
+    <t>HLS-S-701G</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бортик защитный для кровати, серый HALSA </t>
+  </si>
+  <si>
+    <t>HLS-S-701</t>
+  </si>
+  <si>
+    <t>Ремни для крепления телевизора и мебели (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-701W</t>
+  </si>
+  <si>
+    <t>Бортик защитный для кровати, белый HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-405</t>
+  </si>
+  <si>
+    <t>Держатель для мебели настенный HALSA</t>
+  </si>
+  <si>
+    <t>1.5.4 Блокираторы доступа</t>
+  </si>
+  <si>
+    <t>HLS-S-201</t>
+  </si>
+  <si>
+    <t>Блокировка для мебели универсальная, длинная (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-202</t>
+  </si>
+  <si>
+    <t>Блокировка для мебели универсальная, короткая (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-205G</t>
+  </si>
+  <si>
+    <t>Блокиратор универсальный серый (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-207</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для холодильника, белый (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-504</t>
+  </si>
+  <si>
+    <t>Ограничитель-стоппер для двери, TPR (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-203G</t>
+  </si>
+  <si>
+    <t>Блокировка для мебели универсальная с регулируемой длиной (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-215W</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для створок шкафов, 4х9,6 см (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-603</t>
+  </si>
+  <si>
+    <t>Заглушки для розеток, 3,7х3,6х1,4 см, ABS (6 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-508</t>
+  </si>
+  <si>
+    <t>Пробка-стоппер для двери поворотная HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-209</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для выдвижных ящиков квадратный (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-206</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для духовки (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-214</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для створок шкафов, 3,5х9,7см (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-506</t>
+  </si>
+  <si>
+    <t>Ограничитель-стоппер для двери, с держателем (2 шт/уп)  HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-601</t>
+  </si>
+  <si>
+    <t>Заглушки для розеток, 3,7х3,3х2,5 см, PP (6 шт/уп) HALSA</t>
   </si>
   <si>
     <t>HLS-S-602</t>
   </si>
   <si>
     <t>Заглушки для розеток, 3,7х3,3х0,3см, ABS (6 шт/уп) HALSA</t>
   </si>
   <si>
+    <t>HLS-S-217B</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для духового шкафа Premium, черный HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-505</t>
+  </si>
+  <si>
+    <t>Ограничитель-стоппер для двери (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-502</t>
+  </si>
+  <si>
+    <t>Ограничитель-стоппер для двери, EVA (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-221</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для шкафов и холодильников HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-507</t>
+  </si>
+  <si>
+    <t>Пробка дверная предохранительная для защиты пальцев HALSA</t>
+  </si>
+  <si>
     <t>HLS-S-211</t>
   </si>
   <si>
     <t>Внешний замок-блокиратор для выдвижных ящиков Premium (2 шт/уп) HALSA</t>
   </si>
   <si>
+    <t>HLS-S-303</t>
+  </si>
+  <si>
+    <t>Замок защитный оконный HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-901</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для крышки унитаза Premium HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-304</t>
+  </si>
+  <si>
+    <t>Ограничитель для шкафа-купе и раздвижного окна (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-213</t>
+  </si>
+  <si>
+    <t>Внутренний магнитный замок-блокиратор для выдвижных ящиков (4 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-210</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для выдвижных ящиков скругленный (1 шт/уп)  HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-207-1</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для холодильника Premium, белый (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-220</t>
+  </si>
+  <si>
+    <t>Кожух защитный для кухонной плиты (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-218</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Замок-блокиратор для шкафов и холодильников клеевой HALSA </t>
+  </si>
+  <si>
+    <t>HLS-S-801</t>
+  </si>
+  <si>
+    <t>Ворота безопасности в дверной проем HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-205W</t>
+  </si>
+  <si>
+    <t>Блокиратор универсальный белый (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-404</t>
+  </si>
+  <si>
+    <t>Блокиратор дверной ручки HALSA</t>
+  </si>
+  <si>
     <t>HLS-S-301</t>
   </si>
   <si>
     <t>Ограничитель-бабочка для раздвижного окна (1 шт/уп) HALSA</t>
   </si>
   <si>
     <t>HLS-S-302</t>
   </si>
   <si>
     <t>Ограничитель для раздвижного окна (1 шт/уп) HALSA</t>
   </si>
   <si>
-    <t>HLS-S-207-1</t>
-[...2 lines deleted...]
-    <t>Замок-блокиратор для холодильника Premium, белый (1 шт/уп) HALSA</t>
+    <t>HLS-S-208</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для холодильника, черный (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-219</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для духового шкафа клеевой HALSA</t>
   </si>
   <si>
     <t>HLS-S-208-1</t>
   </si>
   <si>
     <t>Замок-блокиратор для холодильника Premium, серый (1 шт/уп) HALSA</t>
   </si>
   <si>
-    <t>HLS-S-217B</t>
-[...2 lines deleted...]
-    <t>Замок-блокиратор для духового шкафа Premium, черный HALSA</t>
+    <t>HLS-S-403</t>
+  </si>
+  <si>
+    <t>Блокиратор для дверной ручки поворотный HALSA</t>
   </si>
   <si>
     <t>HLS-S-217W</t>
   </si>
   <si>
     <t>Замок-блокиратор для духового шкафа Premium, белый HALSA</t>
-  </si>
-[...403 lines deleted...]
-    <t>Машинка для стрижки волос детская, зеленая HALSA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1119,51 +1119,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnie-vesi-belie-halsa-25721" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnie-vesi-chernie-halsa-25720" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnie-vesi-diagnosticheskie-halsa-29251" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umniy-wi-fi-chaynik-plastikoviy-beliy-halsa-31256" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umniy-wi-fi-chaynik-plastikoviy-cherniy-halsa-29305" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umniy-wi-fi-chaynik-plastikoviy-beliy-halsa-29304" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termogigrometr-komnatniy-tsifrovoy-sensorniy-s-funktsiey-budilnika-halsa-25719" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-wi-fi-s-tsvetnim-displeem-halsa-26765" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-vodniy-siniy-ptichka-halsa-29814" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-vodniy-zeleniy-halsa-29991" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-vodniy-rozoviy-halsa-29813" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-vodniy-oranjeviy-ptichka-halsa-29815" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-kamera-5v1-s-chasami-termometrom-i-nochnikom-halsa-31255" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-kamera-povorotnaya-halsa-31258" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-kamera-medvejonok-halsa-31257" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektori-dlya-mebeli-treugolnie-prozrachnie-24x34x19mm-8-sht-up-halsa-25676" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektori-dlya-mebeli-myagkie-23-9h7-5h51-5-mm-4-sht-up-halsa-25678" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-detskoy-bezopasnosti-myagkaya-universalnaya-lenta-na-ostrie-kraya-4-myagkie-nasadki-protektori-ugolovie-bejeviy-halsa-25681" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektori-myagkie-dlya-mebeli-32-8h10h52-5-mm-4-sht-up-halsa-25677" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-samokleyuschayasya-lenta-na-ostrie-kraya-24h8h2000mm-1-sht-up-halsa-25680" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-samokleyuschayasya-lenta-na-ostrie-kraya-34h11h2000mm-1-sht-up-halsa-25679" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektori-dlya-mebeli-treugolnie-prozrachnie-42-7h42-7h19-5-mm-4-sht-up-halsa-25716" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-zaschitnie-na-ugli-4-sht-up-halsa-28951" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kromka-zaschitnaya-prozrachnaya-20h2-2h2000mm-halsa-28953" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kromka-zaschitnaya-prozrachnaya-30h4h2000mm-halsa-28952" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektori-dlya-mebeli-kruglie-prozrachnie-43x43x24mm-4-sht-up-halsa-25675" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-detskoy-bezopasnosti-myagkaya-universalnaya-lenta-na-ostrie-kraya-4-myagkie-nasadki-protektori-ugolovie-cherniy-halsa-25682" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-3h3-3sm-abs-6-sht-up-halsa-25702" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-premium-2-sht-up-halsa-31074" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-babochka-dlya-razdvijnogo-okna-1-sht-up-halsa-25692" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-dlya-razdvijnogo-okna-1-sht-up-halsa-25693" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-premium-beliy-1-sht-up-halsa-31070" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-premium-seriy-1-sht-up-halsa-31071" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-premium-cherniy-halsa-31076" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-premium-beliy-halsa-31077" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-krishki-unitaza-premium-halsa-31078" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-6h1-4-sm-abs-6-sht-up-halsa-25703" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-eva-1-sht-up-halsa-25697" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-korotkaya-2-sht-up-halsa-25684" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-universalniy-seriy-1-sht-up-halsa-25687" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-s-reguliruemoy-dlinoy-1-sht-up-halsa-25685" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-3h2-5-sm-pp-6-sht-up-halsa-25701" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vnutrenniy-magnitniy-zamok-blokirator-dlya-vidvijnih-yaschikov-4-sht-up-halsa-25689" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-skruglenniy-1-sht-up-halsa-25705" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-kvadratniy-1-sht-up-halsa-25688" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-stvorok-shkafov-3-5h9-7sm-2-sht-up-halsa-25690" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-stvorok-shkafov-4h9-6-sm-2-sht-up-halsa-25691" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovki-1-sht-up-halsa-25694" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-beliy-1-sht-up-halsa-25695" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-2-sht-up-halsa-25699" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-reguliruemiy-2-sht-up-halsa-25700" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vorota-bezopasnosti-v-dvernoy-proem-halsa-29250" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-shkafov-i-holodilnikov-kleevoy-halsa-27339" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-shkafov-i-holodilnikov-halsa-28955" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-dlya-shkafa-kupe-i-razdvijnogo-okna-1-sht-up-halsa-31073" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-cherniy-1-sht-up-halsa-25696" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-dlya-dvernoy-ruchki-povorotniy-halsa-31072" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-dlinnaya-2-sht-up-halsa-25683" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-universalniy-beliy-1-sht-up-halsa-25686" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-tpr-1-sht-up-halsa-25698" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kojuh-zaschitniy-dlya-kuhonnoy-pliti-2-sht-up-halsa-27337" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/probka-dvernaya-predohranitelnaya-dlya-zaschiti-paltsev-halsa-27338" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-kleevoy-halsa-27340" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-zaschitniy-okonniy-halsa-28954" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/probka-stopper-dlya-dveri-povorotnaya-halsa-31075" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-dvernoy-ruchki-halsa-27341" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-mebeli-nastenniy-halsa-28956" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remni-dlya-krepleniya-televizora-i-mebeli-2-sht-up-halsa-25704" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bortik-zaschitniy-dlya-krovati-beliy-halsa-27169" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bortik-zaschitniy-dlya-krovati-seriy-halsa-27168" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-nochnik-medvejonok-halsa-28549" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/utilizator-nakopitel-podguznikov-halsa-31692" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-10l-halsa-25713" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-18l-halsa-28725" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-12l-halsa-28726" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-7l-halsa-25715" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-krugloe-10l-halsa-25714" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-krugloe-12l-halsa-27842" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-15l-halsa-27843" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskiy-sensorniy-dispenser-dlya-jidkogo-mila-halsa-25717" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-vannoy-komnati-na-vakuumnoy-prisoske-uglovaya-halsa-31511" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-vannoy-i-kuhni-s-kryuchkami-na-vakuumnoy-prisoske-halsa-31514" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuchok-universalniy-na-vakuumnoy-prisoske-plastik-2-sht-up-halsa-31522" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-vannoy-komnati-na-vakuumnoy-prisoske-pryamaya-halsa-31510" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stakan-dlya-zubnih-schetok-i-pasti-na-vakuumnoy-prisoske-halsa-31520" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dvuhyarusnaya-nastennaya-na-vakuumnoy-prisoske-halsa-31517" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/veshalka-dlya-polotenets-nastennaya-na-vakuumnoy-prisoske-5-kryuchkov-halsa-31512" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-zubnih-schetok-na-vakuumnoy-prisoske-halsa-31518" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-britvennogo-stanka-na-vakuumnoy-prisoske-halsa-31519" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stakan-dlya-zubnih-schetok-na-vakuumnoy-prisoske-halsa-31509" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-bumajnih-polotenets-nastenniy-na-vakuumnoy-prisoske-halsa-31515" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-tualetnoy-bumagi-nastenniy-na-vakuumnoy-prisoske-halsa-31516" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stakan-dlya-zubnih-schetok-dvoynoy-na-vakuumnoy-prisoske-halsa-31521" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kozirek-dlya-kupaniya-detey-goluboy-begemotik-halsa-29811" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fartuk-nagrudniy-dlya-kormleniya-s-jestkim-karmanom-zeleniy-s-rozovim-halsa-29809" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mashinka-dlya-strijki-volos-detskaya-belaya-halsa-26202" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mashinka-dlya-strijki-volos-detskaya-zelenaya-halsa-26203" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kozirek-dlya-kupaniya-detey-goluboy-begemotik-halsa-29811" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fartuk-nagrudniy-dlya-kormleniya-s-jestkim-karmanom-zeleniy-s-rozovim-halsa-29809" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mashinka-dlya-strijki-volos-detskaya-zelenaya-halsa-26203" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mashinka-dlya-strijki-volos-detskaya-belaya-halsa-26202" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-nochnik-medvejonok-halsa-28549" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/utilizator-nakopitel-podguznikov-halsa-31692" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-10l-halsa-25713" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-krugloe-12l-halsa-27842" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-krugloe-10l-halsa-25714" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-15l-halsa-27843" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-7l-halsa-25715" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-12l-halsa-28726" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-18l-halsa-28725" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskiy-sensorniy-dispenser-dlya-jidkogo-mila-halsa-25717" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dvuhyarusnaya-nastennaya-na-vakuumnoy-prisoske-halsa-31517" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stakan-dlya-zubnih-schetok-na-vakuumnoy-prisoske-halsa-31509" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-vannoy-komnati-na-vakuumnoy-prisoske-pryamaya-halsa-31510" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-vannoy-i-kuhni-s-kryuchkami-na-vakuumnoy-prisoske-halsa-31514" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-britvennogo-stanka-na-vakuumnoy-prisoske-halsa-31519" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/veshalka-dlya-polotenets-nastennaya-na-vakuumnoy-prisoske-5-kryuchkov-halsa-31512" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stakan-dlya-zubnih-schetok-i-pasti-na-vakuumnoy-prisoske-halsa-31520" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stakan-dlya-zubnih-schetok-dvoynoy-na-vakuumnoy-prisoske-halsa-31521" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-vannoy-komnati-na-vakuumnoy-prisoske-uglovaya-halsa-31511" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuchok-universalniy-na-vakuumnoy-prisoske-plastik-2-sht-up-halsa-31522" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-bumajnih-polotenets-nastenniy-na-vakuumnoy-prisoske-halsa-31515" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-zubnih-schetok-na-vakuumnoy-prisoske-halsa-31518" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-tualetnoy-bumagi-nastenniy-na-vakuumnoy-prisoske-halsa-31516" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-wi-fi-s-tsvetnim-displeem-halsa-26765" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termogigrometr-komnatniy-tsifrovoy-sensorniy-s-funktsiey-budilnika-halsa-25719" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-vodniy-zeleniy-halsa-29991" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-vodniy-oranjeviy-ptichka-halsa-29815" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-vodniy-siniy-ptichka-halsa-29814" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-vodniy-rozoviy-halsa-29813" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umniy-wi-fi-chaynik-plastikoviy-beliy-halsa-31256" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umniy-wi-fi-chaynik-plastikoviy-beliy-halsa-29304" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umniy-wi-fi-chaynik-plastikoviy-cherniy-halsa-29305" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnie-vesi-chernie-halsa-25720" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnie-vesi-belie-halsa-25721" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnie-vesi-diagnosticheskie-halsa-29251" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-kamera-medvejonok-halsa-31257" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-kamera-5v1-s-chasami-termometrom-i-nochnikom-halsa-31255" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-kamera-povorotnaya-halsa-31258" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-detskoy-bezopasnosti-myagkaya-universalnaya-lenta-na-ostrie-kraya-4-myagkie-nasadki-protektori-ugolovie-bejeviy-halsa-25681" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kromka-zaschitnaya-prozrachnaya-30h4h2000mm-halsa-28952" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektori-dlya-mebeli-treugolnie-prozrachnie-24x34x19mm-8-sht-up-halsa-25676" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-samokleyuschayasya-lenta-na-ostrie-kraya-34h11h2000mm-1-sht-up-halsa-25679" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-detskoy-bezopasnosti-myagkaya-universalnaya-lenta-na-ostrie-kraya-4-myagkie-nasadki-protektori-ugolovie-cherniy-halsa-25682" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektori-dlya-mebeli-myagkie-23-9h7-5h51-5-mm-4-sht-up-halsa-25678" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektori-myagkie-dlya-mebeli-32-8h10h52-5-mm-4-sht-up-halsa-25677" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-zaschitnie-na-ugli-4-sht-up-halsa-28951" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektori-dlya-mebeli-treugolnie-prozrachnie-42-7h42-7h19-5-mm-4-sht-up-halsa-25716" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektori-dlya-mebeli-kruglie-prozrachnie-43x43x24mm-4-sht-up-halsa-25675" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-samokleyuschayasya-lenta-na-ostrie-kraya-24h8h2000mm-1-sht-up-halsa-25680" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kromka-zaschitnaya-prozrachnaya-20h2-2h2000mm-halsa-28953" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bortik-zaschitniy-dlya-krovati-seriy-halsa-27168" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remni-dlya-krepleniya-televizora-i-mebeli-2-sht-up-halsa-25704" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bortik-zaschitniy-dlya-krovati-beliy-halsa-27169" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-mebeli-nastenniy-halsa-28956" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-dlinnaya-2-sht-up-halsa-25683" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-korotkaya-2-sht-up-halsa-25684" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-universalniy-seriy-1-sht-up-halsa-25687" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-beliy-1-sht-up-halsa-25695" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-tpr-1-sht-up-halsa-25698" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-s-reguliruemoy-dlinoy-1-sht-up-halsa-25685" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-stvorok-shkafov-4h9-6-sm-2-sht-up-halsa-25691" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-6h1-4-sm-abs-6-sht-up-halsa-25703" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/probka-stopper-dlya-dveri-povorotnaya-halsa-31075" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-kvadratniy-1-sht-up-halsa-25688" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovki-1-sht-up-halsa-25694" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-stvorok-shkafov-3-5h9-7sm-2-sht-up-halsa-25690" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-reguliruemiy-2-sht-up-halsa-25700" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-3h2-5-sm-pp-6-sht-up-halsa-25701" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-3h3-3sm-abs-6-sht-up-halsa-25702" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-premium-cherniy-halsa-31076" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-2-sht-up-halsa-25699" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-eva-1-sht-up-halsa-25697" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-shkafov-i-holodilnikov-halsa-28955" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/probka-dvernaya-predohranitelnaya-dlya-zaschiti-paltsev-halsa-27338" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-premium-2-sht-up-halsa-31074" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-zaschitniy-okonniy-halsa-28954" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-krishki-unitaza-premium-halsa-31078" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-dlya-shkafa-kupe-i-razdvijnogo-okna-1-sht-up-halsa-31073" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vnutrenniy-magnitniy-zamok-blokirator-dlya-vidvijnih-yaschikov-4-sht-up-halsa-25689" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-skruglenniy-1-sht-up-halsa-25705" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-premium-beliy-1-sht-up-halsa-31070" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kojuh-zaschitniy-dlya-kuhonnoy-pliti-2-sht-up-halsa-27337" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-shkafov-i-holodilnikov-kleevoy-halsa-27339" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vorota-bezopasnosti-v-dvernoy-proem-halsa-29250" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-universalniy-beliy-1-sht-up-halsa-25686" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-dvernoy-ruchki-halsa-27341" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-babochka-dlya-razdvijnogo-okna-1-sht-up-halsa-25692" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-dlya-razdvijnogo-okna-1-sht-up-halsa-25693" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-cherniy-1-sht-up-halsa-25696" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-kleevoy-halsa-27340" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-premium-seriy-1-sht-up-halsa-31071" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-dlya-dvernoy-ruchki-povorotniy-halsa-31072" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-premium-beliy-halsa-31077" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I118"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1213,3195 +1213,3195 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>1431.49</v>
+        <v>314.87</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>1814</v>
+        <v>698</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>5</v>
+        <v>60</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="3" t="s">
+      <c r="A6" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>2709.5</v>
+        <v>452.32</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>768</v>
+        <v>142</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>9788.9</v>
+        <v>2225.98</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>454</v>
+        <v>3</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B10" s="3" t="s">
+      <c r="C10" s="3">
+        <v>3216.36</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="3">
+        <v>692</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>32</v>
+      </c>
+      <c r="I10" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="C10" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C13" s="3">
+        <v>2238.71</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" s="3">
+        <v>0</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>50</v>
+      </c>
+      <c r="I13" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="C13" s="3">
-[...77 lines deleted...]
-      </c>
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C16" s="3">
-        <v>474.94</v>
+        <v>5706.6</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>120</v>
+        <v>4</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C17" s="3">
-        <v>474.94</v>
+        <v>2999</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>589</v>
+        <v>390</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>120</v>
+        <v>1</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C18" s="3">
+        <v>2399</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F18" s="3">
+        <v>430</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>12</v>
+      </c>
+      <c r="I18" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C19" s="3">
+        <v>2659</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="3">
+        <v>26</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>1</v>
+      </c>
+      <c r="I19" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="B20" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="C18" s="3">
-[...45 lines deleted...]
-      <c r="I20" s="2"/>
+      <c r="C20" s="3">
+        <v>2599</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F20" s="3">
+        <v>489</v>
+      </c>
+      <c r="G20" s="3">
+        <v>1</v>
+      </c>
+      <c r="H20" s="3">
+        <v>16</v>
+      </c>
+      <c r="I20" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C21" s="3">
-        <v>5399</v>
+        <v>2619</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>573</v>
+        <v>316</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C22" s="3">
-        <v>3270</v>
+        <v>2399</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>331</v>
+        <v>604</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C23" s="3">
-        <v>4849</v>
+        <v>2759</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>684</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C25" s="3">
+        <v>935.93</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F25" s="3">
+        <v>0</v>
+      </c>
+      <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
+        <v>40</v>
+      </c>
+      <c r="I25" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="C27" s="3">
-        <v>675.35</v>
+        <v>1778.49</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>2034</v>
+        <v>221</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C28" s="3">
-        <v>366.16</v>
+        <v>635.04</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>982</v>
+        <v>5</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="I28" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="C29" s="3">
-        <v>605.68</v>
+        <v>1531.14</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>2042</v>
+        <v>13</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C30" s="3">
-        <v>930.99</v>
+        <v>1363.43</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>83</v>
+        <v>29</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C31" s="3">
-        <v>366.17</v>
+        <v>345.47</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>870</v>
+        <v>1061</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>200</v>
+        <v>280</v>
       </c>
       <c r="I31" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C32" s="3">
-        <v>403.79</v>
+        <v>837.15</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>607</v>
+        <v>224</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="I32" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="C33" s="3">
-        <v>1101.24</v>
+        <v>372</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>978</v>
+        <v>882</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="C34" s="3">
-        <v>1560.09</v>
+        <v>372</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>409</v>
+        <v>798</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>50</v>
+        <v>90</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="C35" s="3">
-        <v>298.72</v>
+        <v>1515.83</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>1072</v>
+        <v>95</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I35" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="C36" s="3">
-        <v>675.35</v>
+        <v>680.4</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
       <c r="F36" s="3">
-        <v>2632</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A37" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I37" s="2"/>
+      <c r="A37" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="C37" s="3">
+        <v>639.21</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F37" s="3">
+        <v>120</v>
+      </c>
+      <c r="G37" s="3">
+        <v>1</v>
+      </c>
+      <c r="H37" s="3">
+        <v>24</v>
+      </c>
+      <c r="I37" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C38" s="3">
-        <v>289.08</v>
+        <v>311.24</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>886</v>
+        <v>1093</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>200</v>
+        <v>280</v>
       </c>
       <c r="I38" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C39" s="3">
+        <v>577.97</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F39" s="3">
+        <v>640</v>
+      </c>
+      <c r="G39" s="3">
+        <v>1</v>
+      </c>
+      <c r="H39" s="3">
+        <v>189</v>
+      </c>
+      <c r="I39" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A40" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B40" s="2"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
+      <c r="I40" s="2"/>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...80 lines deleted...]
-      </c>
+      <c r="B41" s="2"/>
+      <c r="C41" s="2"/>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2"/>
+      <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="C42" s="3">
-        <v>638.39</v>
+        <v>4838.4</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>963</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="C43" s="3">
-        <v>638.39</v>
+        <v>1206.58</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>617</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>200</v>
+        <v>48</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="C44" s="3">
-        <v>536.26</v>
+        <v>474.94</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="C45" s="3">
-        <v>536.26</v>
+        <v>446.48</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>1450</v>
+        <v>698</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="C46" s="3">
-        <v>762.05</v>
+        <v>494.72</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>355</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="C47" s="3">
-        <v>164.91</v>
+        <v>474.94</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>853</v>
+        <v>583</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I47" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A48" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B48" s="2"/>
+      <c r="C48" s="2"/>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2"/>
+      <c r="G48" s="2"/>
+      <c r="H48" s="2"/>
+      <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="C49" s="3">
-        <v>271.66</v>
+        <v>9788.9</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>1832</v>
+        <v>361</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>200</v>
+        <v>8</v>
       </c>
       <c r="I49" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="C50" s="3">
-        <v>367.09</v>
+        <v>10265</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>893</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>200</v>
+        <v>8</v>
       </c>
       <c r="I50" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="C51" s="3">
-        <v>269.8</v>
+        <v>10278.3</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>200</v>
+        <v>8</v>
       </c>
       <c r="I51" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A52" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A52" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B52" s="2"/>
+      <c r="C52" s="2"/>
+      <c r="D52" s="2"/>
+      <c r="E52" s="2"/>
+      <c r="F52" s="2"/>
+      <c r="G52" s="2"/>
+      <c r="H52" s="2"/>
+      <c r="I52" s="2"/>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="C53" s="3">
-        <v>919.3</v>
+        <v>6745.18</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="I53" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="C54" s="3">
-        <v>271.75</v>
+        <v>1431.49</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>234</v>
+        <v>1479</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="C55" s="3">
-        <v>385.45</v>
+        <v>2709.5</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>1915</v>
+        <v>770</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A56" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A56" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B56" s="2"/>
+      <c r="C56" s="2"/>
+      <c r="D56" s="2"/>
+      <c r="E56" s="2"/>
+      <c r="F56" s="2"/>
+      <c r="G56" s="2"/>
+      <c r="H56" s="2"/>
+      <c r="I56" s="2"/>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A57" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A57" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B57" s="2"/>
+      <c r="C57" s="2"/>
+      <c r="D57" s="2"/>
+      <c r="E57" s="2"/>
+      <c r="F57" s="2"/>
+      <c r="G57" s="2"/>
+      <c r="H57" s="2"/>
+      <c r="I57" s="2"/>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="C58" s="3">
-        <v>577.16</v>
+        <v>4849</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>6109</v>
+        <v>389</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="C59" s="3">
-        <v>329.81</v>
+        <v>5399</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>2</v>
+        <v>314</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I59" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="C60" s="3">
-        <v>385.45</v>
+        <v>3270</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I60" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A61" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A61" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B61" s="2"/>
+      <c r="C61" s="2"/>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>125</v>
+        <v>115</v>
       </c>
       <c r="C62" s="3">
-        <v>4596.48</v>
+        <v>675.35</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F62" s="3">
-        <v>27</v>
+        <v>2032</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="I62" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="C63" s="3">
-        <v>605.68</v>
+        <v>1560.09</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="F63" s="3">
-        <v>833</v>
+        <v>412</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="C64" s="3">
-        <v>468.05</v>
+        <v>312.03</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>66</v>
+        <v>116</v>
       </c>
       <c r="F64" s="3">
-        <v>175</v>
+        <v>3609</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>200</v>
       </c>
       <c r="I64" s="3">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="C65" s="3">
-        <v>462.87</v>
+        <v>930.99</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F65" s="3">
-        <v>534</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I65" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="C66" s="3">
-        <v>329.81</v>
+        <v>675.35</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>51</v>
+        <v>116</v>
       </c>
       <c r="F66" s="3">
-        <v>673</v>
+        <v>2312</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>135</v>
+        <v>126</v>
       </c>
       <c r="C67" s="3">
-        <v>985.69</v>
+        <v>266.99</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F67" s="3">
-        <v>1650</v>
+        <v>1380</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>200</v>
       </c>
       <c r="I67" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
       <c r="C68" s="3">
-        <v>253.3</v>
+        <v>366.16</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>51</v>
+        <v>116</v>
       </c>
       <c r="F68" s="3">
-        <v>3415</v>
+        <v>43</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I68" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>138</v>
+        <v>129</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>139</v>
+        <v>130</v>
       </c>
       <c r="C69" s="3">
-        <v>289.08</v>
+        <v>403.79</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
       <c r="F69" s="3">
-        <v>1</v>
+        <v>607</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>200</v>
       </c>
       <c r="I69" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="C70" s="3">
-        <v>211.99</v>
+        <v>366.17</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>51</v>
+        <v>116</v>
       </c>
       <c r="F70" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>200</v>
       </c>
       <c r="I70" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>142</v>
+        <v>133</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>143</v>
+        <v>134</v>
       </c>
       <c r="C71" s="3">
-        <v>770.9</v>
+        <v>298.72</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>51</v>
+        <v>116</v>
       </c>
       <c r="F71" s="3">
-        <v>688</v>
+        <v>32</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I71" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="C72" s="3">
-        <v>481.79</v>
+        <v>605.68</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F72" s="3">
-        <v>153</v>
+        <v>1901</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>146</v>
+        <v>137</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>147</v>
+        <v>138</v>
       </c>
       <c r="C73" s="3">
-        <v>461.74</v>
+        <v>1101.24</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="F73" s="3">
-        <v>19</v>
+        <v>811</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A74" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A74" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B74" s="2"/>
+      <c r="C74" s="2"/>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>151</v>
+        <v>141</v>
       </c>
       <c r="C75" s="3">
-        <v>550.37</v>
+        <v>2520</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>543</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>200</v>
+        <v>6</v>
       </c>
       <c r="I75" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>152</v>
+        <v>142</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>153</v>
+        <v>143</v>
       </c>
       <c r="C76" s="3">
-        <v>886.5</v>
+        <v>1277.44</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F76" s="3">
-        <v>2633</v>
+        <v>589</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I76" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A77" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I77" s="2"/>
+      <c r="A77" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C77" s="3">
+        <v>3512.81</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F77" s="3">
+        <v>0</v>
+      </c>
+      <c r="G77" s="3">
+        <v>1</v>
+      </c>
+      <c r="H77" s="3">
+        <v>6</v>
+      </c>
+      <c r="I77" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>156</v>
+        <v>147</v>
       </c>
       <c r="C78" s="3">
         <v>726.51</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>100</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A79" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A79" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="B79" s="2"/>
+      <c r="C79" s="2"/>
+      <c r="D79" s="2"/>
+      <c r="E79" s="2"/>
+      <c r="F79" s="2"/>
+      <c r="G79" s="2"/>
+      <c r="H79" s="2"/>
+      <c r="I79" s="2"/>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>159</v>
+        <v>149</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="C80" s="3">
-        <v>3512.81</v>
+        <v>253.3</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F80" s="3">
-        <v>0</v>
+        <v>3105</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>6</v>
+        <v>200</v>
       </c>
       <c r="I80" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="C81" s="3">
-        <v>2520</v>
+        <v>271.66</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F81" s="3">
-        <v>0</v>
+        <v>1696</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>6</v>
+        <v>200</v>
       </c>
       <c r="I81" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A82" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I82" s="2"/>
+      <c r="A82" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="C82" s="3">
+        <v>367.09</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F82" s="3">
+        <v>822</v>
+      </c>
+      <c r="G82" s="3">
+        <v>1</v>
+      </c>
+      <c r="H82" s="3">
+        <v>200</v>
+      </c>
+      <c r="I82" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A83" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I83" s="2"/>
+      <c r="A83" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C83" s="3">
+        <v>329.81</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F83" s="3">
+        <v>1</v>
+      </c>
+      <c r="G83" s="3">
+        <v>1</v>
+      </c>
+      <c r="H83" s="3">
+        <v>200</v>
+      </c>
+      <c r="I83" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="C84" s="3">
-        <v>2238.71</v>
+        <v>211.99</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F84" s="3">
         <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A85" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I85" s="2"/>
+      <c r="A85" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="C85" s="3">
+        <v>269.8</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F85" s="3">
+        <v>0</v>
+      </c>
+      <c r="G85" s="3">
+        <v>1</v>
+      </c>
+      <c r="H85" s="3">
+        <v>200</v>
+      </c>
+      <c r="I85" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A86" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I86" s="2"/>
+      <c r="A86" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C86" s="3">
+        <v>458.85</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F86" s="3">
+        <v>0</v>
+      </c>
+      <c r="G86" s="3">
+        <v>1</v>
+      </c>
+      <c r="H86" s="3">
+        <v>200</v>
+      </c>
+      <c r="I86" s="3">
+        <v>2</v>
+      </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="C87" s="3">
-        <v>5706.6</v>
+        <v>164.91</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F87" s="3">
-        <v>405</v>
+        <v>272</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="I87" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="C88" s="3">
-        <v>2999</v>
+        <v>550.37</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>393</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I88" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="C89" s="3">
-        <v>2759</v>
+        <v>385.45</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F89" s="3">
-        <v>571</v>
+        <v>1296</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>8</v>
+        <v>200</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="C90" s="3">
-        <v>2399</v>
+        <v>577.16</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F90" s="3">
-        <v>787</v>
+        <v>4264</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="C91" s="3">
-        <v>2619</v>
+        <v>343.31</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F91" s="3">
-        <v>529</v>
+        <v>2947</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I91" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="C92" s="3">
-        <v>2659</v>
+        <v>366.16</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F92" s="3">
-        <v>194</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="C93" s="3">
-        <v>2399</v>
+        <v>329.81</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F93" s="3">
-        <v>640</v>
+        <v>1080</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I93" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="C94" s="3">
-        <v>2599</v>
+        <v>289.08</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F94" s="3">
-        <v>750</v>
+        <v>844</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>16</v>
+        <v>200</v>
       </c>
       <c r="I94" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A95" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I95" s="2"/>
+      <c r="A95" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C95" s="3">
+        <v>536.26</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F95" s="3">
+        <v>0</v>
+      </c>
+      <c r="G95" s="3">
+        <v>1</v>
+      </c>
+      <c r="H95" s="3">
+        <v>200</v>
+      </c>
+      <c r="I95" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C96" s="3">
-        <v>935.93</v>
+        <v>385.45</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I96" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A97" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I97" s="2"/>
+      <c r="A97" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="C97" s="3">
+        <v>188.46</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F97" s="3">
+        <v>0</v>
+      </c>
+      <c r="G97" s="3">
+        <v>1</v>
+      </c>
+      <c r="H97" s="3">
+        <v>200</v>
+      </c>
+      <c r="I97" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="C98" s="3">
-        <v>1515.83</v>
+        <v>468.05</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="F98" s="3">
-        <v>96</v>
+        <v>6</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I98" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="C99" s="3">
-        <v>1363.43</v>
+        <v>481.79</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="I99" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C100" s="3">
-        <v>680.4</v>
+        <v>888.54</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>66</v>
+        <v>116</v>
       </c>
       <c r="F100" s="3">
-        <v>1</v>
+        <v>810</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>84</v>
+        <v>200</v>
       </c>
       <c r="I100" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="C101" s="3">
-        <v>1531.14</v>
+        <v>963.58</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="F101" s="3">
-        <v>16</v>
+        <v>780</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I101" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="C102" s="3">
-        <v>372</v>
+        <v>762.05</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>883</v>
+        <v>71</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B103" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="C103" s="3">
+        <v>462.87</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F103" s="3">
+        <v>501</v>
+      </c>
+      <c r="G103" s="3">
+        <v>1</v>
+      </c>
+      <c r="H103" s="3">
         <v>200</v>
-      </c>
-[...16 lines deleted...]
-        <v>12</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C104" s="3">
-        <v>837.15</v>
+        <v>919.3</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="F104" s="3">
-        <v>225</v>
+        <v>184</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I104" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C105" s="3">
-        <v>311.24</v>
+        <v>271.75</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F105" s="3">
-        <v>1094</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>280</v>
+        <v>200</v>
       </c>
       <c r="I105" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C106" s="3">
-        <v>345.47</v>
+        <v>638.39</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>1062</v>
+        <v>127</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>280</v>
+        <v>200</v>
       </c>
       <c r="I106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C107" s="3">
-        <v>635.04</v>
+        <v>770.9</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="F107" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I107" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C108" s="3">
-        <v>639.21</v>
+        <v>605.68</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>121</v>
+        <v>575</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="I108" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="C109" s="3">
-        <v>577.97</v>
+        <v>4596.48</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>641</v>
+        <v>27</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>189</v>
+        <v>3</v>
       </c>
       <c r="I109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="C110" s="3">
+        <v>289.08</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F110" s="3">
+        <v>1</v>
+      </c>
+      <c r="G110" s="3">
+        <v>1</v>
+      </c>
+      <c r="H110" s="3">
+        <v>200</v>
+      </c>
+      <c r="I110" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="C111" s="3">
+        <v>886.5</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F111" s="3">
+        <v>757</v>
+      </c>
+      <c r="G111" s="3">
+        <v>1</v>
+      </c>
+      <c r="H111" s="3">
+        <v>200</v>
+      </c>
+      <c r="I111" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A112" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="B110" s="3" t="s">
+      <c r="B112" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="C110" s="3">
-[...45 lines deleted...]
-      <c r="I112" s="2"/>
+      <c r="C112" s="3">
+        <v>265.94</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F112" s="3">
+        <v>336</v>
+      </c>
+      <c r="G112" s="3">
+        <v>1</v>
+      </c>
+      <c r="H112" s="3">
+        <v>200</v>
+      </c>
+      <c r="I112" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="C113" s="3">
+        <v>367.09</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F113" s="3">
+        <v>996</v>
+      </c>
+      <c r="G113" s="3">
+        <v>1</v>
+      </c>
+      <c r="H113" s="3">
+        <v>200</v>
+      </c>
+      <c r="I113" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A114" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="B113" s="3" t="s">
+      <c r="B114" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="C113" s="3">
-[...32 lines deleted...]
-      <c r="I114" s="2"/>
+      <c r="C114" s="3">
+        <v>329.81</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F114" s="3">
+        <v>0</v>
+      </c>
+      <c r="G114" s="3">
+        <v>1</v>
+      </c>
+      <c r="H114" s="3">
+        <v>200</v>
+      </c>
+      <c r="I114" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B115" s="3" t="s">
+      <c r="C115" s="3">
+        <v>461.74</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F115" s="3">
+        <v>0</v>
+      </c>
+      <c r="G115" s="3">
+        <v>1</v>
+      </c>
+      <c r="H115" s="3">
+        <v>200</v>
+      </c>
+      <c r="I115" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A116" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="C115" s="3">
-[...22 lines deleted...]
-      <c r="A116" s="2" t="s">
+      <c r="B116" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="B116" s="2"/>
-[...6 lines deleted...]
-      <c r="I116" s="2"/>
+      <c r="C116" s="3">
+        <v>638.39</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F116" s="3">
+        <v>311</v>
+      </c>
+      <c r="G116" s="3">
+        <v>1</v>
+      </c>
+      <c r="H116" s="3">
+        <v>200</v>
+      </c>
+      <c r="I116" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C117" s="3">
-        <v>3216.36</v>
+        <v>985.69</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>895</v>
+        <v>1486</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="I117" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C118" s="3">
-        <v>2225.98</v>
+        <v>536.26</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>0</v>
+        <v>872</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="I118" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A6:I6"/>
     <mergeCell ref="A8:I8"/>
+    <mergeCell ref="A11:I11"/>
     <mergeCell ref="A12:I12"/>
-    <mergeCell ref="A19:I19"/>
-    <mergeCell ref="A20:I20"/>
+    <mergeCell ref="A14:I14"/>
+    <mergeCell ref="A15:I15"/>
     <mergeCell ref="A24:I24"/>
-    <mergeCell ref="A37:I37"/>
-[...10 lines deleted...]
-    <mergeCell ref="A116:I116"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="A40:I40"/>
+    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A48:I48"/>
+    <mergeCell ref="A52:I52"/>
+    <mergeCell ref="A56:I56"/>
+    <mergeCell ref="A57:I57"/>
+    <mergeCell ref="A61:I61"/>
+    <mergeCell ref="A74:I74"/>
+    <mergeCell ref="A79:I79"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
-    <hyperlink ref="D6" r:id="rId2"/>
-[...92 lines deleted...]
-    <hyperlink ref="D115" r:id="rId95"/>
+    <hyperlink ref="D7" r:id="rId2"/>
+    <hyperlink ref="D9" r:id="rId3"/>
+    <hyperlink ref="D10" r:id="rId4"/>
+    <hyperlink ref="D13" r:id="rId5"/>
+    <hyperlink ref="D16" r:id="rId6"/>
+    <hyperlink ref="D17" r:id="rId7"/>
+    <hyperlink ref="D18" r:id="rId8"/>
+    <hyperlink ref="D19" r:id="rId9"/>
+    <hyperlink ref="D20" r:id="rId10"/>
+    <hyperlink ref="D21" r:id="rId11"/>
+    <hyperlink ref="D22" r:id="rId12"/>
+    <hyperlink ref="D23" r:id="rId13"/>
+    <hyperlink ref="D25" r:id="rId14"/>
+    <hyperlink ref="D27" r:id="rId15"/>
+    <hyperlink ref="D28" r:id="rId16"/>
+    <hyperlink ref="D29" r:id="rId17"/>
+    <hyperlink ref="D30" r:id="rId18"/>
+    <hyperlink ref="D31" r:id="rId19"/>
+    <hyperlink ref="D32" r:id="rId20"/>
+    <hyperlink ref="D33" r:id="rId21"/>
+    <hyperlink ref="D34" r:id="rId22"/>
+    <hyperlink ref="D35" r:id="rId23"/>
+    <hyperlink ref="D36" r:id="rId24"/>
+    <hyperlink ref="D37" r:id="rId25"/>
+    <hyperlink ref="D38" r:id="rId26"/>
+    <hyperlink ref="D39" r:id="rId27"/>
+    <hyperlink ref="D42" r:id="rId28"/>
+    <hyperlink ref="D43" r:id="rId29"/>
+    <hyperlink ref="D44" r:id="rId30"/>
+    <hyperlink ref="D45" r:id="rId31"/>
+    <hyperlink ref="D46" r:id="rId32"/>
+    <hyperlink ref="D47" r:id="rId33"/>
+    <hyperlink ref="D49" r:id="rId34"/>
+    <hyperlink ref="D50" r:id="rId35"/>
+    <hyperlink ref="D51" r:id="rId36"/>
+    <hyperlink ref="D53" r:id="rId37"/>
+    <hyperlink ref="D54" r:id="rId38"/>
+    <hyperlink ref="D55" r:id="rId39"/>
+    <hyperlink ref="D58" r:id="rId40"/>
+    <hyperlink ref="D59" r:id="rId41"/>
+    <hyperlink ref="D60" r:id="rId42"/>
+    <hyperlink ref="D62" r:id="rId43"/>
+    <hyperlink ref="D63" r:id="rId44"/>
+    <hyperlink ref="D64" r:id="rId45"/>
+    <hyperlink ref="D65" r:id="rId46"/>
+    <hyperlink ref="D66" r:id="rId47"/>
+    <hyperlink ref="D67" r:id="rId48"/>
+    <hyperlink ref="D68" r:id="rId49"/>
+    <hyperlink ref="D69" r:id="rId50"/>
+    <hyperlink ref="D70" r:id="rId51"/>
+    <hyperlink ref="D71" r:id="rId52"/>
+    <hyperlink ref="D72" r:id="rId53"/>
+    <hyperlink ref="D73" r:id="rId54"/>
+    <hyperlink ref="D75" r:id="rId55"/>
+    <hyperlink ref="D76" r:id="rId56"/>
+    <hyperlink ref="D77" r:id="rId57"/>
+    <hyperlink ref="D78" r:id="rId58"/>
+    <hyperlink ref="D80" r:id="rId59"/>
+    <hyperlink ref="D81" r:id="rId60"/>
+    <hyperlink ref="D82" r:id="rId61"/>
+    <hyperlink ref="D83" r:id="rId62"/>
+    <hyperlink ref="D84" r:id="rId63"/>
+    <hyperlink ref="D85" r:id="rId64"/>
+    <hyperlink ref="D86" r:id="rId65"/>
+    <hyperlink ref="D87" r:id="rId66"/>
+    <hyperlink ref="D88" r:id="rId67"/>
+    <hyperlink ref="D89" r:id="rId68"/>
+    <hyperlink ref="D90" r:id="rId69"/>
+    <hyperlink ref="D91" r:id="rId70"/>
+    <hyperlink ref="D92" r:id="rId71"/>
+    <hyperlink ref="D93" r:id="rId72"/>
+    <hyperlink ref="D94" r:id="rId73"/>
+    <hyperlink ref="D95" r:id="rId74"/>
+    <hyperlink ref="D96" r:id="rId75"/>
+    <hyperlink ref="D97" r:id="rId76"/>
+    <hyperlink ref="D98" r:id="rId77"/>
+    <hyperlink ref="D99" r:id="rId78"/>
+    <hyperlink ref="D100" r:id="rId79"/>
+    <hyperlink ref="D101" r:id="rId80"/>
+    <hyperlink ref="D102" r:id="rId81"/>
+    <hyperlink ref="D103" r:id="rId82"/>
+    <hyperlink ref="D104" r:id="rId83"/>
+    <hyperlink ref="D105" r:id="rId84"/>
+    <hyperlink ref="D106" r:id="rId85"/>
+    <hyperlink ref="D107" r:id="rId86"/>
+    <hyperlink ref="D108" r:id="rId87"/>
+    <hyperlink ref="D109" r:id="rId88"/>
+    <hyperlink ref="D110" r:id="rId89"/>
+    <hyperlink ref="D111" r:id="rId90"/>
+    <hyperlink ref="D112" r:id="rId91"/>
+    <hyperlink ref="D113" r:id="rId92"/>
+    <hyperlink ref="D114" r:id="rId93"/>
+    <hyperlink ref="D115" r:id="rId94"/>
+    <hyperlink ref="D116" r:id="rId95"/>
     <hyperlink ref="D117" r:id="rId96"/>
     <hyperlink ref="D118" r:id="rId97"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">