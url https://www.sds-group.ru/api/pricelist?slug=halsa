--- v1 (2025-12-08)
+++ v2 (2026-02-20)
@@ -8,733 +8,715 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="417" uniqueCount="227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="405" uniqueCount="221">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 HALSA</t>
   </si>
   <si>
-    <t>1.1 Уход</t>
-[...2 lines deleted...]
-    <t>1.1.1 Козырьки</t>
+    <t>1.1 Здоровье</t>
+  </si>
+  <si>
+    <t>1.1.1 Весы Halsa</t>
+  </si>
+  <si>
+    <t>HSL-H-211B</t>
+  </si>
+  <si>
+    <t>Умные весы черные HALSA</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>HSL-H-212W</t>
+  </si>
+  <si>
+    <t>Умные весы диагностические HALSA</t>
+  </si>
+  <si>
+    <t>HSL-H-221W</t>
+  </si>
+  <si>
+    <t>Умные весы белые HALSA</t>
+  </si>
+  <si>
+    <t>1.1.2 Чайники</t>
+  </si>
+  <si>
+    <t>HLS-K-104</t>
+  </si>
+  <si>
+    <t>Умный Wi-Fi чайник пластиковый, белый HALSA</t>
+  </si>
+  <si>
+    <t>HLS-K-102</t>
+  </si>
+  <si>
+    <t>Умный Wi-Fi чайник пластиковый с откидной крышкой, белый HALSA</t>
+  </si>
+  <si>
+    <t>HLS-K-103</t>
+  </si>
+  <si>
+    <t>Умный Wi-Fi чайник пластиковый, черный HALSA</t>
+  </si>
+  <si>
+    <t>1.1.3 Термометры</t>
+  </si>
+  <si>
+    <t>HLS-T-102</t>
+  </si>
+  <si>
+    <t>Термометр водный, зеленый HALSA</t>
+  </si>
+  <si>
+    <t>HLS-T-103</t>
+  </si>
+  <si>
+    <t>Термометр водный, синий, птичка HALSA</t>
+  </si>
+  <si>
+    <t>HLS-T-104</t>
+  </si>
+  <si>
+    <t>Термометр водный, оранжевый, птичка HALSA</t>
+  </si>
+  <si>
+    <t>HLS-E-101</t>
+  </si>
+  <si>
+    <t>Термогигрометр комнатный, цифровой, сенсорный, с функцией будильника HALSA</t>
+  </si>
+  <si>
+    <t>HLS-E-102</t>
+  </si>
+  <si>
+    <t>Метеостанция Wi-Fi с цветным дисплеем HALSA</t>
+  </si>
+  <si>
+    <t>HLS-T-101</t>
+  </si>
+  <si>
+    <t>Термометр водный, розовый HALSA</t>
+  </si>
+  <si>
+    <t>1.2 Детская безопасность</t>
+  </si>
+  <si>
+    <t>1.2.1 Камеры слежения</t>
+  </si>
+  <si>
+    <t>HSL-S-102W</t>
+  </si>
+  <si>
+    <t>Умная Wi-Fi камера 5в1 с часами, термометром и ночником HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-104W</t>
+  </si>
+  <si>
+    <t>Умная Wi-Fi камера поворотная HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-103W</t>
+  </si>
+  <si>
+    <t>Умная Wi-Fi камера Медвежонок HALSA</t>
+  </si>
+  <si>
+    <t>1.2.2 Накладки на мебель</t>
+  </si>
+  <si>
+    <t>HLS-S-108W</t>
+  </si>
+  <si>
+    <t>Универсальная самоклеящаяся лента на острые края 34х11х2000мм (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>блистер</t>
+  </si>
+  <si>
+    <t>HLS-S-102</t>
+  </si>
+  <si>
+    <t>Накладки-протекторы для мебели круглые прозрачные 43x43x24мм (4 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-109W</t>
+  </si>
+  <si>
+    <t>Универсальная самоклеящаяся лента на острые края 24х8х2000мм (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-110W</t>
+  </si>
+  <si>
+    <t>Набор для детской безопасности (мягкая универсальная лента на острые края + 4 мягкие насадки-протекторы уголовые) бежевый HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-111</t>
+  </si>
+  <si>
+    <t>Кромка защитная прозрачная 30х4х2000мм HALSA</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>HLS-S-110B</t>
+  </si>
+  <si>
+    <t>Набор для детской безопасности (мягкая универсальная лента на острые края + 4 мягкие насадки-протекторы уголовые) черный HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-110</t>
+  </si>
+  <si>
+    <t>Накладки защитные на углы (4 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-106W</t>
+  </si>
+  <si>
+    <t>Накладки-протекторы для мебели мягкие 32,8х10х52,5 мм (4 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-101</t>
+  </si>
+  <si>
+    <t>Накладки-протекторы для мебели треугольные прозрачные 42,7х42,7х19,5 мм (4 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-103</t>
+  </si>
+  <si>
+    <t>Накладки-протекторы для мебели треугольные прозрачные 24x34x19мм (8 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-107W</t>
+  </si>
+  <si>
+    <t>Накладки-протекторы для мебели мягкие 23,9х7,5х51,5 мм (4 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-112</t>
+  </si>
+  <si>
+    <t>Кромка защитная прозрачная 20х2,2х2000мм HALSA</t>
+  </si>
+  <si>
+    <t>1.2.3 Блокираторы доступа</t>
+  </si>
+  <si>
+    <t>HLS-S-202</t>
+  </si>
+  <si>
+    <t>Блокировка для мебели универсальная, короткая (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-206</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для духовки (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-213</t>
+  </si>
+  <si>
+    <t>Внутренний магнитный замок-блокиратор для выдвижных ящиков (4 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-210</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для выдвижных ящиков скругленный (1 шт/уп)  HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-220</t>
+  </si>
+  <si>
+    <t>Кожух защитный для кухонной плиты (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-507</t>
+  </si>
+  <si>
+    <t>Пробка дверная предохранительная для защиты пальцев HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-303</t>
+  </si>
+  <si>
+    <t>Замок защитный оконный HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-801</t>
+  </si>
+  <si>
+    <t>Ворота безопасности в дверной проем HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-207-1</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для холодильника Premium, белый (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-217B</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для духового шкафа Premium, черный HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-404</t>
+  </si>
+  <si>
+    <t>Блокиратор дверной ручки HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-502</t>
+  </si>
+  <si>
+    <t>Ограничитель-стоппер для двери, EVA (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-218</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Замок-блокиратор для шкафов и холодильников клеевой HALSA </t>
+  </si>
+  <si>
+    <t>HLS-S-201</t>
+  </si>
+  <si>
+    <t>Блокировка для мебели универсальная, длинная (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-203G</t>
+  </si>
+  <si>
+    <t>Блокировка для мебели универсальная с регулируемой длиной (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-205G</t>
+  </si>
+  <si>
+    <t>Блокиратор универсальный серый (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-214</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для створок шкафов, 3,5х9,7см (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-506</t>
+  </si>
+  <si>
+    <t>Ограничитель-стоппер для двери, с держателем (2 шт/уп)  HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-601</t>
+  </si>
+  <si>
+    <t>Заглушки для розеток, 3,7х3,3х2,5 см, PP (6 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-602</t>
+  </si>
+  <si>
+    <t>Заглушки для розеток, 3,7х3,3х0,3см, ABS (6 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-207</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для холодильника, белый (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-504</t>
+  </si>
+  <si>
+    <t>Ограничитель-стоппер для двери, TPR (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-208-1</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для холодильника Premium, серый (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-219</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для духового шкафа клеевой HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-209</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для выдвижных ящиков квадратный (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-215W</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для створок шкафов, 4х9,6 см (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-505</t>
+  </si>
+  <si>
+    <t>Ограничитель-стоппер для двери (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-603</t>
+  </si>
+  <si>
+    <t>Заглушки для розеток, 3,7х3,6х1,4 см, ABS (6 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-304</t>
+  </si>
+  <si>
+    <t>Ограничитель для шкафа-купе и раздвижного окна (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-301</t>
+  </si>
+  <si>
+    <t>Ограничитель-бабочка для раздвижного окна (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-302</t>
+  </si>
+  <si>
+    <t>Ограничитель для раздвижного окна (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-208</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для холодильника, черный (1 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-403</t>
+  </si>
+  <si>
+    <t>Блокиратор для дверной ручки поворотный HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-508</t>
+  </si>
+  <si>
+    <t>Пробка-стоппер для двери поворотная HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-211</t>
+  </si>
+  <si>
+    <t>Внешний замок-блокиратор для выдвижных ящиков Premium (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-217W</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для духового шкафа Premium, белый HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-901</t>
+  </si>
+  <si>
+    <t>Замок-блокиратор для крышки унитаза Premium HALSA</t>
+  </si>
+  <si>
+    <t>1.2.4 Защита от падения</t>
+  </si>
+  <si>
+    <t>HLS-S-701G</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бортик защитный для кровати, серый HALSA </t>
+  </si>
+  <si>
+    <t>HLS-S-701W</t>
+  </si>
+  <si>
+    <t>Бортик защитный для кровати, белый HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-405</t>
+  </si>
+  <si>
+    <t>Держатель для мебели настенный HALSA</t>
+  </si>
+  <si>
+    <t>HLS-S-701</t>
+  </si>
+  <si>
+    <t>Ремни для крепления телевизора и мебели (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>1.3 Освещение</t>
+  </si>
+  <si>
+    <t>1.3.1 Ночники Halsa</t>
+  </si>
+  <si>
+    <t>HLS-L-102W</t>
+  </si>
+  <si>
+    <t>Беспроводной ночник Медвежонок HALSA</t>
+  </si>
+  <si>
+    <t>1.4 Чистота</t>
+  </si>
+  <si>
+    <t>1.4.1 Мусорные ведра</t>
+  </si>
+  <si>
+    <t>HSL-C-102</t>
+  </si>
+  <si>
+    <t>Мусорное ведро с датчиком движения круглое, 10л HALSA</t>
+  </si>
+  <si>
+    <t>HSL-C-104</t>
+  </si>
+  <si>
+    <t>Мусорное ведро с датчиком движения круглое, 12л HALSA</t>
+  </si>
+  <si>
+    <t>HSL-C-105</t>
+  </si>
+  <si>
+    <t>Мусорное ведро с датчиком движения, 15л HALSA</t>
+  </si>
+  <si>
+    <t>HSL-C-106</t>
+  </si>
+  <si>
+    <t>Мусорное ведро с датчиком движения, 18л HALSA</t>
+  </si>
+  <si>
+    <t>HSL-C-107</t>
+  </si>
+  <si>
+    <t>Мусорное ведро с датчиком движения, 12л HALSA</t>
+  </si>
+  <si>
+    <t>HSL-C-101</t>
+  </si>
+  <si>
+    <t>Мусорное ведро с датчиком движения, 10л HALSA</t>
+  </si>
+  <si>
+    <t>HSL-C-103</t>
+  </si>
+  <si>
+    <t>Мусорное ведро с датчиком движения, 7л HALSA</t>
+  </si>
+  <si>
+    <t>1.4.2 Диспенсеры для мыла</t>
+  </si>
+  <si>
+    <t>HLS-H-103</t>
+  </si>
+  <si>
+    <t>Автоматический сенсорный диспенсер для жидкого мыла HALSA</t>
+  </si>
+  <si>
+    <t>1.4.3 Держатели для Ванной/Кухни</t>
+  </si>
+  <si>
+    <t>HLS-F-104W</t>
+  </si>
+  <si>
+    <t>Полка для ванной комнаты на вакуумной присоске, угловая HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-108W</t>
+  </si>
+  <si>
+    <t>Держатель для бумажных полотенец настенный на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-111W</t>
+  </si>
+  <si>
+    <t>Держатель для зубных щеток на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-105W</t>
+  </si>
+  <si>
+    <t>Вешалка для полотенец настенная на вакуумной присоске, 5 крючков HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-103W</t>
+  </si>
+  <si>
+    <t>Полка для ванной комнаты на вакуумной присоске, прямая HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-113W</t>
+  </si>
+  <si>
+    <t>Стакан для зубных щеток и пасты на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-114W</t>
+  </si>
+  <si>
+    <t>Стакан для зубных щеток двойной на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-110W</t>
+  </si>
+  <si>
+    <t>Полка двухъярусная настенная на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-109W</t>
+  </si>
+  <si>
+    <t>Держатель для туалетной бумаги настенный на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-101W</t>
+  </si>
+  <si>
+    <t>Крючок универсальный на вакуумной присоске, пластик (2 шт/уп) HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-102W</t>
+  </si>
+  <si>
+    <t>Стакан для зубных щеток на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-107W</t>
+  </si>
+  <si>
+    <t>Полка для ванной и кухни с крючками на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>HLS-F-112W</t>
+  </si>
+  <si>
+    <t>Держатель для бритвенного станка на вакуумной присоске HALSA</t>
+  </si>
+  <si>
+    <t>1.5 Уход</t>
+  </si>
+  <si>
+    <t>1.5.1 Козырьки</t>
   </si>
   <si>
     <t>HLS-HY-101</t>
   </si>
   <si>
     <t>Козырек для купания детей голубой (бегемотик) HALSA</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...5 lines deleted...]
-    <t>1.1.2 Фартуки</t>
+    <t>1.5.2 Фартуки</t>
   </si>
   <si>
     <t>HLS-BI-101</t>
   </si>
   <si>
     <t>Фартук нагрудный для кормления с жестким карманом, зеленый с розовым HALSA</t>
   </si>
   <si>
-    <t>1.1.3 Машинки для стрижки</t>
+    <t>1.5.3 Машинки для стрижки</t>
+  </si>
+  <si>
+    <t>60-0616</t>
+  </si>
+  <si>
+    <t>Машинка для стрижки волос детская, белая HALSA</t>
   </si>
   <si>
     <t>60-0617</t>
   </si>
   <si>
     <t>Машинка для стрижки волос детская, зеленая HALSA</t>
-  </si>
-[...613 lines deleted...]
-    <t>Замок-блокиратор для духового шкафа Premium, белый HALSA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1119,56 +1101,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kozirek-dlya-kupaniya-detey-goluboy-begemotik-halsa-29811" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fartuk-nagrudniy-dlya-kormleniya-s-jestkim-karmanom-zeleniy-s-rozovim-halsa-29809" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mashinka-dlya-strijki-volos-detskaya-zelenaya-halsa-26203" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mashinka-dlya-strijki-volos-detskaya-belaya-halsa-26202" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-nochnik-medvejonok-halsa-28549" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/utilizator-nakopitel-podguznikov-halsa-31692" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-10l-halsa-25713" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-krugloe-12l-halsa-27842" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-krugloe-10l-halsa-25714" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-15l-halsa-27843" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-7l-halsa-25715" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-12l-halsa-28726" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvijeniya-18l-halsa-28725" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskiy-sensorniy-dispenser-dlya-jidkogo-mila-halsa-25717" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dvuhyarusnaya-nastennaya-na-vakuumnoy-prisoske-halsa-31517" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stakan-dlya-zubnih-schetok-na-vakuumnoy-prisoske-halsa-31509" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-vannoy-komnati-na-vakuumnoy-prisoske-pryamaya-halsa-31510" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-vannoy-i-kuhni-s-kryuchkami-na-vakuumnoy-prisoske-halsa-31514" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-britvennogo-stanka-na-vakuumnoy-prisoske-halsa-31519" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/veshalka-dlya-polotenets-nastennaya-na-vakuumnoy-prisoske-5-kryuchkov-halsa-31512" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stakan-dlya-zubnih-schetok-i-pasti-na-vakuumnoy-prisoske-halsa-31520" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stakan-dlya-zubnih-schetok-dvoynoy-na-vakuumnoy-prisoske-halsa-31521" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-vannoy-komnati-na-vakuumnoy-prisoske-uglovaya-halsa-31511" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuchok-universalniy-na-vakuumnoy-prisoske-plastik-2-sht-up-halsa-31522" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-bumajnih-polotenets-nastenniy-na-vakuumnoy-prisoske-halsa-31515" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-zubnih-schetok-na-vakuumnoy-prisoske-halsa-31518" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-tualetnoy-bumagi-nastenniy-na-vakuumnoy-prisoske-halsa-31516" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-wi-fi-s-tsvetnim-displeem-halsa-26765" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termogigrometr-komnatniy-tsifrovoy-sensorniy-s-funktsiey-budilnika-halsa-25719" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-vodniy-zeleniy-halsa-29991" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-vodniy-oranjeviy-ptichka-halsa-29815" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-vodniy-siniy-ptichka-halsa-29814" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-vodniy-rozoviy-halsa-29813" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umniy-wi-fi-chaynik-plastikoviy-beliy-halsa-31256" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umniy-wi-fi-chaynik-plastikoviy-beliy-halsa-29304" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umniy-wi-fi-chaynik-plastikoviy-cherniy-halsa-29305" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnie-vesi-chernie-halsa-25720" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnie-vesi-belie-halsa-25721" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnie-vesi-diagnosticheskie-halsa-29251" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-kamera-medvejonok-halsa-31257" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-kamera-5v1-s-chasami-termometrom-i-nochnikom-halsa-31255" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-kamera-povorotnaya-halsa-31258" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-detskoy-bezopasnosti-myagkaya-universalnaya-lenta-na-ostrie-kraya-4-myagkie-nasadki-protektori-ugolovie-bejeviy-halsa-25681" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kromka-zaschitnaya-prozrachnaya-30h4h2000mm-halsa-28952" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektori-dlya-mebeli-treugolnie-prozrachnie-24x34x19mm-8-sht-up-halsa-25676" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-samokleyuschayasya-lenta-na-ostrie-kraya-34h11h2000mm-1-sht-up-halsa-25679" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-detskoy-bezopasnosti-myagkaya-universalnaya-lenta-na-ostrie-kraya-4-myagkie-nasadki-protektori-ugolovie-cherniy-halsa-25682" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektori-dlya-mebeli-myagkie-23-9h7-5h51-5-mm-4-sht-up-halsa-25678" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektori-myagkie-dlya-mebeli-32-8h10h52-5-mm-4-sht-up-halsa-25677" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-zaschitnie-na-ugli-4-sht-up-halsa-28951" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektori-dlya-mebeli-treugolnie-prozrachnie-42-7h42-7h19-5-mm-4-sht-up-halsa-25716" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektori-dlya-mebeli-kruglie-prozrachnie-43x43x24mm-4-sht-up-halsa-25675" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-samokleyuschayasya-lenta-na-ostrie-kraya-24h8h2000mm-1-sht-up-halsa-25680" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kromka-zaschitnaya-prozrachnaya-20h2-2h2000mm-halsa-28953" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bortik-zaschitniy-dlya-krovati-seriy-halsa-27168" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remni-dlya-krepleniya-televizora-i-mebeli-2-sht-up-halsa-25704" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bortik-zaschitniy-dlya-krovati-beliy-halsa-27169" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-mebeli-nastenniy-halsa-28956" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-dlinnaya-2-sht-up-halsa-25683" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-korotkaya-2-sht-up-halsa-25684" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-universalniy-seriy-1-sht-up-halsa-25687" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-beliy-1-sht-up-halsa-25695" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-tpr-1-sht-up-halsa-25698" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-s-reguliruemoy-dlinoy-1-sht-up-halsa-25685" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-stvorok-shkafov-4h9-6-sm-2-sht-up-halsa-25691" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-6h1-4-sm-abs-6-sht-up-halsa-25703" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/probka-stopper-dlya-dveri-povorotnaya-halsa-31075" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-kvadratniy-1-sht-up-halsa-25688" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovki-1-sht-up-halsa-25694" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-stvorok-shkafov-3-5h9-7sm-2-sht-up-halsa-25690" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-reguliruemiy-2-sht-up-halsa-25700" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-3h2-5-sm-pp-6-sht-up-halsa-25701" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-3h3-3sm-abs-6-sht-up-halsa-25702" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-premium-cherniy-halsa-31076" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-2-sht-up-halsa-25699" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-eva-1-sht-up-halsa-25697" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-shkafov-i-holodilnikov-halsa-28955" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/probka-dvernaya-predohranitelnaya-dlya-zaschiti-paltsev-halsa-27338" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-premium-2-sht-up-halsa-31074" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-zaschitniy-okonniy-halsa-28954" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-krishki-unitaza-premium-halsa-31078" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-dlya-shkafa-kupe-i-razdvijnogo-okna-1-sht-up-halsa-31073" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vnutrenniy-magnitniy-zamok-blokirator-dlya-vidvijnih-yaschikov-4-sht-up-halsa-25689" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vidvijnih-yaschikov-skruglenniy-1-sht-up-halsa-25705" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-premium-beliy-1-sht-up-halsa-31070" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kojuh-zaschitniy-dlya-kuhonnoy-pliti-2-sht-up-halsa-27337" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-shkafov-i-holodilnikov-kleevoy-halsa-27339" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vorota-bezopasnosti-v-dvernoy-proem-halsa-29250" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-universalniy-beliy-1-sht-up-halsa-25686" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-dvernoy-ruchki-halsa-27341" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-babochka-dlya-razdvijnogo-okna-1-sht-up-halsa-25692" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-dlya-razdvijnogo-okna-1-sht-up-halsa-25693" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-cherniy-1-sht-up-halsa-25696" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-kleevoy-halsa-27340" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-premium-seriy-1-sht-up-halsa-31071" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-dlya-dvernoy-ruchki-povorotniy-halsa-31072" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-premium-beliy-halsa-31077" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnye-vesy-chernye-halsa" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnye-vesy-diagnosticheskie-halsa" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnye-vesy-belye-halsa" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnyy-wi-fi-chaynik-plastikovyy-belyy-halsa" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnyy-wi-fi-chaynik-plastikovyy-s-otkidnoy-kryshkoy-belyy-halsa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnyy-wi-fi-chaynik-plastikovyy-chernyy-halsa" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-vodnyy-zelenyy-halsa" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-vodnyy-siniy-ptichka-halsa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-vodnyy-oranzhevyy-ptichka-halsa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termogigrometr-komnatnyy-tsifrovoy-sensornyy-s-funktsiey-budilnika-halsa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/meteostantsiya-wi-fi-s-tsvetnym-displeem-halsa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-vodnyy-rozovyy-halsa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-kamera-5v1-s-chasami-termometrom-i-nochnikom-halsa" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-kamera-povorotnaya-halsa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-wi-fi-kamera-medvezhonok-halsa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-samokleyaschayasya-lenta-na-ostrye-kraya-34h11h2000mm-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektory-dlya-mebeli-kruglye-prozrachnye-43x43x24mm-4-sht-up-halsa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-samokleyaschayasya-lenta-na-ostrye-kraya-24h8h2000mm-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-detskoy-bezopasnosti-myagkaya-universalnaya-lenta-na-ostrye-kraya-4-myagkie-nasadki-prote" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kromka-zaschitnaya-prozrachnaya-30h4h2000mm-halsa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-detskoy-bezopasnosti-myagkaya-universalnaya-lenta-na-ostrye-kraya-4-myagkie-nasadki-prote-2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-zaschitnye-na-ugly-4-sht-up-halsa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektory-dlya-mebeli-myagkie-32-8h10h52-5-mm-4-sht-up-halsa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektory-dlya-mebeli-treugolnye-prozrachnye-42-7h42-7h19-5-mm-4-sht-up-halsa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektory-dlya-mebeli-treugolnye-prozrachnye-24x34x19mm-8-sht-up-halsa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladki-protektory-dlya-mebeli-myagkie-23-9h7-5h51-5-mm-4-sht-up-halsa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kromka-zaschitnaya-prozrachnaya-20h2-2h2000mm-halsa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-korotkaya-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovki-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vnutrenniy-magnitnyy-zamok-blokirator-dlya-vydvizhnyh-yaschikov-4-sht-up-halsa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vydvizhnyh-yaschikov-skruglennyy-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kozhuh-zaschitnyy-dlya-kuhonnoy-plity-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/probka-dvernaya-predohranitelnaya-dlya-zaschity-paltsev-halsa" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-zaschitnyy-okonnyy-halsa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vorota-bezopasnosti-v-dvernoy-proem-halsa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-premium-belyy-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-premium-chernyy-halsa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-dvernoy-ruchki-halsa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-eva-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-shkafov-i-holodilnikov-kleevoy-halsa" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-dlinnaya-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirovka-dlya-mebeli-universalnaya-s-reguliruemoy-dlinoy-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-universalnyy-seryy-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-stvorok-shkafov-3-5h9-7sm-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-s-derzhatelem-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-3h2-5-sm-pp-6-sht-up-halsa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-3h0-3sm-abs-6-sht-up-halsa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-belyy-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-tpr-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-premium-seryy-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-kleevoy-halsa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vydvizhnyh-yaschikov-kvadratnyy-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-stvorok-shkafov-4h9-6-sm-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-stopper-dlya-dveri-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushki-dlya-rozetok-3-7h3-6h1-4-sm-abs-6-sht-up-halsa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-dlya-shkafa-kupe-i-razdvizhnogo-okna-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-babochka-dlya-razdvizhnogo-okna-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ogranichitel-dlya-razdvizhnogo-okna-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-holodilnika-chernyy-1-sht-up-halsa" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blokirator-dlya-dvernoy-ruchki-povorotnyy-halsa" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/probka-stopper-dlya-dveri-povorotnaya-halsa" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vneshniy-zamok-blokirator-dlya-vydvizhnyh-yaschikov-premium-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-duhovogo-shkafa-premium-belyy-halsa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-blokirator-dlya-kryshki-unitaza-premium-halsa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bortik-zaschitnyy-dlya-krovati-seryy-halsa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bortik-zaschitnyy-dlya-krovati-belyy-halsa" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-mebeli-nastennyy-halsa" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/remni-dlya-krepleniya-televizora-i-mebeli-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/besprovodnoy-nochnik-medvezhonok-halsa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvizheniya-krugloe-10l-halsa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvizheniya-krugloe-12l-halsa" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvizheniya-15l-halsa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvizheniya-18l-halsa" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvizheniya-12l-halsa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvizheniya-10l-halsa" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/musornoe-vedro-s-datchikom-dvizheniya-7l-halsa" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomaticheskiy-sensornyy-dispenser-dlya-zhidkogo-myla-halsa" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-vannoy-komnaty-na-vakuumnoy-prisoske-uglovaya-halsa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-bumazhnyh-polotenets-nastennyy-na-vakuumnoy-prisoske-halsa" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-zubnyh-schetok-na-vakuumnoy-prisoske-halsa" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/veshalka-dlya-polotenets-nastennaya-na-vakuumnoy-prisoske-5-kryuchkov-halsa" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-vannoy-komnaty-na-vakuumnoy-prisoske-pryamaya-halsa" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stakan-dlya-zubnyh-schetok-i-pasty-na-vakuumnoy-prisoske-halsa" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stakan-dlya-zubnyh-schetok-dvoynoy-na-vakuumnoy-prisoske-halsa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dvuhyarusnaya-nastennaya-na-vakuumnoy-prisoske-halsa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-tualetnoy-bumagi-nastennyy-na-vakuumnoy-prisoske-halsa" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuchok-universalnyy-na-vakuumnoy-prisoske-plastik-2-sht-up-halsa" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stakan-dlya-zubnyh-schetok-na-vakuumnoy-prisoske-halsa" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-vannoy-i-kuhni-s-kryuchkami-na-vakuumnoy-prisoske-halsa" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-britvennogo-stanka-na-vakuumnoy-prisoske-halsa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kozyrek-dlya-kupaniya-detey-goluboy-begemotik-halsa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fartuk-nagrudnyy-dlya-kormleniya-s-zhestkim-karmanom-zelenyy-s-rozovym-halsa" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mashinka-dlya-strizhki-volos-detskaya-belaya-halsa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mashinka-dlya-strizhki-volos-detskaya-zelenaya-halsa" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I118"/>
+  <dimension ref="A1:I115"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1213,3197 +1195,3107 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>314.87</v>
+        <v>6859.85</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>698</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>60</v>
+        <v>6</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="2" t="s">
+      <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B6" s="2"/>
-[...6 lines deleted...]
-      <c r="I6" s="2"/>
+      <c r="B6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" s="3">
+        <v>2480.01</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="3">
+        <v>463</v>
+      </c>
+      <c r="G6" s="3">
+        <v>1</v>
+      </c>
+      <c r="H6" s="3">
+        <v>10</v>
+      </c>
+      <c r="I6" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>452.32</v>
+        <v>1455.83</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>142</v>
+        <v>1133</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9" s="3">
-        <v>2225.98</v>
+        <v>9955.31</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10" s="3">
-        <v>3216.36</v>
+        <v>10439.51</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>692</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I11" s="2"/>
+      <c r="A11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="3">
+        <v>10453.03</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="3">
+        <v>269</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>8</v>
+      </c>
+      <c r="I11" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C13" s="3">
-        <v>2238.71</v>
+        <v>483.01</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I14" s="2"/>
+      <c r="A14" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C14" s="3">
+        <v>503.13</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="3">
+        <v>0</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>120</v>
+      </c>
+      <c r="I14" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I15" s="2"/>
+      <c r="A15" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C15" s="3">
+        <v>431.37</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="3">
+        <v>685</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
+        <v>120</v>
+      </c>
+      <c r="I15" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C16" s="3">
-        <v>5706.6</v>
+        <v>1227.09</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>4</v>
+        <v>48</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C17" s="3">
-        <v>2999</v>
+        <v>4920.65</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>390</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="C18" s="3">
-        <v>2399</v>
+        <v>483.01</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>430</v>
+        <v>572</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A19" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A20" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C21" s="3">
-        <v>2619</v>
+        <v>5216.24</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>316</v>
+        <v>271</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C22" s="3">
-        <v>2399</v>
+        <v>3325.59</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>604</v>
+        <v>12</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C23" s="3">
-        <v>2759</v>
+        <v>4931.43</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>249</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C25" s="3">
-        <v>935.93</v>
+        <v>946.82</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I26" s="2"/>
+      <c r="A26" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C26" s="3">
+        <v>303.8</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F26" s="3">
+        <v>0</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
+        <v>200</v>
+      </c>
+      <c r="I26" s="3">
+        <v>4</v>
+      </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C27" s="3">
+        <v>585.18</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F27" s="3">
+        <v>1850</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
         <v>50</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C28" s="3">
-        <v>635.04</v>
+        <v>618.15</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F28" s="3">
-        <v>5</v>
+        <v>1781</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C29" s="3">
-        <v>1531.14</v>
+        <v>1427.95</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="F29" s="3">
-        <v>13</v>
+        <v>339</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>1363.43</v>
+        <v>618.15</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F30" s="3">
-        <v>29</v>
+        <v>295</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>345.47</v>
+        <v>369.59</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="F31" s="3">
-        <v>1061</v>
+        <v>599</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>280</v>
+        <v>200</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>837.15</v>
+        <v>372.38</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F32" s="3">
-        <v>224</v>
+        <v>38</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C33" s="3">
-        <v>372</v>
+        <v>372.39</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F33" s="3">
-        <v>882</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>96</v>
+        <v>200</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C34" s="3">
-        <v>372</v>
+        <v>285.6</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F34" s="3">
-        <v>798</v>
+        <v>3498</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>90</v>
+        <v>200</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>1515.83</v>
+        <v>257.95</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F35" s="3">
-        <v>95</v>
+        <v>1329</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="C36" s="3">
-        <v>680.4</v>
+        <v>1119.96</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A37" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A37" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B37" s="2"/>
+      <c r="C37" s="2"/>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2"/>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C38" s="3">
-        <v>311.24</v>
+        <v>262.46</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F38" s="3">
-        <v>1093</v>
+        <v>1289</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>280</v>
+        <v>200</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C39" s="3">
-        <v>577.97</v>
+        <v>586.97</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F39" s="3">
-        <v>640</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>189</v>
+        <v>200</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I40" s="2"/>
+      <c r="A40" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C40" s="3">
+        <v>1355.65</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F40" s="3">
+        <v>0</v>
+      </c>
+      <c r="G40" s="3">
+        <v>1</v>
+      </c>
+      <c r="H40" s="3">
+        <v>100</v>
+      </c>
+      <c r="I40" s="3">
+        <v>4</v>
+      </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A41" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I41" s="2"/>
+      <c r="A41" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C41" s="3">
+        <v>276.37</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F41" s="3">
+        <v>2</v>
+      </c>
+      <c r="G41" s="3">
+        <v>1</v>
+      </c>
+      <c r="H41" s="3">
+        <v>200</v>
+      </c>
+      <c r="I41" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C42" s="3">
-        <v>4838.4</v>
+        <v>784.01</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F42" s="3">
         <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C43" s="3">
-        <v>1206.58</v>
+        <v>489.98</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
         <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C44" s="3">
-        <v>474.94</v>
+        <v>930.96</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>732</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C45" s="3">
-        <v>446.48</v>
+        <v>4674.62</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>698</v>
+        <v>12</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>120</v>
+        <v>3</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C46" s="3">
-        <v>494.72</v>
+        <v>649.24</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
         <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C47" s="3">
-        <v>474.94</v>
+        <v>545.38</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>583</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I48" s="2"/>
+      <c r="A48" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C48" s="3">
+        <v>901.57</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F48" s="3">
+        <v>0</v>
+      </c>
+      <c r="G48" s="3">
+        <v>1</v>
+      </c>
+      <c r="H48" s="3">
+        <v>200</v>
+      </c>
+      <c r="I48" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="C49" s="3">
-        <v>9788.9</v>
+        <v>191.66</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F49" s="3">
-        <v>361</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>8</v>
+        <v>200</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="C50" s="3">
-        <v>10265</v>
+        <v>615.98</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>338</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>8</v>
+        <v>200</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="C51" s="3">
-        <v>10278.3</v>
+        <v>244.73</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F51" s="3">
-        <v>5</v>
+        <v>2434</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>8</v>
+        <v>200</v>
       </c>
       <c r="I51" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A52" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I52" s="2"/>
+      <c r="A52" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C52" s="3">
+        <v>274.39</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F52" s="3">
+        <v>0</v>
+      </c>
+      <c r="G52" s="3">
+        <v>1</v>
+      </c>
+      <c r="H52" s="3">
+        <v>200</v>
+      </c>
+      <c r="I52" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="C53" s="3">
-        <v>6745.18</v>
+        <v>354.66</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F53" s="3">
-        <v>0</v>
+        <v>766</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>6</v>
+        <v>200</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="C54" s="3">
-        <v>1431.49</v>
+        <v>349.15</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F54" s="3">
-        <v>1479</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="I54" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="C55" s="3">
-        <v>2709.5</v>
+        <v>372.38</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F55" s="3">
-        <v>770</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I55" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A56" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I56" s="2"/>
+      <c r="A56" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="C56" s="3">
+        <v>335.42</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F56" s="3">
+        <v>635</v>
+      </c>
+      <c r="G56" s="3">
+        <v>1</v>
+      </c>
+      <c r="H56" s="3">
+        <v>200</v>
+      </c>
+      <c r="I56" s="3">
+        <v>6</v>
+      </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A57" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I57" s="2"/>
+      <c r="A57" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C57" s="3">
+        <v>293.99</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F57" s="3">
+        <v>608</v>
+      </c>
+      <c r="G57" s="3">
+        <v>1</v>
+      </c>
+      <c r="H57" s="3">
+        <v>200</v>
+      </c>
+      <c r="I57" s="3">
+        <v>6</v>
+      </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="C58" s="3">
-        <v>4849</v>
+        <v>335.42</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F58" s="3">
-        <v>389</v>
+        <v>715</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="C59" s="3">
-        <v>5399</v>
+        <v>215.59</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F59" s="3">
-        <v>314</v>
+        <v>618</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="C60" s="3">
-        <v>3270</v>
+        <v>649.24</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>256</v>
+        <v>62</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A61" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I61" s="2"/>
+      <c r="A61" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C61" s="3">
+        <v>469.59</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F61" s="3">
+        <v>37</v>
+      </c>
+      <c r="G61" s="3">
+        <v>1</v>
+      </c>
+      <c r="H61" s="3">
+        <v>200</v>
+      </c>
+      <c r="I61" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="C62" s="3">
-        <v>675.35</v>
+        <v>392</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>116</v>
+        <v>51</v>
       </c>
       <c r="F62" s="3">
-        <v>2032</v>
+        <v>237</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="C63" s="3">
-        <v>1560.09</v>
+        <v>466.65</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="F63" s="3">
-        <v>412</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I63" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="C64" s="3">
-        <v>312.03</v>
+        <v>392</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>116</v>
+        <v>51</v>
       </c>
       <c r="F64" s="3">
-        <v>3609</v>
+        <v>86</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I64" s="3">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="C65" s="3">
-        <v>930.99</v>
+        <v>167.71</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>116</v>
+        <v>51</v>
       </c>
       <c r="F65" s="3">
-        <v>0</v>
+        <v>277</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I65" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="C66" s="3">
-        <v>675.35</v>
+        <v>470.74</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>2312</v>
+        <v>290</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>126</v>
+        <v>135</v>
       </c>
       <c r="C67" s="3">
-        <v>266.99</v>
+        <v>270.46</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>116</v>
+        <v>51</v>
       </c>
       <c r="F67" s="3">
-        <v>1380</v>
+        <v>1166</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>200</v>
       </c>
       <c r="I67" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="C68" s="3">
-        <v>366.16</v>
+        <v>373.33</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>116</v>
+        <v>51</v>
       </c>
       <c r="F68" s="3">
-        <v>43</v>
+        <v>992</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I68" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="C69" s="3">
-        <v>403.79</v>
+        <v>335.42</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="F69" s="3">
-        <v>607</v>
+        <v>544</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>200</v>
       </c>
       <c r="I69" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="C70" s="3">
-        <v>366.17</v>
+        <v>902.2</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>1</v>
+        <v>1208</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>200</v>
       </c>
       <c r="I70" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="C71" s="3">
-        <v>298.72</v>
+        <v>559.73</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>200</v>
       </c>
       <c r="I71" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="C72" s="3">
-        <v>605.68</v>
+        <v>813.28</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>116</v>
+        <v>51</v>
       </c>
       <c r="F72" s="3">
-        <v>1901</v>
+        <v>717</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I72" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>138</v>
+        <v>147</v>
       </c>
       <c r="C73" s="3">
-        <v>1101.24</v>
+        <v>545.38</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>811</v>
+        <v>284</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
+        <v>200</v>
+      </c>
+      <c r="I73" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A74" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C74" s="3">
+        <v>775</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F74" s="3">
+        <v>0</v>
+      </c>
+      <c r="G74" s="3">
+        <v>1</v>
+      </c>
+      <c r="H74" s="3">
         <v>100</v>
       </c>
-      <c r="I73" s="3">
-[...14 lines deleted...]
-      <c r="I74" s="2"/>
+      <c r="I74" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A75" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A75" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="B75" s="2"/>
+      <c r="C75" s="2"/>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+      <c r="H75" s="2"/>
+      <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="C76" s="3">
-        <v>1277.44</v>
+        <v>2562.84</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>589</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="I76" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="C77" s="3">
-        <v>3512.81</v>
+        <v>3572.53</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
         <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>6</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="C78" s="3">
-        <v>726.51</v>
+        <v>738.86</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>100</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A79" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I79" s="2"/>
+      <c r="A79" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C79" s="3">
+        <v>1299.16</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F79" s="3">
+        <v>134</v>
+      </c>
+      <c r="G79" s="3">
+        <v>1</v>
+      </c>
+      <c r="H79" s="3">
+        <v>50</v>
+      </c>
+      <c r="I79" s="3">
+        <v>2</v>
+      </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A80" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A80" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="B80" s="2"/>
+      <c r="C80" s="2"/>
+      <c r="D80" s="2"/>
+      <c r="E80" s="2"/>
+      <c r="F80" s="2"/>
+      <c r="G80" s="2"/>
+      <c r="H80" s="2"/>
+      <c r="I80" s="2"/>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A81" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A81" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="B81" s="2"/>
+      <c r="C81" s="2"/>
+      <c r="D81" s="2"/>
+      <c r="E81" s="2"/>
+      <c r="F81" s="2"/>
+      <c r="G81" s="2"/>
+      <c r="H81" s="2"/>
+      <c r="I81" s="2"/>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="C82" s="3">
-        <v>367.09</v>
+        <v>2276.77</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>822</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A83" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A83" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="B83" s="2"/>
+      <c r="C83" s="2"/>
+      <c r="D83" s="2"/>
+      <c r="E83" s="2"/>
+      <c r="F83" s="2"/>
+      <c r="G83" s="2"/>
+      <c r="H83" s="2"/>
+      <c r="I83" s="2"/>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A84" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A84" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="B84" s="2"/>
+      <c r="C84" s="2"/>
+      <c r="D84" s="2"/>
+      <c r="E84" s="2"/>
+      <c r="F84" s="2"/>
+      <c r="G84" s="2"/>
+      <c r="H84" s="2"/>
+      <c r="I84" s="2"/>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="C85" s="3">
-        <v>269.8</v>
+        <v>2704.2</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="C86" s="3">
-        <v>458.85</v>
+        <v>2195.8</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>0</v>
+        <v>597</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="I86" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="C87" s="3">
-        <v>164.91</v>
+        <v>2643.18</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>272</v>
+        <v>516</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>200</v>
+        <v>16</v>
       </c>
       <c r="I87" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="C88" s="3">
-        <v>550.37</v>
+        <v>2805.9</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
         <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>200</v>
+        <v>8</v>
       </c>
       <c r="I88" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="C89" s="3">
-        <v>385.45</v>
+        <v>2439.78</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>1296</v>
+        <v>450</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="C90" s="3">
-        <v>577.16</v>
+        <v>3049.98</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>4264</v>
+        <v>105</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="C91" s="3">
-        <v>343.31</v>
+        <v>2663.52</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>2947</v>
+        <v>53</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I91" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A92" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A92" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="B92" s="2"/>
+      <c r="C92" s="2"/>
+      <c r="D92" s="2"/>
+      <c r="E92" s="2"/>
+      <c r="F92" s="2"/>
+      <c r="G92" s="2"/>
+      <c r="H92" s="2"/>
+      <c r="I92" s="2"/>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C93" s="3">
-        <v>329.81</v>
+        <v>951.84</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>1080</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I93" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A94" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A94" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="B94" s="2"/>
+      <c r="C94" s="2"/>
+      <c r="D94" s="2"/>
+      <c r="E94" s="2"/>
+      <c r="F94" s="2"/>
+      <c r="G94" s="2"/>
+      <c r="H94" s="2"/>
+      <c r="I94" s="2"/>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C95" s="3">
-        <v>536.26</v>
+        <v>1387.44</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I95" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="C96" s="3">
-        <v>385.45</v>
+        <v>585.07</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>200</v>
+        <v>118</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I96" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C97" s="3">
-        <v>188.46</v>
+        <v>284.88</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>0</v>
+        <v>1093</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>200</v>
+        <v>280</v>
       </c>
       <c r="I97" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C98" s="3">
-        <v>468.05</v>
+        <v>766.24</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>6</v>
+        <v>221</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="I98" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="C99" s="3">
-        <v>481.79</v>
+        <v>1557.17</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>200</v>
+        <v>16</v>
       </c>
       <c r="I99" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="C100" s="3">
-        <v>888.54</v>
+        <v>340.49</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>810</v>
+        <v>881</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>200</v>
+        <v>96</v>
       </c>
       <c r="I100" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C101" s="3">
-        <v>963.58</v>
+        <v>340.49</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>780</v>
+        <v>796</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="I101" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C102" s="3">
-        <v>762.05</v>
+        <v>1627.85</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>71</v>
+        <v>215</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="C103" s="3">
-        <v>462.87</v>
+        <v>529.02</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>501</v>
+        <v>635</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="C104" s="3">
-        <v>919.3</v>
+        <v>622.77</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="F104" s="3">
-        <v>184</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="I104" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C105" s="3">
-        <v>271.75</v>
+        <v>645.84</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>200</v>
+        <v>72</v>
       </c>
       <c r="I105" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C106" s="3">
-        <v>638.39</v>
+        <v>1317.28</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>200</v>
+        <v>32</v>
       </c>
       <c r="I106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C107" s="3">
-        <v>770.9</v>
+        <v>316.21</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>2</v>
+        <v>1059</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>100</v>
+        <v>280</v>
       </c>
       <c r="I107" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A108" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A108" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="B108" s="2"/>
+      <c r="C108" s="2"/>
+      <c r="D108" s="2"/>
+      <c r="E108" s="2"/>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2"/>
+      <c r="H108" s="2"/>
+      <c r="I108" s="2"/>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A109" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A109" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="B109" s="2"/>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="2"/>
+      <c r="H109" s="2"/>
+      <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C110" s="3">
-        <v>289.08</v>
+        <v>288.2</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>1</v>
+        <v>694</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I110" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A111" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A111" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="B111" s="2"/>
+      <c r="C111" s="2"/>
+      <c r="D111" s="2"/>
+      <c r="E111" s="2"/>
+      <c r="F111" s="2"/>
+      <c r="G111" s="2"/>
+      <c r="H111" s="2"/>
+      <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C112" s="3">
-        <v>265.94</v>
+        <v>460.01</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>336</v>
+        <v>131</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I112" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A113" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B113" s="3" t="s">
+      <c r="A113" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="C113" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B113" s="2"/>
+      <c r="C113" s="2"/>
+      <c r="D113" s="2"/>
+      <c r="E113" s="2"/>
+      <c r="F113" s="2"/>
+      <c r="G113" s="2"/>
+      <c r="H113" s="2"/>
+      <c r="I113" s="2"/>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C114" s="3">
-        <v>329.81</v>
+        <v>2943.93</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>116</v>
+        <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>0</v>
+        <v>710</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>200</v>
+        <v>32</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C115" s="3">
-        <v>461.74</v>
+        <v>2037.44</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>200</v>
+        <v>32</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
-      </c>
-[...85 lines deleted...]
-        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A6:I6"/>
     <mergeCell ref="A8:I8"/>
-    <mergeCell ref="A11:I11"/>
     <mergeCell ref="A12:I12"/>
-    <mergeCell ref="A14:I14"/>
-    <mergeCell ref="A15:I15"/>
+    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="A20:I20"/>
     <mergeCell ref="A24:I24"/>
-    <mergeCell ref="A26:I26"/>
-[...8 lines deleted...]
-    <mergeCell ref="A79:I79"/>
+    <mergeCell ref="A37:I37"/>
+    <mergeCell ref="A75:I75"/>
+    <mergeCell ref="A80:I80"/>
+    <mergeCell ref="A81:I81"/>
+    <mergeCell ref="A83:I83"/>
+    <mergeCell ref="A84:I84"/>
+    <mergeCell ref="A92:I92"/>
+    <mergeCell ref="A94:I94"/>
+    <mergeCell ref="A108:I108"/>
+    <mergeCell ref="A109:I109"/>
+    <mergeCell ref="A111:I111"/>
+    <mergeCell ref="A113:I113"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
-    <hyperlink ref="D7" r:id="rId2"/>
-[...89 lines deleted...]
-    <hyperlink ref="D113" r:id="rId92"/>
+    <hyperlink ref="D6" r:id="rId2"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D9" r:id="rId4"/>
+    <hyperlink ref="D10" r:id="rId5"/>
+    <hyperlink ref="D11" r:id="rId6"/>
+    <hyperlink ref="D13" r:id="rId7"/>
+    <hyperlink ref="D14" r:id="rId8"/>
+    <hyperlink ref="D15" r:id="rId9"/>
+    <hyperlink ref="D16" r:id="rId10"/>
+    <hyperlink ref="D17" r:id="rId11"/>
+    <hyperlink ref="D18" r:id="rId12"/>
+    <hyperlink ref="D21" r:id="rId13"/>
+    <hyperlink ref="D22" r:id="rId14"/>
+    <hyperlink ref="D23" r:id="rId15"/>
+    <hyperlink ref="D25" r:id="rId16"/>
+    <hyperlink ref="D26" r:id="rId17"/>
+    <hyperlink ref="D27" r:id="rId18"/>
+    <hyperlink ref="D28" r:id="rId19"/>
+    <hyperlink ref="D29" r:id="rId20"/>
+    <hyperlink ref="D30" r:id="rId21"/>
+    <hyperlink ref="D31" r:id="rId22"/>
+    <hyperlink ref="D32" r:id="rId23"/>
+    <hyperlink ref="D33" r:id="rId24"/>
+    <hyperlink ref="D34" r:id="rId25"/>
+    <hyperlink ref="D35" r:id="rId26"/>
+    <hyperlink ref="D36" r:id="rId27"/>
+    <hyperlink ref="D38" r:id="rId28"/>
+    <hyperlink ref="D39" r:id="rId29"/>
+    <hyperlink ref="D40" r:id="rId30"/>
+    <hyperlink ref="D41" r:id="rId31"/>
+    <hyperlink ref="D42" r:id="rId32"/>
+    <hyperlink ref="D43" r:id="rId33"/>
+    <hyperlink ref="D44" r:id="rId34"/>
+    <hyperlink ref="D45" r:id="rId35"/>
+    <hyperlink ref="D46" r:id="rId36"/>
+    <hyperlink ref="D47" r:id="rId37"/>
+    <hyperlink ref="D48" r:id="rId38"/>
+    <hyperlink ref="D49" r:id="rId39"/>
+    <hyperlink ref="D50" r:id="rId40"/>
+    <hyperlink ref="D51" r:id="rId41"/>
+    <hyperlink ref="D52" r:id="rId42"/>
+    <hyperlink ref="D53" r:id="rId43"/>
+    <hyperlink ref="D54" r:id="rId44"/>
+    <hyperlink ref="D55" r:id="rId45"/>
+    <hyperlink ref="D56" r:id="rId46"/>
+    <hyperlink ref="D57" r:id="rId47"/>
+    <hyperlink ref="D58" r:id="rId48"/>
+    <hyperlink ref="D59" r:id="rId49"/>
+    <hyperlink ref="D60" r:id="rId50"/>
+    <hyperlink ref="D61" r:id="rId51"/>
+    <hyperlink ref="D62" r:id="rId52"/>
+    <hyperlink ref="D63" r:id="rId53"/>
+    <hyperlink ref="D64" r:id="rId54"/>
+    <hyperlink ref="D65" r:id="rId55"/>
+    <hyperlink ref="D66" r:id="rId56"/>
+    <hyperlink ref="D67" r:id="rId57"/>
+    <hyperlink ref="D68" r:id="rId58"/>
+    <hyperlink ref="D69" r:id="rId59"/>
+    <hyperlink ref="D70" r:id="rId60"/>
+    <hyperlink ref="D71" r:id="rId61"/>
+    <hyperlink ref="D72" r:id="rId62"/>
+    <hyperlink ref="D73" r:id="rId63"/>
+    <hyperlink ref="D74" r:id="rId64"/>
+    <hyperlink ref="D76" r:id="rId65"/>
+    <hyperlink ref="D77" r:id="rId66"/>
+    <hyperlink ref="D78" r:id="rId67"/>
+    <hyperlink ref="D79" r:id="rId68"/>
+    <hyperlink ref="D82" r:id="rId69"/>
+    <hyperlink ref="D85" r:id="rId70"/>
+    <hyperlink ref="D86" r:id="rId71"/>
+    <hyperlink ref="D87" r:id="rId72"/>
+    <hyperlink ref="D88" r:id="rId73"/>
+    <hyperlink ref="D89" r:id="rId74"/>
+    <hyperlink ref="D90" r:id="rId75"/>
+    <hyperlink ref="D91" r:id="rId76"/>
+    <hyperlink ref="D93" r:id="rId77"/>
+    <hyperlink ref="D95" r:id="rId78"/>
+    <hyperlink ref="D96" r:id="rId79"/>
+    <hyperlink ref="D97" r:id="rId80"/>
+    <hyperlink ref="D98" r:id="rId81"/>
+    <hyperlink ref="D99" r:id="rId82"/>
+    <hyperlink ref="D100" r:id="rId83"/>
+    <hyperlink ref="D101" r:id="rId84"/>
+    <hyperlink ref="D102" r:id="rId85"/>
+    <hyperlink ref="D103" r:id="rId86"/>
+    <hyperlink ref="D104" r:id="rId87"/>
+    <hyperlink ref="D105" r:id="rId88"/>
+    <hyperlink ref="D106" r:id="rId89"/>
+    <hyperlink ref="D107" r:id="rId90"/>
+    <hyperlink ref="D110" r:id="rId91"/>
+    <hyperlink ref="D112" r:id="rId92"/>
     <hyperlink ref="D114" r:id="rId93"/>
     <hyperlink ref="D115" r:id="rId94"/>
-    <hyperlink ref="D116" r:id="rId95"/>
-[...1 lines deleted...]
-    <hyperlink ref="D118" r:id="rId97"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>