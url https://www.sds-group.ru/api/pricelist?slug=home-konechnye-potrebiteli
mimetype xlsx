--- v0 (2025-11-18)
+++ v1 (2026-01-09)
@@ -48,3267 +48,3267 @@
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 HOME – Конечные потребители</t>
   </si>
   <si>
     <t>1.1 Гирлянды Декоративные</t>
   </si>
   <si>
     <t>1.1.1 Гирлянды с насадками</t>
   </si>
   <si>
+    <t>303-024</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Свечи 20м, темно-зеленый ПВХ, 100 LED ТЕПЛЫЙ БЕЛЫЙ, не соединяется NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>303-069</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шишки 5 м, 30 LED, прозрачный ПВХ с контроллером, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-067</t>
+  </si>
+  <si>
+    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-068</t>
+  </si>
+  <si>
+    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-030</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звезды 1,5х0,6 м, прозрачный провод, теплый белый свет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-022</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), контроллер 8 режимов, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-084</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 6м, темно-зеленый ПВХ, 30 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>315-424</t>
+  </si>
+  <si>
+    <t>Удлинитель для домашних гирлянд 3 м прозрачный ПВХ</t>
+  </si>
+  <si>
+    <t>303-085</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 10м, темно-зеленый ПВХ, 50 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>255-075</t>
+  </si>
+  <si>
+    <t>Гирлянда Бахрома со снежинками 2,4х0,9м, 150LED БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
+  </si>
+  <si>
+    <t>304-021</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-083</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 4м, темно-зеленый ПВХ, 20 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-066</t>
+  </si>
+  <si>
+    <t>Лофт-гирлянда светодиодная 5 м, черный ПВХ, 20 LED, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-061</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кубики 20 LED МУЛЬТИКОЛОР 2,8 метра с контроллером</t>
+  </si>
+  <si>
+    <t>104-321</t>
+  </si>
+  <si>
+    <t>Присоска с крючком (10 шт)</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>303-032</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Прищепки 30 LED, 5 м, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-035</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кисточки 48 LED БЕЛЫЕ 5 метров</t>
+  </si>
+  <si>
+    <t>303-037</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Палочки с пузырьками 20 палочек, цвет: мультиколор, 2 метра</t>
+  </si>
+  <si>
+    <t>303-038</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Цветы Сакуры 50 LED РОЗОВЫЕ 7 метров с контроллером</t>
+  </si>
+  <si>
+    <t>303-060</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Цветные Шарики 20 LED МУЛЬТИКОЛОР 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-062</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Колокольчики 20 LED RGB 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-064</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная с насадками (шарики, снежинки, елочки) 30 LED МУЛЬТИКОЛОР, 4,4 метра с контроллером</t>
+  </si>
+  <si>
+    <t>303-065</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки 30 LED МУЛЬТИКОЛОР 4,4 метра с контроллером</t>
+  </si>
+  <si>
+    <t>303-034</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездочки 20 LED КРАСНЫЕ 2,8 метра</t>
+  </si>
+  <si>
     <t>303-036</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Снежинки 20 LED БЕЛЫЕ 2,8 метра</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...125 lines deleted...]
-    <t>Гирлянда светодиодная Снежинки 30 LED МУЛЬТИКОЛОР 4,4 метра с контроллером</t>
+    <t>304-023</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, зеленый провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>304-024</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Снежинки большие 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-060</t>
-[...10 lines deleted...]
-  <si>
     <t>255-076</t>
   </si>
   <si>
     <t>Гирлянда Арка со звездами 2,5х1,2м, 136LED ТЕПЛЫЙ БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
   </si>
   <si>
-    <t>304-023</t>
-[...16 lines deleted...]
-  <si>
     <t>1.1.2 Гирлянды на батарейках</t>
   </si>
   <si>
+    <t>303-077</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Пломбир 1.5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-017</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кристаллы черные 10 LED, 1,5 м, прозрачный ПВХ, теплый белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-073</t>
   </si>
   <si>
     <t>Гирлянда светодиодная универсальная 10 LED, 1,2 метра, прозрачный ПВХ, теплое белое свечение, батарейки 2хАА NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-095</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Ретро-лампы 3 м, белое свечение, батарейки 3хАА NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-015</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Лампочки 10 LED, 1.5 м, прозрачный ПВХ, теплый белый цвет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-090</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездочки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения мультиколор, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-092</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения мультиколор, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-074</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мини-лампочки 1.5 м, 10 LED, прозрачный ПВХ, цвет свечения мультиколор, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-096</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Баночки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-078</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Перламутр 3.5 м, 20 LED, прозрачный ПВХ, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-093</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Сосульки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-094</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Сосульки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-098</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шишки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-002</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездопад красная 10 LED, 2,25 м, прозрачный ПВХ, теплый белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-011</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мишура серебряная 10 LED 1,5 м, прозрачный ПВХ, белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-012</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мишура золотая 10 LED, 1,5 м, прозрачный ПВХ, теплое белое свечение, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-010</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Перламутр 5 м, 25 LED, прозрачный ПВХ, цвет свечения теплый белый, питание USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-089</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Пудра 1,5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>303-071</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Восточные фонарики 10 LED ЖЕЛТЫЕ 1,5 метра, прозрачный ПВХ, питание 2xАА</t>
+  </si>
+  <si>
+    <t>303-079</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Ретро-лампы, 3 м, Мультиколор</t>
+  </si>
+  <si>
+    <t>304-001</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Карамельки 1,5 м, 10 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-091</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездочки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-097</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Жемчужинки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-005</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Прищепки 10 LED, 1.5 м, прозрачный ПВХ, теплый белый цвет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-004</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездопад бирюзовая 10 LED, 2,25 м, прозрачный ПВХ, белый цвет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-088</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Магия 3,5 м, прозрачный ПВХ, 20 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>303-082</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Карамельки 1.5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>304-008</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Вельвет 3,5 м, 20 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-086</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Северное сияние 3,5 м, прозрачный ПВХ, 20 LED, теплый белый</t>
+  </si>
+  <si>
+    <t>303-081</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Новый год 1,5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
     <t>304-007</t>
   </si>
   <si>
     <t>Тайские фонарики Магия 3,5 м, 20 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>304-011</t>
-[...118 lines deleted...]
-  <si>
     <t>303-070</t>
   </si>
   <si>
     <t>Гирлянда светодиодная на солнечной батарее Звезды 12 LED ТЕПЛЫЙ БЕЛЫЙ 1,2 метра</t>
   </si>
   <si>
     <t>304-019</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Кристаллы бронзовые 10 LED, 1,5 м, прозрачный ПВХ, теплый белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>303-076</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Ретро-лампы , 3 м, ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>303-088</t>
-[...8 lines deleted...]
-    <t>Тайские фонарики Северное сияние 3,5 м, прозрачный ПВХ, 20 LED, теплый белый</t>
+    <t>303-087</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Вельвет 3,5 м, прозрачный ПВХ, 20 LED, теплый белый</t>
   </si>
   <si>
     <t>303-099</t>
   </si>
   <si>
     <t>Тайские фонарики Фейерверк 1,5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
   </si>
   <si>
-    <t>303-079</t>
-[...46 lines deleted...]
-  <si>
     <t>1.1.3 Гирлянда Роса</t>
   </si>
   <si>
+    <t>303-009</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, RGB, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-005</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, БЕЛЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-959</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, RGB, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-001</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, ЖЕЛТЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-004</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, БИРЮЗОВЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-015</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с прищепкой 3м, 30LED, БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-016</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с прищепкой 3м, 30LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-029</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с пробкой 2м, 20LED,МУЛЬТИКОЛОР, IP20, 3хLR44 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-009-1</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20 LED, МУЛЬТИКОЛОР, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-009</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с крупными каплями 2м, 20LED, МУЛЬТИКОЛОР, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-965</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 5 м, 50LED, БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-966</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 5 м, 50LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-975</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 10м, 100LED, БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-265</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 20м, 200LED, БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-008</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, ЗЕЛЕНЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-266</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 20м, 200LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-019</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с прищепкой 3м, 30LED, МУЛЬТИКОЛОР, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-026</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с пробкой 2м, 20LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 3хLR44 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-006</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с крупными каплями 2м, 20LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-976</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 10м, 100LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-006</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса 2м, 20 LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-003</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, ГОЛУБОЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-007</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, РОЗОВЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-010</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки, 2м, 20LED, БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-496</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса Фейерверк с контроллером 40м 1000 LED ТЕПЛЫЙ БЕЛЫЙ IP20 на катушке, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-002</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, КРАСНЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-025</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с пробкой 2м, 20LED, БЕЛЫЙ, IP20, 3хLR44 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-005</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с крупными каплями 2м, 20LED, БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-276</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 30м, 300LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-275</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 30м, 300LED, БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-286</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 50м, 500LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-285</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 50м, 500LED, БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-296</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 100м, 1000LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-436</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса Фейерверк с контроллером 10м, 250LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, на катушке NEON-NIGHT</t>
   </si>
   <si>
-    <t>302-025</t>
-[...190 lines deleted...]
-  <si>
     <t>303-446</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса Фейерверк с контроллером 20м, 500LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, на катушке NEON-NIGHT</t>
   </si>
   <si>
     <t>1.1.4 Гирлянда тающие сосульки</t>
   </si>
   <si>
     <t>256-317-6</t>
   </si>
   <si>
     <t>Гирлянда Тающие сосульки светодиодная, 4шт х 20см, шаг 50см, 230В (с трансформатором) белые светодиоды</t>
   </si>
   <si>
+    <t>256-319-6</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки светодиодная, 8шт х 50см, шаг 50см, 230 В (с трансформатором) мульти светодиоды</t>
+  </si>
+  <si>
+    <t>256-313-6</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки светодиодная, 8шт х 50см, шаг 50см, 230 В (с трансформатором) белые светодиоды</t>
+  </si>
+  <si>
     <t>256-416</t>
   </si>
   <si>
     <t>Гирлянда Тающие сосульки светодиодная, 8 шт х 50 см, шаг 50 см, 230 В, Теплые Белые светодиоды</t>
   </si>
   <si>
-    <t>256-313-6</t>
-[...10 lines deleted...]
-  <si>
     <t>256-415</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Сосульки 230В, комплект 8 шт х 42 см, 36x8 LED, не соединяются</t>
   </si>
   <si>
     <t>1.2 Гирлянда Занавес / дождь для дома</t>
   </si>
   <si>
     <t>1.2.1 Занавес 1,5х1 м</t>
   </si>
   <si>
+    <t>235-025</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 1,5х1м, свечение с динамикой, прозрачный провод, 230 В, диоды БЕЛЫЕ</t>
+  </si>
+  <si>
+    <t>235-023</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 1,5х1м, свечение с динамикой, прозрачный провод, 230 В, диоды СИНИЕ</t>
+  </si>
+  <si>
     <t>235-026</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 1,5х1м, свечение с динамикой, прозрачный провод, 230 В, диоды ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>235-023</t>
-[...4 lines deleted...]
-  <si>
     <t>235-029</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 1,5х1м, свечение с динамикой, прозрачный провод, 230 В, диоды МУЛЬТИКОЛОР</t>
   </si>
   <si>
-    <t>235-025</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2.2 Занавес 1,5х1,5 м</t>
   </si>
   <si>
+    <t>235-033</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 1,5х1,5м, свечение с динамикой, прозрачный провод, 230 В, диоды СИНИЕ</t>
+  </si>
+  <si>
+    <t>235-035</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 1.5х1.5 м 144 LED, прозрачный ПВХ, с контроллером, белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-036</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 1.5x1.5 м, прозрачный ПВХ, 144 LED с контроллером, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-039</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 1,5x1,5м, свечение с динамикой, прозрачный провод, 230 В, диоды МУЛЬТИКОЛОР</t>
+  </si>
+  <si>
+    <t>235-016</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 1,5х1,5 м, свечение с динамикой, прозрачный провод, 230 В, диоды цвет теплый белый</t>
+  </si>
+  <si>
+    <t>235-045</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 1,5х1,5 м, с насадками шарики, свечение с динамикой, прозрачный провод, 230 В, диоды Белый</t>
+  </si>
+  <si>
+    <t>235-049</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 1,5х1,5 м, с насадками шарики, свечение с динамикой, прозрачный провод, 230 В, диоды Мультиколор</t>
+  </si>
+  <si>
+    <t>235-015</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 1,5х1,5 м, свечение с динамикой, прозрачный провод, 230 В, диоды белые</t>
+  </si>
+  <si>
     <t>235-019</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда Светодиодный Дождь 1,5х1,5 м, свечение с динамикой, прозрачный провод, 230 В, диоды мультиколор </t>
   </si>
   <si>
-    <t>235-035</t>
-[...46 lines deleted...]
-  <si>
     <t>1.2.3 Занавес 2,5х2 м</t>
   </si>
   <si>
+    <t>235-055</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2,5x2м, свечение с динамикой, прозрачный провод, 230 В, диоды БЕЛЫЕ</t>
+  </si>
+  <si>
     <t>235-056</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 2,5x2 м, свечение с динамикой, прозрачный провод, 230 В, диоды ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>235-053</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 2,5x2 м, свечение с динамикой, прозрачный провод, 230 В, диоды СИНИЕ</t>
   </si>
   <si>
     <t>235-059</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 2,5x2 м, свечение с динамикой, прозрачный провод, 230 В, диоды МУЛЬТИКОЛОР</t>
   </si>
   <si>
-    <t>235-055</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2.4 Занавес 2х3 м</t>
   </si>
   <si>
+    <t>235-065</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь 2х3 м, свечение с динамикой, прозрачный провод, 230 В, цвет белый</t>
+  </si>
+  <si>
+    <t>235-066</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2x3 м, свечение с динамикой, прозрачный провод, 230 В, цвет Теплый Белый</t>
+  </si>
+  <si>
     <t>235-069</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 2x3 м, свечение с динамикой, прозрачный провод, 230 В, диоды Мультиколор</t>
   </si>
   <si>
-    <t>235-066</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2.5 Занавес 3х2 м</t>
   </si>
   <si>
+    <t>235-091</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 3х2 м, свечение с динамикой, прозрачный провод, 230 В, цвет белый</t>
+  </si>
+  <si>
+    <t>235-098</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 3х2 м, свечение с динамикой, прозрачный провод, 230 В, диоды мультиколор</t>
+  </si>
+  <si>
+    <t>235-099</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 3х2 м, свечение с динамикой, прозрачный провод ПВХ, 230 В, диоды мультиколор</t>
+  </si>
+  <si>
     <t>235-092</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 3х2 м, свечение с динамикой, прозрачный провод, 230 В, цвет теплый белый</t>
   </si>
   <si>
-    <t>235-091</t>
-[...8 lines deleted...]
-    <t>Гирлянда Светодиодный Дождь 3х2 м, свечение с динамикой, прозрачный провод, 230 В, диоды мультиколор</t>
+    <t>235-005</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 3х2 м, эффект водопада, прозрачный провод, 230 В, диоды белые, 240 LED</t>
   </si>
   <si>
     <t>235-006</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный дождь 3х2 м, эффект водопада, прозрачный провод, 230 В, диоды теплые белые, 240 LED</t>
   </si>
   <si>
-    <t>235-005</t>
-[...2 lines deleted...]
-    <t>Гирлянда Светодиодный Дождь 3х2 м, эффект водопада, прозрачный провод, 230 В, диоды белые, 240 LED</t>
+    <t>235-096</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодная Дождь 3х2 м 240 LED, прозрачный ПВХ, с контроллером, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-095</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 3х2 м, свечение с динамикой, прозрачный провод, 230 В, цвет белый, IP20</t>
   </si>
   <si>
     <t>235-097</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 3х2 м, свечение с динамикой, прозрачный провод, 230 В, цвет розовый</t>
   </si>
   <si>
-    <t>235-096</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2.6 Занавес из росы</t>
   </si>
   <si>
+    <t>315-987</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь из росы 3х3 м, розовый, USB + пульт управления NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-989</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь из росы 3х3 м, мультиколор, USB + пульт управления NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-984</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь из росы 3х3 м, бирюзовый, USB + пульт управления NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-876</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь из росы 3х2м, теплый белый, USB + пульт управления, с крючками для крепления NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-879</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь из росы 3х2м, мультиколор, USB + пульт управления, с крючками для крепления NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-885</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь из росы 3х3м, белый, USB + пульт управления, с крючками для крепления NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-995</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь из росы 6х3 м, белый, USB + пульт управления NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-889</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный занавес из росы 3х3м 300 LED МУЛЬТИКОЛОР IP20 USB + пульт управления, с крючками для крепления NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-845</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный занавес из росы с фигурами Снежинок БЕЛЫЙ IP20 USB + пульт управления NEON-NIGHT</t>
+  </si>
+  <si>
     <t>315-846</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный занавес из росы с фигурами Звезд ТЕПЛЫЙ БЕЛЫЙ IP20 USB + пульт управления NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-845</t>
-[...4 lines deleted...]
-  <si>
     <t>315-849</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный занавес из росы с фигурами Звезд МУЛЬТИКОЛОР IP20 USB + пульт управления NEON-NIGHT</t>
   </si>
   <si>
+    <t>315-866</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный занавес из росы Фейерверк 3х3м 900 LED ТЕПЛЫЙ БЕЛЫЙ IP20 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-856</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный занавес из росы Фейерверк 3х2м 600 LED ТЕПЛЫЙ БЕЛЫЙ IP20 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-996</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь из росы 6х3 м, теплый белый, USB + пульт управления NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-986</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь из росы 3х3 м, теплый белый, USB + пульт управления NEON-NIGHT</t>
+  </si>
+  <si>
     <t>315-985</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный дождь из росы 3х3 м, белый, USB + пульт управления NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-879</t>
-[...22 lines deleted...]
-  <si>
     <t>315-875</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный дождь из росы 3х2м, белый, USB + пульт управления, с крючками для крепления NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-996</t>
-[...28 lines deleted...]
-  <si>
     <t>315-886</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный дождь из росы 3х3м, теплый белый, USB + пульт управления, с крючками для крепления NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-986</t>
-[...16 lines deleted...]
-  <si>
     <t>1.3 Гирлянда Бахрома / айсикл для дома</t>
   </si>
   <si>
+    <t>255-066</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома 3х0,8 м, 200 LED, цвет теплый белый, прозрачный ПВХ</t>
+  </si>
+  <si>
+    <t>255-013</t>
+  </si>
+  <si>
+    <t>Гирлянда Бахрома (Айсикл), 1,8х0,5м, 48 LED СИНИЕ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется</t>
+  </si>
+  <si>
+    <t>255-065</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома 3*0,8 м 200 LED БЕЛЫЕ, прозрачный ПВХ</t>
+  </si>
+  <si>
+    <t>255-019</t>
+  </si>
+  <si>
+    <t>Гирлянда Бахрома (Айсикл), 1,8х0,5м, 48 LED МУЛЬТИКОЛОР, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется ТОП</t>
+  </si>
+  <si>
     <t>255-009</t>
   </si>
   <si>
     <t>Гирлянда Бахрома (Айсикл), 1,8х0,5м, 48 LED RGB, прозрачный ПВХ, IP20, быстрая смена цвета, 230В, не соединяется</t>
   </si>
   <si>
-    <t>255-066</t>
-[...22 lines deleted...]
-  <si>
     <t>255-015</t>
   </si>
   <si>
     <t>Гирлянда Бахрома (Айсикл), 1,8х0,5м, 48 LED БЕЛЫЕ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется</t>
   </si>
   <si>
     <t>255-016</t>
   </si>
   <si>
     <t>Гирлянда Бахрома (Айсикл), 1,8х0,5м, 48 LED ТЕПЛЫЙ БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется</t>
   </si>
   <si>
     <t>1.4 Гирлянда Сеть для дома</t>
   </si>
   <si>
+    <t>215-139</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 1,8х1,5м, прозрачный ПВХ, 180 LED Мультиколор</t>
+  </si>
+  <si>
+    <t>215-106</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 1,5х1,5м, прозрачный ПВХ, 96 LED Теплый белый</t>
+  </si>
+  <si>
+    <t>215-109</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 1,5х1,5м, прозрачный ПВХ, 96 LED Мультиколор</t>
+  </si>
+  <si>
+    <t>215-129</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 1,5х1,5м, прозрачный ПВХ, 150 LED Мультиколор</t>
+  </si>
+  <si>
+    <t>215-126</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 1,5х1,5м, прозрачный ПВХ, 150 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>215-105</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 1,5х1,5м, прозрачный ПВХ, 96 LED Белый</t>
+  </si>
+  <si>
+    <t>215-135</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 1,8х1,5м, прозрачный ПВХ, 180 LED Белый</t>
+  </si>
+  <si>
     <t>215-125</t>
   </si>
   <si>
     <t>Гирлянда Сеть 1,5х1,5м, прозрачный ПВХ, 150 LED Белые</t>
   </si>
   <si>
-    <t>215-139</t>
-[...4 lines deleted...]
-  <si>
     <t>215-133</t>
   </si>
   <si>
     <t>Гирлянда сеть 1,8х1,5м, прозрачный ПВХ, 180 LED, Синий</t>
   </si>
   <si>
-    <t>215-109</t>
-[...32 lines deleted...]
-    <t>Гирлянда Сеть 1,8х1,5м, прозрачный ПВХ, 180 LED Белый</t>
+    <t>215-119-6</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 1х1,5м, прозрачный ПВХ, 96 LED Мультиколор</t>
+  </si>
+  <si>
+    <t>215-136</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 1,8х1,5м, прозрачный ПВХ, 180 LED ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>215-123</t>
   </si>
   <si>
     <t>Гирлянда Сеть 1,5х1,5м, прозрачный ПВХ, 150 LED Синий</t>
   </si>
   <si>
-    <t>215-136</t>
-[...10 lines deleted...]
-  <si>
     <t>1.5 Гирлянда Твинкл / нить / универсальная</t>
   </si>
   <si>
     <t>1.5.1 Твинкл 4 м</t>
   </si>
   <si>
     <t>303-165</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 4 м, 25 LED, прозрачный ПВХ, цвет свечения белый NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-016</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-015</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет белый</t>
+  </si>
+  <si>
     <t>303-019</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет мультиколор</t>
   </si>
   <si>
-    <t>303-015</t>
-[...8 lines deleted...]
-    <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+    <t>303-013</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет: Синий</t>
   </si>
   <si>
     <t>303-166</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, прозрачный ПВХ, 25 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>303-013</t>
-[...4 lines deleted...]
-  <si>
     <t>303-169</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, прозрачный ПВХ, 25 LED, цвет Мультиколор</t>
   </si>
   <si>
     <t>1.5.2 Твинкл 6 м</t>
   </si>
   <si>
+    <t>303-029</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет мультиколор</t>
+  </si>
+  <si>
+    <t>303-025</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет белый</t>
+  </si>
+  <si>
     <t>303-026</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>303-025</t>
-[...8 lines deleted...]
-    <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет мультиколор</t>
+    <t>303-023</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет: Синий</t>
+  </si>
+  <si>
+    <t>303-175</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, прозрачный ПВХ, 40 LED, цвет Белый</t>
+  </si>
+  <si>
+    <t>303-176</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, прозрачный ПВХ, 40 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>303-179</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 6 м, прозрачный ПВХ, 40 LED, цвет Мультиколор</t>
   </si>
   <si>
-    <t>303-176</t>
-[...16 lines deleted...]
-  <si>
     <t>1.5.3 Твинкл 10 м</t>
   </si>
   <si>
+    <t>304-025</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 100 LED БЕЛЫЙ 10 метров, прозрачный ПВХ, с контроллером</t>
+  </si>
+  <si>
+    <t>304-029</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 100 LED Мультиколор 10 метров, прозрачный ПВХ, с контроллером</t>
+  </si>
+  <si>
+    <t>303-185</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 10 м, прозрачный ПВХ, 80 LED, белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-045</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет белый</t>
+  </si>
+  <si>
+    <t>303-046</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-049</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет мультиколор</t>
+  </si>
+  <si>
     <t>303-043</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет: Синий</t>
   </si>
   <si>
-    <t>303-185</t>
-[...26 lines deleted...]
-    <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет мультиколор</t>
+    <t>303-105</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 120 LED МУЛЬТИКОЛОР 12 метров с контроллером</t>
   </si>
   <si>
     <t>303-063</t>
   </si>
   <si>
     <t>Гирлянда светодиодная универсальная 100 LED ТЕПЛЫЙ БЕЛЫЙ 10 метров, прозрачный ПВХ, с контроллером</t>
   </si>
   <si>
     <t>303-186</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 10 м, прозрачный ПВХ, 80 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>303-046</t>
-[...10 lines deleted...]
-  <si>
     <t>303-189</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 10 м, прозрачный ПВХ, 80 LED, цвет Мультиколор</t>
   </si>
   <si>
     <t>1.5.4 Твинкл 15 м</t>
   </si>
   <si>
     <t>303-195</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 15 м, прозрачный ПВХ, 120 LED, белое свечение NEON-NIGHT</t>
   </si>
   <si>
     <t>303-059</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет мультиколор</t>
   </si>
   <si>
+    <t>303-056</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-055</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет белый</t>
+  </si>
+  <si>
+    <t>303-109</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 300 LED МУЛЬТИКОЛОР 15 метров с контроллером</t>
+  </si>
+  <si>
     <t>303-053</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет синий</t>
   </si>
   <si>
-    <t>303-055</t>
-[...10 lines deleted...]
-  <si>
     <t>303-196</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 15 м, прозрачный ПВХ, 120 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>303-109</t>
-[...4 lines deleted...]
-  <si>
     <t>303-199</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 15 м, прозрачный ПВХ, 120 LED, цвет Мультиколор</t>
   </si>
   <si>
     <t>1.5.5 Твинкл 20 м</t>
   </si>
   <si>
+    <t>304-119</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 200 LED Мультиколор 20 метров, с контроллером</t>
+  </si>
+  <si>
+    <t>303-309</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет мультиколор</t>
+  </si>
+  <si>
     <t>303-305</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет белый</t>
   </si>
   <si>
-    <t>303-309</t>
-[...4 lines deleted...]
-  <si>
     <t>304-116</t>
   </si>
   <si>
     <t>Гирлянда светодиодная универсальная 200 LED Теплый белый 20 метров, с контроллером</t>
   </si>
   <si>
-    <t>304-119</t>
-[...4 lines deleted...]
-  <si>
     <t>303-306</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет теплый белый</t>
   </si>
   <si>
+    <t>303-116</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 20 м, темно-зеленый ПВХ, 160 LED, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>303-119</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 20 м, темно-зеленый ПВХ, 160 LED, цвет мультиколор</t>
+  </si>
+  <si>
+    <t>303-106</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 200 LED БЕЛЫЕ 20 метров, с контроллером</t>
+  </si>
+  <si>
     <t>303-115</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 20 м, темно-зеленый ПВХ, 160 LED, цвет белый</t>
   </si>
   <si>
-    <t>303-106</t>
-[...16 lines deleted...]
-  <si>
     <t>1.6 Гирлянда Елочная</t>
   </si>
   <si>
+    <t>235-075</t>
+  </si>
+  <si>
+    <t>Елочная гирлянда с кольцом, 7 нитей по 1,5 метра, цвет диодов белый, не соединяется</t>
+  </si>
+  <si>
+    <t>235-079</t>
+  </si>
+  <si>
+    <t>Елочная гирлянда с кольцом, 7 нитей по 1,5 метра, цвет диодов мультиколор, не соединяется</t>
+  </si>
+  <si>
     <t>235-085</t>
   </si>
   <si>
     <t>Елочная гирлянда с кольцом, 7 нитей по 1,8 метра, цвет диодов белый, не соединяется</t>
   </si>
   <si>
+    <t>235-076</t>
+  </si>
+  <si>
+    <t>Елочная гирлянда с кольцом, 7 нитей по 1,5 метра, цвет диодов теплый белый, не соединяется</t>
+  </si>
+  <si>
+    <t>235-086</t>
+  </si>
+  <si>
+    <t>Елочная гирлянда с кольцом, 7 нитей по 1,8 метра, цвет диодов теплый белый, не соединяется</t>
+  </si>
+  <si>
     <t>315-896</t>
   </si>
   <si>
     <t>Гирлянда светодиодная из росы с макушкой на елку 9 нитей х 2м, 200LED, эффект водопада, теплый белый цвет, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-086</t>
-[...22 lines deleted...]
-  <si>
     <t>235-089</t>
   </si>
   <si>
     <t>Елочная гирлянда с кольцом, 7 нитей по 1,8 метра, цвет диодов мультиколор, не соединяется</t>
   </si>
   <si>
     <t>1.7 Гирлянда Мишура</t>
   </si>
   <si>
     <t>303-604</t>
   </si>
   <si>
     <t>Гирлянда Мишура LED 3 м прозрачный ПВХ, 288 диодов, цвет зеленый</t>
   </si>
   <si>
+    <t>303-605</t>
+  </si>
+  <si>
+    <t>Гирлянда Мишура LED 3 м прозрачный ПВХ, 288 диодов, цвет белый</t>
+  </si>
+  <si>
+    <t>303-603</t>
+  </si>
+  <si>
+    <t>Гирлянда Мишура LED 3 м прозрачный ПВХ, 288 диодов, цвет синий</t>
+  </si>
+  <si>
+    <t>303-607</t>
+  </si>
+  <si>
+    <t>Гирлянда Мишура LED 3 м прозрачный ПВХ, 288 диодов, цвет розовый</t>
+  </si>
+  <si>
+    <t>303-613</t>
+  </si>
+  <si>
+    <t>Гирлянда Мишура LED 6 м прозрачный ПВХ, 576 диодов, цвет синий</t>
+  </si>
+  <si>
+    <t>303-612</t>
+  </si>
+  <si>
+    <t>Гирлянда Мишура LED 6 м прозрачный ПВХ, 576 диодов, цвет красный</t>
+  </si>
+  <si>
+    <t>303-617</t>
+  </si>
+  <si>
+    <t>Гирлянда Мишура LED 6 м прозрачный ПВХ, 576 диодов, цвет розовый</t>
+  </si>
+  <si>
     <t>303-602</t>
   </si>
   <si>
     <t>Гирлянда Мишура LED 3 м прозрачный ПВХ, 288 диодов, цвет красный</t>
   </si>
   <si>
-    <t>303-603</t>
-[...8 lines deleted...]
-    <t>Гирлянда Мишура LED 3 м прозрачный ПВХ, 288 диодов, цвет розовый</t>
+    <t>303-601</t>
+  </si>
+  <si>
+    <t>Гирлянда Мишура LED 3 м прозрачный ПВХ, 288 диодов, цвет желтый</t>
+  </si>
+  <si>
+    <t>303-614</t>
+  </si>
+  <si>
+    <t>Гирлянда Мишура LED 6 м прозрачный ПВХ, 576 диодов, цвет ЗЕЛЁНЫЙ</t>
   </si>
   <si>
     <t>303-606</t>
   </si>
   <si>
     <t>Гирлянда Мишура LED 3 м прозрачный ПВХ, 288 диодов, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>303-605</t>
-[...4 lines deleted...]
-  <si>
     <t>303-615</t>
   </si>
   <si>
     <t>Гирлянда Мишура LED 6 м прозрачный ПВХ, 576 диодов, цвет белый</t>
   </si>
   <si>
-    <t>303-612</t>
-[...28 lines deleted...]
-  <si>
     <t>303-608</t>
   </si>
   <si>
     <t>Гирлянда Мишура LED 3 м, темно-зеленый ПВХ, 288 диодов, цвет белый + теплый белый</t>
   </si>
   <si>
     <t>1.8 Гирлянда Кластер</t>
   </si>
   <si>
     <t>303-626</t>
   </si>
   <si>
     <t>Гирлянда Кластер LED 3 м, темно-зеленый ПВХ IP20, 288 диодов, цвет теплый белый</t>
   </si>
   <si>
     <t>303-625</t>
   </si>
   <si>
     <t>Гирлянда Кластер LED 3 м, темно-зеленый ПВХ IP20, 288 диодов, цвет белый</t>
   </si>
   <si>
     <t>303-629</t>
   </si>
   <si>
     <t>Гирлянда Кластер LED 3 м, темно-зеленый ПВХ IP20, 288 диодов, цвет мультиколор</t>
   </si>
   <si>
     <t>1.9 Гирлянда Шарики</t>
   </si>
   <si>
+    <t>303-539</t>
+  </si>
+  <si>
+    <t>Гирлянда Шарики Ø15мм, 5м, темно-зеленый ПВХ, 30 диодов, цвет RGB</t>
+  </si>
+  <si>
+    <t>303-550</t>
+  </si>
+  <si>
+    <t>Гирлянда Шарики Ø25 мм, 5 м, темно-зеленый ПВХ, 25 диодов, цвет RGB</t>
+  </si>
+  <si>
+    <t>303-549</t>
+  </si>
+  <si>
+    <t>Гирлянда Шарики Ø18мм, 5м, темно-зеленый ПВХ, 30 диодов, цвет RGB</t>
+  </si>
+  <si>
+    <t>303-559</t>
+  </si>
+  <si>
+    <t>Гирлянда Шарики Ø25мм, 5м, темно-зеленый ПВХ, 25 диодов, цвет RGB</t>
+  </si>
+  <si>
+    <t>303-555</t>
+  </si>
+  <si>
+    <t>Гирлянда Шарики Ø25 мм, 5м, темно-зеленый ПВХ, 25 диодов, цвет Белый, Без контроллера</t>
+  </si>
+  <si>
+    <t>303-569</t>
+  </si>
+  <si>
+    <t>Гирлянда Шарики Ø30мм, 5м, темно-зеленый ПВХ, 25 диодов, цвет RGB</t>
+  </si>
+  <si>
     <t>303-540</t>
   </si>
   <si>
     <t>Гирлянда Шарики Ø18 мм, 5 м, темно-зеленый ПВХ, 30 диодов, цвет RGB</t>
   </si>
   <si>
-    <t>303-555</t>
-[...34 lines deleted...]
-  <si>
     <t>1.10 Гирлянды управляемые</t>
   </si>
   <si>
     <t>245-011</t>
   </si>
   <si>
     <t>Твинкл Wi-Fi 18 м, темно-зеленый ПВХ, 120 LED RGB, не соединяется</t>
   </si>
   <si>
     <t>245-001</t>
   </si>
   <si>
     <t>Дождь (занавес) Wi-Fi 3х3 м, прозрачный ПВХ, 180 LED RGB, не соединяется</t>
   </si>
   <si>
     <t>245-019</t>
   </si>
   <si>
     <t>Умная гирлянда Роса с крупными каплями 10м 100 LED RGB мягкий прозрачный провод IP20 USB NEON-NIGHT</t>
   </si>
   <si>
     <t>1.11 Фигуры интерьерные</t>
   </si>
   <si>
     <t>1.11.1 Фонари с эффектом снегопада и конфетти</t>
   </si>
   <si>
+    <t>501-062</t>
+  </si>
+  <si>
+    <t>Декоративный LED-фонарь с эффектом снегопада и подсветкой Дед Мороз, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-161</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с эффектом снегопада и подсветкой Новый год</t>
+  </si>
+  <si>
+    <t>501-171</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Маяк синий с конфетти и подсветкой, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-174</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Балерина с конфетти, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-173</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Дельфины с конфетти, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-164</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Подсвечник с эффектом снегопада NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-160</t>
+  </si>
+  <si>
+    <t>Светильник декоративный (фигура) Елочный шар с эффектом снегопада и подсветкой NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-185</t>
+  </si>
+  <si>
+    <t>Светильник декоративный (фигура) Телефонная будка с эффектом снегопада и подсветкой NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-066</t>
+  </si>
+  <si>
+    <t>Декоративный LED-фонарь с эффектом снегопада и подсветкой Санта-Клаус USB, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
     <t>501-169</t>
   </si>
   <si>
     <t>Светильник декоративный Машина с подсветкой и конфетти, питание от USB NEON-NIGHT</t>
   </si>
   <si>
+    <t>501-061</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с эффектом снегопада и подсветкой Снеговики, Белый</t>
+  </si>
+  <si>
+    <t>501-065</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с эффектом снегопада и подсветкой Рождество, белый</t>
+  </si>
+  <si>
+    <t>501-165</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с эффектом снегопада и подсветкой Рождественский лес, белый</t>
+  </si>
+  <si>
+    <t>501-060</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Сияние с конфетти, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-182</t>
+  </si>
+  <si>
+    <t>Светильник декоративный (фигура) Звезда с эффектом снегопада и подсветкой NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-166</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь Паровоз с эффектом снегопада и подсветкой</t>
+  </si>
+  <si>
+    <t>501-183</t>
+  </si>
+  <si>
+    <t>Светильник декоративный (фигура) Фонарик с эффектом снегопада и подсветкой NEON-NIGHT</t>
+  </si>
+  <si>
     <t>501-180</t>
   </si>
   <si>
     <t>Светильник декоративный Новогодняя елка с подсветкой и конфетти, питание от USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-065</t>
-[...32 lines deleted...]
-    <t>Декоративный светильник Балерина с конфетти, USB NEON-NIGHT</t>
+    <t>501-181</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Маяк с конфетти и мелодией, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-184</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Фея с конфетти и мелодией, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-186</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Единорог с конфетти и мелодией, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-068</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Колокольчик с эффектом снегопада NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-162</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Часы с эффектом снегопада NEON-NIGHT</t>
   </si>
   <si>
     <t>501-163</t>
   </si>
   <si>
     <t>Декоративный светильник Картина с эффектом снегопада NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-173</t>
-[...88 lines deleted...]
-  <si>
     <t>1.11.2 Фонари декоративные</t>
   </si>
   <si>
+    <t>513-047</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой и шишкой, черный корпус, размер 10,7x10,7x23,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-048</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с тремя свечками, бронзовый корпус, размер 14x14x27 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-050</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с росой, белый корпус, размер 10,7х10,7х23,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-051</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, черный корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-020</t>
+  </si>
+  <si>
+    <t>Набор из 3 фонарей со свечкой 5,5х5,5х12,5 см, цвет корпуса белый, красный, черный, цвет свечения теплый белый, питание 3xLR1130 NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>513-065</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 11х11х22,5 см, черный корпус, теплый белый цвет свечения с эффектом мерцания NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-061</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с шариками 12х12х20,6 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-064</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 11х11х22,5 см, черный корпус, цвет свечения RGB с эффектом мерцания NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-075</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, корпус из дерева, размер 14х14х35cм, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-046</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 14x14x29 см, белый корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-062</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с шариками 12х12х20,6 см, белый корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-071</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный (фигура) с тремя свечами, белый корпус, 24х24х40 см, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-069</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой 9,5см, цвет корпуса белый/черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-076</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный (фигура) со свечкой 9х5х13см, цвет корпуса бронзовый, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-070</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный с Росой, черный корпус, 10,5х10,5х24см, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-073</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный со свечкой, корпус из дерева, бежевый, 15х15х38cм, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-074</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный со свечкой, корпус из дерева, коричневый, 15х15х38cм, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-066</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 11х11х22,5 см, черный корпус, теплый белый цвет свечения с эффектом пламени свечи NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-056</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 18x16,5x31 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-145</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь на солнечной батарее 14х14х24 см, черный плетеный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-057</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, плетеный корпус, белый, размер 14х14х16,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-021</t>
+  </si>
+  <si>
+    <t>Набор из 3 фонарей со свечкой 9,5см, цвет корпуса белый/красный/черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте)</t>
+  </si>
+  <si>
+    <t>513-041</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, красный корпус, размер 13,5х13,5х30,5 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-063</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с шариками, черный корпус, размер 14х14х27 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-055</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, плетеный корпус, бронза, размер 14х14х16,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-058</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь на подставке со свечкой, бронзовый корпус, размер 14,5х17х31см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-059</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, красный корпус, размер 10,5х10,5х24см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-067</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 12х12х20,6 см, белый корпус, теплый белый цвет свечения с эффектом пламени свечи NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-045</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 14x14x29 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
     <t>501-143</t>
   </si>
   <si>
     <t>Декоративный фонарь на солнечной батарее 20х20х22 см, черный плетеный корпус, теплый белый цвет свечения NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-070</t>
-[...2 lines deleted...]
-    <t>Фонарь декоративный с Росой, черный корпус, 10,5х10,5х24см, теплый белый NEON-NIGHT</t>
+    <t>513-049</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с тремя свечами, бронзовый корпус, размер 24х24х65см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-043</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, белый корпус со снежинкой, размер 12х12х18 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-052</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с лампочкой, белый корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-053</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с лампочкой, бронзовый корпус, размер 10,5х10,5х22,5 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-054</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, белый корпус, размер 10,5х10,5х22,35 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-042</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, белый корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-068</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный (фигура) со свечкой 5,5х5,5х12,5см, цвет корпуса белый/красный/ черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте</t>
   </si>
   <si>
     <t>513-040</t>
   </si>
   <si>
     <t>Декоративный фонарь с машиной, черный корпус, размер 14х14х21 см, цвет теплый белый, питание 2хАА (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-020</t>
-[...211 lines deleted...]
-  <si>
     <t>1.11.3 Камины светодиодные</t>
   </si>
   <si>
     <t>511-005</t>
   </si>
   <si>
     <t>Светодиодный камин Нуар с эффектом живого огня 16х14х29 см, питание 3хАА (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
+    <t>511-022</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Винтаж мини с эффектом живого огня 24.8х12.7х30 см, батарейки 3хС (не в комплекте), с USB, черный</t>
+  </si>
+  <si>
+    <t>511-023</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Винтаж мини с эффектом живого огня 24.8х12.7х30 см, батарейки 3хС (не в комплекте), с USB, бронзовый</t>
+  </si>
+  <si>
+    <t>511-039</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Фьюжн с эффектом живого огня 14,7x11,7x25 см, батарейки 2хС (не в комплекте) USB, черный</t>
+  </si>
+  <si>
+    <t>511-021</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Старинные часы с эффектом живого огня 14,7x11,7x25 см, бронза, батарейки 2хС (не в комплекте) USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-006</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Шале с эффектом живого огня 30х13х28 см, батарейки 3хС (не в комплекте) или от USB (в комплекте)</t>
+  </si>
+  <si>
+    <t>511-026</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Волшебный фонарь с эффектом живого огня 11х11х24,5 см, батарейки 3хАА (не в комплекте)</t>
+  </si>
+  <si>
+    <t>511-001</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Хайтек с эффектом живого огня 60х10х20 см, батарейки 3хС (не в комплекте) или от USB (в комплекте)</t>
+  </si>
+  <si>
+    <t>513-038</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Лаунж с эффектом живого огня 35,3х12,4х33,7 см, с адаптером питания и батарейками 4 х АА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-031</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Кантри с эффектом живого огня 12х12х18,5 см, батарейки 3хАА (не в комплекте)</t>
+  </si>
+  <si>
+    <t>511-002</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Ретро с эффектом живого огня 60,3х11х36,8см, работает от батареек 3хС (в комплект не входят) или от USB (в комплекте), бронзовый</t>
+  </si>
+  <si>
+    <t>511-038</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Фьюжн с эффектом живого огня 14,7x11,7x25 см, батарейки 2хС (не в комплекте) USB, бронзовый</t>
+  </si>
+  <si>
+    <t>511-020</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Старинные часы с эффектом живого огня 14,7x11,7x25 см, черный, батарейки 2хС (не в комплекте) USB NEON-NIGHT</t>
+  </si>
+  <si>
     <t>511-028</t>
   </si>
   <si>
     <t>Светодиодный камин Рустик с эффектом живого огня 14х14х28 см, питание 3хАА (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
-    <t>511-026</t>
-[...2 lines deleted...]
-    <t>Светодиодный камин Волшебный фонарь с эффектом живого огня 11х11х24,5 см, батарейки 3хАА (не в комплекте)</t>
+    <t>511-004</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Авангард с эффектом живого огня 30х13х30 см, батарейки 3хС (не в комплекте) или от USB (в комплекте)</t>
+  </si>
+  <si>
+    <t>511-037</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Лава Ø 15х21 см, батарейки 3хАА (не в комплекте)</t>
+  </si>
+  <si>
+    <t>511-027</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Рождество с эффектом живого огня 15х14х26см, батарейки 2хС (не в комплекте) и USB, бронзовый NEON-NIGHT</t>
   </si>
   <si>
     <t>511-024</t>
   </si>
   <si>
     <t>Светодиодный камин Гранд Шале с эффектом живого огня 45х18х56см, работает от батареек 3хС (в комплект не входят) или от USB (в комплекте), черный</t>
   </si>
   <si>
-    <t>511-021</t>
-[...2 lines deleted...]
-    <t>Светодиодный камин Старинные часы с эффектом живого огня 14,7x11,7x25 см, бронза, батарейки 2хС (не в комплекте) USB NEON-NIGHT</t>
+    <t>511-029</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Кубок 12,5х12,5х33см, работает от батареек 2хАА (в комплект не входят) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-033</t>
+  </si>
+  <si>
+    <t>Декоративный камин Сканди с эффектом живого огня 18х9х16 см, батарейки 3хС (не в комплекте)</t>
   </si>
   <si>
     <t>511-036</t>
   </si>
   <si>
     <t>Декоративный светильник Лава Ø 10х16,5 см, батарейки 3хАА (не в комплекте)</t>
   </si>
   <si>
-    <t>511-004</t>
-[...50 lines deleted...]
-    <t>Светодиодный камин Винтаж мини с эффектом живого огня 24.8х12.7х30 см, батарейки 3хС (не в комплекте), с USB, бронзовый</t>
+    <t>511-030</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Классика с эффектом живого огня 33х12х24 см, батарейки 3хС (не в комплекте) или от USB (в комплекте)</t>
   </si>
   <si>
     <t>511-032</t>
   </si>
   <si>
     <t>Светодиодный камин Винтаж с эффектом живого огня 30х16х35,5 см, батарейки 3хС (не в комплекте) и USB (в комплекте)</t>
   </si>
   <si>
     <t>511-034</t>
   </si>
   <si>
     <t>Светодиодный камин Лофт USB с эффектом живого огня 17х10х24.5 см NEON-NIGHT</t>
   </si>
   <si>
-    <t>511-031</t>
-[...40 lines deleted...]
-  <si>
     <t>1.11.4 Деревянные фигурки</t>
   </si>
   <si>
+    <t>504-023</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Волшебный фонарик 13,8x11x11 см</t>
+  </si>
+  <si>
     <t>504-012</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Елочка 11,5x5x19 см</t>
   </si>
   <si>
+    <t>504-022</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Звездочка 24x13x3,6 см</t>
+  </si>
+  <si>
+    <t>504-044</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Игрушечный пони белый 25х5,5х26,5 см</t>
+  </si>
+  <si>
+    <t>504-027</t>
+  </si>
+  <si>
+    <t>Деревянная фигура с подсветкой Звезда двойная 30х4х30 см</t>
+  </si>
+  <si>
+    <t>504-017</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Снеговик 18 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-034</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Звездочки 16x4,5x1,3 cм, розовые, 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-032</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Елочки 14,5x4,5x1,6 cм, 6 шт, розовые NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-011</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка 9x5x19 см</t>
+  </si>
+  <si>
+    <t>504-024</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Домик в лесу 19х6х26 см</t>
+  </si>
+  <si>
+    <t>504-009</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Гном с носком 15х4х17 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-025</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка 20х6,5х29 см</t>
+  </si>
+  <si>
+    <t>504-005</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Рождественский Олень Синий 10,5x4x18 см</t>
+  </si>
+  <si>
+    <t>504-033</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Звездочки 16x4,5x1,3 cм, бирюзовые 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-019</t>
+  </si>
+  <si>
+    <t>Деревянная фигура с подсветкой Домик Звездочета бирюзовая 26х7х25 см, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-028</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елка на подставке 14,5х5х30 см</t>
+  </si>
+  <si>
+    <t>504-004</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Гномик 17х4х15 см</t>
+  </si>
+  <si>
+    <t>504-031</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Новогодняя ель 14,5x4,5x1,6 cм, 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
     <t>504-006</t>
   </si>
   <si>
     <t>Деревянная фигурка Рождественский Олень Розовый 10,5x4x18 см</t>
   </si>
   <si>
-    <t>504-017</t>
-[...14 lines deleted...]
-    <t>Деревянная фигурка Гномик 17х4х15 см</t>
+    <t>504-002</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка с оленем 12x6x21,5 см</t>
   </si>
   <si>
     <t>504-026</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Семейство оленей 30х5х15,7 см</t>
   </si>
   <si>
     <t>504-013</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Ель со снежинками 9,5x6x31 см</t>
   </si>
   <si>
-    <t>504-034</t>
-[...8 lines deleted...]
-    <t>Деревянная фигурка с подсветкой Домик в лесу 19х6х26 см</t>
+    <t>504-021</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Рождественская сказка 44,5x6x24 см</t>
+  </si>
+  <si>
+    <t>504-007</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Рождественский олень 11х5х47 см</t>
+  </si>
+  <si>
+    <t>504-008</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Гномик-бородач 7x4,5x18 см NEON-NIGHT</t>
   </si>
   <si>
     <t>504-016</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Дед Мороз 18 см NEON-NIGHT</t>
   </si>
   <si>
-    <t>504-007</t>
-[...94 lines deleted...]
-  <si>
     <t>1.11.5 Керамические фигурки</t>
   </si>
   <si>
+    <t>505-016</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Свечка со снеговиком 10,5х9х17,6 см</t>
+  </si>
+  <si>
+    <t>505-022</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Домик 8x7x11 см</t>
+  </si>
+  <si>
+    <t>505-023</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Дед Мороз с подвесными ножками 6,3х5,4х10,4 см</t>
+  </si>
+  <si>
+    <t>505-026</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Красный домик 11,5х8,5х20,4 см</t>
+  </si>
+  <si>
+    <t>505-029</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Дед Мороз в санях 30,5х12,2х17,2 см</t>
+  </si>
+  <si>
+    <t>505-012</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Дед Мороз на коне 35х15х39,8 см</t>
+  </si>
+  <si>
+    <t>505-011</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Олененок с шарфом 7x6,5x21 см</t>
+  </si>
+  <si>
     <t>505-007</t>
   </si>
   <si>
     <t>Керамическая фигурка Домик со снеговиком 26,2х9,5х23,3 см</t>
   </si>
   <si>
-    <t>505-026</t>
-[...20 lines deleted...]
-    <t>Керамическая фигурка Дед Мороз на коне 35х15х39,8 см</t>
+    <t>505-001</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Дед Мороз на санях 13x9,5x14 см</t>
+  </si>
+  <si>
+    <t>505-025</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Белый домик 15,7х11,7х28,4 см</t>
+  </si>
+  <si>
+    <t>501-070</t>
+  </si>
+  <si>
+    <t>Керамический подсвечник Паровоз 17,1х7,1х14,7 см</t>
   </si>
   <si>
     <t>505-019</t>
   </si>
   <si>
     <t>Керамическая фигурка Автобус с елкой 19x9x16 см</t>
   </si>
   <si>
-    <t>501-070</t>
-[...10 lines deleted...]
-  <si>
     <t>501-074</t>
   </si>
   <si>
     <t>Керамический подсвечник Свечка 12,5х6х19,3 см</t>
   </si>
   <si>
-    <t>505-025</t>
-[...22 lines deleted...]
-  <si>
     <t>1.11.6 Подвесные фигурки</t>
   </si>
   <si>
+    <t>501-606</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 20 см, 200 светодиодов, цвет белый</t>
+  </si>
+  <si>
+    <t>501-015</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Ангелок на присоске с подвесом, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>501-019</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежинка на присоске с подвесом, цвет белый</t>
+  </si>
+  <si>
+    <t>501-016</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Олененок на присоске с подвесом, цвет белый</t>
+  </si>
+  <si>
     <t>501-056</t>
   </si>
   <si>
     <t>Светодиодная подвесная фигура Снежинка на металлическом каркасе, цвет теплый белый NEON-NIGHT</t>
   </si>
   <si>
     <t>501-057</t>
   </si>
   <si>
     <t>Светодиодная подвесная фигура Звезда на металлическом каркасе, цвет теплый белый NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-015</t>
-[...16 lines deleted...]
-  <si>
     <t>501-011</t>
   </si>
   <si>
     <t>Фигура светодиодная Звездочка на присоске с подвесом, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>501-606</t>
-[...2 lines deleted...]
-    <t>Шар светодиодный 230V, диаметр 20 см, 200 светодиодов, цвет белый</t>
+    <t>501-013</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снеговик на присоске с подвесом, цвет белый</t>
   </si>
   <si>
     <t>501-014</t>
   </si>
   <si>
     <t>Фигура светодиодная Месяц на присоске с подвесом, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>501-013</t>
-[...2 lines deleted...]
-    <t>Фигура светодиодная Снеговик на присоске с подвесом, цвет белый</t>
+    <t>501-018</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Санта Клаус на присоске с подвесом, цвет белый</t>
+  </si>
+  <si>
+    <t>501-017</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Елочка на присоске с подвесом, цвет зеленый</t>
   </si>
   <si>
     <t>501-012</t>
   </si>
   <si>
     <t>Фигура светодиодная Колокольчик на присоске с подвесом, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>501-017</t>
-[...10 lines deleted...]
-  <si>
     <t>1.11.7 Настольные фигурки</t>
   </si>
   <si>
+    <t>513-022</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Елочка, 15 см, RGB</t>
+  </si>
+  <si>
+    <t>513-033</t>
+  </si>
+  <si>
+    <t>Фигура на подставке Ель 51 см, белый, питание 3xААА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-026</t>
+  </si>
+  <si>
+    <t>Фигура на подставке Елочка со звездой 37 см, RGB, питание 4xААА и провод USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-051</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Ёлочка Кристалл, RGB</t>
+  </si>
+  <si>
+    <t>501-044</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Ангел 2D, RGB</t>
+  </si>
+  <si>
+    <t>501-047</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Мишка 2D, RGB</t>
+  </si>
+  <si>
+    <t>513-019</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снеговик 10см, RGB</t>
+  </si>
+  <si>
+    <t>501-045</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Елочка 2D, RGB</t>
+  </si>
+  <si>
+    <t>513-016</t>
+  </si>
+  <si>
+    <t>Набор из 4 Гномиков в новогодних колпаках 20 см, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-023</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Елочка, 20 см, RGB</t>
+  </si>
+  <si>
+    <t>513-024</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Елочка, 25 см, RGB</t>
+  </si>
+  <si>
+    <t>513-029</t>
+  </si>
+  <si>
+    <t>Металлическая 3D-фигура Елочка 45см, цвет свечения теплый белый, питание 3хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-025</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Новогодний поезд с мелодией 30,5см, RGB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-012</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежок, RGB, 10 см</t>
+  </si>
+  <si>
+    <t>501-052</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Пингвин Кристалл, RGB</t>
+  </si>
+  <si>
+    <t>503-226</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олень 34см, цвет свечения теплый белый, питание 2хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-227</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олень 37см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-228</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олень 50см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-325</t>
+  </si>
+  <si>
+    <t>Светодиодные фигуры Подарки 15/20/25 см, цвет свечения теплый белый, питание 2хАА/3хAA/3хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>503-326</t>
+  </si>
+  <si>
+    <t>Светодиодные фигуры Подарки в форме цилиндра 15/20/25 см, цвет свечения теплый белый, питание 2хАА/3хAA/3хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-011</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежок, RGB, 8 см</t>
+  </si>
+  <si>
+    <t>501-048</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Елочка средняя, RGB</t>
+  </si>
+  <si>
+    <t>513-018</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снеговик 17см, RGB</t>
+  </si>
+  <si>
+    <t>513-017</t>
+  </si>
+  <si>
+    <t>Гномик в новогоднем колпаке 20см, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-014</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежок RGB, 14 см</t>
+  </si>
+  <si>
+    <t>501-043</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Снеговик в шляпе 2D, RGB</t>
+  </si>
+  <si>
     <t>513-027</t>
   </si>
   <si>
     <t>Фигура на подставке Елочка со звездой 37 см, теплый белый, питание 4xААА и провод USB NEON-NIGHT</t>
   </si>
   <si>
+    <t>513-706</t>
+  </si>
+  <si>
+    <t>Металлическая 3D-фигура Звезда 35см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>501-049</t>
   </si>
   <si>
     <t>Фигура светодиодная на подставке Новогодний подарок, RGB</t>
   </si>
   <si>
-    <t>513-011</t>
-[...8 lines deleted...]
-    <t>Гномик в новогоднем колпаке 20см, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+    <t>501-003</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная С НОВЫМ ГОДОМ 35 LED КРАСНЫЕ 42x19 см</t>
+  </si>
+  <si>
+    <t>501-040</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Санта Клаус, RGB</t>
+  </si>
+  <si>
+    <t>501-053</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Снеговик с шарфом 2D, RGB</t>
+  </si>
+  <si>
+    <t>501-055</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Снежинка, RGB</t>
+  </si>
+  <si>
+    <t>513-032</t>
+  </si>
+  <si>
+    <t>Фигура на подставке Елочка 25 см, RGB, питание 2хААА (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>503-225</t>
   </si>
   <si>
     <t>Светодиодная фигура Олень 21см, цвет свечения теплый белый, питание 2хAA (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
-    <t>503-226</t>
-[...139 lines deleted...]
-  <si>
     <t>501-004</t>
   </si>
   <si>
     <t>Фигура светодиодная С НОВЫМ ГОДОМ 35LED, цвет свечения МУЛЬТИКОЛОР (RG/RB), размер 42x19см</t>
   </si>
   <si>
-    <t>513-022</t>
-[...40 lines deleted...]
-  <si>
     <t>1.11.8 Диско-лампы</t>
   </si>
   <si>
+    <t>601-251</t>
+  </si>
+  <si>
+    <t>Диско-лампа светодиодная e27, подставка с цоколем e27 в комплекте, 230 В</t>
+  </si>
+  <si>
+    <t>601-259</t>
+  </si>
+  <si>
+    <t>Диско-лампа светодиодная E27 с переходником в розетку, проекция звезды, 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>601-252</t>
   </si>
   <si>
     <t>Диско-лампа светодиодная в компактном корпусе, 230 В</t>
   </si>
   <si>
     <t>601-253</t>
   </si>
   <si>
     <t>Диско-лампа светодиодная e27, 230 В</t>
   </si>
   <si>
+    <t>601-250</t>
+  </si>
+  <si>
+    <t>Диско-лампа светодиодная двойная Е27, подставка с цоколем Е27 в комплекте, 230 В</t>
+  </si>
+  <si>
+    <t>601-256</t>
+  </si>
+  <si>
+    <t>Диско-лампа Летающая тарелка 36LED, 230 В</t>
+  </si>
+  <si>
+    <t>601-260</t>
+  </si>
+  <si>
+    <t>Диско-лампа Летающая тарелка 48 LED, черный корпус, 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>601-257</t>
   </si>
   <si>
     <t>Светодиодная система Диско-шар с пультом ДУ и Bluetooth, 230 В</t>
   </si>
   <si>
-    <t>601-256</t>
-[...10 lines deleted...]
-  <si>
     <t>601-526</t>
   </si>
   <si>
     <t>Диско-шар (ночник-проектор) светодиодный с дистанционным управлением, USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>601-260</t>
-[...16 lines deleted...]
-  <si>
     <t>1.11.9 Проекторы</t>
   </si>
   <si>
+    <t>601-261</t>
+  </si>
+  <si>
+    <t>Лазерный проектор NEON-NIGHT с пультом управления, различные режимы проекции, 230 В, трансформатор на 3,6 В</t>
+  </si>
+  <si>
     <t>601-268</t>
   </si>
   <si>
     <t>LED проектор Звезды 220 В NEON-NIGHT</t>
   </si>
   <si>
+    <t>601-267</t>
+  </si>
+  <si>
+    <t>LED проектор Звездное небо с пультом, 220 В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>601-264</t>
+  </si>
+  <si>
+    <t>Лазерный проектор с эффектом Северное сияние с пультом ДУ, 220 В</t>
+  </si>
+  <si>
     <t>601-528</t>
   </si>
   <si>
     <t>Светодиодный ночник-проектор Звездное небо на подставке, цвет мультиколор, USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>601-267</t>
-[...2 lines deleted...]
-    <t>LED проектор Звездное небо с пультом, 220 В NEON-NIGHT</t>
+    <t>601-291</t>
+  </si>
+  <si>
+    <t>Лазерный проектор Метеоритный дождь с пультом ДУ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>601-525</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Светодиодный ночник-проектор Melony</t>
+  </si>
+  <si>
+    <t>601-262</t>
+  </si>
+  <si>
+    <t>LED проектор, 12 сменных слайдов, цвет RGBW, 12В</t>
   </si>
   <si>
     <t>601-263</t>
   </si>
   <si>
     <t>LED проектор, белые снежинки, 230В</t>
   </si>
   <si>
-    <t>601-525</t>
-[...16 lines deleted...]
-  <si>
     <t>601-527</t>
   </si>
   <si>
     <t>Светодиодный ночник-проектор Звездное небо, 3 режима работы, USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>601-291</t>
-[...10 lines deleted...]
-  <si>
     <t>1.11.10 Ночники Neon-night</t>
   </si>
   <si>
+    <t>503-018</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Шарк</t>
+  </si>
+  <si>
+    <t>503-853</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник Portal</t>
+  </si>
+  <si>
+    <t>503-006</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Кошачья лапа бирюзовый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-004</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Лебедь NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-009</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Медведь</t>
+  </si>
+  <si>
+    <t>503-059</t>
+  </si>
+  <si>
+    <t>Интерьерный светильник Тукан, соединение по Bluetooth</t>
+  </si>
+  <si>
     <t>503-003</t>
   </si>
   <si>
     <t>Силиконовый ночник Единорог USB с 3 режимами, RGB-свечение NEON-NIGHT</t>
   </si>
   <si>
-    <t>503-018</t>
-[...20 lines deleted...]
-    <t>Силиконовый ночник Кошачья лапа бирюзовый NEON-NIGHT</t>
+    <t>503-007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Силиконовый ночник Щенок </t>
   </si>
   <si>
     <t>503-001</t>
   </si>
   <si>
     <t>Силиконовый ночник Котик USB с 3 режимами, RGB-свечение NEON-NIGHT</t>
   </si>
   <si>
     <t>503-002</t>
   </si>
   <si>
     <t>Силиконовый ночник Медвежонок</t>
   </si>
   <si>
-    <t>503-007</t>
-[...10 lines deleted...]
-  <si>
     <t>503-008</t>
   </si>
   <si>
     <t xml:space="preserve">Силиконовый ночник Панда </t>
   </si>
   <si>
-    <t>503-059</t>
-[...4 lines deleted...]
-  <si>
     <t>1.11.11 Подсвечники и свечи</t>
   </si>
   <si>
     <t>501-081</t>
   </si>
   <si>
     <t>Новогодняя горка 7 свечек, цвет корпуса: Белый, цвет свечения: ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
+    <t>501-082</t>
+  </si>
+  <si>
+    <t>Новогодняя горка 7 свечек, цвет корпуса: Красный, цвет свечения: ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
     <t>513-034</t>
   </si>
   <si>
     <t>Фигура на подставке Подсвечник со свечками 50 см</t>
   </si>
   <si>
-    <t>501-082</t>
-[...4 lines deleted...]
-  <si>
     <t>1.11.12 Акриловые фигурки</t>
   </si>
   <si>
+    <t>513-401</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Овца 30см, 56 светодиодов, IP65, 24В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-323</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Пингвиненок 19х14,5х25 см, 20 светодиодов, батарейки 2хAA (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-325</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Снеговик на лыжах 16х20х29 см, 30 светодиодов, батарейки 3хАА (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-316</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Лисенок 28х15х26 см, батарейки 2хAA (не входят в комплект), 30 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-247</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Белый мишка 20 см, 4,5 В, 3 батарейки AA (не входят в комплект), 20 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-341</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Белка 17,5х12х18 см, 4,5 В, 3 батарейки AAA (не входят в комплект), 12 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-322</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Елочка 15х15х22 см, 20 светодиодов, батарейки 2хAA (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-324</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Пряничный домик 26х15,5х20 см, 30 светодиодов, батарейки 3хАА (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-314</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Олененок в шарфе 20х17х30 см, 24 светодиода, батарейки 2хAA (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-270</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Северный олень 45 см, 100 светодиодов, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-273</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Санта Клаус приветствует 30 см, 40 светодиодов, IP65 понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-275</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Снеговик с шарфом 30 см, 40 светодиодов, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
     <t>513-311</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Медвежонок 12х22х13 см, 4,5 В, 3 батарейки AA (не входят в комплект), 10 светодиодов NEON-NIGHT</t>
   </si>
   <si>
+    <t>513-312</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Медвежонок 24х11х18 см, 4,5 В, 3 батарейки AA (не входят в комплект), 16 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-321</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Оленёнок 30х14х35 см, 4,5 В, 3 батарейки AA (не входят в комплект), 40 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
     <t>513-315</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Медведь 34,5х12х17 см, 4,5 В, 3 батарейки AA (не входят в комплект), 24 светодиода NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-314</t>
-[...46 lines deleted...]
-  <si>
     <t>513-252</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Белый мишка 15х25 см, 4,5 В, 3 батарейки AA (не входят в комплект), 20 светодиодов NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-401</t>
-[...34 lines deleted...]
-  <si>
     <t>1.11.13 Елочные фигурки и макушки</t>
   </si>
   <si>
+    <t>501-007</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура на елку Звезда красная 15см, 10LED, постоянное свечение, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-005</t>
+  </si>
+  <si>
+    <t>Верхушка на елку Звезда 20см, цвет красный NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-006</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура на елку Звезда 22см, цвет свечения теплый белый, постоянное свечение, 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>501-001</t>
   </si>
   <si>
     <t>Фигура светодиодная Звезда на елку цвет: RGB, 31 LED, 22 см</t>
   </si>
   <si>
     <t>501-002</t>
   </si>
   <si>
     <t>Фигура светодиодная Звезда на елку цвет: RGB, 10 LED, 17 см</t>
   </si>
   <si>
-    <t>501-006</t>
-[...16 lines deleted...]
-  <si>
     <t>1.12 Еловые изделия</t>
   </si>
   <si>
     <t>1.12.1 Шлейфы</t>
   </si>
   <si>
+    <t>307-221</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая с шишками 2,7м, диаметр 36см, ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>307-213</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая 2,7м, диаметр 30см, ветки литые NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>307-116</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая 2,7м, диаметр 26см, теплое белое свечение 80 LED с эффектом мерцания NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>307-122</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая заснеженная 2,7м, диаметр 26см, ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
     <t>307-211</t>
   </si>
   <si>
     <t>Гирлянда еловая 2,7м, диаметр 36см NEON-NIGHT</t>
   </si>
   <si>
-    <t>307-122</t>
-[...8 lines deleted...]
-    <t>Гирлянда еловая 2,7м, диаметр 26см, теплое белое свечение 80 LED с эффектом мерцания NEON-NIGHT</t>
+    <t>307-214</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая 2,7м, диаметр 20см, ветки ПВХ NEON-NIGH</t>
   </si>
   <si>
     <t>307-113</t>
   </si>
   <si>
     <t>Гирлянда еловая с ягодами и подсветкой 1,8м, теплое белое свечение 30 LED, 31В, литая NEON-NIGHT</t>
   </si>
   <si>
+    <t>307-121</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая белоснежная 2,7м, диаметр 36см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>307-212</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая 2,7м, диаметр 30см, ветки литые + ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
     <t>307-115</t>
   </si>
   <si>
     <t>Гирлянда еловая 2,7м, диаметр 41см, теплое белое свечение 80 LED NEON-NIGHT</t>
   </si>
   <si>
-    <t>307-221</t>
-[...29 lines deleted...]
-    <t>1.12.2 Венки</t>
+    <t>1.12.2 Елки искусственные</t>
+  </si>
+  <si>
+    <t>533-325</t>
+  </si>
+  <si>
+    <t>Елочка высота 30см, питание от USB, зеленая</t>
+  </si>
+  <si>
+    <t>533-334</t>
+  </si>
+  <si>
+    <t>Елочка 45см в пластиковом горшке, Литая</t>
+  </si>
+  <si>
+    <t>533-331</t>
+  </si>
+  <si>
+    <t>Елочка 30см в плетеном мешочке, ПВХ</t>
+  </si>
+  <si>
+    <t>533-333</t>
+  </si>
+  <si>
+    <t>Елочка 60см в плетеном мешочке, ПВХ</t>
+  </si>
+  <si>
+    <t>533-332</t>
+  </si>
+  <si>
+    <t>Елочка 45см в плетеном мешочке, ПВХ</t>
+  </si>
+  <si>
+    <t>1.12.3 Венки</t>
+  </si>
+  <si>
+    <t>307-146</t>
+  </si>
+  <si>
+    <t>Заснеженный еловый венок NEON-NIGHT Ø 30 см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-148</t>
+  </si>
+  <si>
+    <t>Заснеженный еловый венок NEON-NIGHT Ø 60 см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-151</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 30 см, леска</t>
+  </si>
+  <si>
+    <t>307-150</t>
+  </si>
+  <si>
+    <t>Еловый венок с ягодами и гирляндой NEON-NIGHT Ø 45 см, 20 LED, 2 х АА, литой, теплое белое свечение</t>
+  </si>
+  <si>
+    <t>307-149</t>
+  </si>
+  <si>
+    <t>Еловый венок с ягодами NEON-NIGHT Ø 45 см, литой</t>
+  </si>
+  <si>
+    <t>307-145</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 90 см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-141</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 30 см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-143</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 60см, ПВХ</t>
   </si>
   <si>
     <t>307-152</t>
   </si>
   <si>
     <t>Еловый венок NEON-NIGHT Ø 45 см, леска</t>
   </si>
   <si>
-    <t>307-141</t>
-[...38 lines deleted...]
-    <t>Еловый венок NEON-NIGHT Ø 60см, ПВХ</t>
+    <t>307-142</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 45см, ПВХ</t>
   </si>
   <si>
     <t>307-147</t>
   </si>
   <si>
     <t>Заснеженный еловый венок NEON-NIGHT Ø 45 см, ПВХ</t>
   </si>
   <si>
-    <t>307-142</t>
-[...10 lines deleted...]
-  <si>
     <t>307-144</t>
   </si>
   <si>
     <t>Еловый венок с шишками NEON-NIGHT Ø 45см, Литой</t>
   </si>
   <si>
-    <t>1.12.3 Елки искусственные</t>
-[...31 lines deleted...]
-  <si>
     <t>1.13 Комплекты неона USB</t>
   </si>
   <si>
+    <t>131-001-1</t>
+  </si>
+  <si>
+    <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 90 LED, 0.75 м, желтый</t>
+  </si>
+  <si>
+    <t>131-003-1</t>
+  </si>
+  <si>
+    <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 90 LED, 0.75 м, синий</t>
+  </si>
+  <si>
     <t>131-004-1</t>
   </si>
   <si>
     <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 90 LED, 0.75 м, зеленый</t>
   </si>
   <si>
+    <t>131-011-1</t>
+  </si>
+  <si>
+    <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 120 LED, 1 м, желтый</t>
+  </si>
+  <si>
+    <t>131-017-1</t>
+  </si>
+  <si>
+    <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 120 LED, 1 м, розовый</t>
+  </si>
+  <si>
+    <t>131-023-1</t>
+  </si>
+  <si>
+    <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 180 LED, 1.5 м, синий</t>
+  </si>
+  <si>
     <t>131-024-1</t>
   </si>
   <si>
     <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 180 LED, 1.5 м, зеленый</t>
   </si>
   <si>
+    <t>131-034-1</t>
+  </si>
+  <si>
+    <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 240 LED, 2 м, цвет зеленый</t>
+  </si>
+  <si>
     <t>131-007-1</t>
   </si>
   <si>
     <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 90 LED, 0.75 м, розовый</t>
   </si>
   <si>
+    <t>131-013-1</t>
+  </si>
+  <si>
+    <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 120 LED, 1 м, синий</t>
+  </si>
+  <si>
     <t>131-014-1</t>
   </si>
   <si>
     <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 120 LED, 1 м, зеленый</t>
   </si>
   <si>
-    <t>131-023-1</t>
-[...2 lines deleted...]
-    <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 180 LED, 1.5 м, синий</t>
+    <t>131-021-1</t>
+  </si>
+  <si>
+    <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 180 LED, 1.5 м, желтый</t>
   </si>
   <si>
     <t>131-027-1</t>
   </si>
   <si>
     <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 180 LED, 1.5 м, розовый</t>
-  </si>
-[...40 lines deleted...]
-    <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 240 LED, 2 м, цвет зеленый</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -3693,51 +3693,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snejinki-20-led-belie-2-8-metra-18304" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachniy-provod-tepliy-beliy-tsvet-svecheniya-neon-night-24243" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/loft-girlyanda-svetodiodnaya-5-m-cherniy-pvh-20-led-teploe-beloe-svechenie-neon-night-23499" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-domashnih-girlyand-3-m-prozrachniy-pvh-28052" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kolokolchiki-20-led-rgb-2-8-metra-18299" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-svechi-20m-temno-zelenyy-pvh-100-led-teplyy-belyy-ne-soedinyaetsya-neon-nigh.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-5-m-30-led-prozrachniy-pvh-s-kontrollerom-tsvet-svecheniya-tepliy-beliy-neon-night-23569" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachniy-provod-beliy-tsvet-svecheniya-neon-night-24244" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdi-1-5h0-6-m-prozrachniy-provod-tepliy-beliy-svet-svecheniya-neon-night-24245" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-4m-temno-zeleniy-pvh-20-led-tepliy-beliy-7624" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-6m-temno-zeleniy-pvh-30-led-tepliy-beliy-7625" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-10m-temno-zeleniy-pvh-50-led-tepliy-beliy-7626" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-s-kryuchkom-10-sht-7475" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-s-nasadkami-shariki-snejinki-elochki-30-led-multikolor-4-4-metra-s-kontrollerom-18289" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-30-led-5-m-tepliy-beliy-tsvet-svecheniya-neon-night-18279" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kubiki-20-led-multikolor-2-8-metra-s-kontrollerom-18292" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-20-led-krasnie-2-8-metra-18301" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kistochki-48-led-belie-5-metrov-18302" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-palochki-s-puzirkami-20-palochek-tsvet-multikolor-2-metra-18294" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsveti-sakuri-50-led-rozovie-7-metrov-s-kontrollerom-18305" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snejinki-30-led-multikolor-4-4-metra-s-kontrollerom-18298" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snejinki-bolshie-5m-20led-ip20-prozrachniy-provod-svechenie-multi-rg-rb-miganie-230v-neon-night-30013" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvetnie-shariki-20-led-multikolor-2-8-metra-18288" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachniy-provod-svechenie-multi-rg-rb-kontroller-8-rejimov-230v-neon-night-30011" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-arka-so-zvezdami-2-5h1-2m-136led-tepliy-beliy-s-kontrollerom-8-rejimov-230v-neon-night-30040" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-zeleniy-provod-svechenie-multi-rg-rb-miganie-230v-neon-night-30012" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-so-snejinkami-2-4h0-9m-150led-beliy-s-kontrollerom-8-rejimov-230v-neon-night-30019" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachniy-provod-svechenie-multi-rg-rb-miganie-230v-neon-night-30010" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-10-led-1-2-metra-prozrachniy-pvh-teploe-beloe-svechenie-batareyki-2haa-neon-night-23497" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5m-20led-prozrachniy-pvh-tepliy-beliy-pitanie-usb-neon-night-30847" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-serebryanaya-10-led-1-5-m-prozrachniy-pvh-beliy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24248" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23565" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-zolotaya-10-led-1-5-m-prozrachniy-pvh-teploe-beloe-svechenie-2-h-aa-batareyki-ne-v-komplekte-neon-night-24249" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5m-20-led-prozrachniy-pvh-tepliy-beliy-pitanie-usb-neon-night-30848" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampi-3-m-beloe-svechenie-batareyki-3haa-neon-night-23498" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-multikolor-2-h-aa-batareyki-ne-v-komplekte-neon-night-23555" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23566" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-10-led-1-5-m-prozrachniy-pvh-tepliy-beliy-tsvet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24238" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristalli-chernie-10-led-1-5-m-prozrachniy-pvh-tepliy-beliy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24241" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-multikolor-2-h-aa-batareyki-ne-v-komplekte-neon-night-23556" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mini-lampochki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-multikolor-2-h-aa-batareyki-ne-v-komplekte-neon-night-23557" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-banochki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23561" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-plombir-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23562" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23564" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23568" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-lampochki-10-led-1-5-m-prozrachniy-pvh-tepliy-beliy-tsvet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24239" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-biryuzovaya-10-led-2-25-m-prozrachniypvh-beliy-tsvet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24246" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-krasnaya-10-led-2-25-m-prozrachniy-pvh-tepliy-beliy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24247" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-3-5-m-20-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-neon-night-23563" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-jemchujinki-1-5-m-10-led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-2-h-aa-batareyki-ne-v-komplekte-neon-night-23567" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-na-solnechnoy-bataree-zvezdi-12-led-tepliy-beliy-1-2-metra-18283" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristalli-bronzovie-10-led-1-5-m-prozrachniy-pvh-tepliy-beliy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night-24242" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampi-3-m-tepliy-beliy-18601" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5-m-prozrachniy-pvh-20-led-tepliy-beliy-pitanie-2-h-aa-batareyki-ne-v-komplekte-19992" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-severnoe-siyanie-3-5-m-prozrachniy-pvh-20-led-tepliy-beliy-19988" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-feyerverk-1-5-m-prozrachniy-pvh-10-led-tepliy-beliy-pitanie-2-h-aa-batareyki-ne-v-komplekte-19994" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampi-3-m-multikolor-18600" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5-m-prozrachniy-pvh-20-led-tepliy-beliy-19991" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-vostochnie-fonariki-10-led-jeltie-1-5-metra-prozrachniy-pvh-pitanie-2xaa-18306" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-5m-25led-prozrachniy-pvh-tsvet-svecheniya-tepliy-beliy-pitanie-usb-neon-night-29997" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5m-10led-prozrachniy-pvh-tepliy-beliy-pitanie-usb-neon-night-30846" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-pudra-1-5-m-prozrachniy-pvh-10-led-tepliy-beliy-pitanie-2-h-aa-batareyki-ne-v-komplekte-19993" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-noviy-god-1-5-m-prozrachniy-pvh-10-led-tepliy-beliy-pitanie-2-h-aa-batareyki-ne-v-komplekte-19989" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5-m-prozrachniy-pvh-10-led-tepliy-beliy-pitanie-2-h-aa-batareyki-ne-v-komplekte-19990" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2-m-20-led-teploe-beloe-svechenie-neon-night-7708" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-kontrollerom-10m-250led-tsvet-svecheniya-tepliy-beliy-na-katushke-neon-night-30041" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-probkoy-2-m-20-led-beloe-svechenie-3hlr44-v-komplekte-neon-night-24831" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-goluboy-tonkiy-batareyniy-blok-7468" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-krupnimi-kaplyami-2-m-20-led-beloe-svechenie-2hcr2032-v-komplekte-neon-night-26333" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-prischepkoy-3-m-30-led-tsvet-svecheniya-multikolor-2hcr2032-v-komplekte-neon-night-24830" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-10-m-100-led-usb-teploe-beloe-svechenie-neon-night-24844" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-20m-200led-zeleniy-provod-teploe-beloe-svechenie-neon-night-30005" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-jeltiy-tonkiy-batareyniy-blok-7709" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-usb-tsvet-rgb-24371" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-rgb-7471" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-prischepkoy-3-m-30-led-beloe-svechenie-2hcr2032-v-komplekte-neon-night-24828" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-prischepkoy-3-m-30-led-teploe-beloe-svechenie-2hcr2032-v-komplekte-neon-night-24829" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-led-tsvet-svecheniya-multikolor-tonkiy-batareyniy-blok-neon-night-24834" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-krupnimi-kaplyami-2-m-20-led-tsvet-svecheniya-multikolor-2hcr2032-v-komplekte-tonkiy-batareyniy-blok-neon-night-24836" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-5-m-50-led-usb-teploe-beloe-svechenie-neon-night-24842" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-10-m-100-led-usb-beloe-svechenie-neon-night-24843" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-snejinki-2m-20-diodov-tsvet-beliy-7472" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-biryuzoviy-tonkiy-batareyniy-blok-7470" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-rozoviy-tonkiy-batareyniy-blok-7469" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-probkoy-2-m-20-led-tsvet-svecheniya-multikolor-3hlr44-v-komplekte-neon-night-24833" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-krupnimi-kaplyami-2-m-20-led-teploe-beloe-svechenie-2hcr2032-v-komplekte-neon-night-24835" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-5-m-50-led-usb-beloe-svechenie-neon-night-24841" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-beliy-tonkiy-batareyniy-blok-7478" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-30m-300led-ip20-230v-zeleniy-provod-beloe-svechenie-30008" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-100m-1000led-ip20-230v-zeleniy-provod-teploe-beloe-svechenie-30064" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-zeleniy-7710" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-probkoy-2-m-20-led-teploe-beloe-svechenie-3hlr44-v-komplekte-neon-night-24832" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-2-m-20-diodov-tsvet-krasniy-19411" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-30m-300led-ip20-230v-zeleniy-provod-teploe-beloe-svechenie-30007" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-50m-500led-ip20-230v-zeleniy-provod-teploe-beloe-svechenie-30009" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-50m-500led-ip20-230v-zeleniy-provod-beloe-svechenie-30063" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-40m-1000-led-teplyy-belyy-ip20-na-katushke-zel.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-s-kontrollerom-20m-200led-ip20-230v-zeleniy-provod-beloe-svechenie-30006" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-rosa-feyerverk-s-kontrollerom-20m-500led-tsvet-svecheniya-tepliy-beliy-na-katushke-neon-night-30042" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-4sht-h-20sm-shag-50sm-230v-s-transformatorom-belie-svetodiodi-3659" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8-sht-h-50-sm-shag-50-sm-230-v-teplie-belie-svetodiodi-18384" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-belie-svetodiodi-6559" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-multi-svetodiodi-6560" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-230v-komplekt-8-sht-h-42-sm-36x8-led-ne-soedinyayutsya-18285" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-1-5h1m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-tepliy-beliy-7541" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-1-5h1m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-sinie-7540" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-1-5h1m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-multikolor-7542" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-1-5h1m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-belie-7539" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-1-5h1-5-m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-multikolor-27963" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-1-5h1-5-m-144-led-prozrachniy-pvh-s-kontrollerom-holodnoe-beloe-svechenie-neon-night-7536" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-1-5h1-5m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-sinie-7537" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dojd-1-5x1-5-m-prozrachniy-pvh-144-led-s-kontrollerom-teploe-beloe-svechenie-neon-night-7538" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-1-5x1-5m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-multikolor-8314" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-1-5h1-5-m-s-nasadkami-shariki-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-multikolor-18390" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-1-5h1-5-m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-tsvet-tepliy-beliy-27962" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-1-5h1-5-m-s-nasadkami-shariki-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-beliy-18391" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-1-5h1-5-m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-belie-27961" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2-5x2-m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-tepliy-beliy-14817" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2-5x2-m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-sinie-14820" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2-5x2-m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-multikolor-14809" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2-5x2m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-belie-14808" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x3-m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-multikolor-18389" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2x3-m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-tsvet-tepliy-beliy-18388" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h3-m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-tsvet-beliy-19955" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-3h2-m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-tsvet-tepliy-beliy-1-27966" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-3h2-m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-tsvet-beliy-1-27967" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-3h2-m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-multikolor-1-27968" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-3h2-m-effekt-vodopada-prozrachniy-provod-230-v-diodi-teplie-belie-240-led-29706" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-2h2-m-effekt-vodopada-prozrachniy-provod-230-v-diodi-belie-200-led-27960" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-3h2-m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-tsvet-rozoviy-27957" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-3h2-m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-tsvet-tepliy-beliy-27954" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-3h2-m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-diodi-multikolor-27956" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-3h2-m-svechenie-s-dinamikoy-prozrachniy-provod-230-v-tsvet-beliy-27955" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-zanaves-iz-rosi-s-figurami-zvezd-tepliy-beliy-ip20-usb-pult-upravleniya-neon-night-31159" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-zanaves-iz-rosi-s-figurami-snejinok-beliy-ip20-usb-pult-upravleniya-neon-night-31158" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-zanaves-iz-rosi-s-figurami-zvezd-multikolor-ip20-usb-pult-upravleniya-neon-night-31160" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-iz-rosi-3h3-m-usb-pult-upravleniya-1-27959" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-iz-rosi-3h2m-multikolor-usb-pult-upravleniya-s-kryuchkami-dlya-krepleniya-neon-night-30039" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-iz-rosi-3h3-m-usb-pult-upravleniya-29704" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-iz-rosi-3h3-m-usb-pult-upravleniya-29705" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-iz-rosi-3h2m-tepliy-beliy-usb-pult-upravleniya-s-kryuchkami-dlya-krepleniya-neon-night-30068" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-iz-rosi-3h2m-beliy-usb-pult-upravleniya-s-kryuchkami-dlya-krepleniya-neon-night-30069" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-iz-rosi-6h3-m-usb-pult-upravleniya-29707" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-iz-rosi-6h3-m-usb-pult-upravleniya-29708" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-zanaves-iz-rosi-feyerverk-3h2m-600-led-tepliy-beliy-ip20-230v-neon-night-31156" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-iz-rosi-3h3m-beliy-usb-pult-upravleniya-s-kryuchkami-dlya-krepleniya-neon-night-30035" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-zanaves-iz-rosi-feyerverk-3h3m-900-led-tepliy-beliy-ip20-230v-neon-night-31157" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-iz-rosi-3h3m-tepliy-beliy-usb-pult-upravleniya-s-kryuchkami-dlya-krepleniya-neon-night-30034" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-iz-rosi-3h3-m-usb-pult-upravleniya-27958" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-dojd-iz-rosi-3h3-m-usb-pult-upravleniya-29807" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodniy-zanaves-iz-rosi-3h3m-300-led-multikolor-ip20-usb-pult-upravleniya-s-kryuchkami-dlya-krepleniya-neon-night-31163" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-1-8-h-0-5-m-prozrachniy-provod-230-v-diodi-rgb-14827" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-3h0-8-m-200-led-tsvet-tepliy-beliy-prozrachniy-pvh-27611" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-1-8-h-0-5-m-prozrachniy-provod-230-v-diodi-multikolor-7518" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-1-8-h-0-5-m-prozrachniy-provod-230-v-diodi-sinie-6563" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-3-0-8-m-200-led-belie-prozrachniy-pvh-18284" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodniy-1-8-h-0-5-m-prozrachniy-provod-230-v-diodi-belie-6564" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-aysikl-bahroma-svetodiodnaya-1-8-h-0-5-m-prozrachniy-provod-230-v-diodi-tepliy-beliy-6565" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachniy-pvh-150-led-belie-7545" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-8h1-5m-prozrachniy-pvh-180-led-multikolor-7544" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-8h1-5m-prozrachniy-pvh-180-led-tsvet-siniy-14596" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5-m-prozrachniy-pvh-96-led-multikolor-27972" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachniy-pvh-150-led-multikolor-7557" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5-m-prozrachniy-pvh-96-led-beliy-27970" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5-m-prozrachniy-pvh-96-led-tepliy-beliy-27971" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachniy-pvh-150-led-tepliy-beliy-14593" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-8h1-5m-prozrachniy-pvh-180-led-belie-7543" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachniy-pvh-150-led-sinie-14605" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-8h1-5m-prozrachniy-pvh-180-led-tepliy-beliy-14594" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1h1-5m-prozrachniy-pvh-96-led-multikolor-6481" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-25-led-prozrachniy-pvh-tsvet-svecheniya-beliy-neon-night-23528" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zeleniy-pvh-25-led-tsvet-multikolor-7548" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zeleniy-pvh-25-led-tsvet-beliy-7546" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zeleniy-pvh-25-led-tsvet-tepliy-beliy-7547" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachniy-pvh-25-led-tsvet-tepliy-beliy-18395" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zeleniy-pvh-25-led-tsvet-siniy-14600" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachniy-pvh-25-led-tsvet-multikolor-18397" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zeleniy-pvh-40-led-tsvet-tepliy-beliy-7550" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zeleniy-pvh-40-led-tsvet-beliy-7549" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zeleniy-pvh-40-led-tsvet-multikolor-7551" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachniy-pvh-40-led-tsvet-multikolor-18399" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachniy-pvh-40-led-tsvet-tepliy-beliy-18393" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachniy-pvh-40-led-tsvet-beliy-18398" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zeleniy-pvh-40-led-tsvet-siniy-14611" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zeleniy-pvh-80-led-tsvet-siniy-14617" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachniy-pvh-80-led-beloe-svechenie-neon-night-23503" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-beliy-10-metrov-prozrachniy-pvh-s-kontrollerom-28682" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-multikolor-10-metrov-prozrachniy-pvh-s-kontrollerom-28683" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zeleniy-pvh-80-led-tsvet-beliy-7519" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zeleniy-pvh-80-led-tsvet-multikolor-7521" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-tepliy-beliy-10-metrov-prozrachniy-pvh-s-kontrollerom-18286" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachniy-pvh-80-led-tsvet-tepliy-beliy-18396" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zeleniy-pvh-80-led-tsvet-tepliy-beliy-7520" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-120-led-multikolor-12-metrov-s-kontrollerom-18291" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachniy-pvh-80-led-tsvet-multikolor-18400" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachniy-pvh-120-led-beloe-svechenie-neon-night-23504" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zeleniy-pvh-120-led-tsvet-multikolor-7554" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zeleniy-pvh-120-led-tsvet-siniy-14608" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zeleniy-pvh-120-led-tsvet-beliy-7552" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zeleniy-pvh-120-led-tsvet-tepliy-beliy-7553" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachniy-pvh-120-led-tsvet-tepliy-beliy-18394" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-300-led-multikolor-15-metrov-s-kontrollerom-18297" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachniy-pvh-120-led-tsvet-multikolor-18401" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachniy-pvh-160-led-tsvet-beliy-28686" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachniy-pvh-160-led-tsvet-multikolor-28688" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-tepliy-beliy-20-metrov-s-kontrollerom-28684" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-multikolor-20-metrov-s-kontrollerom-28685" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachniy-pvh-160-led-tsvet-tepliy-beliy-28687" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zeleniy-pvh-160-led-tsvet-beliy-20012" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-belie-20-metrov-s-kontrollerom-18280" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zeleniy-pvh-160-led-tsvet-multikolor-20011" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zeleniy-pvh-160-led-tsvet-tepliy-beliy-20010" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-8-metra-tsvet-diodov-beliy-ne-soedinyaetsya-20017" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-iz-rosi-s-makushkoy-na-elku-9h2m-200led-effekt-vodopada-tepliy-beliy-tsvet-230v-neon-night-30036" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-8-metra-tsvet-diodov-tepliy-beliy-ne-soedinyaetsya-20014" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-5-metra-tsvet-diodov-tepliy-beliy-ne-soedinyaetsya-20015" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-5-metra-tsvet-diodov-multikolor-ne-soedinyaetsya-20016" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-5-metra-tsvet-diodov-beliy-ne-soedinyaetsya-20013" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-8-metra-tsvet-diodov-multikolor-ne-soedinyaetsya-20018" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachniy-pvh-288-diodov-tsvet-zeleniy-7529" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachniy-pvh-288-diodov-tsvet-krasniy-7527" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachniy-pvh-288-diodov-tsvet-siniy-7526" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachniy-pvh-288-diodov-tsvet-rozoviy-7530" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachniy-pvh-288-diodov-tsvet-tepliy-beliy-14615" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachniy-pvh-288-diodov-tsvet-beliy-7525" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachniy-pvh-576-diodov-tsvet-beliy-7531" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachniy-pvh-576-diodov-tsvet-krasniy-7533" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachniy-pvh-576-diodov-tsvet-rozoviy-7534" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachniy-pvh-576-diodov-tsvet-zelyoniy-7535" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachniy-pvh-288-diodov-tsvet-jeltiy-7528" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachniy-pvh-576-diodov-tsvet-siniy-7532" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-temno-zeleniy-pvh-288-diodov-tsvet-beliy-tepliy-beliy-20009" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-led-3-m-temno-zeleniy-pvh-ip20-288-diodov-tsvet-tepliy-beliy-20006" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-led-3-m-temno-zeleniy-pvh-ip20-288-diodov-tsvet-beliy-20007" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-led-3-m-temno-zeleniy-pvh-ip20-288-diodov-tsvet-multikolor-20008" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-oslash-18-mm-5-m-temno-zeleniy-pvh-30-diodov-tsvet-rgb-27965" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-oslash-25-mm-5m-temno-zeleniy-pvh-25-diodov-tsvet-beliy-bez-kontrollera-14821" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-oslash-15mm-5m-temno-zeleniy-pvh-30-diodov-tsvet-rgb-7522" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-oslash-25mm-5m-temno-zeleniy-pvh-25-diodov-tsvet-rgb-7524" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-oslash-30mm-5m-temno-zeleniy-pvh-25-diodov-tsvet-rgb-7555" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-oslash-18mm-5m-temno-zeleniy-pvh-30-diodov-tsvet-rgb-7523" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-oslash-25-mm-5-m-temno-zeleniy-pvh-25-diodov-tsvet-rgb-27964" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tvinkl-wi-fi-18-m-temno-zeleniy-pvh-120-led-rgb-ne-soedinyaetsya-28053" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dojd-zanaves-wi-fi-3h3-m-prozrachniy-pvh-180-led-rgb-ne-soedinyaetsya-28054" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-smart-nit-iz-rosi-s-krupnimi-svetodiodami-10m-100led-rgb-ip20-prozrachniy-provod-usb-30020" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-mashina-s-podsvetkoy-i-konfetti-pitanie-ot-usb-neon-night-31928" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-novogodnyaya-elka-s-podsvetkoy-i-konfetti-pitanie-ot-usb-neon-night-31929" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-s-effektom-snegopada-i-podsvetkoy-rojdestvo-beliy-19907" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-s-effektom-snegopada-i-podsvetkoy-rojdestvenskiy-les-beliy-28633" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-figura-elochniy-shar-s-effektom-snegopada-i-podsvetkoy-neon-night-31189" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-led-fonar-s-effektom-snegopada-i-podsvetkoy-santa-klaus-usb-teploe-beloe-svechenie-neon-night-19908" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-figura-telefonnaya-budka-s-effektom-snegopada-i-podsvetkoy-neon-night-31166" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-svetilnik-balerina-s-konfetti-usb-neon-night-24201" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-svetilnik-kartina-s-effektom-snegopada-neon-night-24210" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-svetilnik-delfini-s-konfetti-usb-neon-night-24202" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-led-fonar-s-effektom-snegopada-i-podsvetkoy-ded-moroz-teploe-beloe-svechenie-neon-night-14499" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-parovoz-s-effektom-snegopada-i-podsvetkoy-30849" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-s-effektom-snegopada-i-podsvetkoy-noviy-god-28632" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-figura-zvezda-s-effektom-snegopada-i-podsvetkoy-neon-night-31169" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-svetilnik-mayak-s-konfetti-i-melodiey-usb-neon-night-24825" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-svetilnik-feya-s-konfetti-i-melodiey-usb-neon-night-24826" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-svetilnik-kolokolchik-s-effektom-snegopada-neon-night-24205" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-svetilnik-siyanie-s-konfetti-usb-neon-night-24203" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-svetilnik-edinorog-s-konfetti-i-melodiey-usb-neon-night-24827" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-svetilnik-podsvechnik-s-effektom-snegopada-neon-night-24209" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-svetilnik-mayak-siniy-s-konfetti-i-podsvetkoy-usb-neon-night-24197" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-s-effektom-snegopada-i-podsvetkoy-snegoviki-beliy-14500" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-svetilnik-chasi-s-effektom-snegopada-neon-night-24208" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-figura-fonarik-s-effektom-snegopada-i-podsvetkoy-neon-night-31165" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-na-solnechnoy-bataree-20h20h22-sm-cherniy-pleteniy-korpus-tepliy-beliy-tsvet-svecheniya-neon-night-24257" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativniy-s-rosoy-cherniy-korpus-10-5h10-5h24sm-tepliy-beliy-neon-night-31930" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-mashinoy-chernyy-korpus-razmer-14h14h21-sm-tsvet-teplyy-belyy-pitanie-2haa-ne-v.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-5-5h5-5h12-5-sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya-.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-so-svechkoy-9-5sm-tsvet-korpusa-beliy-krasniy-cherniy-tsvet-svecheniya-tepliy-beliy-pitanie-3xlr1130-v-komplekte-neon-night-31868" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-so-svechkoy-cherniy-korpus-razmer-10-5h10-5h24-sm-tsvet-tepliy-beliy-18591" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-s-sharikami-12h12h20-6-sm-beliy-korpus-tepliy-beliy-tsvet-svecheniya-neon-night-23511" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-so-svechkoy-i-shishkoy-cherniy-korpus-razmer-10-7x10-7x23-5-sm-tsvet-tepliy-beliy-27613" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-9-5sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya-teplyy-bel.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-so-svechkoy-i-shishkoy-bronzoviy-korpus-razmer-14x14x27-sm-tsvet-tepliy-beliy-27614" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-s-rosoy-beliy-korpus-razmer-10-7h10-7h23-5-sm-tsvet-tepliy-beliy-27615" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativniy-so-svechkoy-korpus-iz-dereva-korichneviy-15h15h38cm-tepliy-beliy-neon-night-31932" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-11h11h22-5-sm-cherniy-korpus-tsvet-svecheniya-rgb-s-effektom-mertsaniya-neon-night-23512" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-so-svechoy-14x14x29-sm-cherniy-korpus-tepliy-beliy-tsvet-svecheniya-neon-night-24220" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-s-sharikami-12h12h20-6-sm-cherniy-korpus-tepliy-beliy-tsvet-svecheniya-neon-night-23510" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-s-lampochkoy-beliy-korpus-razmer-10-5h10-5h24-sm-tsvet-tepliy-beliy-18592" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-so-svechkoy-krasniy-korpus-razmer-10-5h10-5h24sm-tsvet-tepliy-beliy-29914" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-so-svechkoy-korpus-iz-dereva-razmer-14h14h35cm-tsvet-tepliy-beliy-30001" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-so-svechkoy-beliy-korpus-razmer-10-5h10-5h22-35-sm-tsvet-tepliy-beliy-18589" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-so-svechkoy-beliy-korpus-razmer-10-5h10-5h24-sm-tsvet-tepliy-beliy-18588" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativniy-figura-so-svechkoy-5-5h5-5h12-5sm-tsvet-korpusa-beliy-krasniy-cherniy-tsvet-svecheniya-tepliy-beliy-pitanie-3xlr1130-v-komplekte-neon-night-31870" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-so-svechkoy-beliy-korpus-so-snejinkoy-razmer-12h12h18-sm-tsvet-tepliy-beliy-19934" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-so-svechkoy-pleteniy-korpus-bronza-razmer-14h14h16-5-sm-tsvet-tepliy-beliy-19933" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativniy-so-svechkoy-korpus-iz-dereva-bejeviy-15h15h38cm-tepliy-beliy-neon-night-31931" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-s-lampochkoy-bronzoviy-korpus-razmer-10-5h10-5h22-5-sm-tsvet-tepliy-beliy-18590" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativniy-figura-so-svechkoy-9h5h13sm-tsvet-korpusa-bronzoviy-tsvet-svecheniya-tepliy-beliy-pitanie-3xlr1130-v-komplekte-neon-night-31869" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-so-svechkoy-pleteniy-korpus-beliy-razmer-14h14h16-5-sm-tsvet-tepliy-beliy-27736" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-s-sharikami-cherniy-korpus-razmer-14h14h27-sm-tsvet-tepliy-beliy-27616" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-so-svechkoy-krasniy-korpus-razmer-13-5h13-5h30-5-sm-tsvet-tepliy-beliy-18593" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-na-solnechnoy-bataree-14h14h24-sm-cherniy-pleteniy-korpus-tepliy-beliy-tsvet-svecheniya-neon-night-24258" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-na-podstavke-so-svechkoy-bronzoviy-korpus-razmer-14-5h17h31sm-tsvet-tepliy-beliy-30649" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-so-svechoy-18x16-5x31-sm-cherniy-korpus-tepliy-beliy-tsvet-svecheniya-neon-night-24222" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-so-svechoy-14x14x29-sm-beliy-korpus-tepliy-beliy-tsvet-svecheniya-neon-night-24221" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-12h12h20-6-sm-beliy-korpus-tepliy-beliy-tsvet-svecheniya-s-effektom-plameni-svechi-neon-night-23515" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-s-tremya-svechami-bronzoviy-korpus-razmer-24h24h65sm-tsvet-tepliy-beliy-30030" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-11h11h22-5-sm-cherniy-korpus-tepliy-beliy-tsvet-svecheniya-s-effektom-plameni-svechi-neon-night-23514" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-fonar-11h11h22-5-sm-cherniy-korpus-tepliy-beliy-tsvet-svecheniya-s-effektom-mertsaniya-neon-night-23513" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativniy-figura-s-tremya-svechami-beliy-korpus-24h24h40-sm-tepliy-beliy-neon-night-31171" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-nuar-s-effektom-zhivogo-ognya-16h14h29-sm-pitanie-3haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-rustik-s-effektom-zhivogo-ognya-14h14h28-sm-pitanie-3haa-ne-v-komplekte-neon-nigh.html" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-volshebniy-fonar-s-effektom-jivogo-ognya-11h11h24-5-sm-batareyki-3haa-ne-v-komplekte-27745" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-grand-shale-s-effektom-jivogo-ognya-45h18h56sm-rabotaet-ot-batareek-3hs-v-komplekt-ne-vhodyat-ili-ot-usb-v-komplekte-cherniy-30844" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-starinnie-chasi-s-effektom-jivogo-ognya-14-7x11-7x25-sm-bronza-batareyki-2hs-ne-v-komplekte-usb-neon-night-23509" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-svetilnik-lava-oslash-10h16-5-sm-batareyki-3haa-ne-v-komplekte-20072" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-avangard-s-effektom-jivogo-ognya-30h13h30-sm-batareyki-3hs-ne-v-komplekte-ili-ot-usb-v-komplekte-27747" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-starinnie-chasi-s-effektom-jivogo-ognya-14-7x11-7x25-sm-cherniy-batareyki-2hs-ne-v-komplekte-usb-neon-night-23508" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-launj-s-effektom-jivogo-ognya-35-3h12-4h33-7-sm-s-adapterom-pitaniya-i-batareykami-4-h-aa-ne-v-komplekte-neon-night-24196" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-vintaj-mini-s-effektom-jivogo-ognya-24-8h12-7h30-sm-batareyki-3hs-ne-v-komplekte-s-usb-cherniy-26329" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-fyujn-s-effektom-jivogo-ognya-14-7x11-7x25-sm-batareyki-2hs-ne-v-komplekte-usb-bronzoviy-23506" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-haytek-s-effektom-jivogo-ognya-60h10h20-sm-batareyki-3hs-ne-v-komplekte-ili-ot-usb-v-komplekte-27746" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-fyujn-s-effektom-jivogo-ognya-14-7x11-7x25-sm-batareyki-2hs-ne-v-komplekte-usb-cherniy-23507" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-shale-s-effektom-jivogo-ognya-30h13h28-sm-batareyki-3hs-ne-v-komplekte-ili-ot-usb-v-komplekte-27744" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-vintaj-mini-s-effektom-jivogo-ognya-24-8h12-7h30-sm-batareyki-3hs-ne-v-komplekte-s-usb-bronzoviy-26330" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-vintaj-s-effektom-jivogo-ognya-30h16h35-5-sm-batareyki-3hs-ne-v-komplekte-i-usb-v-komplekte-20071" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-loft-usb-s-effektom-jivogo-ognya-17h10h24-5-sm-neon-night-20069" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-kantri-s-effektom-jivogo-ognya-12h12h18-5-sm-batareyki-3haa-ne-v-komplekte-20073" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-kamin-skandi-s-effektom-jivogo-ognya-18h9h16-sm-batareyki-3hs-ne-v-komplekte-20068" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-svetilnik-lava-oslash-15h21-sm-batareyki-3haa-ne-v-komplekte-20074" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativniy-svetilnik-kubok-12-5h12-5h33sm-rabotaet-ot-batareek-2haa-v-komplekt-ne-vhodyat-neon-night-30845" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-klassika-s-effektom-jivogo-ognya-33h12h24-sm-batareyki-3hs-ne-v-komplekte-ili-ot-usb-v-komplekte-20067" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-retro-s-effektom-jivogo-ognya-60-3h11h36-8sm-rabotaet-ot-batareek-3hs-v-komplekt-ne-vhodyat-ili-ot-usb-v-komplekte-bronzoviy-30850" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-kamin-rojdestvo-s-effektom-jivogo-ognya-15h14h26sm-batareyki-2hs-ne-v-komplekte-i-usb-bronzoviy-neon-night-29996" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-11-5x5x19-sm-18238" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rojdestvenskiy-olen-rozoviy-10-5x4x18-sm-19850" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-snegovik-18-sm-neon-night-24213" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnom-s-noskom-15h4h17-sm-neon-night-24218" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-17h4h15-sm-19842" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-semeystvo-oleney-30h5h15-7-sm-19846" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-el-so-snejinkami-9-5x6x31-sm-18241" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannie-prischepki-zvezdochki-16x4-5x1-3-cm-rozovie-6-sht-neon-night-24217" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-domik-v-lesu-19h6h26-sm-19841" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-ded-moroz-18-sm-neon-night-24212" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rojdestvenskiy-olen-11h5h47-sm-19847" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elka-na-podstavke-14-5h5h30-sm-19843" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-zvezdochka-24x13x3-6-sm-18236" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-volshebniy-fonarik-13-8x11x11-sm-18243" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-borodach-7x4-5x18-sm-neon-night-24211" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-9x5x19-sm-18240" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-zvezda-dvoynaya-30h4h30-sm-19844" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannie-prischepki-zvezdochki-16x4-5x1-3-cm-biryuzovie-6-sht-neon-night-24216" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-domik-zvezdocheta-biryuzovaya-26h7h25-sm-neon-night-24219" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-s-olenem-12x6x21-5-sm-18237" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rojdestvenskaya-skazka-44-5x6x24-sm-18239" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-20h6-5h29-sm-19849" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannie-prischepki-elochki-14-5x4-5x1-6-cm-6-sht-rozovie-neon-night-24215" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannie-prischepki-novogodnyaya-el-14-5x4-5x1-6-cm-6-sht-neon-night-24214" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rojdestvenskiy-olen-siniy-10-5x4x18-sm-19848" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-igrushechniy-poni-beliy-25h5-5h26-5-sm-19845" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-domik-so-snegovikom-26-2h9-5h23-3-sm-19895" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-krasniy-domik-11-5h8-5h20-4-sm-19898" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-olenenok-s-sharfom-7x6-5x21-sm-18355" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-svechka-so-snegovikom-10-5h9h17-6-sm-19904" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-na-kone-35h15h39-8-sm-19902" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-avtobus-s-elkoy-19x9x16-sm-18356" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskiy-podsvechnik-parovoz-17-1h7-1h14-7-sm-19897" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-v-sanyah-30-5h12-2h17-2-sm-19893" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskiy-podsvechnik-svechka-12-5h6h19-3-sm-19905" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-beliy-domik-15-7h11-7h28-4-sm-19892" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-na-sanyah-13x9-5x14-sm-18354" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-domik-8x7x11-sm-18364" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-s-podvesnimi-nojkami-6-3h5-4h10-4-sm-19890" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-podvesnaya-figura-snejinka-na-metallicheskom-karkase-tsvet-tepliy-beliy-neon-night-31172" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-podvesnaya-figura-zvezda-na-metallicheskom-karkase-tsvet-tepliy-beliy-neon-night-31173" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-angelok-na-prisoske-s-podvesom-tsvet-tepliy-beliy-7460" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-olenenok-na-prisoske-s-podvesom-tsvet-beliy-7461" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snejinka-na-prisoske-s-podvesom-tsvet-beliy-27743" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezdochka-na-prisoske-s-podvesom-tsvet-tepliy-beliy-7456" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-20-sm-200-svetodiodov-tsvet-beliy-4310" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-mesyats-na-prisoske-s-podvesom-tsvet-tepliy-beliy-7459" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-na-prisoske-s-podvesom-tsvet-beliy-7458" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-kolokolchik-na-prisoske-s-podvesom-tsvet-tepliy-beliy-7457" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-na-prisoske-s-podvesom-tsvet-zeleniy-7462" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-santa-klaus-na-prisoske-s-podvesom-tsvet-beliy-7463" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37sm-tepliy-beliy-neon-night-31168" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-podarok-rgb-9927" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snejok-rgb-8-sm-18407" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnomik-v-novogodnem-kolpake-20sm-tsvet-svecheniya-tepliy-beliy-pitanie-3xlr1130-v-komplekte-neon-night-31934" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-21sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-34sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-srednyaya-rgb-9936" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-50sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-v-forme-tsilindra-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa.html" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novim-godom-35-led-krasnie-42x19-sm-18281" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-25-sm-rgb-7476" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-10sm-rgb-7556" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-20-sm-rgb-7474" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-v-shlyape-2d-rgb-9931" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-yolochka-kristall-rgb-14505" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snejok-rgb-14-sm-18409" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm-18231" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snejok-rgb-10-sm-18408" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-s-sharfom-2d-rgb-14504" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-25-sm-18227" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-17sm-rgb-14812" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-2d-rgb-9933" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-mishka-2d-rgb-9935" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-poezd-s-melodiey-30-5sm-rgb-neon-night-31945" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-angel-2d-rgb-9932" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-el-51-sm-18230" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snejinka-rgb-14503" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-3haa-3haa-ne-v-ko.html" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novim-godom-35led-tsvet-svecheniya-multikolor-rg-rb-razmer-42x19sm-29995" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-15-sm-rgb-7473" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-santa-klaus-rgb-9928" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-37sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night.html" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-elochka-45sm-tsvet-svecheniya-tepliy-beliy-pitanie-3haa-ne-v-komplekte-neon-night-31933" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-pingvin-kristall-rgb-14502" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-zvezda-35sm-tsvet-svecheniya-tepliy-beliy-pitanie-3haa-ne-v-komplekte-neon-night-31193" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-4-gnomikov-v-novogodnih-kolpakah-20-sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-kom.html" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-v-kompaktnom-korpuse-230-v-7607" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-230-v-10495" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-sistema-disko-shar-s-pultom-du-i-bluetooth-230-v-10619" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-letayuschaya-tarelka-36led-230-v-19963" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-podstavka-s-tsokolem-e27-v-komplekte-230-v-7606" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-shar-nochnik-proektor-svetodiodniy-s-distantsionnim-upravleniem-usb-neon-night-31191" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-letayuschaya-tarelka-48-led-cherniy-korpus-230v-neon-night-31677" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-dvoynaya-e27-podstavka-s-tsokolem-e27-v-komplekte-230-v-19964" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-s-perehodnikom-v-rozetku-proektsiya-zvezdi-230v-neon-night-31674" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-zvezdi-220-v-neon-night-24194" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-nochnik-proektor-zvezdnoe-nebo-na-podstavke-tsvet-multikolor-usb-neon-night-31676" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-zvezdnoe-nebo-s-pultom-220-v-neon-night-24195" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-belie-snejinki-230v-15110" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-nochnik-proektor-melony-28503" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-12-smennih-slaydov-tsvet-rgbw-12v-15093" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazerniy-proektor-neon-night-s-pultom-upravleniya-razlichnie-rejimi-proektsii-230-v-transformator-na-3-6-v-14966" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-nochnik-proektor-zvezdnoe-nebo-3-rejima-raboti-usb-neon-night-31675" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazerniy-proektor-meteoritniy-dojd-s-pultom-du-neon-night-23505" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazerniy-proektor-s-effektom-severnoe-siyanie-s-pultom-du-220-v-20040" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonoviy-nochnik-edinorog-usb-s-3-rejimami-rgb-svechenie-neon-night-20032" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonoviy-nochnik-shark-27400" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-svetilnik-portal-28504" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonoviy-nochnik-medved-28505" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonoviy-nochnik-koshachya-lapa-biryuzoviy-neon-night-20961" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonoviy-nochnik-kotik-usb-s-3-rejimami-rgb-svechenie-neon-night-20030" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonoviy-nochnik-medvejonok-20031" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonoviy-nochnik-schenok-26334" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonoviy-nochnik-lebed-neon-night-20962" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonoviy-nochnik-panda-26335" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/intererniy-svetilnik-tukan-28502" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/novogodnyaya-gorka-7-svechek-tsvet-korpusa-beliy-tsvet-svecheniya-tepliy-beliy-14822" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-podsvechnik-so-svechkami-50-sm-18226" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/novogodnyaya-gorka-7-svechek-tsvet-korpusa-krasniy-tsvet-svecheniya-tepliy-beliy-14815" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvejonok-12h22h13-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-10-svetodiodov-neon-night-6376" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medved-34-5h12h17-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-24-svetodioda-neon-night-6381" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-v-sharfe-20h17h30-sm-24-svetodioda-batareyki-2haa-ne-vhodyat-v-komplekt-neon-night-23488" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenyonok-30h14h35-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-40-svetodiodov-neon-night-6380" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pingvinenok-19h14-5h25-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v-komplekt-neon-night-23485" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pryanichniy-domik-26h15-5h20-sm-30-svetodiodov-batareyki-3haa-ne-vhodyat-v-komplekt-neon-night-23486" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-elochka-15h15h22-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v-komplekt-neon-night-23484" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-na-lijah-16h20h29-sm-30-svetodiodov-batareyki-3haa-ne-vhodyat-v-komplekt-neon-night-23487" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-lisenok-28h15h26-sm-batareyki-2haa-ne-vhodyat-v-komplekt-30-svetodiodov-neon-night-23489" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-severniy-olen-45-sm-100-svetodiodov-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-3997" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-beliy-mishka-15h25-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20-svetodiodov-neon-night-3488" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-ovtsa-30sm-56-svetodiodov-ip65-24v-neon-night-7651" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvejonok-24h11h18-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-16-svetodiodov-neon-night-6377" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-beliy-mishka-20-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20-svetodiodov-neon-night-3483" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belka-17-5h12h18-sm-4-5-v-3-batareyki-aaa-ne-vhodyat-v-komplekt-12-svetodiodov-neon-night-6379" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-santa-klaus-privetstvuet-30-sm-40-svetodiodov-ip65-ponijayuschiy-transformator-v-komplekte-neon-night-3994" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-s-sharfom-30-sm-40-svetodiodov-ip-65-ponijayuschiy-transformator-v-komplekte-neon-night-4000" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezda-na-elku-tsvet-rgb-31-led-22-sm-18296" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezda-na-elku-tsvet-rgb-10-led-17-sm-18295" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-na-elku-zvezda-22sm-tsvet-svecheniya-tepliy-beliy-postoyannoe-svechenie-230v-neon-night-30015" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-na-elku-zvezda-krasnaya-15sm-10led-postoyannoe-svechenie-230v-neon-night-30016" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/verhushka-na-elku-zvezda-20sm-tsvet-krasniy-neon-night-30014" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/eloviy-shleyf-iskusstvenniy-2-7-m-1446" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnejenniy-eloviy-shleyf-neon-night-2-7-m-oslash-26-sm-pvh-24233" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/eloviy-shleyf-iskusstvenniy-2-7-m-teploe-beloe-svechenie-80-led-1-7424" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/eloviy-shleyf-s-yagodami-i-girlyandoy-neon-night-1-8-m-30-led-31-v-litoy-teploe-beloe-svechenie-24232" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/eloviy-shleyf-iskusstvenniy-2-7-m-teploe-beloe-svechenie-80-led-6367" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/eloviy-shleyf-2-7-m-s-shishkami-obem-36-sm-1443" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-eloviy-shleyf-2-7-m-diametr-30-sm-vetki-litie-pvh-18594" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/belosnejniy-eloviy-shleyf-2-7m-14607" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-eloviy-shleyf-2-7-m-diametr-30-sm-vetki-litie-18595" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-20sm-vetki-pvh-neon-nigh-31359" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/eloviy-venok-neon-night-oslash-45-sm-leska-24228" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/eloviy-venok-neon-night-oslash-30-sm-pvh-14597" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnejenniy-eloviy-venok-neon-night-oslash-30-sm-pvh-24224" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnejenniy-eloviy-venok-neon-night-oslash-60-sm-pvh-24226" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/eloviy-venok-neon-night-oslash-30-sm-leska-24227" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/eloviy-venok-s-yagodami-i-girlyandoy-neon-night-oslash-45-sm-20-led-2-h-aa-litoy-teploe-beloe-svechenie-24230" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/eloviy-venok-neon-night-oslash-90-sm-pvh-24223" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/eloviy-venok-neon-night-oslash-60sm-pvh-14603" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnejenniy-eloviy-venok-neon-night-oslash-45-sm-pvh-24225" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/eloviy-venok-neon-night-oslash-45sm-pvh-14609" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/eloviy-venok-s-yagodami-neon-night-oslash-45-sm-litoy-24231" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/eloviy-venok-s-shishkami-neon-night-oslash-45sm-litoy-14598" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-visota-30sm-pitanie-ot-usb-zelenaya-3550" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-60sm-v-pletenom-meshochke-pvh-14599" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-45sm-v-pletenom-meshochke-pvh-14613" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-30sm-v-pletenom-meshochke-pvh-14590" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-45sm-v-plastikovom-gorshke-litaya-14614" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovih-figur-neon-night-kreativ-90-led-0-75-m-zeleniy-21009" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovih-figur-neon-night-kreativ-180-led-1-5-m-zeleniy-21017" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovih-figur-neon-night-kreativ-90-led-0-75-m-rozoviy-21008" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovih-figur-neon-night-kreativ-120-led-1-m-zeleniy-21013" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovih-figur-neon-night-kreativ-180-led-1-5-m-siniy-21015" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovih-figur-neon-night-kreativ-180-led-1-5-m-rozoviy-21016" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovih-figur-neon-night-kreativ-120-led-1-m-siniy-21011" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovih-figur-neon-night-kreativ-120-led-1-m-rozoviy-21012" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovih-figur-neon-night-kreativ-120-led-1-m-jeltiy-21010" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovih-figur-neon-night-kreativ-90-led-0-75-m-jeltiy-21006" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovih-figur-neon-night-kreativ-90-led-0-75-m-siniy-21007" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovih-figur-neon-night-kreativ-180-led-1-5-m-jeltiy-21014" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovih-figur-neon-night-kreativ-240-led-2-m-tsvet-zeleniy-27610" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-svechi-20m-temno-zelenyy-pvh-100-led-teplyy-belyy-ne-soedinyaetsya-neon-nigh" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-5-m-30-led-prozrachnyy-pvh-s-kontrollerom-tsvet-svecheniya-teplyy-be" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdy-1-5h0-6-m-prozrachnyy-provod-teplyy-belyy-svet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-kontroller-8" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-6m-temno-zelenyy-pvh-30-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-domashnih-girlyand-3-m-prozrachnyy-pvh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-10m-temno-zelenyy-pvh-50-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-so-snezhinkami-2-4h0-9m-150led-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-23" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-miganie-230v" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-4m-temno-zelenyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/loft-girlyanda-svetodiodnaya-5-m-chernyy-pvh-20-led-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kubiki-20-led-multikolor-2-8-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-s-kryuchkom-10-sht" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-30-led-5-m-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kistochki-48-led-belye-5-metrov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-palochki-s-puzyrkami-20-palochek-tsvet-multikolor-2-metra" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvety-sakury-50-led-rozovye-7-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvetnye-shariki-20-led-multikolor-2-8-metra" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kolokolchiki-20-led-rgb-2-8-metra" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-s-nasadkami-shariki-snezhinki-elochki-30-led-multikolor-4-4-me" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-30-led-multikolor-4-4-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-20-led-krasnye-2-8-metra" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-20-led-belye-2-8-metra" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-zelenyy-provod-svechenie-multi-rg-rb-miganie-230v-neon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-bolshie-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-mig" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-arka-so-zvezdami-2-5h1-2m-136led-teplyy-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-plombir-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-batareyki" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristally-chernye-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniya" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-10-led-1-2-metra-prozrachnyy-pvh-teploe-beloe-svechenie-batare" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-beloe-svechenie-batareyki-3haa-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-lampochki-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-tsvet-svecheniya-2-h-aa" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h-aa-b" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h-aa-bata" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mini-lampochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-banochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-b" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-3-5-m-20-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-ba" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-belyy-2-h-aa-batareyki" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-ba" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-krasnaya-10-led-2-25-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-serebryanaya-10-led-1-5-m-prozrachnyy-pvh-belyy-svet-svecheniya-2-h" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-zolotaya-10-led-1-5-m-prozrachnyy-pvh-teploe-beloe-svechenie-2-h-aa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-5-m-25-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-pitanie-usb-neon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-pudra-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-kompl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-vostochnye-fonariki-10-led-zheltye-1-5-metra-prozrachnyy-pvh-pitanie-2xaa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-multikolor" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5-m-10-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zhemchuzhinki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-tsvet-svecheniya-2-h-aa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-biryuzovaya-10-led-2-25-m-prozrachnyy-pvh-belyy-tsvet-svecheniya-2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-komp" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5-m-20-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-severnoe-siyanie-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-novyy-god-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5-m-20-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-na-solnechnoy-bataree-zvezdy-12-led-teplyy-belyy-1-2-metra" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristally-bronzovye-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-teplyy-belyy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-feyerverk-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-k" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rgb-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-belyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-ni" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rgb-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-zheltyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-biryuzovyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-ne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prischepkoy-3m-30led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prischepkoy-3m-30led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neon-nigh" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-multikolor-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20-led-multikolor-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-n" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-multikolor-ip20-tonkiy-batareynyy-blok-2hc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-5-m-50led-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-5-m-50led-teplyy-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-10m-100led-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-20m-200led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-zelenyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-20m-200led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-ni" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prischepkoy-3m-30led-multikolor-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-teplyy-belyy-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-10m-100led-teplyy-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20-led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-goluboy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rozovyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-2m-20led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-40m-1000-led-teplyy-belyy-ip20-na-katushke-zel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-krasnyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-belyy-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-30m-300led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-ni" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-30m-300led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-50m-500led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-ni" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-50m-500led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-100m-1000led-teplyy-belyy-ip20-230v-zelenyy-provod-neon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-10m-250led-teplyy-belyy-ip20-na-katushke-neon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-20m-500led-teplyy-belyy-ip20-na-katushke-neon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-4sht-h-20sm-shag-50sm-230v-s-transformatorom-belye-svetodi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-multi-svetod" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-belye-svetod" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8-sht-h-50-sm-shag-50-sm-230-v-teplye-belye-svetodiody" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-230v-komplekt-8-sht-h-42-sm-36x8-led-ne-soedinyayutsya" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-belye" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-sinie" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-teplyy-bely" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikolor" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-sinie" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-144-led-prozrachnyy-pvh-s-kontrollerom-beloe-svechenie-neon-n" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5x1-5-m-prozrachnyy-pvh-144-led-s-kontrollerom-teploe-beloe-svechenie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5x1-5m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikolo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-tsvet-te" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-s-nasadkami-shariki-svechenie-s-dinamikoy-prozrachnyy-provod" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-s-nasadkami-shariki-svechenie-s-dinamikoy-prozrachnyy-provod-2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-belye" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikol" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2-5x2m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-belye" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2-5x2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-teplyy-bel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2-5x2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-sinie" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2-5x2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikolor" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h3-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-belyy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2x3-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2x3-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikolor" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-belyy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikolor" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-pvh-230-v-diody-multikol" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-effekt-vodopada-prozrachnyy-provod-230-v-diody-belye-240-led" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-effekt-vodopada-prozrachnyy-provod-230-v-diody-teplye-belye-240-l" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dozhd-3h2-m-240-led-prozrachnyy-pvh-s-kontrollerom-teploe-beloe-svechenie-ne" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-belyy-ip20" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-rozovyy" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3-m-rozovyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3-m-multikolor-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3-m-biryuzovyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h2m-teplyy-belyy-usb-pult-upravleniya-s-kryuchkami-dlya-kreple" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h2m-multikolor-usb-pult-upravleniya-s-kryuchkami-dlya-krepleni" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3m-belyy-usb-pult-upravleniya-s-kryuchkami-dlya-krepleniya-ne" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-6h3-m-belyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-3h3m-300-led-multikolor-ip20-usb-pult-upravleniya-s-kryuchkam" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-s-figurami-snezhinok-belyy-ip20-usb-pult-upravleniya-neon-nig" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-s-figurami-zvezd-teplyy-belyy-ip20-usb-pult-upravleniya-neon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-s-figurami-zvezd-multikolor-ip20-usb-pult-upravleniya-neon-ni" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-feyerverk-3h3m-900-led-teplyy-belyy-ip20-230v-neon-night" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-feyerverk-3h2m-600-led-teplyy-belyy-ip20-230v-neon-night" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-6h3-m-teplyy-belyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3-m-teplyy-belyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3-m-belyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h2m-belyy-usb-pult-upravleniya-s-kryuchkami-dlya-krepleniya-ne" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3m-teplyy-belyy-usb-pult-upravleniya-s-kryuchkami-dlya-kreple" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-3h0-8-m-200-led-tsvet-teplyy-belyy-prozrachnyy-pvh" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-aysikl-1-8h0-5m-48-led-sinie-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230v-ne-so" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-3-0-8-m-200-led-belye-prozrachnyy-pvh" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-aysikl-1-8h0-5m-48-led-multikolor-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230v" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-aysikl-1-8h0-5m-48-led-rgb-prozrachnyy-pvh-ip20-bystraya-smena-tsveta-230v-ne-soed" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-aysikl-1-8h0-5m-48-led-belye-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230v-ne-so" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-aysikl-1-8h0-5m-48-led-teplyy-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-8h1-5m-prozrachnyy-pvh-180-led-multikolor" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-96-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-96-led-multikolor" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-150-led-multikolor" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-150-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-96-led-belyy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-8h1-5m-prozrachnyy-pvh-180-led-belyy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-150-led-belye" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-8h1-5m-prozrachnyy-pvh-180-led-siniy" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1h1-5m-prozrachnyy-pvh-96-led-multikolor" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-8h1-5m-prozrachnyy-pvh-180-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-150-led-siniy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-25-led-prozrachnyy-pvh-tsvet-svecheniya-belyy-neon-night" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachnyy-pvh-25-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachnyy-pvh-25-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-belyy-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-multikolor-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-120-led-multikolor-12-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-teplyy-belyy-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-300-led-multikolor-15-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-multikolor-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-teplyy-belyy-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-belye-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-5-metra-tsvet-diodov-belyy-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-5-metra-tsvet-diodov-multikolor-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-8-metra-tsvet-diodov-belyy-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-5-metra-tsvet-diodov-teplyy-belyy-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-8-metra-tsvet-diodov-teplyy-belyy-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-iz-rosy-s-makushkoy-na-elku-9-nitey-h-2m-200led-effekt-vodopada-teplyy-belyy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-8-metra-tsvet-diodov-multikolor-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-zelenyy" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-belyy" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-siniy" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-rozovyy" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachnyy-pvh-576-diodov-tsvet-siniy" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachnyy-pvh-576-diodov-tsvet-krasnyy" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachnyy-pvh-576-diodov-tsvet-rozovyy" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-krasnyy" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-zheltyy" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachnyy-pvh-576-diodov-tsvet-zelenyy" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachnyy-pvh-576-diodov-tsvet-belyy" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-temno-zelenyy-pvh-288-diodov-tsvet-belyy-teplyy-belyy" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-led-3-m-temno-zelenyy-pvh-ip20-288-diodov-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-led-3-m-temno-zelenyy-pvh-ip20-288-diodov-tsvet-belyy" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-led-3-m-temno-zelenyy-pvh-ip20-288-diodov-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-15mm-5m-temno-zelenyy-pvh-30-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-25-mm-5-m-temno-zelenyy-pvh-25-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-18mm-5m-temno-zelenyy-pvh-30-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-25mm-5m-temno-zelenyy-pvh-25-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-25-mm-5m-temno-zelenyy-pvh-25-diodov-tsvet-belyy-bez-kontrollera" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-30mm-5m-temno-zelenyy-pvh-25-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-18-mm-5-m-temno-zelenyy-pvh-30-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tvinkl-wi-fi-18-m-temno-zelenyy-pvh-120-led-rgb-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhd-zanaves-wi-fi-3h3-m-prozrachnyy-pvh-180-led-rgb-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-girlyanda-rosa-s-krupnymi-kaplyami-10m-100-led-rgb-myagkiy-prozrachnyy-provod-ip20-usb-neon-n" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-led-fonar-s-effektom-snegopada-i-podsvetkoy-ded-moroz-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-novyy-god" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-mayak-siniy-s-konfetti-i-podsvetkoy-usb-neon-night" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-balerina-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-delfiny-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-podsvechnik-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-elochnyy-shar-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-telefonnaya-budka-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-led-fonar-s-effektom-snegopada-i-podsvetkoy-santa-klaus-usb-teploe-beloe-svechenie-neon" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-mashina-s-podsvetkoy-i-konfetti-pitanie-ot-usb-neon-night" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-snegoviki-belyy" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-rozhdestvo-belyy" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-rozhdestvenskiy-les-belyy" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-siyanie-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-zvezda-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-parovoz-s-effektom-snegopada-i-podsvetkoy" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-fonarik-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-novogodnyaya-elka-s-podsvetkoy-i-konfetti-pitanie-ot-usb-neon-night" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-mayak-s-konfetti-i-melodiey-usb-neon-night" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-feya-s-konfetti-i-melodiey-usb-neon-night" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-edinorog-s-konfetti-i-melodiey-usb-neon-night" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kolokolchik-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-chasy-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kartina-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-i-shishkoy-chernyy-korpus-razmer-10-7x10-7x23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechkami-bronzovyy-korpus-razmer-14x14x27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-rosoy-belyy-korpus-razmer-10-7h10-7h23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-chernyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-5-5h5-5h12-5-sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-mertsaniya" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-tsvet-svecheniya-rgb-s-effektom-mertsaniya-neon-nigh" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-korpus-iz-dereva-razmer-14h14h35cm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-s-tremya-svechami-belyy-korpus-24h24h40-sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-9-5sm-tsvet-korpusa-belyy-chernyy-tsvet-svecheniya-teplyy-belyy-pitan" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-9h5h13sm-tsvet-korpusa-bronzovyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-s-rosoy-chernyy-korpus-10-5h10-5h24sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-bezhevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-korichnevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-sve" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-18x16-5x31-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-14h14h24-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svec" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-belyy-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-9-5sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya-teplyy-bel" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-13-5h13-5h30-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-chernyy-korpus-razmer-14h14h27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-bronza-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-podstavke-so-svechkoy-bronzovyy-korpus-razmer-14-5h17h31sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-10-5h10-5h24sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-svech" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-20h20h22-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svec" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechami-bronzovyy-korpus-razmer-24h24h65sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-so-snezhinkoy-razmer-12h12h18-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-bronzovyy-korpus-razmer-10-5h10-5h22-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h22-35-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-5-5h5-5h12-5sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svech" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-mashinoy-chernyy-korpus-razmer-14h14h21-sm-tsvet-teplyy-belyy-pitanie-2haa-ne-v" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-nuar-s-effektom-zhivogo-ognya-16h14h29-sm-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-mini-s-effektom-zhivogo-ognya-24-8h12-7h30-sm-batareyki-3hs-ne-v-komplekt" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-mini-s-effektom-zhivogo-ognya-24-8h12-7h30-sm-batareyki-3hs-ne-v-komplekt-2" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-fyuzhn-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-batareyki-2hs-ne-v-komplekte-usb-2" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-starinnye-chasy-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-bronza-batareyki-2hs-ne" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-shale-s-effektom-zhivogo-ognya-30h13h28-sm-batareyki-3hs-ne-v-komplekte-ili-ot-us" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-volshebnyy-fonar-s-effektom-zhivogo-ognya-11h11h24-5-sm-batareyki-3haa-ne-v-kompl" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-haytek-s-effektom-zhivogo-ognya-60h10h20-sm-batareyki-3hs-ne-v-komplekte-ili-ot-u" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-launzh-s-effektom-zhivogo-ognya-35-3h12-4h33-7-sm-s-adapterom-pitaniya-i-batareyk" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-kantri-s-effektom-zhivogo-ognya-12h12h18-5-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-retro-s-effektom-zhivogo-ognya-60-3h11h36-8sm-rabotaet-ot-batareek-3hs-v-komplekt" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-fyuzhn-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-batareyki-2hs-ne-v-komplekte-usb" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-starinnye-chasy-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-chernyy-batareyki-2hs-ne" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-rustik-s-effektom-zhivogo-ognya-14h14h28-sm-pitanie-3haa-ne-v-komplekte-neon-nigh" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-avangard-s-effektom-zhivogo-ognya-30h13h30-sm-batareyki-3hs-ne-v-komplekte-ili-ot" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-lava-15h21-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-rozhdestvo-s-effektom-zhivogo-ognya-15h14h26sm-batareyki-2hs-ne-v-komplekte-i-usb" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-grand-shale-s-effektom-zhivogo-ognya-45h18h56sm-rabotaet-ot-batareek-3hs-v-komple" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kubok-12-5h12-5h33sm-rabotaet-ot-batareek-2haa-v-komplekt-ne-vhodyat-neon-nig" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-kamin-skandi-s-effektom-zhivogo-ognya-18h9h16-sm-batareyki-3hs-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-lava-10h16-5-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-klassika-s-effektom-zhivogo-ognya-33h12h24-sm-batareyki-3hs-ne-v-komplekte-ili-ot" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-s-effektom-zhivogo-ognya-30h16h35-5-sm-batareyki-3hs-ne-v-komplekte-i-usb" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-loft-usb-s-effektom-zhivogo-ognya-17h10h24-5-sm-neon-night" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-volshebnyy-fonarik-13-8x11x11-sm" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-11-5x5x19-sm" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-zvezdochka-24x13x3-6-sm" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-igrushechnyy-poni-belyy-25h5-5h26-5-sm" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-zvezda-dvoynaya-30h4h30-sm" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-snegovik-18-sm-neon-night" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-zvezdochki-16x4-5x1-3-cm-rozovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-elochki-14-5x4-5x1-6-cm-6-sht-rozovye-neon-night" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-9x5x19-sm" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-domik-v-lesu-19h6h26-sm" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnom-s-noskom-15h4h17-sm-neon-night" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-20h6-5h29-sm" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-siniy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-zvezdochki-16x4-5x1-3-cm-biryuzovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-domik-zvezdocheta-biryuzovaya-26h7h25-sm-neon-night" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elka-na-podstavke-14-5h5h30-sm" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-17h4h15-sm" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-novogodnyaya-el-14-5x4-5x1-6-cm-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-rozovyy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-s-olenem-12x6x21-5-sm" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-semeystvo-oleney-30h5h15-7-sm" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-el-so-snezhinkami-9-5x6x31-sm" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskaya-skazka-44-5x6x24-sm" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskiy-olen-11h5h47-sm" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-borodach-7x4-5x18-sm-neon-night" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-ded-moroz-18-sm-neon-night" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-svechka-so-snegovikom-10-5h9h17-6-sm" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-domik-8x7x11-sm" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-s-podvesnymi-nozhkami-6-3h5-4h10-4-sm" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-krasnyy-domik-11-5h8-5h20-4-sm" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-v-sanyah-30-5h12-2h17-2-sm" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-na-kone-35h15h39-8-sm" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-olenenok-s-sharfom-7x6-5x21-sm" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-domik-so-snegovikom-26-2h9-5h23-3-sm" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-na-sanyah-13x9-5x14-sm" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-belyy-domik-15-7h11-7h28-4-sm" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskiy-podsvechnik-parovoz-17-1h7-1h14-7-sm" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-avtobus-s-elkoy-19x9x16-sm" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskiy-podsvechnik-svechka-12-5h6h19-3-sm" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-230v-diametr-20-sm-200-svetodiodov-tsvet-belyy" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-angelok-na-prisoske-s-podvesom-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhinka-na-prisoske-s-podvesom-tsvet-belyy" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-olenenok-na-prisoske-s-podvesom-tsvet-belyy" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-podvesnaya-figura-snezhinka-na-metallicheskom-karkase-tsvet-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-podvesnaya-figura-zvezda-na-metallicheskom-karkase-tsvet-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezdochka-na-prisoske-s-podvesom-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-na-prisoske-s-podvesom-tsvet-belyy" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-mesyats-na-prisoske-s-podvesom-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-santa-klaus-na-prisoske-s-podvesom-tsvet-belyy" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-na-prisoske-s-podvesom-tsvet-zelenyy" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-kolokolchik-na-prisoske-s-podvesom-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-15-sm-rgb" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-el-51-sm-belyy-pitanie-3xaaa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm-rgb-pitanie-4xaaa-i-provod-usb-neon-night" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-kristall-rgb" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-angel-2d-rgb" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-mishka-2d-rgb" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-10sm-rgb" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-2d-rgb" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-4-gnomikov-v-novogodnih-kolpakah-20-sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-kom" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-20-sm-rgb" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-25-sm-rgb" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-elochka-45sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neo" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-poezd-s-melodiey-30-5sm-rgb-neon-night" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-10-sm" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-pingvin-kristall-rgb" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-34sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-37sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-50sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-3haa-3haa-ne-v-ko" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-v-forme-tsilindra-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-8-sm" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-srednyaya-rgb" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-17sm-rgb" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnomik-v-novogodnem-kolpake-20sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-nig" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-14-sm" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-v-shlyape-2d-rgb" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm-teplyy-belyy-pitanie-4xaaa-i-provod-usb-neon-night" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-zvezda-35sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-podarok-rgb" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35-led-krasnye-42x19-sm" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-santa-klaus-rgb" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-s-sharfom-2d-rgb" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snezhinka-rgb" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-25-sm-rgb-pitanie-2haaa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-21sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35led-tsvet-svecheniya-multikolor-rg-rb-razmer-42x19sm" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-podstavka-s-tsokolem-e27-v-komplekte-230-v" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-s-perehodnikom-v-rozetku-proektsiya-zvezdy-230v-neon-night" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-v-kompaktnom-korpuse-230-v" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-230-v" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-dvoynaya-e27-podstavka-s-tsokolem-e27-v-komplekte-230-v" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-letayuschaya-tarelka-36led-230-v" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-letayuschaya-tarelka-48-led-chernyy-korpus-230v-neon-night" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-sistema-disko-shar-s-pultom-du-i-bluetooth-230-v" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-shar-nochnik-proektor-svetodiodnyy-s-distantsionnym-upravleniem-usb-neon-night" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-neon-night-s-pultom-upravleniya-razlichnye-rezhimy-proektsii-230-v-transformator-n" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-zvezdy-220-v-neon-night" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-zvezdnoe-nebo-s-pultom-220-v-neon-night" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-s-effektom-severnoe-siyanie-s-pultom-du-220-v" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-zvezdnoe-nebo-na-podstavke-tsvet-multikolor-usb-neon-night" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-meteoritnyy-dozhd-s-pultom-du-neon-night" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-melony" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-12-smennyh-slaydov-tsvet-rgbw-12v" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-belye-snezhinki-230v" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-zvezdnoe-nebo-3-rezhima-raboty-usb-neon-night" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-shark" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-svetilnik-portal" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-koshachya-lapa-biryuzovyy-neon-night" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-lebed-neon-night" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-medved" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/interernyy-svetilnik-tukan-soedinenie-po-bluetooth" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-edinorog-usb-s-3-rezhimami-rgb-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-schenok" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-kotik-usb-s-3-rezhimami-rgb-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-medvezhonok" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-panda" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/novogodnyaya-gorka-7-svechek-tsvet-korpusa-belyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/novogodnyaya-gorka-7-svechek-tsvet-korpusa-krasnyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-podsvechnik-so-svechkami-50-sm" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-ovtsa-30sm-56-svetodiodov-ip65-24v-neon-night" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pingvinenok-19h14-5h25-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-na-lyzhah-16h20h29-sm-30-svetodiodov-batareyki-3haa-ne-vhod" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-lisenok-28h15h26-sm-batareyki-2haa-ne-vhodyat-v-komplekt-30-svetodio" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belyy-mishka-20-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20-sve" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belka-17-5h12h18-sm-4-5-v-3-batareyki-aaa-ne-vhodyat-v-komplekt-12-s" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-elochka-15h15h22-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v-kompl" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pryanichnyy-domik-26h15-5h20-sm-30-svetodiodov-batareyki-3haa-ne-vho" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-v-sharfe-20h17h30-sm-24-svetodioda-batareyki-2haa-ne-vhodya" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-severnyy-olen-45-sm-100-svetodiodov-ip65-ponizhayuschiy-transformato" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-santa-klaus-privetstvuet-30-sm-40-svetodiodov-ip65-ponizhayuschiy-tr" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-s-sharfom-30-sm-40-svetodiodov-ip-65-ponizhayuschiy-transfo" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvezhonok-12h22h13-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvezhonok-24h11h18-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-30h14h35-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-40-s" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medved-34-5h12h17-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-24-s" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belyy-mishka-15h25-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-na-elku-zvezda-krasnaya-15sm-10led-postoyannoe-svechenie-230v-neon-night" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/verhushka-na-elku-zvezda-20sm-tsvet-krasnyy-neon-night" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-na-elku-zvezda-22sm-tsvet-svecheniya-teplyy-belyy-postoyannoe-svechenie-230v-ne" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezda-na-elku-tsvet-rgb-31-led-22-sm" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezda-na-elku-tsvet-rgb-10-led-17-sm" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-s-shishkami-2-7m-diametr-36sm-pvh-neon-night" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-30sm-vetki-litye-neon-night" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-26sm-teploe-beloe-svechenie-80-led-s-effektom-mertsaniya-neon-night" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-zasnezhennaya-2-7m-diametr-26sm-pvh-neon-night" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-36sm-neon-night" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-20sm-vetki-pvh-neon-nigh" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-s-yagodami-i-podsvetkoy-1-8m-teploe-beloe-svechenie-30-led-31v-litaya-neon-night" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-belosnezhnaya-2-7m-diametr-36sm-neon-night" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-30sm-vetki-litye-pvh-neon-night" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-41sm-teploe-beloe-svechenie-80-led-neon-night" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-vysota-30sm-pitanie-ot-usb-zelenaya" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-45sm-v-plastikovom-gorshke-litaya" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-30sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-60sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-45sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-30-sm-pvh" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-60-sm-pvh" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-30-sm-leska" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-yagodami-i-girlyandoy-neon-night-45-sm-20-led-2-h-aa-litoy-teploe-beloe-svechenie" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-yagodami-neon-night-45-sm-litoy" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-90-sm-pvh" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-30-sm-pvh" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-60sm-pvh" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-45-sm-leska" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-45sm-pvh" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-45-sm-pvh" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-shishkami-neon-night-45sm-litoy" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-90-led-0-75-m-zheltyy" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-90-led-0-75-m-siniy" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-90-led-0-75-m-zelenyy" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-120-led-1-m-zheltyy" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-120-led-1-m-rozovyy" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-180-led-1-5-m-siniy" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-180-led-1-5-m-zelenyy" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-240-led-2-m-tsvet-zelenyy" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-90-led-0-75-m-rozovyy" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-120-led-1-m-siniy" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-120-led-1-m-zelenyy" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-180-led-1-5-m-zheltyy" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-180-led-1-5-m-rozovyy" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I559"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -3787,15511 +3787,15511 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>373.75</v>
+        <v>4054.42</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>1346</v>
+        <v>70</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>499</v>
+        <v>697.92</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>442</v>
+        <v>37</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>1632.91</v>
+        <v>507.48</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>123.75</v>
+        <v>443.67</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>5293</v>
+        <v>713</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>373.75</v>
+        <v>1015.98</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>1146</v>
+        <v>1</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>60</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>3986.65</v>
+        <v>507.48</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>507</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>686.25</v>
+        <v>1512.79</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>436.25</v>
+        <v>125.85</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>736</v>
+        <v>2584</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>999</v>
+        <v>1967.96</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>987.5</v>
+        <v>1660.67</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>87</v>
+        <v>303</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>1487.5</v>
+        <v>507.48</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>6</v>
+        <v>672</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>1935.06</v>
+        <v>1004.29</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>186.25</v>
+        <v>1660.67</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>186</v>
+        <v>8</v>
       </c>
       <c r="I17" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>749</v>
+        <v>443.67</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="C19" s="3">
+        <v>189.42</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="C19" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>111</v>
+        <v>51</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>54</v>
+        <v>186</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>436.25</v>
+        <v>761.73</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>373.75</v>
+        <v>507.48</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>49</v>
+        <v>508</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>586</v>
+        <v>205</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>211</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>499</v>
+        <v>380.1</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>287</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>499</v>
+        <v>380.1</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>499</v>
+        <v>761.73</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>783</v>
+        <v>1</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>373.75</v>
+        <v>507.48</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>438</v>
+        <v>1</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>499</v>
+        <v>380.1</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>514</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>1805.2</v>
+        <v>380.1</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>494</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>72</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>1632.91</v>
+        <v>507.48</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>461</v>
+        <v>1</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>499</v>
+        <v>1835.89</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>665</v>
+        <v>342</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="2"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>175.29</v>
+        <v>634.35</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>873.75</v>
+        <v>634.35</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>170</v>
+        <v>4</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>248.75</v>
+        <v>178.27</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>694</v>
+        <v>4</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>373.75</v>
+        <v>1286.06</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>76</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>248.75</v>
+        <v>570.79</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>991</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>873.75</v>
+        <v>297.92</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>1264.56</v>
+        <v>238.1</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>128</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>292.94</v>
+        <v>297.92</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
         <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>124</v>
+        <v>157</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>373.75</v>
+        <v>888.6</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>94</v>
+        <v>64</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>623.75</v>
+        <v>380.1</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>234.12</v>
+        <v>380.1</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>167</v>
+        <v>7</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>292.94</v>
+        <v>297.92</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
         <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>373.75</v>
+        <v>507.48</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>376</v>
+        <v>509</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>623.75</v>
+        <v>252.98</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>2</v>
+        <v>69</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>292.94</v>
+        <v>252.98</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>5</v>
+        <v>869</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>292.94</v>
+        <v>1157.32</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>6</v>
+        <v>144</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I50" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>561.25</v>
+        <v>634.35</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>5</v>
+        <v>47</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>623.75</v>
+        <v>507.48</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>499</v>
+        <v>1286.06</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>549</v>
+        <v>1</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>873.75</v>
+        <v>570.79</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>3</v>
+        <v>315</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I54" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C55" s="3">
-        <v>373.75</v>
+        <v>297.92</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>458</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C56" s="3">
-        <v>873.75</v>
+        <v>380.1</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>633</v>
+        <v>1</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>623.75</v>
+        <v>380.1</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>3</v>
+        <v>36</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C58" s="3">
-        <v>1264.56</v>
+        <v>634.35</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C59" s="3">
-        <v>873.75</v>
+        <v>888.6</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>3</v>
+        <v>70</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>18</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C60" s="3">
-        <v>873.75</v>
+        <v>634.35</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C61" s="3">
-        <v>624</v>
+        <v>888.6</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I61" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C62" s="3">
-        <v>1264.56</v>
+        <v>888.6</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>92</v>
+        <v>1</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C63" s="3">
-        <v>873.75</v>
+        <v>634.35</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
         <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C64" s="3">
-        <v>499</v>
+        <v>888.6</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="I64" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C65" s="3">
-        <v>1137.97</v>
+        <v>888.6</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>183</v>
+        <v>395</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I65" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C66" s="3">
-        <v>561.25</v>
+        <v>634.35</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>342</v>
+        <v>14</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I66" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C67" s="3">
-        <v>623.75</v>
+        <v>1286.06</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C68" s="3">
-        <v>623.75</v>
+        <v>888.6</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C69" s="3">
-        <v>623.75</v>
+        <v>634.61</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>24</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
         <v>144</v>
       </c>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="2"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
       <c r="I70" s="2"/>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>175.29</v>
+        <v>297.92</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>250</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>1264.56</v>
+        <v>178.27</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>151</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="I72" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>234.12</v>
+        <v>238.1</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>175.29</v>
+        <v>178.27</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>250</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>234.12</v>
+        <v>178.27</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
         <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>250</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>96</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>499</v>
+        <v>361.1</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
         <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>686.25</v>
+        <v>238.1</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>1401</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>48</v>
+        <v>120</v>
       </c>
       <c r="I78" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>175.29</v>
+        <v>178.27</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
         <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>250</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>234.12</v>
+        <v>226.19</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>250</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>292.94</v>
+        <v>380.1</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
         <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>250</v>
+        <v>160</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C82" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>9</v>
+        <v>116</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>96</v>
+        <v>160</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C83" s="3">
-        <v>355.06</v>
+        <v>507.48</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>96</v>
+        <v>125</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C84" s="3">
-        <v>175.29</v>
+        <v>697.92</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="I84" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C85" s="3">
-        <v>222.41</v>
+        <v>178.27</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>0</v>
+        <v>387</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>250</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C86" s="3">
-        <v>373.75</v>
+        <v>697.92</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>160</v>
+        <v>48</v>
       </c>
       <c r="I86" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C87" s="3">
-        <v>499</v>
+        <v>380.1</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C88" s="3">
-        <v>175.29</v>
+        <v>238.1</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C89" s="3">
-        <v>175.29</v>
+        <v>238.1</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C90" s="3">
-        <v>175.29</v>
+        <v>507.48</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>1256</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>250</v>
+        <v>125</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>234.12</v>
+        <v>178.27</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
         <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>234.12</v>
+        <v>178.27</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
         <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>373.75</v>
+        <v>178.27</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>0</v>
+        <v>1221</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>160</v>
+        <v>250</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>175.29</v>
+        <v>178.27</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>250</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>999</v>
+        <v>4054.42</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>65</v>
+        <v>211</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="I95" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>3000</v>
+        <v>178.27</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>1777</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I96" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>175.29</v>
+        <v>238.1</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>412</v>
+        <v>1</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>234.12</v>
+        <v>238.1</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>175.29</v>
+        <v>1015.98</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>1774</v>
+        <v>3</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="I99" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>730</v>
+        <v>19</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>48</v>
       </c>
       <c r="I100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C101" s="3">
-        <v>1249</v>
+        <v>1270.23</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>1158</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>48</v>
       </c>
       <c r="I101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C102" s="3">
-        <v>1249</v>
+        <v>1270.23</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>60</v>
+        <v>3</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>48</v>
       </c>
       <c r="I102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C103" s="3">
-        <v>3986.65</v>
+        <v>3051</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>393</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C104" s="3">
-        <v>686.25</v>
+        <v>1286.06</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>84</v>
+        <v>1</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>48</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C105" s="3">
-        <v>1935.06</v>
+        <v>1967.96</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>136</v>
+        <v>3</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>48</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
         <v>215</v>
       </c>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="2"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
       <c r="I106" s="2"/>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C107" s="3">
-        <v>1138.1</v>
+        <v>1157.45</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>20</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C108" s="3">
-        <v>1935.06</v>
+        <v>1967.96</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>10</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C109" s="3">
-        <v>1935.06</v>
+        <v>1967.96</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>10</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C110" s="3">
-        <v>1935.06</v>
+        <v>1967.96</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>10</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C111" s="3">
-        <v>1935.06</v>
+        <v>1967.96</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>6</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="2" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="2"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
       <c r="I112" s="2"/>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
         <v>227</v>
       </c>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="2"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
       <c r="I113" s="2"/>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C114" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>48</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C115" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
         <v>48</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C116" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>48</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C117" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
         <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
         <v>48</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="2" t="s">
         <v>236</v>
       </c>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
       <c r="D118" s="2"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
       <c r="I118" s="2"/>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C119" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
         <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>48</v>
       </c>
       <c r="I119" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C120" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>48</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C121" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
         <v>0</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>48</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C122" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
         <v>0</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>48</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C123" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>48</v>
       </c>
       <c r="I123" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C124" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>25</v>
+        <v>155</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>24</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C125" s="3">
-        <v>623.75</v>
+        <v>1286.06</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I125" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C126" s="3">
-        <v>1264.56</v>
+        <v>634.35</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>224</v>
+        <v>0</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I126" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C127" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
         <v>0</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>48</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="2" t="s">
         <v>255</v>
       </c>
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="2"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
       <c r="I128" s="2"/>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C129" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
         <v>0</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>24</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C130" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>24</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C131" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
         <v>24</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C132" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
         <v>0</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
         <v>24</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
         <v>264</v>
       </c>
       <c r="B133" s="2"/>
       <c r="C133" s="2"/>
       <c r="D133" s="2"/>
       <c r="E133" s="2"/>
       <c r="F133" s="2"/>
       <c r="G133" s="2"/>
       <c r="H133" s="2"/>
       <c r="I133" s="2"/>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C134" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F134" s="3">
         <v>1</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C135" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
         <v>48</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C136" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="2" t="s">
         <v>271</v>
       </c>
       <c r="B137" s="2"/>
       <c r="C137" s="2"/>
       <c r="D137" s="2"/>
       <c r="E137" s="2"/>
       <c r="F137" s="2"/>
       <c r="G137" s="2"/>
       <c r="H137" s="2"/>
       <c r="I137" s="2"/>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C138" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
         <v>0</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
         <v>36</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C139" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
         <v>0</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C140" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>48</v>
       </c>
       <c r="I140" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C141" s="3">
-        <v>1946.75</v>
+        <v>1286.06</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
         <v>0</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I141" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C142" s="3">
-        <v>1946.75</v>
+        <v>1979.84</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
         <v>0</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>48</v>
       </c>
       <c r="I142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C143" s="3">
-        <v>1264.56</v>
+        <v>1979.84</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
         <v>0</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
         <v>48</v>
       </c>
       <c r="I143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C144" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
         <v>0</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
         <v>48</v>
       </c>
       <c r="I144" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C145" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
         <v>48</v>
       </c>
       <c r="I145" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C146" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
         <v>0</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>48</v>
       </c>
       <c r="I146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="2" t="s">
         <v>290</v>
       </c>
       <c r="B147" s="2"/>
       <c r="C147" s="2"/>
       <c r="D147" s="2"/>
       <c r="E147" s="2"/>
       <c r="F147" s="2"/>
       <c r="G147" s="2"/>
       <c r="H147" s="2"/>
       <c r="I147" s="2"/>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C148" s="3">
-        <v>1264.56</v>
+        <v>1015.98</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
         <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I148" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C149" s="3">
-        <v>1517.72</v>
+        <v>888.6</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C150" s="3">
-        <v>1264.56</v>
+        <v>1015.98</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
         <v>0</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C151" s="3">
-        <v>873.75</v>
+        <v>825.04</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>0</v>
+        <v>1262</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
         <v>48</v>
       </c>
       <c r="I151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C152" s="3">
-        <v>811.25</v>
+        <v>825.04</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>1540</v>
+        <v>193</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>48</v>
       </c>
       <c r="I152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C153" s="3">
-        <v>999</v>
+        <v>888.6</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>21</v>
+        <v>131</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
         <v>48</v>
       </c>
       <c r="I153" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C154" s="3">
-        <v>999</v>
+        <v>2376.08</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>0</v>
+        <v>622</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>48</v>
       </c>
       <c r="I154" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C155" s="3">
-        <v>811.25</v>
+        <v>888.6</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>3062</v>
+        <v>0</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
         <v>48</v>
       </c>
       <c r="I155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C156" s="3">
-        <v>811.25</v>
+        <v>1543.52</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>93</v>
+        <v>0</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C157" s="3">
-        <v>2336.36</v>
+        <v>1286.06</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>427</v>
+        <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C158" s="3">
-        <v>2336.36</v>
+        <v>1286.06</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>605</v>
+        <v>0</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C159" s="3">
-        <v>2844.15</v>
+        <v>4165.52</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>996</v>
+        <v>342</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C160" s="3">
-        <v>873.75</v>
+        <v>2892.5</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>928</v>
+        <v>126</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
         <v>48</v>
       </c>
       <c r="I160" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C161" s="3">
-        <v>4095.89</v>
+        <v>2376.08</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>707</v>
+        <v>175</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I161" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C162" s="3">
-        <v>873.75</v>
+        <v>888.6</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>2922</v>
+        <v>0</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
         <v>48</v>
       </c>
       <c r="I162" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C163" s="3">
-        <v>873.75</v>
+        <v>888.6</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
         <v>48</v>
       </c>
       <c r="I163" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>323</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>324</v>
       </c>
       <c r="C164" s="3">
-        <v>873.75</v>
+        <v>825.04</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>0</v>
+        <v>1256</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
         <v>48</v>
       </c>
       <c r="I164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>325</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>326</v>
       </c>
       <c r="C165" s="3">
-        <v>873.75</v>
+        <v>888.6</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>189</v>
+        <v>1029</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
         <v>48</v>
       </c>
       <c r="I165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="2" t="s">
         <v>327</v>
       </c>
       <c r="B166" s="2"/>
       <c r="C166" s="2"/>
       <c r="D166" s="2"/>
       <c r="E166" s="2"/>
       <c r="F166" s="2"/>
       <c r="G166" s="2"/>
       <c r="H166" s="2"/>
       <c r="I166" s="2"/>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C167" s="3">
-        <v>623.75</v>
+        <v>1157.45</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C168" s="3">
-        <v>1138.1</v>
+        <v>507.48</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C169" s="3">
-        <v>499</v>
+        <v>1157.45</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C170" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>188</v>
+        <v>11</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
         <v>96</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C171" s="3">
-        <v>1138.1</v>
+        <v>634.35</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C172" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
         <v>60</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C173" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
         <v>0</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
         <v>96</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="2" t="s">
         <v>342</v>
       </c>
       <c r="B174" s="2"/>
       <c r="C174" s="2"/>
       <c r="D174" s="2"/>
       <c r="E174" s="2"/>
       <c r="F174" s="2"/>
       <c r="G174" s="2"/>
       <c r="H174" s="2"/>
       <c r="I174" s="2"/>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>343</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>344</v>
       </c>
       <c r="C175" s="3">
-        <v>1264.56</v>
+        <v>1531.94</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>184</v>
+        <v>57</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
         <v>48</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>345</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>346</v>
       </c>
       <c r="C176" s="3">
-        <v>1506.33</v>
+        <v>1157.32</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
         <v>48</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>347</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>348</v>
       </c>
       <c r="C177" s="3">
-        <v>1506.33</v>
+        <v>1157.32</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>157</v>
+        <v>0</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
         <v>48</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>349</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C178" s="3">
-        <v>1137.97</v>
+        <v>1286.06</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
         <v>48</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C179" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
         <v>48</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C180" s="3">
-        <v>1137.97</v>
+        <v>1157.32</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
         <v>48</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>355</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C181" s="3">
-        <v>1137.97</v>
+        <v>1531.94</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>0</v>
+        <v>247</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
         <v>48</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>357</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C182" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>0</v>
+        <v>129</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
         <v>48</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C183" s="3">
-        <v>1506.33</v>
+        <v>1531.94</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>289</v>
+        <v>61</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
         <v>48</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C184" s="3">
-        <v>1264.56</v>
+        <v>1015.98</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>120</v>
+        <v>7</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
         <v>48</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C185" s="3">
-        <v>1506.33</v>
+        <v>1531.94</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
         <v>48</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>365</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C186" s="3">
-        <v>999</v>
+        <v>1286.06</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>0</v>
+        <v>83</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
         <v>48</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="2" t="s">
         <v>367</v>
       </c>
       <c r="B187" s="2"/>
       <c r="C187" s="2"/>
       <c r="D187" s="2"/>
       <c r="E187" s="2"/>
       <c r="F187" s="2"/>
       <c r="G187" s="2"/>
       <c r="H187" s="2"/>
       <c r="I187" s="2"/>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="2" t="s">
         <v>368</v>
       </c>
       <c r="B188" s="2"/>
       <c r="C188" s="2"/>
       <c r="D188" s="2"/>
       <c r="E188" s="2"/>
       <c r="F188" s="2"/>
       <c r="G188" s="2"/>
       <c r="H188" s="2"/>
       <c r="I188" s="2"/>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C189" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
         <v>100</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C190" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>1399</v>
+        <v>90</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
         <v>100</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C191" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
         <v>100</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C192" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>151</v>
+        <v>348</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
         <v>100</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C193" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>2</v>
+        <v>293</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
         <v>100</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C194" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
         <v>100</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C195" s="3">
-        <v>373.75</v>
+        <v>380.1</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>154</v>
+        <v>70</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
         <v>100</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="2" t="s">
         <v>383</v>
       </c>
       <c r="B196" s="2"/>
       <c r="C196" s="2"/>
       <c r="D196" s="2"/>
       <c r="E196" s="2"/>
       <c r="F196" s="2"/>
       <c r="G196" s="2"/>
       <c r="H196" s="2"/>
       <c r="I196" s="2"/>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>384</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>385</v>
       </c>
       <c r="C197" s="3">
-        <v>436.25</v>
+        <v>443.67</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>206</v>
+        <v>1</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
         <v>100</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>386</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>387</v>
       </c>
       <c r="C198" s="3">
-        <v>436.25</v>
+        <v>443.67</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>598</v>
+        <v>518</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
         <v>100</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>388</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>389</v>
       </c>
       <c r="C199" s="3">
-        <v>436.25</v>
+        <v>443.67</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
         <v>100</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>390</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>391</v>
       </c>
       <c r="C200" s="3">
-        <v>436.25</v>
+        <v>443.67</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
         <v>100</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>392</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>393</v>
       </c>
       <c r="C201" s="3">
-        <v>436.25</v>
+        <v>443.67</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>52</v>
+        <v>246</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
         <v>100</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>394</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>395</v>
       </c>
       <c r="C202" s="3">
-        <v>436.25</v>
+        <v>443.67</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>267</v>
+        <v>0</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
         <v>100</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>396</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>397</v>
       </c>
       <c r="C203" s="3">
-        <v>436.25</v>
+        <v>443.67</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>683</v>
+        <v>0</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
         <v>100</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="2" t="s">
         <v>398</v>
       </c>
       <c r="B204" s="2"/>
       <c r="C204" s="2"/>
       <c r="D204" s="2"/>
       <c r="E204" s="2"/>
       <c r="F204" s="2"/>
       <c r="G204" s="2"/>
       <c r="H204" s="2"/>
       <c r="I204" s="2"/>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>399</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C205" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C206" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>382</v>
+        <v>0</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
         <v>60</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C207" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>0</v>
+        <v>382</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
         <v>60</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C208" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>6</v>
+        <v>221</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
         <v>60</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>407</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>408</v>
       </c>
       <c r="C209" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>168</v>
+        <v>66</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
         <v>60</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>409</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C210" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
         <v>0</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
         <v>60</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>412</v>
       </c>
       <c r="C211" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>172</v>
+        <v>9</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>413</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>414</v>
       </c>
       <c r="C212" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>415</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C213" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F213" s="3">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>417</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>418</v>
       </c>
       <c r="C214" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
         <v>0</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>419</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>420</v>
       </c>
       <c r="C215" s="3">
-        <v>623.75</v>
+        <v>634.35</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
         <v>60</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="2" t="s">
         <v>421</v>
       </c>
       <c r="B216" s="2"/>
       <c r="C216" s="2"/>
       <c r="D216" s="2"/>
       <c r="E216" s="2"/>
       <c r="F216" s="2"/>
       <c r="G216" s="2"/>
       <c r="H216" s="2"/>
       <c r="I216" s="2"/>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>422</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>423</v>
       </c>
       <c r="C217" s="3">
-        <v>749</v>
+        <v>761.73</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
         <v>60</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>424</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>425</v>
       </c>
       <c r="C218" s="3">
-        <v>749</v>
+        <v>761.73</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="3">
         <v>0</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
         <v>60</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
         <v>426</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>427</v>
       </c>
       <c r="C219" s="3">
-        <v>749</v>
+        <v>761.73</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
         <v>0</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
         <v>60</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>429</v>
       </c>
       <c r="C220" s="3">
-        <v>749</v>
+        <v>761.73</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F220" s="3">
-        <v>179</v>
+        <v>106</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
         <v>60</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>430</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>431</v>
       </c>
       <c r="C221" s="3">
-        <v>749</v>
+        <v>1286.06</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F221" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>432</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C222" s="3">
-        <v>749</v>
+        <v>761.73</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
         <v>60</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>434</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C223" s="3">
-        <v>1264.56</v>
+        <v>761.73</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F223" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>436</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>437</v>
       </c>
       <c r="C224" s="3">
-        <v>749</v>
+        <v>761.73</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>138</v>
+        <v>88</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
         <v>60</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="2" t="s">
         <v>438</v>
       </c>
       <c r="B225" s="2"/>
       <c r="C225" s="2"/>
       <c r="D225" s="2"/>
       <c r="E225" s="2"/>
       <c r="F225" s="2"/>
       <c r="G225" s="2"/>
       <c r="H225" s="2"/>
       <c r="I225" s="2"/>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
         <v>439</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C226" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>125</v>
+        <v>0</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>441</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>442</v>
       </c>
       <c r="C227" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
         <v>36</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
         <v>443</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>444</v>
       </c>
       <c r="C228" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
         <v>445</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>446</v>
       </c>
       <c r="C229" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
         <v>0</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
         <v>24</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
         <v>447</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>448</v>
       </c>
       <c r="C230" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="3">
         <v>0</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
         <v>36</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>450</v>
       </c>
       <c r="C231" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
         <v>48</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
         <v>451</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>452</v>
       </c>
       <c r="C232" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>44</v>
+        <v>281</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
         <v>453</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>454</v>
       </c>
       <c r="C233" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>351</v>
+        <v>13</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I233" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
         <v>455</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>456</v>
       </c>
       <c r="C234" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
         <v>48</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="2" t="s">
         <v>457</v>
       </c>
       <c r="B235" s="2"/>
       <c r="C235" s="2"/>
       <c r="D235" s="2"/>
       <c r="E235" s="2"/>
       <c r="F235" s="2"/>
       <c r="G235" s="2"/>
       <c r="H235" s="2"/>
       <c r="I235" s="2"/>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
         <v>458</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>459</v>
       </c>
       <c r="C236" s="3">
-        <v>1506.33</v>
+        <v>1286.06</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>55</v>
+        <v>3</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
         <v>48</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
         <v>460</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>461</v>
       </c>
       <c r="C237" s="3">
-        <v>1612.5</v>
+        <v>1286.06</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>207</v>
+        <v>0</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
         <v>36</v>
       </c>
       <c r="I237" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
         <v>462</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>463</v>
       </c>
       <c r="C238" s="3">
-        <v>1506.33</v>
+        <v>1531.94</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>0</v>
+        <v>89</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
         <v>48</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
         <v>464</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>465</v>
       </c>
       <c r="C239" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>104</v>
+        <v>49</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
         <v>48</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>466</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>467</v>
       </c>
       <c r="C240" s="3">
-        <v>1264.56</v>
+        <v>1531.94</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>468</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>469</v>
       </c>
       <c r="C241" s="3">
-        <v>1264.56</v>
+        <v>1639.91</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>0</v>
+        <v>213</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I241" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>470</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>471</v>
       </c>
       <c r="C242" s="3">
-        <v>1506.33</v>
+        <v>1531.94</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>239</v>
+        <v>180</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
         <v>48</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="2" t="s">
         <v>472</v>
       </c>
       <c r="B243" s="2"/>
       <c r="C243" s="2"/>
       <c r="D243" s="2"/>
       <c r="E243" s="2"/>
       <c r="F243" s="2"/>
       <c r="G243" s="2"/>
       <c r="H243" s="2"/>
       <c r="I243" s="2"/>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
         <v>473</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>474</v>
       </c>
       <c r="C244" s="3">
-        <v>1751.95</v>
+        <v>1781.73</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
         <v>10</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
         <v>475</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>476</v>
       </c>
       <c r="C245" s="3">
-        <v>1751.95</v>
+        <v>1967.96</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>225</v>
+        <v>2</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
         <v>477</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>478</v>
       </c>
       <c r="C246" s="3">
-        <v>1935.06</v>
+        <v>1967.96</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F246" s="3">
         <v>0</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
         <v>10</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>479</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>480</v>
       </c>
       <c r="C247" s="3">
-        <v>1751.95</v>
+        <v>1781.73</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
         <v>24</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>481</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>482</v>
       </c>
       <c r="C248" s="3">
-        <v>1935.06</v>
+        <v>4165.52</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F248" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>24</v>
+        <v>5</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C249" s="3">
-        <v>1935.06</v>
+        <v>3045.1</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>24</v>
+        <v>5</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C250" s="3">
-        <v>4095.89</v>
+        <v>3561.52</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
         <v>487</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C251" s="3">
-        <v>3151.79</v>
+        <v>1692.65</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F251" s="3">
-        <v>28</v>
+        <v>179</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I251" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
         <v>489</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>490</v>
       </c>
       <c r="C252" s="3">
-        <v>3501.99</v>
+        <v>1781.73</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F252" s="3">
-        <v>10</v>
+        <v>297</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>5</v>
+        <v>24</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
         <v>491</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>492</v>
       </c>
       <c r="C253" s="3">
-        <v>4095.89</v>
+        <v>4165.52</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
         <v>5</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
         <v>493</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>494</v>
       </c>
       <c r="C254" s="3">
-        <v>1751.95</v>
+        <v>1967.96</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>411</v>
+        <v>0</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
         <v>24</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
         <v>495</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>496</v>
       </c>
       <c r="C255" s="3">
-        <v>4095.89</v>
+        <v>4165.52</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I255" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
         <v>497</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>498</v>
       </c>
       <c r="C256" s="3">
-        <v>2194.8</v>
+        <v>2232.11</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F256" s="3">
         <v>0</v>
       </c>
       <c r="G256" s="3">
         <v>1</v>
       </c>
       <c r="H256" s="3">
         <v>24</v>
       </c>
       <c r="I256" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="2" t="s">
         <v>499</v>
       </c>
       <c r="B257" s="2"/>
       <c r="C257" s="2"/>
       <c r="D257" s="2"/>
       <c r="E257" s="2"/>
       <c r="F257" s="2"/>
       <c r="G257" s="2"/>
       <c r="H257" s="2"/>
       <c r="I257" s="2"/>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
         <v>500</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>501</v>
       </c>
       <c r="C258" s="3">
-        <v>1935.06</v>
+        <v>1967.96</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F258" s="3">
-        <v>51</v>
+        <v>1</v>
       </c>
       <c r="G258" s="3">
         <v>1</v>
       </c>
       <c r="H258" s="3">
         <v>24</v>
       </c>
       <c r="I258" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
         <v>502</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>503</v>
       </c>
       <c r="C259" s="3">
-        <v>1935.06</v>
+        <v>1967.96</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F259" s="3">
-        <v>147</v>
+        <v>135</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
         <v>24</v>
       </c>
       <c r="I259" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
         <v>504</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>505</v>
       </c>
       <c r="C260" s="3">
-        <v>1935.06</v>
+        <v>1967.96</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
         <v>24</v>
       </c>
       <c r="I260" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="2" t="s">
         <v>506</v>
       </c>
       <c r="B261" s="2"/>
       <c r="C261" s="2"/>
       <c r="D261" s="2"/>
       <c r="E261" s="2"/>
       <c r="F261" s="2"/>
       <c r="G261" s="2"/>
       <c r="H261" s="2"/>
       <c r="I261" s="2"/>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
         <v>507</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C262" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F262" s="3">
-        <v>24</v>
+        <v>5</v>
       </c>
       <c r="G262" s="3">
         <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I262" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>510</v>
       </c>
       <c r="C263" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F263" s="3">
-        <v>219</v>
+        <v>118</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
         <v>24</v>
       </c>
       <c r="I263" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
         <v>511</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>512</v>
       </c>
       <c r="C264" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F264" s="3">
-        <v>149</v>
+        <v>256</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I264" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>514</v>
       </c>
       <c r="C265" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F265" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
         <v>24</v>
       </c>
       <c r="I265" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
         <v>515</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>516</v>
       </c>
       <c r="C266" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F266" s="3">
-        <v>0</v>
+        <v>220</v>
       </c>
       <c r="G266" s="3">
         <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I266" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
         <v>517</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>518</v>
       </c>
       <c r="C267" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F267" s="3">
-        <v>396</v>
+        <v>0</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I267" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
         <v>519</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>520</v>
       </c>
       <c r="C268" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F268" s="3">
-        <v>620</v>
+        <v>19</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
         <v>24</v>
       </c>
       <c r="I268" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="2" t="s">
         <v>521</v>
       </c>
       <c r="B269" s="2"/>
       <c r="C269" s="2"/>
       <c r="D269" s="2"/>
       <c r="E269" s="2"/>
       <c r="F269" s="2"/>
       <c r="G269" s="2"/>
       <c r="H269" s="2"/>
       <c r="I269" s="2"/>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
         <v>522</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>523</v>
       </c>
       <c r="C270" s="3">
-        <v>7520.55</v>
+        <v>7648.4</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F270" s="3">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
         <v>30</v>
       </c>
       <c r="I270" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
         <v>524</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>525</v>
       </c>
       <c r="C271" s="3">
-        <v>9575.34</v>
+        <v>9738.12</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F271" s="3">
         <v>0</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
         <v>30</v>
       </c>
       <c r="I271" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
         <v>526</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>527</v>
       </c>
       <c r="C272" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F272" s="3">
-        <v>30</v>
+        <v>157</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
         <v>60</v>
       </c>
       <c r="I272" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="2" t="s">
         <v>528</v>
       </c>
       <c r="B273" s="2"/>
       <c r="C273" s="2"/>
       <c r="D273" s="2"/>
       <c r="E273" s="2"/>
       <c r="F273" s="2"/>
       <c r="G273" s="2"/>
       <c r="H273" s="2"/>
       <c r="I273" s="2"/>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="2" t="s">
         <v>529</v>
       </c>
       <c r="B274" s="2"/>
       <c r="C274" s="2"/>
       <c r="D274" s="2"/>
       <c r="E274" s="2"/>
       <c r="F274" s="2"/>
       <c r="G274" s="2"/>
       <c r="H274" s="2"/>
       <c r="I274" s="2"/>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
         <v>530</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>531</v>
       </c>
       <c r="C275" s="3">
-        <v>3410.96</v>
+        <v>2698.44</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F275" s="3">
-        <v>326</v>
+        <v>155</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
         <v>6</v>
       </c>
       <c r="I275" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C276" s="3">
-        <v>3103.88</v>
+        <v>2698.44</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F276" s="3">
-        <v>132</v>
+        <v>0</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
         <v>6</v>
       </c>
       <c r="I276" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
         <v>534</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>535</v>
       </c>
       <c r="C277" s="3">
-        <v>2653.33</v>
+        <v>3468.95</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F277" s="3">
-        <v>345</v>
+        <v>0</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
         <v>6</v>
       </c>
       <c r="I277" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
         <v>536</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>537</v>
       </c>
       <c r="C278" s="3">
-        <v>4095.89</v>
+        <v>2232.11</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I278" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
         <v>538</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>539</v>
       </c>
       <c r="C279" s="3">
-        <v>999</v>
+        <v>2232.11</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>96</v>
+        <v>0</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="I279" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C280" s="3">
-        <v>2653.33</v>
+        <v>4165.52</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="3">
         <v>0</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
         <v>542</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>543</v>
       </c>
       <c r="C281" s="3">
-        <v>749</v>
+        <v>1015.98</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F281" s="3">
-        <v>205</v>
+        <v>1</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I281" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C282" s="3">
-        <v>2194.8</v>
+        <v>761.73</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>0</v>
+        <v>304</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I282" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
         <v>546</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>547</v>
       </c>
       <c r="C283" s="3">
-        <v>3410.96</v>
+        <v>2698.44</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F283" s="3">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
         <v>6</v>
       </c>
       <c r="I283" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C284" s="3">
-        <v>2194.8</v>
+        <v>3468.95</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F284" s="3">
-        <v>50</v>
+        <v>539</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
         <v>6</v>
       </c>
       <c r="I284" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
         <v>550</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>551</v>
       </c>
       <c r="C285" s="3">
-        <v>2653.33</v>
+        <v>2496.27</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>594</v>
+        <v>1</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I285" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C286" s="3">
-        <v>2844.15</v>
+        <v>2698.44</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F286" s="3">
         <v>0</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
         <v>6</v>
       </c>
       <c r="I286" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
         <v>554</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>555</v>
       </c>
       <c r="C287" s="3">
-        <v>2653.33</v>
+        <v>4165.52</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F287" s="3">
         <v>0</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I287" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C288" s="3">
-        <v>1137.97</v>
+        <v>2496.27</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F288" s="3">
-        <v>862</v>
+        <v>15</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I288" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
         <v>558</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>559</v>
       </c>
       <c r="C289" s="3">
-        <v>3686.3</v>
+        <v>1157.32</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F289" s="3">
-        <v>0</v>
+        <v>1320</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I289" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
         <v>560</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C290" s="3">
-        <v>4095.89</v>
+        <v>2892.5</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F290" s="3">
         <v>0</v>
       </c>
       <c r="G290" s="3">
         <v>1</v>
       </c>
       <c r="H290" s="3">
         <v>6</v>
       </c>
       <c r="I290" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
         <v>562</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>563</v>
       </c>
       <c r="C291" s="3">
-        <v>2653.33</v>
+        <v>1015.98</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F291" s="3">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="G291" s="3">
         <v>1</v>
       </c>
       <c r="H291" s="3">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="I291" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
         <v>564</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>565</v>
       </c>
       <c r="C292" s="3">
-        <v>2454.54</v>
+        <v>3156.65</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F292" s="3">
-        <v>0</v>
+        <v>182</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
         <v>6</v>
       </c>
       <c r="I292" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
         <v>566</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>567</v>
       </c>
       <c r="C293" s="3">
-        <v>4095.89</v>
+        <v>3374.07</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F293" s="3">
         <v>0</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
         <v>6</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
         <v>568</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>569</v>
       </c>
       <c r="C294" s="3">
-        <v>4095.89</v>
+        <v>4165.52</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F294" s="3">
         <v>0</v>
       </c>
       <c r="G294" s="3">
         <v>1</v>
       </c>
       <c r="H294" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I294" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
         <v>570</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>571</v>
       </c>
       <c r="C295" s="3">
-        <v>3410.96</v>
+        <v>4165.52</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F295" s="3">
         <v>0</v>
       </c>
       <c r="G295" s="3">
         <v>1</v>
       </c>
       <c r="H295" s="3">
         <v>6</v>
       </c>
       <c r="I295" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
         <v>572</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>573</v>
       </c>
       <c r="C296" s="3">
-        <v>2454.54</v>
+        <v>2698.44</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F296" s="3">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="G296" s="3">
         <v>1</v>
       </c>
       <c r="H296" s="3">
         <v>8</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
         <v>574</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>575</v>
       </c>
       <c r="C297" s="3">
-        <v>2653.33</v>
+        <v>2698.44</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F297" s="3">
         <v>0</v>
       </c>
       <c r="G297" s="3">
         <v>1</v>
       </c>
       <c r="H297" s="3">
         <v>9</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
         <v>576</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>577</v>
       </c>
       <c r="C298" s="3">
-        <v>999</v>
+        <v>3468.95</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F298" s="3">
-        <v>207</v>
+        <v>192</v>
       </c>
       <c r="G298" s="3">
         <v>1</v>
       </c>
       <c r="H298" s="3">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="I298" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="2" t="s">
         <v>578</v>
       </c>
       <c r="B299" s="2"/>
       <c r="C299" s="2"/>
       <c r="D299" s="2"/>
       <c r="E299" s="2"/>
       <c r="F299" s="2"/>
       <c r="G299" s="2"/>
       <c r="H299" s="2"/>
       <c r="I299" s="2"/>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
         <v>579</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>580</v>
       </c>
       <c r="C300" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F300" s="3">
-        <v>248</v>
+        <v>0</v>
       </c>
       <c r="G300" s="3">
         <v>1</v>
       </c>
       <c r="H300" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
         <v>581</v>
       </c>
       <c r="B301" s="3" t="s">
         <v>582</v>
       </c>
       <c r="C301" s="3">
-        <v>1237.5</v>
+        <v>1660.67</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F301" s="3">
         <v>0</v>
       </c>
       <c r="G301" s="3">
         <v>1</v>
       </c>
       <c r="H301" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I301" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
         <v>583</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>584</v>
       </c>
       <c r="C302" s="3">
-        <v>1862.5</v>
+        <v>888.6</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F302" s="3">
         <v>0</v>
       </c>
       <c r="G302" s="3">
         <v>1</v>
       </c>
       <c r="H302" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I302" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
         <v>585</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>586</v>
       </c>
       <c r="C303" s="3">
-        <v>849</v>
+        <v>710.88</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>587</v>
+        <v>15</v>
       </c>
       <c r="F303" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G303" s="3">
         <v>1</v>
       </c>
       <c r="H303" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I303" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="B304" s="3" t="s">
         <v>588</v>
       </c>
-      <c r="B304" s="3" t="s">
+      <c r="C304" s="3">
+        <v>863.43</v>
+      </c>
+      <c r="D304" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E304" s="3" t="s">
         <v>589</v>
       </c>
-      <c r="C304" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F304" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G304" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H304" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I304" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
         <v>590</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>591</v>
       </c>
       <c r="C305" s="3">
-        <v>699</v>
+        <v>888.6</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F305" s="3">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="G305" s="3">
         <v>1</v>
       </c>
       <c r="H305" s="3">
         <v>12</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
         <v>592</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>593</v>
       </c>
       <c r="C306" s="3">
-        <v>873.75</v>
+        <v>888.6</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F306" s="3">
-        <v>1</v>
+        <v>324</v>
       </c>
       <c r="G306" s="3">
         <v>1</v>
       </c>
       <c r="H306" s="3">
         <v>12</v>
       </c>
       <c r="I306" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
         <v>594</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>595</v>
       </c>
       <c r="C307" s="3">
-        <v>1264.56</v>
+        <v>888.6</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F307" s="3">
-        <v>0</v>
+        <v>721</v>
       </c>
       <c r="G307" s="3">
         <v>1</v>
       </c>
       <c r="H307" s="3">
         <v>12</v>
       </c>
       <c r="I307" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
         <v>596</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>597</v>
       </c>
       <c r="C308" s="3">
-        <v>748.75</v>
+        <v>3468.95</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F308" s="3">
-        <v>0</v>
+        <v>446</v>
       </c>
       <c r="G308" s="3">
         <v>1</v>
       </c>
       <c r="H308" s="3">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="I308" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
         <v>598</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>599</v>
       </c>
       <c r="C309" s="3">
-        <v>1632.91</v>
+        <v>1157.32</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F309" s="3">
         <v>0</v>
       </c>
       <c r="G309" s="3">
         <v>1</v>
       </c>
       <c r="H309" s="3">
         <v>6</v>
       </c>
       <c r="I309" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
         <v>600</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>601</v>
       </c>
       <c r="C310" s="3">
-        <v>873.75</v>
+        <v>888.6</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F310" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G310" s="3">
         <v>1</v>
       </c>
       <c r="H310" s="3">
         <v>12</v>
       </c>
       <c r="I310" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
         <v>602</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>603</v>
       </c>
       <c r="C311" s="3">
-        <v>3410.96</v>
+        <v>3468.95</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F311" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G311" s="3">
         <v>1</v>
       </c>
       <c r="H311" s="3">
         <v>4</v>
       </c>
       <c r="I311" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
         <v>604</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>605</v>
       </c>
       <c r="C312" s="3">
-        <v>873.75</v>
+        <v>252.98</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F312" s="3">
-        <v>267</v>
+        <v>8</v>
       </c>
       <c r="G312" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H312" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I312" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
         <v>606</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>607</v>
       </c>
       <c r="C313" s="3">
-        <v>1137.97</v>
+        <v>609.18</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F313" s="3">
         <v>0</v>
       </c>
       <c r="G313" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H313" s="3">
-        <v>6</v>
+        <v>240</v>
       </c>
       <c r="I313" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
         <v>608</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>609</v>
       </c>
       <c r="C314" s="3">
-        <v>873.75</v>
+        <v>1258.54</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F314" s="3">
-        <v>527</v>
+        <v>0</v>
       </c>
       <c r="G314" s="3">
         <v>1</v>
       </c>
       <c r="H314" s="3">
         <v>12</v>
       </c>
       <c r="I314" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
         <v>610</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>611</v>
       </c>
       <c r="C315" s="3">
-        <v>873.75</v>
+        <v>3468.95</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F315" s="3">
-        <v>147</v>
+        <v>2</v>
       </c>
       <c r="G315" s="3">
         <v>1</v>
       </c>
       <c r="H315" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I315" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
         <v>612</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>613</v>
       </c>
       <c r="C316" s="3">
-        <v>749</v>
+        <v>3468.95</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F316" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G316" s="3">
         <v>1</v>
       </c>
       <c r="H316" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I316" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
         <v>614</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>615</v>
       </c>
       <c r="C317" s="3">
-        <v>3410.96</v>
+        <v>1015.98</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F317" s="3">
-        <v>501</v>
+        <v>1</v>
       </c>
       <c r="G317" s="3">
         <v>1</v>
       </c>
       <c r="H317" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I317" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
         <v>616</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>617</v>
       </c>
       <c r="C318" s="3">
-        <v>873.75</v>
+        <v>1378.75</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F318" s="3">
-        <v>96</v>
+        <v>0</v>
       </c>
       <c r="G318" s="3">
         <v>1</v>
       </c>
       <c r="H318" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
         <v>618</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>619</v>
       </c>
       <c r="C319" s="3">
-        <v>1137.97</v>
+        <v>1286.06</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F319" s="3">
-        <v>3</v>
+        <v>118</v>
       </c>
       <c r="G319" s="3">
         <v>1</v>
       </c>
       <c r="H319" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>621</v>
       </c>
       <c r="C320" s="3">
-        <v>299</v>
+        <v>888.6</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F320" s="3">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="G320" s="3">
         <v>1</v>
       </c>
       <c r="H320" s="3">
-        <v>240</v>
+        <v>12</v>
       </c>
       <c r="I320" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
         <v>622</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>623</v>
       </c>
       <c r="C321" s="3">
-        <v>999</v>
+        <v>761.48</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F321" s="3">
         <v>0</v>
       </c>
       <c r="G321" s="3">
         <v>1</v>
       </c>
       <c r="H321" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I321" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
         <v>624</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>625</v>
       </c>
       <c r="C322" s="3">
-        <v>873.75</v>
+        <v>1531.94</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F322" s="3">
         <v>0</v>
       </c>
       <c r="G322" s="3">
         <v>1</v>
       </c>
       <c r="H322" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I322" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
         <v>626</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>627</v>
       </c>
       <c r="C323" s="3">
-        <v>3410.96</v>
+        <v>1286.06</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F323" s="3">
-        <v>3</v>
+        <v>300</v>
       </c>
       <c r="G323" s="3">
         <v>1</v>
       </c>
       <c r="H323" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I323" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>629</v>
       </c>
       <c r="C324" s="3">
-        <v>873.75</v>
+        <v>888.6</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F324" s="3">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="G324" s="3">
         <v>1</v>
       </c>
       <c r="H324" s="3">
         <v>12</v>
       </c>
       <c r="I324" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
         <v>630</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>631</v>
       </c>
       <c r="C325" s="3">
-        <v>599</v>
+        <v>1286.06</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E325" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F325" s="3">
         <v>0</v>
       </c>
       <c r="G325" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H325" s="3">
-        <v>240</v>
+        <v>6</v>
       </c>
       <c r="I325" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
         <v>632</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>633</v>
       </c>
       <c r="C326" s="3">
-        <v>873.75</v>
+        <v>761.73</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F326" s="3">
-        <v>736</v>
+        <v>196</v>
       </c>
       <c r="G326" s="3">
         <v>1</v>
       </c>
       <c r="H326" s="3">
         <v>12</v>
       </c>
       <c r="I326" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B327" s="3" t="s">
         <v>635</v>
       </c>
       <c r="C327" s="3">
-        <v>1264.56</v>
+        <v>1015.98</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F327" s="3">
-        <v>1358</v>
+        <v>0</v>
       </c>
       <c r="G327" s="3">
         <v>1</v>
       </c>
       <c r="H327" s="3">
         <v>12</v>
       </c>
       <c r="I327" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
         <v>636</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>637</v>
       </c>
       <c r="C328" s="3">
-        <v>1506.33</v>
+        <v>1157.32</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E328" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F328" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G328" s="3">
         <v>1</v>
       </c>
       <c r="H328" s="3">
         <v>6</v>
       </c>
       <c r="I328" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
         <v>638</v>
       </c>
       <c r="B329" s="3" t="s">
         <v>639</v>
       </c>
       <c r="C329" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E329" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F329" s="3">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="G329" s="3">
         <v>1</v>
       </c>
       <c r="H329" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I329" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
         <v>640</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>641</v>
       </c>
       <c r="C330" s="3">
-        <v>1264.56</v>
+        <v>8344.97</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F330" s="3">
+        <v>0</v>
+      </c>
+      <c r="G330" s="3">
+        <v>1</v>
+      </c>
+      <c r="H330" s="3">
         <v>2</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
       <c r="I330" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
         <v>642</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>643</v>
       </c>
       <c r="C331" s="3">
-        <v>1355.7</v>
+        <v>1015.98</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E331" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F331" s="3">
-        <v>0</v>
+        <v>517</v>
       </c>
       <c r="G331" s="3">
         <v>1</v>
       </c>
       <c r="H331" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I331" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
         <v>644</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>645</v>
       </c>
       <c r="C332" s="3">
-        <v>1137.97</v>
+        <v>888.6</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F332" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G332" s="3">
         <v>1</v>
       </c>
       <c r="H332" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I332" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
         <v>646</v>
       </c>
       <c r="B333" s="3" t="s">
         <v>647</v>
       </c>
       <c r="C333" s="3">
-        <v>999</v>
+        <v>888.6</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E333" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F333" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G333" s="3">
         <v>1</v>
       </c>
       <c r="H333" s="3">
         <v>12</v>
       </c>
       <c r="I333" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
         <v>648</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>649</v>
       </c>
       <c r="C334" s="3">
-        <v>8205.48</v>
+        <v>888.6</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E334" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F334" s="3">
         <v>0</v>
       </c>
       <c r="G334" s="3">
         <v>1</v>
       </c>
       <c r="H334" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="I334" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
         <v>650</v>
       </c>
       <c r="B335" s="3" t="s">
         <v>651</v>
       </c>
       <c r="C335" s="3">
-        <v>999</v>
+        <v>1157.32</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E335" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F335" s="3">
-        <v>1</v>
+        <v>63</v>
       </c>
       <c r="G335" s="3">
         <v>1</v>
       </c>
       <c r="H335" s="3">
         <v>12</v>
       </c>
       <c r="I335" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336" s="3" t="s">
         <v>652</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>653</v>
       </c>
       <c r="C336" s="3">
-        <v>873.75</v>
+        <v>304.08</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E336" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F336" s="3">
-        <v>0</v>
+        <v>129</v>
       </c>
       <c r="G336" s="3">
         <v>1</v>
       </c>
       <c r="H336" s="3">
-        <v>12</v>
+        <v>240</v>
       </c>
       <c r="I336" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
         <v>654</v>
       </c>
       <c r="B337" s="3" t="s">
         <v>655</v>
       </c>
       <c r="C337" s="3">
-        <v>3410.96</v>
+        <v>1894.16</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E337" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F337" s="3">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="G337" s="3">
         <v>1</v>
       </c>
       <c r="H337" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I337" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="2" t="s">
         <v>656</v>
       </c>
       <c r="B338" s="2"/>
       <c r="C338" s="2"/>
       <c r="D338" s="2"/>
       <c r="E338" s="2"/>
       <c r="F338" s="2"/>
       <c r="G338" s="2"/>
       <c r="H338" s="2"/>
       <c r="I338" s="2"/>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
         <v>657</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>658</v>
       </c>
       <c r="C339" s="3">
-        <v>1237.5</v>
+        <v>1258.54</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F339" s="3">
         <v>0</v>
       </c>
       <c r="G339" s="3">
         <v>1</v>
       </c>
       <c r="H339" s="3">
         <v>6</v>
       </c>
       <c r="I339" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
         <v>659</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>660</v>
       </c>
       <c r="C340" s="3">
-        <v>1862.5</v>
+        <v>2496.27</v>
       </c>
       <c r="D340" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E340" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F340" s="3">
         <v>0</v>
       </c>
       <c r="G340" s="3">
         <v>1</v>
       </c>
       <c r="H340" s="3">
         <v>6</v>
       </c>
       <c r="I340" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
         <v>661</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>662</v>
       </c>
       <c r="C341" s="3">
-        <v>999</v>
+        <v>2628.34</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F341" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G341" s="3">
         <v>1</v>
       </c>
       <c r="H341" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I341" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="3" t="s">
         <v>663</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>664</v>
       </c>
       <c r="C342" s="3">
-        <v>8890.41</v>
+        <v>1967.96</v>
       </c>
       <c r="D342" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E342" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F342" s="3">
-        <v>94</v>
+        <v>0</v>
       </c>
       <c r="G342" s="3">
         <v>1</v>
       </c>
       <c r="H342" s="3">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="I342" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
         <v>665</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>666</v>
       </c>
       <c r="C343" s="3">
-        <v>2454.54</v>
+        <v>2496.27</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F343" s="3">
         <v>0</v>
       </c>
       <c r="G343" s="3">
         <v>1</v>
       </c>
       <c r="H343" s="3">
         <v>8</v>
       </c>
       <c r="I343" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
         <v>667</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>668</v>
       </c>
       <c r="C344" s="3">
-        <v>1264.56</v>
+        <v>3190.31</v>
       </c>
       <c r="D344" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E344" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F344" s="3">
         <v>0</v>
       </c>
       <c r="G344" s="3">
         <v>1</v>
       </c>
       <c r="H344" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I344" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
         <v>669</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>670</v>
       </c>
       <c r="C345" s="3">
-        <v>3410.96</v>
+        <v>1015.98</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E345" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F345" s="3">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="G345" s="3">
         <v>1</v>
       </c>
       <c r="H345" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I345" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="3" t="s">
         <v>671</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>672</v>
       </c>
       <c r="C346" s="3">
-        <v>2454.54</v>
+        <v>5558.67</v>
       </c>
       <c r="D346" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E346" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F346" s="3">
         <v>0</v>
       </c>
       <c r="G346" s="3">
         <v>1</v>
       </c>
       <c r="H346" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I346" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
         <v>673</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>674</v>
       </c>
       <c r="C347" s="3">
-        <v>4095.89</v>
+        <v>4165.52</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E347" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F347" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G347" s="3">
         <v>1</v>
       </c>
       <c r="H347" s="3">
         <v>4</v>
       </c>
       <c r="I347" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
         <v>675</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>676</v>
       </c>
       <c r="C348" s="3">
-        <v>2454.54</v>
+        <v>1286.06</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E348" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F348" s="3">
-        <v>317</v>
+        <v>4</v>
       </c>
       <c r="G348" s="3">
         <v>1</v>
       </c>
       <c r="H348" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I348" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
         <v>677</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>678</v>
       </c>
       <c r="C349" s="3">
-        <v>1935.06</v>
+        <v>6952.84</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E349" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F349" s="3">
         <v>0</v>
       </c>
       <c r="G349" s="3">
         <v>1</v>
       </c>
       <c r="H349" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I349" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
         <v>679</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>680</v>
       </c>
       <c r="C350" s="3">
-        <v>5465.75</v>
+        <v>1967.96</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E350" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F350" s="3">
         <v>0</v>
       </c>
       <c r="G350" s="3">
         <v>1</v>
       </c>
       <c r="H350" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I350" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
         <v>681</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>682</v>
       </c>
       <c r="C351" s="3">
-        <v>1935.06</v>
+        <v>2496.27</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E351" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F351" s="3">
         <v>0</v>
       </c>
       <c r="G351" s="3">
         <v>1</v>
       </c>
       <c r="H351" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I351" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
         <v>683</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>684</v>
       </c>
       <c r="C352" s="3">
-        <v>3136.98</v>
+        <v>1894.16</v>
       </c>
       <c r="D352" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E352" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F352" s="3">
         <v>0</v>
       </c>
       <c r="G352" s="3">
         <v>1</v>
       </c>
       <c r="H352" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I352" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
         <v>685</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>686</v>
       </c>
       <c r="C353" s="3">
-        <v>2584.41</v>
+        <v>3468.95</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E353" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F353" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G353" s="3">
         <v>1</v>
       </c>
       <c r="H353" s="3">
         <v>6</v>
       </c>
       <c r="I353" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A354" s="3" t="s">
         <v>687</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>688</v>
       </c>
       <c r="C354" s="3">
-        <v>4780.82</v>
+        <v>1967.96</v>
       </c>
       <c r="D354" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E354" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F354" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G354" s="3">
         <v>1</v>
       </c>
       <c r="H354" s="3">
         <v>4</v>
       </c>
       <c r="I354" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
         <v>689</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>690</v>
       </c>
       <c r="C355" s="3">
-        <v>2324.67</v>
+        <v>1660.67</v>
       </c>
       <c r="D355" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E355" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F355" s="3">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="G355" s="3">
         <v>1</v>
       </c>
       <c r="H355" s="3">
         <v>6</v>
       </c>
       <c r="I355" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
         <v>691</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>692</v>
       </c>
       <c r="C356" s="3">
-        <v>1264.56</v>
+        <v>9041.55</v>
       </c>
       <c r="D356" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E356" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F356" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="G356" s="3">
         <v>1</v>
       </c>
       <c r="H356" s="3">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="I356" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
         <v>693</v>
       </c>
       <c r="B357" s="3" t="s">
         <v>694</v>
       </c>
       <c r="C357" s="3">
-        <v>1506.33</v>
+        <v>1660.67</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E357" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F357" s="3">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="G357" s="3">
         <v>1</v>
       </c>
       <c r="H357" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I357" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
         <v>695</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>696</v>
       </c>
       <c r="C358" s="3">
-        <v>1935.06</v>
+        <v>1531.94</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F358" s="3">
-        <v>592</v>
+        <v>0</v>
       </c>
       <c r="G358" s="3">
         <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I358" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
         <v>697</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>698</v>
       </c>
       <c r="C359" s="3">
-        <v>1632.91</v>
+        <v>1286.06</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F359" s="3">
-        <v>102</v>
+        <v>0</v>
       </c>
       <c r="G359" s="3">
         <v>1</v>
       </c>
       <c r="H359" s="3">
         <v>12</v>
       </c>
       <c r="I359" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360" s="3" t="s">
         <v>699</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>700</v>
       </c>
       <c r="C360" s="3">
-        <v>2844.15</v>
+        <v>2892.5</v>
       </c>
       <c r="D360" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E360" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F360" s="3">
-        <v>76</v>
+        <v>0</v>
       </c>
       <c r="G360" s="3">
         <v>1</v>
       </c>
       <c r="H360" s="3">
         <v>5</v>
       </c>
       <c r="I360" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
         <v>701</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>702</v>
       </c>
       <c r="C361" s="3">
-        <v>6836.62</v>
+        <v>4862.09</v>
       </c>
       <c r="D361" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E361" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F361" s="3">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="G361" s="3">
         <v>1</v>
       </c>
       <c r="H361" s="3">
         <v>4</v>
       </c>
       <c r="I361" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
         <v>703</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>704</v>
       </c>
       <c r="C362" s="3">
-        <v>1632.91</v>
+        <v>2364.19</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E362" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F362" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G362" s="3">
         <v>1</v>
       </c>
       <c r="H362" s="3">
         <v>6</v>
       </c>
       <c r="I362" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="2" t="s">
         <v>705</v>
       </c>
       <c r="B363" s="2"/>
       <c r="C363" s="2"/>
       <c r="D363" s="2"/>
       <c r="E363" s="2"/>
       <c r="F363" s="2"/>
       <c r="G363" s="2"/>
       <c r="H363" s="2"/>
       <c r="I363" s="2"/>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>707</v>
       </c>
       <c r="C364" s="3">
-        <v>699</v>
+        <v>761.73</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E364" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F364" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G364" s="3">
         <v>1</v>
       </c>
       <c r="H364" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I364" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
         <v>708</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>709</v>
       </c>
       <c r="C365" s="3">
-        <v>499</v>
+        <v>710.88</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E365" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F365" s="3">
         <v>0</v>
       </c>
       <c r="G365" s="3">
         <v>1</v>
       </c>
       <c r="H365" s="3">
         <v>48</v>
       </c>
       <c r="I365" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
         <v>710</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>711</v>
       </c>
       <c r="C366" s="3">
-        <v>623.75</v>
+        <v>761.73</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E366" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F366" s="3">
-        <v>450</v>
+        <v>1</v>
       </c>
       <c r="G366" s="3">
         <v>1</v>
       </c>
       <c r="H366" s="3">
-        <v>96</v>
+        <v>128</v>
       </c>
       <c r="I366" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
         <v>712</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>713</v>
       </c>
       <c r="C367" s="3">
-        <v>373.75</v>
+        <v>1531.94</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E367" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F367" s="3">
-        <v>296</v>
+        <v>0</v>
       </c>
       <c r="G367" s="3">
         <v>1</v>
       </c>
       <c r="H367" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I367" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
         <v>714</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>715</v>
       </c>
       <c r="C368" s="3">
-        <v>499</v>
+        <v>1531.94</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E368" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F368" s="3">
         <v>0</v>
       </c>
       <c r="G368" s="3">
         <v>1</v>
       </c>
       <c r="H368" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I368" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="3" t="s">
         <v>716</v>
       </c>
       <c r="B369" s="3" t="s">
         <v>717</v>
       </c>
       <c r="C369" s="3">
-        <v>1506.33</v>
+        <v>634.35</v>
       </c>
       <c r="D369" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E369" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F369" s="3">
-        <v>82</v>
+        <v>362</v>
       </c>
       <c r="G369" s="3">
         <v>1</v>
       </c>
       <c r="H369" s="3">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="I369" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="3" t="s">
         <v>718</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>719</v>
       </c>
       <c r="C370" s="3">
-        <v>1242.86</v>
+        <v>178.27</v>
       </c>
       <c r="D370" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E370" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F370" s="3">
-        <v>0</v>
+        <v>275</v>
       </c>
       <c r="G370" s="3">
         <v>1</v>
       </c>
       <c r="H370" s="3">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="I370" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
         <v>720</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>721</v>
       </c>
       <c r="C371" s="3">
-        <v>175.29</v>
+        <v>178.27</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E371" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F371" s="3">
-        <v>299</v>
+        <v>169</v>
       </c>
       <c r="G371" s="3">
         <v>1</v>
       </c>
       <c r="H371" s="3">
         <v>300</v>
       </c>
       <c r="I371" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
         <v>722</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>723</v>
       </c>
       <c r="C372" s="3">
-        <v>1506.33</v>
+        <v>738.88</v>
       </c>
       <c r="D372" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E372" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F372" s="3">
         <v>1</v>
       </c>
       <c r="G372" s="3">
         <v>1</v>
       </c>
       <c r="H372" s="3">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="I372" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373" s="3" t="s">
         <v>724</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>725</v>
       </c>
       <c r="C373" s="3">
-        <v>623.75</v>
+        <v>1531.94</v>
       </c>
       <c r="D373" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E373" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F373" s="3">
-        <v>409</v>
+        <v>0</v>
       </c>
       <c r="G373" s="3">
         <v>1</v>
       </c>
       <c r="H373" s="3">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="I373" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
         <v>726</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>727</v>
       </c>
       <c r="C374" s="3">
-        <v>1264.56</v>
+        <v>380.1</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E374" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F374" s="3">
-        <v>0</v>
+        <v>244</v>
       </c>
       <c r="G374" s="3">
         <v>1</v>
       </c>
       <c r="H374" s="3">
         <v>24</v>
       </c>
       <c r="I374" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
         <v>728</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>729</v>
       </c>
       <c r="C375" s="3">
-        <v>1506.33</v>
+        <v>1967.96</v>
       </c>
       <c r="D375" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E375" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F375" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G375" s="3">
         <v>1</v>
       </c>
       <c r="H375" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I375" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
         <v>730</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>731</v>
       </c>
       <c r="C376" s="3">
-        <v>749</v>
+        <v>507.48</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E376" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F376" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G376" s="3">
         <v>1</v>
       </c>
       <c r="H376" s="3">
-        <v>128</v>
+        <v>48</v>
       </c>
       <c r="I376" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
         <v>732</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>733</v>
       </c>
       <c r="C377" s="3">
-        <v>749</v>
+        <v>178.27</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E377" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F377" s="3">
-        <v>29</v>
+        <v>6</v>
       </c>
       <c r="G377" s="3">
         <v>1</v>
       </c>
       <c r="H377" s="3">
-        <v>36</v>
+        <v>300</v>
       </c>
       <c r="I377" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
         <v>734</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>735</v>
       </c>
       <c r="C378" s="3">
-        <v>373.75</v>
+        <v>1286.06</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E378" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F378" s="3">
-        <v>318</v>
+        <v>0</v>
       </c>
       <c r="G378" s="3">
         <v>1</v>
       </c>
       <c r="H378" s="3">
-        <v>192</v>
+        <v>16</v>
       </c>
       <c r="I378" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
         <v>736</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>737</v>
       </c>
       <c r="C379" s="3">
-        <v>807.25</v>
+        <v>1531.94</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E379" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F379" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G379" s="3">
         <v>1</v>
       </c>
       <c r="H379" s="3">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="I379" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="3" t="s">
         <v>738</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>739</v>
       </c>
       <c r="C380" s="3">
-        <v>1506.33</v>
+        <v>507.48</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E380" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F380" s="3">
         <v>0</v>
       </c>
       <c r="G380" s="3">
         <v>1</v>
       </c>
       <c r="H380" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I380" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="3" t="s">
         <v>740</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>741</v>
       </c>
       <c r="C381" s="3">
-        <v>175.29</v>
+        <v>178.27</v>
       </c>
       <c r="D381" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E381" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F381" s="3">
         <v>0</v>
       </c>
       <c r="G381" s="3">
         <v>1</v>
       </c>
       <c r="H381" s="3">
         <v>300</v>
       </c>
       <c r="I381" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
         <v>742</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>743</v>
       </c>
       <c r="C382" s="3">
-        <v>1264.56</v>
+        <v>507.48</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E382" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F382" s="3">
         <v>0</v>
       </c>
       <c r="G382" s="3">
         <v>1</v>
       </c>
       <c r="H382" s="3">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I382" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
         <v>744</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>745</v>
       </c>
       <c r="C383" s="3">
-        <v>699</v>
+        <v>710.88</v>
       </c>
       <c r="D383" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E383" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F383" s="3">
         <v>0</v>
       </c>
       <c r="G383" s="3">
         <v>1</v>
       </c>
       <c r="H383" s="3">
         <v>36</v>
       </c>
       <c r="I383" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
         <v>746</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>747</v>
       </c>
       <c r="C384" s="3">
-        <v>1935.06</v>
+        <v>1531.94</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E384" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F384" s="3">
         <v>0</v>
       </c>
       <c r="G384" s="3">
         <v>1</v>
       </c>
       <c r="H384" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I384" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
         <v>748</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>749</v>
       </c>
       <c r="C385" s="3">
-        <v>1935.06</v>
+        <v>1263.99</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E385" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F385" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G385" s="3">
         <v>1</v>
       </c>
       <c r="H385" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I385" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
         <v>750</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>751</v>
       </c>
       <c r="C386" s="3">
-        <v>175.29</v>
+        <v>1967.96</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E386" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F386" s="3">
-        <v>780</v>
+        <v>0</v>
       </c>
       <c r="G386" s="3">
         <v>1</v>
       </c>
       <c r="H386" s="3">
-        <v>300</v>
+        <v>6</v>
       </c>
       <c r="I386" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
         <v>752</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>753</v>
       </c>
       <c r="C387" s="3">
-        <v>175.29</v>
+        <v>1286.06</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E387" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F387" s="3">
         <v>0</v>
       </c>
       <c r="G387" s="3">
         <v>1</v>
       </c>
       <c r="H387" s="3">
-        <v>300</v>
+        <v>24</v>
       </c>
       <c r="I387" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
         <v>754</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>755</v>
       </c>
       <c r="C388" s="3">
-        <v>499</v>
+        <v>380.1</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E388" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F388" s="3">
-        <v>0</v>
+        <v>270</v>
       </c>
       <c r="G388" s="3">
         <v>1</v>
       </c>
       <c r="H388" s="3">
-        <v>48</v>
+        <v>192</v>
       </c>
       <c r="I388" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="3" t="s">
         <v>756</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>757</v>
       </c>
       <c r="C389" s="3">
-        <v>1506.33</v>
+        <v>634.35</v>
       </c>
       <c r="D389" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E389" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F389" s="3">
-        <v>0</v>
+        <v>332</v>
       </c>
       <c r="G389" s="3">
         <v>1</v>
       </c>
       <c r="H389" s="3">
-        <v>8</v>
+        <v>96</v>
       </c>
       <c r="I389" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390" s="2" t="s">
         <v>758</v>
       </c>
       <c r="B390" s="2"/>
       <c r="C390" s="2"/>
       <c r="D390" s="2"/>
       <c r="E390" s="2"/>
       <c r="F390" s="2"/>
       <c r="G390" s="2"/>
       <c r="H390" s="2"/>
       <c r="I390" s="2"/>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>760</v>
       </c>
       <c r="C391" s="3">
-        <v>1632.91</v>
+        <v>483.15</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E391" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F391" s="3">
         <v>0</v>
       </c>
       <c r="G391" s="3">
         <v>1</v>
       </c>
       <c r="H391" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I391" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
         <v>761</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>762</v>
       </c>
       <c r="C392" s="3">
-        <v>1487.74</v>
+        <v>380.1</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E392" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F392" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G392" s="3">
         <v>1</v>
       </c>
       <c r="H392" s="3">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="I392" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="3" t="s">
         <v>763</v>
       </c>
       <c r="B393" s="3" t="s">
         <v>764</v>
       </c>
       <c r="C393" s="3">
-        <v>449.1</v>
+        <v>329.26</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E393" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F393" s="3">
         <v>0</v>
       </c>
       <c r="G393" s="3">
         <v>1</v>
       </c>
       <c r="H393" s="3">
-        <v>64</v>
+        <v>96</v>
       </c>
       <c r="I393" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
         <v>765</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>766</v>
       </c>
       <c r="C394" s="3">
-        <v>527.86</v>
+        <v>1361.73</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E394" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F394" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G394" s="3">
         <v>1</v>
       </c>
       <c r="H394" s="3">
         <v>24</v>
       </c>
       <c r="I394" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395" s="3" t="s">
         <v>767</v>
       </c>
       <c r="B395" s="3" t="s">
         <v>768</v>
       </c>
       <c r="C395" s="3">
-        <v>4431.39</v>
+        <v>1537.7</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E395" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F395" s="3">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G395" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H395" s="3">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I395" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396" s="3" t="s">
         <v>769</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>770</v>
       </c>
       <c r="C396" s="3">
-        <v>456.98</v>
+        <v>4506.72</v>
       </c>
       <c r="D396" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E396" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F396" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G396" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H396" s="3">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="I396" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="3" t="s">
         <v>771</v>
       </c>
       <c r="B397" s="3" t="s">
         <v>772</v>
       </c>
       <c r="C397" s="3">
-        <v>535.89</v>
+        <v>411.06</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E397" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F397" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G397" s="3">
         <v>1</v>
       </c>
       <c r="H397" s="3">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="I397" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A398" s="3" t="s">
         <v>773</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>774</v>
       </c>
       <c r="C398" s="3">
-        <v>1512</v>
+        <v>1660.67</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E398" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F398" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G398" s="3">
         <v>1</v>
       </c>
       <c r="H398" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I398" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="3" t="s">
         <v>775</v>
       </c>
       <c r="B399" s="3" t="s">
         <v>776</v>
       </c>
       <c r="C399" s="3">
-        <v>535.89</v>
+        <v>638.4</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E399" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F399" s="3">
         <v>0</v>
       </c>
       <c r="G399" s="3">
         <v>1</v>
       </c>
       <c r="H399" s="3">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="I399" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="3" t="s">
         <v>777</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>778</v>
       </c>
       <c r="C400" s="3">
-        <v>1390.62</v>
+        <v>1414.26</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E400" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F400" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G400" s="3">
         <v>1</v>
       </c>
       <c r="H400" s="3">
         <v>8</v>
       </c>
       <c r="I400" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
         <v>779</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>780</v>
       </c>
       <c r="C401" s="3">
-        <v>697.48</v>
+        <v>545</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E401" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F401" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G401" s="3">
         <v>1</v>
       </c>
       <c r="H401" s="3">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="I401" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="3" t="s">
         <v>781</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>782</v>
       </c>
       <c r="C402" s="3">
-        <v>373.75</v>
+        <v>418.27</v>
       </c>
       <c r="D402" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E402" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F402" s="3">
         <v>0</v>
       </c>
       <c r="G402" s="3">
         <v>1</v>
       </c>
       <c r="H402" s="3">
-        <v>72</v>
+        <v>16</v>
       </c>
       <c r="I402" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="3" t="s">
         <v>783</v>
       </c>
       <c r="B403" s="3" t="s">
         <v>784</v>
       </c>
       <c r="C403" s="3">
-        <v>359.73</v>
+        <v>545</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E403" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F403" s="3">
         <v>0</v>
       </c>
       <c r="G403" s="3">
         <v>1</v>
       </c>
       <c r="H403" s="3">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="I403" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404" s="2" t="s">
         <v>785</v>
       </c>
       <c r="B404" s="2"/>
       <c r="C404" s="2"/>
       <c r="D404" s="2"/>
       <c r="E404" s="2"/>
       <c r="F404" s="2"/>
       <c r="G404" s="2"/>
       <c r="H404" s="2"/>
       <c r="I404" s="2"/>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405" s="3" t="s">
         <v>786</v>
       </c>
       <c r="B405" s="3" t="s">
         <v>787</v>
       </c>
       <c r="C405" s="3">
-        <v>1137.97</v>
+        <v>2023.83</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E405" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F405" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G405" s="3">
         <v>1</v>
       </c>
       <c r="H405" s="3">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="I405" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A406" s="3" t="s">
         <v>788</v>
       </c>
       <c r="B406" s="3" t="s">
         <v>789</v>
       </c>
       <c r="C406" s="3">
-        <v>499</v>
+        <v>769.33</v>
       </c>
       <c r="D406" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E406" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F406" s="3">
-        <v>1147</v>
+        <v>0</v>
       </c>
       <c r="G406" s="3">
         <v>1</v>
       </c>
       <c r="H406" s="3">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="I406" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="3" t="s">
         <v>790</v>
       </c>
       <c r="B407" s="3" t="s">
         <v>791</v>
       </c>
       <c r="C407" s="3">
-        <v>756.47</v>
+        <v>769.33</v>
       </c>
       <c r="D407" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E407" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F407" s="3">
         <v>0</v>
       </c>
       <c r="G407" s="3">
         <v>1</v>
       </c>
       <c r="H407" s="3">
         <v>24</v>
       </c>
       <c r="I407" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408" s="3" t="s">
         <v>792</v>
       </c>
       <c r="B408" s="3" t="s">
         <v>793</v>
       </c>
       <c r="C408" s="3">
-        <v>756.47</v>
+        <v>769.33</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E408" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F408" s="3">
         <v>0</v>
       </c>
       <c r="G408" s="3">
         <v>1</v>
       </c>
       <c r="H408" s="3">
         <v>24</v>
       </c>
       <c r="I408" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409" s="3" t="s">
         <v>794</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>795</v>
       </c>
       <c r="C409" s="3">
-        <v>756.47</v>
+        <v>1157.32</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E409" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F409" s="3">
-        <v>0</v>
+        <v>134</v>
       </c>
       <c r="G409" s="3">
         <v>1</v>
       </c>
       <c r="H409" s="3">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="I409" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="3" t="s">
         <v>796</v>
       </c>
       <c r="B410" s="3" t="s">
         <v>797</v>
       </c>
       <c r="C410" s="3">
-        <v>756.47</v>
+        <v>507.48</v>
       </c>
       <c r="D410" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E410" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F410" s="3">
-        <v>0</v>
+        <v>1729</v>
       </c>
       <c r="G410" s="3">
         <v>1</v>
       </c>
       <c r="H410" s="3">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="I410" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411" s="3" t="s">
         <v>798</v>
       </c>
       <c r="B411" s="3" t="s">
         <v>799</v>
       </c>
       <c r="C411" s="3">
-        <v>1990</v>
+        <v>769.33</v>
       </c>
       <c r="D411" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E411" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F411" s="3">
         <v>0</v>
       </c>
       <c r="G411" s="3">
         <v>1</v>
       </c>
       <c r="H411" s="3">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="I411" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412" s="3" t="s">
         <v>800</v>
       </c>
       <c r="B412" s="3" t="s">
         <v>801</v>
       </c>
       <c r="C412" s="3">
-        <v>756.47</v>
+        <v>769.33</v>
       </c>
       <c r="D412" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E412" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F412" s="3">
         <v>0</v>
       </c>
       <c r="G412" s="3">
         <v>1</v>
       </c>
       <c r="H412" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I412" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="3" t="s">
         <v>802</v>
       </c>
       <c r="B413" s="3" t="s">
         <v>803</v>
       </c>
       <c r="C413" s="3">
-        <v>756.47</v>
+        <v>769.33</v>
       </c>
       <c r="D413" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E413" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F413" s="3">
         <v>0</v>
       </c>
       <c r="G413" s="3">
         <v>1</v>
       </c>
       <c r="H413" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I413" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A414" s="3" t="s">
         <v>804</v>
       </c>
       <c r="B414" s="3" t="s">
         <v>805</v>
       </c>
       <c r="C414" s="3">
-        <v>756.47</v>
+        <v>769.33</v>
       </c>
       <c r="D414" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E414" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F414" s="3">
         <v>0</v>
       </c>
       <c r="G414" s="3">
         <v>1</v>
       </c>
       <c r="H414" s="3">
         <v>24</v>
       </c>
       <c r="I414" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A415" s="3" t="s">
         <v>806</v>
       </c>
       <c r="B415" s="3" t="s">
         <v>807</v>
       </c>
       <c r="C415" s="3">
-        <v>756.47</v>
+        <v>769.33</v>
       </c>
       <c r="D415" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E415" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F415" s="3">
         <v>0</v>
       </c>
       <c r="G415" s="3">
         <v>1</v>
       </c>
       <c r="H415" s="3">
         <v>24</v>
       </c>
       <c r="I415" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="3" t="s">
         <v>808</v>
       </c>
       <c r="B416" s="3" t="s">
         <v>809</v>
       </c>
       <c r="C416" s="3">
-        <v>756.47</v>
+        <v>769.33</v>
       </c>
       <c r="D416" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E416" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F416" s="3">
         <v>0</v>
       </c>
       <c r="G416" s="3">
         <v>1</v>
       </c>
       <c r="H416" s="3">
         <v>24</v>
       </c>
       <c r="I416" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A417" s="2" t="s">
         <v>810</v>
       </c>
       <c r="B417" s="2"/>
       <c r="C417" s="2"/>
       <c r="D417" s="2"/>
       <c r="E417" s="2"/>
       <c r="F417" s="2"/>
       <c r="G417" s="2"/>
       <c r="H417" s="2"/>
       <c r="I417" s="2"/>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A418" s="3" t="s">
         <v>811</v>
       </c>
       <c r="B418" s="3" t="s">
         <v>812</v>
       </c>
       <c r="C418" s="3">
-        <v>1935.06</v>
+        <v>297.92</v>
       </c>
       <c r="D418" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E418" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F418" s="3">
-        <v>38</v>
+        <v>2016</v>
       </c>
       <c r="G418" s="3">
         <v>1</v>
       </c>
       <c r="H418" s="3">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="I418" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="3" t="s">
         <v>813</v>
       </c>
       <c r="B419" s="3" t="s">
         <v>814</v>
       </c>
       <c r="C419" s="3">
-        <v>235.66</v>
+        <v>3468.95</v>
       </c>
       <c r="D419" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E419" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F419" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G419" s="3">
         <v>1</v>
       </c>
       <c r="H419" s="3">
-        <v>96</v>
+        <v>3</v>
       </c>
       <c r="I419" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A420" s="3" t="s">
         <v>815</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>816</v>
       </c>
       <c r="C420" s="3">
-        <v>323.8</v>
+        <v>1967.96</v>
       </c>
       <c r="D420" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E420" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F420" s="3">
         <v>0</v>
       </c>
       <c r="G420" s="3">
         <v>1</v>
       </c>
       <c r="H420" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I420" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A421" s="3" t="s">
         <v>817</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>818</v>
       </c>
       <c r="C421" s="3">
-        <v>374</v>
+        <v>239.67</v>
       </c>
       <c r="D421" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E421" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F421" s="3">
         <v>0</v>
       </c>
       <c r="G421" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H421" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I421" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A422" s="3" t="s">
         <v>819</v>
       </c>
       <c r="B422" s="3" t="s">
         <v>820</v>
       </c>
       <c r="C422" s="3">
-        <v>990</v>
+        <v>239.67</v>
       </c>
       <c r="D422" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E422" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F422" s="3">
         <v>0</v>
       </c>
       <c r="G422" s="3">
         <v>1</v>
       </c>
       <c r="H422" s="3">
-        <v>16</v>
+        <v>96</v>
       </c>
       <c r="I422" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A423" s="3" t="s">
         <v>821</v>
       </c>
       <c r="B423" s="3" t="s">
         <v>822</v>
       </c>
       <c r="C423" s="3">
-        <v>1290</v>
+        <v>239.67</v>
       </c>
       <c r="D423" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E423" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F423" s="3">
-        <v>0</v>
+        <v>385</v>
       </c>
       <c r="G423" s="3">
         <v>1</v>
       </c>
       <c r="H423" s="3">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="I423" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="3" t="s">
         <v>823</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>824</v>
       </c>
       <c r="C424" s="3">
-        <v>235.66</v>
+        <v>329.3</v>
       </c>
       <c r="D424" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E424" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F424" s="3">
         <v>0</v>
       </c>
       <c r="G424" s="3">
         <v>1</v>
       </c>
       <c r="H424" s="3">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="I424" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A425" s="3" t="s">
         <v>825</v>
       </c>
       <c r="B425" s="3" t="s">
         <v>826</v>
       </c>
       <c r="C425" s="3">
-        <v>3000</v>
+        <v>239.67</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E425" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F425" s="3">
         <v>0</v>
       </c>
       <c r="G425" s="3">
         <v>1</v>
       </c>
       <c r="H425" s="3">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="I425" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426" s="3" t="s">
         <v>827</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>828</v>
       </c>
       <c r="C426" s="3">
-        <v>6490</v>
+        <v>1258.03</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>829</v>
+        <v>589</v>
       </c>
       <c r="F426" s="3">
         <v>0</v>
       </c>
       <c r="G426" s="3">
         <v>1</v>
       </c>
       <c r="H426" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="I426" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A427" s="3" t="s">
+        <v>829</v>
+      </c>
+      <c r="B427" s="3" t="s">
         <v>830</v>
       </c>
-      <c r="B427" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C427" s="3">
-        <v>987.12</v>
+        <v>507.48</v>
       </c>
       <c r="D427" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E427" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F427" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G427" s="3">
         <v>1</v>
       </c>
       <c r="H427" s="3">
-        <v>40</v>
+        <v>96</v>
       </c>
       <c r="I427" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A428" s="3" t="s">
+        <v>831</v>
+      </c>
+      <c r="B428" s="3" t="s">
         <v>832</v>
       </c>
-      <c r="B428" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C428" s="3">
-        <v>749</v>
+        <v>761.73</v>
       </c>
       <c r="D428" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E428" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F428" s="3">
         <v>0</v>
       </c>
       <c r="G428" s="3">
         <v>1</v>
       </c>
       <c r="H428" s="3">
         <v>12</v>
       </c>
       <c r="I428" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A429" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="B429" s="3" t="s">
         <v>834</v>
       </c>
-      <c r="B429" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C429" s="3">
-        <v>323.8</v>
+        <v>1639.91</v>
       </c>
       <c r="D429" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E429" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F429" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G429" s="3">
         <v>1</v>
       </c>
       <c r="H429" s="3">
-        <v>120</v>
+        <v>4</v>
       </c>
       <c r="I429" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430" s="3" t="s">
+        <v>835</v>
+      </c>
+      <c r="B430" s="3" t="s">
         <v>836</v>
       </c>
-      <c r="B430" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C430" s="3">
-        <v>499</v>
+        <v>3376.44</v>
       </c>
       <c r="D430" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E430" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F430" s="3">
-        <v>507</v>
+        <v>491</v>
       </c>
       <c r="G430" s="3">
         <v>1</v>
       </c>
       <c r="H430" s="3">
-        <v>96</v>
+        <v>6</v>
       </c>
       <c r="I430" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A431" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="B431" s="3" t="s">
         <v>838</v>
       </c>
-      <c r="B431" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C431" s="3">
-        <v>235.66</v>
+        <v>415.59</v>
       </c>
       <c r="D431" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E431" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F431" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G431" s="3">
         <v>1</v>
       </c>
       <c r="H431" s="3">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="I431" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="3" t="s">
+        <v>839</v>
+      </c>
+      <c r="B432" s="3" t="s">
         <v>840</v>
       </c>
-      <c r="B432" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C432" s="3">
-        <v>235.66</v>
+        <v>194.68</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E432" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F432" s="3">
-        <v>8</v>
+        <v>374</v>
       </c>
       <c r="G432" s="3">
         <v>1</v>
       </c>
       <c r="H432" s="3">
         <v>96</v>
       </c>
       <c r="I432" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A433" s="3" t="s">
+        <v>841</v>
+      </c>
+      <c r="B433" s="3" t="s">
         <v>842</v>
       </c>
-      <c r="B433" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C433" s="3">
-        <v>762.12</v>
+        <v>1311.93</v>
       </c>
       <c r="D433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E433" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F433" s="3">
         <v>0</v>
       </c>
       <c r="G433" s="3">
         <v>1</v>
       </c>
       <c r="H433" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I433" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="434" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A434" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="B434" s="3" t="s">
         <v>844</v>
       </c>
-      <c r="B434" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C434" s="3">
-        <v>1935.06</v>
+        <v>1515.33</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E434" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F434" s="3">
-        <v>299</v>
+        <v>5</v>
       </c>
       <c r="G434" s="3">
         <v>1</v>
       </c>
       <c r="H434" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I434" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A435" s="3" t="s">
+        <v>845</v>
+      </c>
+      <c r="B435" s="3" t="s">
         <v>846</v>
       </c>
-      <c r="B435" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C435" s="3">
-        <v>408.64</v>
+        <v>3051</v>
       </c>
       <c r="D435" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E435" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F435" s="3">
         <v>0</v>
       </c>
       <c r="G435" s="3">
         <v>1</v>
       </c>
       <c r="H435" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I435" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A436" s="3" t="s">
+        <v>847</v>
+      </c>
+      <c r="B436" s="3" t="s">
         <v>848</v>
       </c>
-      <c r="B436" s="3" t="s">
+      <c r="C436" s="3">
+        <v>6600.33</v>
+      </c>
+      <c r="D436" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E436" s="3" t="s">
         <v>849</v>
       </c>
-      <c r="C436" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F436" s="3">
         <v>0</v>
       </c>
       <c r="G436" s="3">
         <v>1</v>
       </c>
       <c r="H436" s="3">
-        <v>96</v>
+        <v>4</v>
       </c>
       <c r="I436" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A437" s="3" t="s">
         <v>850</v>
       </c>
       <c r="B437" s="3" t="s">
         <v>851</v>
       </c>
       <c r="C437" s="3">
-        <v>499</v>
+        <v>6600.33</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>15</v>
+        <v>849</v>
       </c>
       <c r="F437" s="3">
         <v>0</v>
       </c>
       <c r="G437" s="3">
         <v>1</v>
       </c>
       <c r="H437" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I437" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A438" s="3" t="s">
         <v>852</v>
       </c>
       <c r="B438" s="3" t="s">
         <v>853</v>
       </c>
       <c r="C438" s="3">
-        <v>408.64</v>
+        <v>329.3</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E438" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F438" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G438" s="3">
         <v>1</v>
       </c>
       <c r="H438" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I438" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="439" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A439" s="3" t="s">
         <v>854</v>
       </c>
       <c r="B439" s="3" t="s">
         <v>855</v>
       </c>
       <c r="C439" s="3">
-        <v>235.66</v>
+        <v>239.67</v>
       </c>
       <c r="D439" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E439" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F439" s="3">
         <v>0</v>
       </c>
       <c r="G439" s="3">
         <v>1</v>
       </c>
       <c r="H439" s="3">
         <v>96</v>
       </c>
       <c r="I439" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="440" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A440" s="3" t="s">
         <v>856</v>
       </c>
       <c r="B440" s="3" t="s">
         <v>857</v>
       </c>
       <c r="C440" s="3">
-        <v>235.66</v>
+        <v>415.59</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E440" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F440" s="3">
-        <v>393</v>
+        <v>11</v>
       </c>
       <c r="G440" s="3">
         <v>1</v>
       </c>
       <c r="H440" s="3">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="I440" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441" s="3" t="s">
         <v>858</v>
       </c>
       <c r="B441" s="3" t="s">
         <v>859</v>
       </c>
       <c r="C441" s="3">
-        <v>3320</v>
+        <v>380.36</v>
       </c>
       <c r="D441" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E441" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F441" s="3">
-        <v>551</v>
+        <v>0</v>
       </c>
       <c r="G441" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H441" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I441" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A442" s="3" t="s">
         <v>860</v>
       </c>
       <c r="B442" s="3" t="s">
         <v>861</v>
       </c>
       <c r="C442" s="3">
-        <v>235.66</v>
+        <v>775.08</v>
       </c>
       <c r="D442" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E442" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F442" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G442" s="3">
         <v>1</v>
       </c>
       <c r="H442" s="3">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="I442" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A443" s="3" t="s">
         <v>862</v>
       </c>
       <c r="B443" s="3" t="s">
         <v>863</v>
       </c>
       <c r="C443" s="3">
-        <v>3410.96</v>
+        <v>239.67</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E443" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F443" s="3">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="G443" s="3">
         <v>1</v>
       </c>
       <c r="H443" s="3">
-        <v>3</v>
+        <v>96</v>
       </c>
       <c r="I443" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A444" s="3" t="s">
         <v>864</v>
       </c>
       <c r="B444" s="3" t="s">
         <v>865</v>
       </c>
       <c r="C444" s="3">
-        <v>235.66</v>
+        <v>1967.96</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E444" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F444" s="3">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="G444" s="3">
         <v>1</v>
       </c>
       <c r="H444" s="3">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="I444" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A445" s="3" t="s">
         <v>866</v>
       </c>
       <c r="B445" s="3" t="s">
         <v>867</v>
       </c>
       <c r="C445" s="3">
-        <v>6490</v>
+        <v>2628.34</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E445" s="3" t="s">
-        <v>829</v>
+        <v>15</v>
       </c>
       <c r="F445" s="3">
-        <v>0</v>
+        <v>478</v>
       </c>
       <c r="G445" s="3">
         <v>1</v>
       </c>
       <c r="H445" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I445" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446" s="3" t="s">
         <v>868</v>
       </c>
       <c r="B446" s="3" t="s">
         <v>869</v>
       </c>
       <c r="C446" s="3">
-        <v>987.12</v>
+        <v>215.7</v>
       </c>
       <c r="D446" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E446" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F446" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G446" s="3">
         <v>1</v>
       </c>
       <c r="H446" s="3">
-        <v>40</v>
+        <v>96</v>
       </c>
       <c r="I446" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A447" s="3" t="s">
         <v>870</v>
       </c>
       <c r="B447" s="3" t="s">
         <v>871</v>
       </c>
       <c r="C447" s="3">
-        <v>292.94</v>
+        <v>1003.9</v>
       </c>
       <c r="D447" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E447" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F447" s="3">
-        <v>2378</v>
+        <v>158</v>
       </c>
       <c r="G447" s="3">
         <v>1</v>
       </c>
       <c r="H447" s="3">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="I447" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="448" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A448" s="3" t="s">
         <v>872</v>
       </c>
       <c r="B448" s="3" t="s">
         <v>873</v>
       </c>
       <c r="C448" s="3">
-        <v>234.2</v>
+        <v>238.18</v>
       </c>
       <c r="D448" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E448" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F448" s="3">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="G448" s="3">
         <v>1</v>
       </c>
       <c r="H448" s="3">
         <v>96</v>
       </c>
       <c r="I448" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A449" s="3" t="s">
         <v>874</v>
       </c>
       <c r="B449" s="3" t="s">
         <v>875</v>
       </c>
       <c r="C449" s="3">
-        <v>1490</v>
+        <v>239.67</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E449" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F449" s="3">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G449" s="3">
         <v>1</v>
       </c>
       <c r="H449" s="3">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="I449" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450" s="3" t="s">
         <v>876</v>
       </c>
       <c r="B450" s="3" t="s">
         <v>877</v>
       </c>
       <c r="C450" s="3">
-        <v>1612.5</v>
+        <v>239.67</v>
       </c>
       <c r="D450" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E450" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F450" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="G450" s="3">
         <v>1</v>
       </c>
       <c r="H450" s="3">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="I450" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A451" s="3" t="s">
         <v>878</v>
       </c>
       <c r="B451" s="3" t="s">
         <v>879</v>
       </c>
       <c r="C451" s="3">
-        <v>212.69</v>
+        <v>507.48</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E451" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F451" s="3">
-        <v>378</v>
+        <v>0</v>
       </c>
       <c r="G451" s="3">
         <v>1</v>
       </c>
       <c r="H451" s="3">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="I451" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A452" s="3" t="s">
         <v>880</v>
       </c>
       <c r="B452" s="3" t="s">
         <v>881</v>
       </c>
       <c r="C452" s="3">
-        <v>2584.41</v>
+        <v>1006.83</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E452" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F452" s="3">
-        <v>233</v>
+        <v>0</v>
       </c>
       <c r="G452" s="3">
         <v>1</v>
       </c>
       <c r="H452" s="3">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="I452" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="3" t="s">
         <v>882</v>
       </c>
       <c r="B453" s="3" t="s">
         <v>883</v>
       </c>
       <c r="C453" s="3">
-        <v>1237</v>
+        <v>1003.9</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>587</v>
+        <v>15</v>
       </c>
       <c r="F453" s="3">
-        <v>0</v>
+        <v>83</v>
       </c>
       <c r="G453" s="3">
         <v>1</v>
       </c>
       <c r="H453" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I453" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454" s="2" t="s">
         <v>884</v>
       </c>
       <c r="B454" s="2"/>
       <c r="C454" s="2"/>
       <c r="D454" s="2"/>
       <c r="E454" s="2"/>
       <c r="F454" s="2"/>
       <c r="G454" s="2"/>
       <c r="H454" s="2"/>
       <c r="I454" s="2"/>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A455" s="3" t="s">
         <v>885</v>
       </c>
       <c r="B455" s="3" t="s">
         <v>886</v>
       </c>
       <c r="C455" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E455" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F455" s="3">
-        <v>0</v>
+        <v>169</v>
       </c>
       <c r="G455" s="3">
         <v>1</v>
       </c>
       <c r="H455" s="3">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I455" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A456" s="3" t="s">
         <v>887</v>
       </c>
       <c r="B456" s="3" t="s">
         <v>888</v>
       </c>
       <c r="C456" s="3">
-        <v>299</v>
+        <v>304.08</v>
       </c>
       <c r="D456" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E456" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F456" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G456" s="3">
         <v>1</v>
       </c>
       <c r="H456" s="3">
         <v>50</v>
       </c>
       <c r="I456" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A457" s="3" t="s">
         <v>889</v>
       </c>
       <c r="B457" s="3" t="s">
         <v>890</v>
       </c>
       <c r="C457" s="3">
-        <v>999</v>
+        <v>507.48</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E457" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F457" s="3">
         <v>0</v>
       </c>
       <c r="G457" s="3">
         <v>1</v>
       </c>
       <c r="H457" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I457" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A458" s="3" t="s">
         <v>891</v>
       </c>
       <c r="B458" s="3" t="s">
         <v>892</v>
       </c>
       <c r="C458" s="3">
-        <v>999</v>
+        <v>304.08</v>
       </c>
       <c r="D458" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E458" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F458" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G458" s="3">
         <v>1</v>
       </c>
       <c r="H458" s="3">
         <v>50</v>
       </c>
       <c r="I458" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A459" s="3" t="s">
         <v>893</v>
       </c>
       <c r="B459" s="3" t="s">
         <v>894</v>
       </c>
       <c r="C459" s="3">
-        <v>499</v>
+        <v>710.88</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E459" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F459" s="3">
-        <v>238</v>
+        <v>0</v>
       </c>
       <c r="G459" s="3">
         <v>1</v>
       </c>
       <c r="H459" s="3">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I459" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A460" s="3" t="s">
         <v>895</v>
       </c>
       <c r="B460" s="3" t="s">
         <v>896</v>
       </c>
       <c r="C460" s="3">
-        <v>749</v>
+        <v>1015.98</v>
       </c>
       <c r="D460" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E460" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F460" s="3">
-        <v>1331</v>
+        <v>0</v>
       </c>
       <c r="G460" s="3">
         <v>1</v>
       </c>
       <c r="H460" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I460" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A461" s="3" t="s">
         <v>897</v>
       </c>
       <c r="B461" s="3" t="s">
         <v>898</v>
       </c>
       <c r="C461" s="3">
-        <v>498.75</v>
+        <v>507.23</v>
       </c>
       <c r="D461" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E461" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F461" s="3">
         <v>0</v>
       </c>
       <c r="G461" s="3">
         <v>1</v>
       </c>
       <c r="H461" s="3">
         <v>100</v>
       </c>
       <c r="I461" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="462" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A462" s="3" t="s">
         <v>899</v>
       </c>
       <c r="B462" s="3" t="s">
         <v>900</v>
       </c>
       <c r="C462" s="3">
-        <v>699</v>
+        <v>1015.98</v>
       </c>
       <c r="D462" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E462" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F462" s="3">
-        <v>0</v>
+        <v>241</v>
       </c>
       <c r="G462" s="3">
         <v>1</v>
       </c>
       <c r="H462" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I462" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A463" s="3" t="s">
         <v>901</v>
       </c>
       <c r="B463" s="3" t="s">
         <v>902</v>
       </c>
       <c r="C463" s="3">
-        <v>299</v>
+        <v>761.73</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E463" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F463" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G463" s="3">
         <v>1</v>
       </c>
       <c r="H463" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I463" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A464" s="2" t="s">
         <v>903</v>
       </c>
       <c r="B464" s="2"/>
       <c r="C464" s="2"/>
       <c r="D464" s="2"/>
       <c r="E464" s="2"/>
       <c r="F464" s="2"/>
       <c r="G464" s="2"/>
       <c r="H464" s="2"/>
       <c r="I464" s="2"/>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A465" s="3" t="s">
         <v>904</v>
       </c>
       <c r="B465" s="3" t="s">
         <v>905</v>
       </c>
       <c r="C465" s="3">
-        <v>2490</v>
+        <v>4057.83</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E465" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F465" s="3">
-        <v>0</v>
+        <v>73</v>
       </c>
       <c r="G465" s="3">
         <v>1</v>
       </c>
       <c r="H465" s="3">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I465" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A466" s="3" t="s">
         <v>906</v>
       </c>
       <c r="B466" s="3" t="s">
         <v>907</v>
       </c>
       <c r="C466" s="3">
-        <v>748.75</v>
+        <v>2532.33</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E466" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F466" s="3">
         <v>0</v>
       </c>
       <c r="G466" s="3">
         <v>1</v>
       </c>
       <c r="H466" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I466" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A467" s="3" t="s">
         <v>908</v>
       </c>
       <c r="B467" s="3" t="s">
         <v>909</v>
       </c>
       <c r="C467" s="3">
-        <v>2900</v>
+        <v>2949.3</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E467" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F467" s="3">
         <v>0</v>
       </c>
       <c r="G467" s="3">
         <v>1</v>
       </c>
       <c r="H467" s="3">
         <v>18</v>
       </c>
       <c r="I467" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A468" s="3" t="s">
         <v>910</v>
       </c>
       <c r="B468" s="3" t="s">
         <v>911</v>
       </c>
       <c r="C468" s="3">
-        <v>2190</v>
+        <v>3345.93</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E468" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F468" s="3">
         <v>0</v>
       </c>
       <c r="G468" s="3">
         <v>1</v>
       </c>
       <c r="H468" s="3">
         <v>12</v>
       </c>
       <c r="I468" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="469" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A469" s="3" t="s">
         <v>912</v>
       </c>
       <c r="B469" s="3" t="s">
         <v>913</v>
       </c>
       <c r="C469" s="3">
-        <v>2890</v>
+        <v>761.48</v>
       </c>
       <c r="D469" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E469" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F469" s="3">
-        <v>1074</v>
+        <v>0</v>
       </c>
       <c r="G469" s="3">
         <v>1</v>
       </c>
       <c r="H469" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I469" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A470" s="3" t="s">
         <v>914</v>
       </c>
       <c r="B470" s="3" t="s">
         <v>915</v>
       </c>
       <c r="C470" s="3">
-        <v>3190</v>
+        <v>4057.83</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E470" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F470" s="3">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c r="G470" s="3">
         <v>1</v>
       </c>
       <c r="H470" s="3">
         <v>20</v>
       </c>
       <c r="I470" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A471" s="3" t="s">
         <v>916</v>
       </c>
       <c r="B471" s="3" t="s">
         <v>917</v>
       </c>
       <c r="C471" s="3">
-        <v>3990</v>
+        <v>2939.13</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E471" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F471" s="3">
-        <v>65</v>
+        <v>1072</v>
       </c>
       <c r="G471" s="3">
         <v>1</v>
       </c>
       <c r="H471" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I471" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="472" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A472" s="3" t="s">
         <v>918</v>
       </c>
       <c r="B472" s="3" t="s">
         <v>919</v>
       </c>
       <c r="C472" s="3">
-        <v>623.75</v>
+        <v>3244.23</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E472" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F472" s="3">
-        <v>0</v>
+        <v>119</v>
       </c>
       <c r="G472" s="3">
         <v>1</v>
       </c>
       <c r="H472" s="3">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="I472" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A473" s="3" t="s">
         <v>920</v>
       </c>
       <c r="B473" s="3" t="s">
         <v>921</v>
       </c>
       <c r="C473" s="3">
-        <v>3990</v>
+        <v>2227.23</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E473" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F473" s="3">
-        <v>146</v>
+        <v>0</v>
       </c>
       <c r="G473" s="3">
         <v>1</v>
       </c>
       <c r="H473" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I473" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="474" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A474" s="3" t="s">
         <v>922</v>
       </c>
       <c r="B474" s="3" t="s">
         <v>923</v>
       </c>
       <c r="C474" s="3">
-        <v>3290</v>
+        <v>634.35</v>
       </c>
       <c r="D474" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E474" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F474" s="3">
         <v>0</v>
       </c>
       <c r="G474" s="3">
         <v>1</v>
       </c>
       <c r="H474" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I474" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="475" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A475" s="2" t="s">
         <v>924</v>
       </c>
       <c r="B475" s="2"/>
       <c r="C475" s="2"/>
       <c r="D475" s="2"/>
       <c r="E475" s="2"/>
       <c r="F475" s="2"/>
       <c r="G475" s="2"/>
       <c r="H475" s="2"/>
       <c r="I475" s="2"/>
     </row>
     <row r="476" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A476" s="3" t="s">
         <v>925</v>
       </c>
       <c r="B476" s="3" t="s">
         <v>926</v>
       </c>
       <c r="C476" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E476" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F476" s="3">
         <v>0</v>
       </c>
       <c r="G476" s="3">
         <v>1</v>
       </c>
       <c r="H476" s="3">
         <v>48</v>
       </c>
       <c r="I476" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="477" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A477" s="3" t="s">
         <v>927</v>
       </c>
       <c r="B477" s="3" t="s">
         <v>928</v>
       </c>
       <c r="C477" s="3">
-        <v>1264.56</v>
+        <v>761.73</v>
       </c>
       <c r="D477" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E477" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F477" s="3">
         <v>0</v>
       </c>
       <c r="G477" s="3">
         <v>1</v>
       </c>
       <c r="H477" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I477" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="478" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A478" s="3" t="s">
         <v>929</v>
       </c>
       <c r="B478" s="3" t="s">
         <v>930</v>
       </c>
       <c r="C478" s="3">
-        <v>749</v>
+        <v>1286.06</v>
       </c>
       <c r="D478" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E478" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F478" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G478" s="3">
         <v>1</v>
       </c>
       <c r="H478" s="3">
-        <v>100</v>
+        <v>72</v>
       </c>
       <c r="I478" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A479" s="3" t="s">
         <v>931</v>
       </c>
       <c r="B479" s="3" t="s">
         <v>932</v>
       </c>
       <c r="C479" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E479" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F479" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G479" s="3">
         <v>1</v>
       </c>
       <c r="H479" s="3">
         <v>60</v>
       </c>
       <c r="I479" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="480" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A480" s="3" t="s">
         <v>933</v>
       </c>
       <c r="B480" s="3" t="s">
         <v>934</v>
       </c>
       <c r="C480" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D480" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E480" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F480" s="3">
         <v>0</v>
       </c>
       <c r="G480" s="3">
         <v>1</v>
       </c>
       <c r="H480" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I480" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="481" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A481" s="3" t="s">
         <v>935</v>
       </c>
       <c r="B481" s="3" t="s">
         <v>936</v>
       </c>
       <c r="C481" s="3">
-        <v>1264.56</v>
+        <v>3040.83</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E481" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F481" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G481" s="3">
         <v>1</v>
       </c>
       <c r="H481" s="3">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="I481" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="482" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A482" s="3" t="s">
         <v>937</v>
       </c>
       <c r="B482" s="3" t="s">
         <v>938</v>
       </c>
       <c r="C482" s="3">
-        <v>749</v>
+        <v>1286.06</v>
       </c>
       <c r="D482" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E482" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F482" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G482" s="3">
         <v>1</v>
       </c>
       <c r="H482" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I482" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="483" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A483" s="3" t="s">
         <v>939</v>
       </c>
       <c r="B483" s="3" t="s">
         <v>940</v>
       </c>
       <c r="C483" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E483" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F483" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G483" s="3">
         <v>1</v>
       </c>
       <c r="H483" s="3">
         <v>60</v>
       </c>
       <c r="I483" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="484" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A484" s="3" t="s">
         <v>941</v>
       </c>
       <c r="B484" s="3" t="s">
         <v>942</v>
       </c>
       <c r="C484" s="3">
-        <v>1264.56</v>
+        <v>1286.06</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E484" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F484" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G484" s="3">
         <v>1</v>
       </c>
       <c r="H484" s="3">
         <v>60</v>
       </c>
       <c r="I484" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="485" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A485" s="3" t="s">
         <v>943</v>
       </c>
       <c r="B485" s="3" t="s">
         <v>944</v>
       </c>
       <c r="C485" s="3">
-        <v>1264.56</v>
+        <v>761.73</v>
       </c>
       <c r="D485" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E485" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F485" s="3">
         <v>0</v>
       </c>
       <c r="G485" s="3">
         <v>1</v>
       </c>
       <c r="H485" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I485" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="486" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A486" s="3" t="s">
         <v>945</v>
       </c>
       <c r="B486" s="3" t="s">
         <v>946</v>
       </c>
       <c r="C486" s="3">
-        <v>2990</v>
+        <v>1286.06</v>
       </c>
       <c r="D486" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E486" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F486" s="3">
         <v>0</v>
       </c>
       <c r="G486" s="3">
         <v>1</v>
       </c>
       <c r="H486" s="3">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="I486" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A487" s="2" t="s">
         <v>947</v>
       </c>
       <c r="B487" s="2"/>
       <c r="C487" s="2"/>
       <c r="D487" s="2"/>
       <c r="E487" s="2"/>
       <c r="F487" s="2"/>
       <c r="G487" s="2"/>
       <c r="H487" s="2"/>
       <c r="I487" s="2"/>
     </row>
     <row r="488" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A488" s="3" t="s">
         <v>948</v>
       </c>
       <c r="B488" s="3" t="s">
         <v>949</v>
       </c>
       <c r="C488" s="3">
-        <v>1632.91</v>
+        <v>1660.67</v>
       </c>
       <c r="D488" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E488" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F488" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G488" s="3">
         <v>1</v>
       </c>
       <c r="H488" s="3">
         <v>10</v>
       </c>
       <c r="I488" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A489" s="3" t="s">
         <v>950</v>
       </c>
       <c r="B489" s="3" t="s">
         <v>951</v>
       </c>
       <c r="C489" s="3">
-        <v>2584.41</v>
+        <v>1660.67</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E489" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F489" s="3">
-        <v>178</v>
+        <v>10</v>
       </c>
       <c r="G489" s="3">
         <v>1</v>
       </c>
       <c r="H489" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I489" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A490" s="3" t="s">
         <v>952</v>
       </c>
       <c r="B490" s="3" t="s">
         <v>953</v>
       </c>
       <c r="C490" s="3">
-        <v>1632.91</v>
+        <v>2628.34</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E490" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F490" s="3">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="G490" s="3">
         <v>1</v>
       </c>
       <c r="H490" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I490" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="491" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A491" s="2" t="s">
         <v>954</v>
       </c>
       <c r="B491" s="2"/>
       <c r="C491" s="2"/>
       <c r="D491" s="2"/>
       <c r="E491" s="2"/>
       <c r="F491" s="2"/>
       <c r="G491" s="2"/>
       <c r="H491" s="2"/>
       <c r="I491" s="2"/>
     </row>
     <row r="492" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A492" s="3" t="s">
         <v>955</v>
       </c>
       <c r="B492" s="3" t="s">
         <v>956</v>
       </c>
       <c r="C492" s="3">
-        <v>1632.91</v>
+        <v>2365.51</v>
       </c>
       <c r="D492" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E492" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F492" s="3">
-        <v>0</v>
+        <v>67</v>
       </c>
       <c r="G492" s="3">
         <v>1</v>
       </c>
       <c r="H492" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I492" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A493" s="3" t="s">
         <v>957</v>
       </c>
       <c r="B493" s="3" t="s">
         <v>958</v>
       </c>
       <c r="C493" s="3">
-        <v>2584.41</v>
+        <v>2628.34</v>
       </c>
       <c r="D493" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E493" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F493" s="3">
         <v>0</v>
       </c>
       <c r="G493" s="3">
         <v>1</v>
       </c>
       <c r="H493" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I493" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="494" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A494" s="3" t="s">
         <v>959</v>
       </c>
       <c r="B494" s="3" t="s">
         <v>960</v>
       </c>
       <c r="C494" s="3">
-        <v>2325.97</v>
+        <v>3722.95</v>
       </c>
       <c r="D494" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E494" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F494" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G494" s="3">
         <v>1</v>
       </c>
       <c r="H494" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I494" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="495" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A495" s="3" t="s">
         <v>961</v>
       </c>
       <c r="B495" s="3" t="s">
         <v>962</v>
       </c>
       <c r="C495" s="3">
-        <v>3660.72</v>
+        <v>2628.34</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E495" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F495" s="3">
         <v>0</v>
       </c>
       <c r="G495" s="3">
         <v>1</v>
       </c>
       <c r="H495" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I495" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="496" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A496" s="3" t="s">
         <v>963</v>
       </c>
       <c r="B496" s="3" t="s">
         <v>964</v>
       </c>
       <c r="C496" s="3">
-        <v>2584.41</v>
+        <v>1660.67</v>
       </c>
       <c r="D496" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E496" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F496" s="3">
         <v>0</v>
       </c>
       <c r="G496" s="3">
         <v>1</v>
       </c>
       <c r="H496" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I496" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="497" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A497" s="3" t="s">
         <v>965</v>
       </c>
       <c r="B497" s="3" t="s">
         <v>966</v>
       </c>
       <c r="C497" s="3">
-        <v>3477.68</v>
+        <v>1494.6</v>
       </c>
       <c r="D497" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E497" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F497" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G497" s="3">
         <v>1</v>
       </c>
       <c r="H497" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I497" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="498" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A498" s="3" t="s">
         <v>967</v>
       </c>
       <c r="B498" s="3" t="s">
         <v>968</v>
       </c>
       <c r="C498" s="3">
-        <v>1978.13</v>
+        <v>2011.76</v>
       </c>
       <c r="D498" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E498" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F498" s="3">
         <v>0</v>
       </c>
       <c r="G498" s="3">
         <v>1</v>
       </c>
       <c r="H498" s="3">
         <v>12</v>
       </c>
       <c r="I498" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="499" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A499" s="3" t="s">
         <v>969</v>
       </c>
       <c r="B499" s="3" t="s">
         <v>970</v>
       </c>
       <c r="C499" s="3">
-        <v>3660.72</v>
+        <v>3536.8</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E499" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F499" s="3">
         <v>0</v>
       </c>
       <c r="G499" s="3">
         <v>1</v>
       </c>
       <c r="H499" s="3">
         <v>4</v>
       </c>
       <c r="I499" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="500" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A500" s="3" t="s">
         <v>971</v>
       </c>
       <c r="B500" s="3" t="s">
         <v>972</v>
       </c>
       <c r="C500" s="3">
-        <v>2584.41</v>
+        <v>2365.51</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E500" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F500" s="3">
         <v>0</v>
       </c>
       <c r="G500" s="3">
         <v>1</v>
       </c>
       <c r="H500" s="3">
         <v>12</v>
       </c>
       <c r="I500" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="501" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A501" s="3" t="s">
         <v>973</v>
       </c>
       <c r="B501" s="3" t="s">
         <v>974</v>
       </c>
       <c r="C501" s="3">
-        <v>7990</v>
+        <v>8125.83</v>
       </c>
       <c r="D501" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E501" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F501" s="3">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="G501" s="3">
         <v>1</v>
       </c>
       <c r="H501" s="3">
         <v>4</v>
       </c>
       <c r="I501" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="502" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A502" s="3" t="s">
         <v>975</v>
       </c>
       <c r="B502" s="3" t="s">
         <v>976</v>
       </c>
       <c r="C502" s="3">
-        <v>800.69</v>
+        <v>5303.22</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E502" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F502" s="3">
         <v>0</v>
       </c>
       <c r="G502" s="3">
         <v>1</v>
       </c>
       <c r="H502" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I502" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="503" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A503" s="3" t="s">
         <v>977</v>
       </c>
       <c r="B503" s="3" t="s">
         <v>978</v>
       </c>
       <c r="C503" s="3">
-        <v>2325.97</v>
+        <v>4414</v>
       </c>
       <c r="D503" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E503" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F503" s="3">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="G503" s="3">
         <v>1</v>
       </c>
       <c r="H503" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I503" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="504" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A504" s="3" t="s">
         <v>979</v>
       </c>
       <c r="B504" s="3" t="s">
         <v>980</v>
       </c>
       <c r="C504" s="3">
-        <v>1836.72</v>
+        <v>1660.67</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E504" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F504" s="3">
         <v>0</v>
       </c>
       <c r="G504" s="3">
         <v>1</v>
       </c>
       <c r="H504" s="3">
         <v>4</v>
       </c>
       <c r="I504" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="505" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A505" s="3" t="s">
         <v>981</v>
       </c>
       <c r="B505" s="3" t="s">
         <v>982</v>
       </c>
       <c r="C505" s="3">
-        <v>1632.91</v>
+        <v>1867.94</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E505" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F505" s="3">
         <v>0</v>
       </c>
       <c r="G505" s="3">
         <v>1</v>
       </c>
       <c r="H505" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I505" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="506" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A506" s="3" t="s">
         <v>983</v>
       </c>
       <c r="B506" s="3" t="s">
         <v>984</v>
       </c>
       <c r="C506" s="3">
-        <v>1469.62</v>
+        <v>3722.95</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E506" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F506" s="3">
         <v>0</v>
       </c>
       <c r="G506" s="3">
         <v>1</v>
       </c>
       <c r="H506" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I506" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="507" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A507" s="3" t="s">
         <v>985</v>
       </c>
       <c r="B507" s="3" t="s">
         <v>986</v>
       </c>
       <c r="C507" s="3">
-        <v>5793.97</v>
+        <v>2628.34</v>
       </c>
       <c r="D507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E507" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F507" s="3">
         <v>0</v>
       </c>
       <c r="G507" s="3">
         <v>1</v>
       </c>
       <c r="H507" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I507" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="508" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A508" s="3" t="s">
         <v>987</v>
       </c>
       <c r="B508" s="3" t="s">
         <v>988</v>
       </c>
       <c r="C508" s="3">
-        <v>4822.46</v>
+        <v>732.87</v>
       </c>
       <c r="D508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E508" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F508" s="3">
         <v>0</v>
       </c>
       <c r="G508" s="3">
         <v>1</v>
       </c>
       <c r="H508" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I508" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="509" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A509" s="2" t="s">
         <v>989</v>
       </c>
       <c r="B509" s="2"/>
       <c r="C509" s="2"/>
       <c r="D509" s="2"/>
       <c r="E509" s="2"/>
       <c r="F509" s="2"/>
       <c r="G509" s="2"/>
       <c r="H509" s="2"/>
       <c r="I509" s="2"/>
     </row>
     <row r="510" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A510" s="3" t="s">
         <v>990</v>
       </c>
       <c r="B510" s="3" t="s">
         <v>991</v>
       </c>
       <c r="C510" s="3">
-        <v>749</v>
+        <v>297.94</v>
       </c>
       <c r="D510" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E510" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F510" s="3">
-        <v>150</v>
+        <v>1</v>
       </c>
       <c r="G510" s="3">
         <v>1</v>
       </c>
       <c r="H510" s="3">
         <v>48</v>
       </c>
       <c r="I510" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="511" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A511" s="3" t="s">
         <v>992</v>
       </c>
       <c r="B511" s="3" t="s">
         <v>993</v>
       </c>
       <c r="C511" s="3">
-        <v>292.83</v>
+        <v>131.7</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E511" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F511" s="3">
-        <v>556</v>
+        <v>10</v>
       </c>
       <c r="G511" s="3">
         <v>1</v>
       </c>
       <c r="H511" s="3">
-        <v>40</v>
+        <v>600</v>
       </c>
       <c r="I511" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="512" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A512" s="3" t="s">
         <v>994</v>
       </c>
       <c r="B512" s="3" t="s">
         <v>995</v>
       </c>
       <c r="C512" s="3">
-        <v>499</v>
+        <v>507.48</v>
       </c>
       <c r="D512" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E512" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F512" s="3">
-        <v>990</v>
+        <v>2</v>
       </c>
       <c r="G512" s="3">
         <v>1</v>
       </c>
       <c r="H512" s="3">
         <v>40</v>
       </c>
       <c r="I512" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="513" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A513" s="3" t="s">
         <v>996</v>
       </c>
       <c r="B513" s="3" t="s">
         <v>997</v>
       </c>
       <c r="C513" s="3">
-        <v>292.96</v>
+        <v>761.73</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E513" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F513" s="3">
-        <v>152</v>
+        <v>0</v>
       </c>
       <c r="G513" s="3">
         <v>1</v>
       </c>
       <c r="H513" s="3">
         <v>48</v>
       </c>
       <c r="I513" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="514" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A514" s="3" t="s">
         <v>998</v>
       </c>
       <c r="B514" s="3" t="s">
         <v>999</v>
       </c>
       <c r="C514" s="3">
-        <v>129.5</v>
+        <v>297.81</v>
       </c>
       <c r="D514" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E514" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F514" s="3">
-        <v>1121</v>
+        <v>1</v>
       </c>
       <c r="G514" s="3">
         <v>1</v>
       </c>
       <c r="H514" s="3">
-        <v>600</v>
+        <v>40</v>
       </c>
       <c r="I514" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="515" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A515" s="2" t="s">
         <v>1000</v>
       </c>
       <c r="B515" s="2"/>
       <c r="C515" s="2"/>
       <c r="D515" s="2"/>
       <c r="E515" s="2"/>
       <c r="F515" s="2"/>
       <c r="G515" s="2"/>
       <c r="H515" s="2"/>
       <c r="I515" s="2"/>
     </row>
     <row r="516" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A516" s="2" t="s">
         <v>1001</v>
       </c>
       <c r="B516" s="2"/>
       <c r="C516" s="2"/>
       <c r="D516" s="2"/>
       <c r="E516" s="2"/>
       <c r="F516" s="2"/>
       <c r="G516" s="2"/>
       <c r="H516" s="2"/>
       <c r="I516" s="2"/>
     </row>
     <row r="517" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A517" s="3" t="s">
         <v>1002</v>
       </c>
       <c r="B517" s="3" t="s">
         <v>1003</v>
       </c>
       <c r="C517" s="3">
-        <v>1783.95</v>
+        <v>2668.56</v>
       </c>
       <c r="D517" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E517" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F517" s="3">
-        <v>76</v>
+        <v>108</v>
       </c>
       <c r="G517" s="3">
         <v>1</v>
       </c>
       <c r="H517" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I517" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="518" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A518" s="3" t="s">
         <v>1004</v>
       </c>
       <c r="B518" s="3" t="s">
         <v>1005</v>
       </c>
       <c r="C518" s="3">
-        <v>2623.95</v>
+        <v>5338.18</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F518" s="3">
         <v>0</v>
       </c>
       <c r="G518" s="3">
         <v>1</v>
       </c>
       <c r="H518" s="3">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="I518" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="519" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A519" s="3" t="s">
         <v>1006</v>
       </c>
       <c r="B519" s="3" t="s">
         <v>1007</v>
       </c>
       <c r="C519" s="3">
-        <v>6078.58</v>
+        <v>6181.92</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E519" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F519" s="3">
         <v>0</v>
       </c>
       <c r="G519" s="3">
         <v>1</v>
       </c>
       <c r="H519" s="3">
         <v>12</v>
       </c>
       <c r="I519" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="520" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A520" s="3" t="s">
         <v>1008</v>
       </c>
       <c r="B520" s="3" t="s">
         <v>1009</v>
       </c>
       <c r="C520" s="3">
-        <v>4198.95</v>
+        <v>2668.56</v>
       </c>
       <c r="D520" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E520" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F520" s="3">
         <v>0</v>
       </c>
       <c r="G520" s="3">
         <v>1</v>
       </c>
       <c r="H520" s="3">
         <v>18</v>
       </c>
       <c r="I520" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="521" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A521" s="3" t="s">
         <v>1010</v>
       </c>
       <c r="B521" s="3" t="s">
         <v>1011</v>
       </c>
       <c r="C521" s="3">
-        <v>5937.17</v>
+        <v>1814.28</v>
       </c>
       <c r="D521" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E521" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F521" s="3">
-        <v>254</v>
+        <v>0</v>
       </c>
       <c r="G521" s="3">
         <v>1</v>
       </c>
       <c r="H521" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I521" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="522" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A522" s="3" t="s">
         <v>1012</v>
       </c>
       <c r="B522" s="3" t="s">
         <v>1013</v>
       </c>
       <c r="C522" s="3">
-        <v>2623.95</v>
+        <v>1286.06</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E522" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F522" s="3">
-        <v>321</v>
+        <v>2</v>
       </c>
       <c r="G522" s="3">
         <v>1</v>
       </c>
       <c r="H522" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I522" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="523" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A523" s="3" t="s">
         <v>1014</v>
       </c>
       <c r="B523" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="C523" s="3">
-        <v>3673.95</v>
+        <v>4270.33</v>
       </c>
       <c r="D523" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E523" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F523" s="3">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="G523" s="3">
         <v>1</v>
       </c>
       <c r="H523" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I523" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="524" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A524" s="3" t="s">
         <v>1016</v>
       </c>
       <c r="B524" s="3" t="s">
         <v>1017</v>
       </c>
       <c r="C524" s="3">
-        <v>2623.95</v>
+        <v>2668.56</v>
       </c>
       <c r="D524" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E524" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F524" s="3">
-        <v>158</v>
+        <v>122</v>
       </c>
       <c r="G524" s="3">
         <v>1</v>
       </c>
       <c r="H524" s="3">
         <v>24</v>
       </c>
       <c r="I524" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="525" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A525" s="3" t="s">
         <v>1018</v>
       </c>
       <c r="B525" s="3" t="s">
         <v>1019</v>
       </c>
       <c r="C525" s="3">
-        <v>5248.95</v>
+        <v>3736.41</v>
       </c>
       <c r="D525" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E525" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F525" s="3">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="G525" s="3">
         <v>1</v>
       </c>
       <c r="H525" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I525" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="526" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A526" s="3" t="s">
         <v>1020</v>
       </c>
       <c r="B526" s="3" t="s">
         <v>1021</v>
       </c>
       <c r="C526" s="3">
-        <v>1264.56</v>
+        <v>6038.1</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E526" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F526" s="3">
-        <v>0</v>
+        <v>148</v>
       </c>
       <c r="G526" s="3">
         <v>1</v>
       </c>
       <c r="H526" s="3">
         <v>12</v>
       </c>
       <c r="I526" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="527" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A527" s="2" t="s">
         <v>1022</v>
       </c>
       <c r="B527" s="2"/>
       <c r="C527" s="2"/>
       <c r="D527" s="2"/>
       <c r="E527" s="2"/>
       <c r="F527" s="2"/>
       <c r="G527" s="2"/>
       <c r="H527" s="2"/>
       <c r="I527" s="2"/>
     </row>
     <row r="528" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A528" s="3" t="s">
         <v>1023</v>
       </c>
       <c r="B528" s="3" t="s">
         <v>1024</v>
       </c>
       <c r="C528" s="3">
-        <v>1412.54</v>
+        <v>775.08</v>
       </c>
       <c r="D528" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E528" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F528" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G528" s="3">
         <v>1</v>
       </c>
       <c r="H528" s="3">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="I528" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="529" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A529" s="3" t="s">
         <v>1025</v>
       </c>
       <c r="B529" s="3" t="s">
         <v>1026</v>
       </c>
       <c r="C529" s="3">
-        <v>564.18</v>
+        <v>2299.34</v>
       </c>
       <c r="D529" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E529" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F529" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G529" s="3">
         <v>1</v>
       </c>
       <c r="H529" s="3">
         <v>24</v>
       </c>
       <c r="I529" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="530" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A530" s="3" t="s">
         <v>1027</v>
       </c>
       <c r="B530" s="3" t="s">
         <v>1028</v>
       </c>
       <c r="C530" s="3">
-        <v>846.96</v>
+        <v>645.66</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E530" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F530" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G530" s="3">
         <v>1</v>
       </c>
       <c r="H530" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I530" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="531" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A531" s="3" t="s">
         <v>1029</v>
       </c>
       <c r="B531" s="3" t="s">
         <v>1030</v>
       </c>
       <c r="C531" s="3">
-        <v>2119.52</v>
+        <v>1292.75</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E531" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F531" s="3">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G531" s="3">
         <v>1</v>
       </c>
       <c r="H531" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I531" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="532" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A532" s="3" t="s">
         <v>1031</v>
       </c>
       <c r="B532" s="3" t="s">
         <v>1032</v>
       </c>
       <c r="C532" s="3">
-        <v>635.01</v>
+        <v>861.36</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E532" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F532" s="3">
-        <v>0</v>
+        <v>157</v>
       </c>
       <c r="G532" s="3">
         <v>1</v>
       </c>
       <c r="H532" s="3">
         <v>24</v>
       </c>
       <c r="I532" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="533" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A533" s="3" t="s">
+      <c r="A533" s="2" t="s">
         <v>1033</v>
       </c>
-      <c r="B533" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B533" s="2"/>
+      <c r="C533" s="2"/>
+      <c r="D533" s="2"/>
+      <c r="E533" s="2"/>
+      <c r="F533" s="2"/>
+      <c r="G533" s="2"/>
+      <c r="H533" s="2"/>
+      <c r="I533" s="2"/>
     </row>
     <row r="534" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A534" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B534" s="3" t="s">
         <v>1035</v>
       </c>
-      <c r="B534" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C534" s="3">
-        <v>3674.85</v>
+        <v>861.36</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E534" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F534" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G534" s="3">
         <v>1</v>
       </c>
       <c r="H534" s="3">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="I534" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A535" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B535" s="3" t="s">
         <v>1037</v>
       </c>
-      <c r="B535" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C535" s="3">
-        <v>1836.72</v>
+        <v>2155.55</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E535" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F535" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="G535" s="3">
         <v>1</v>
       </c>
       <c r="H535" s="3">
         <v>10</v>
       </c>
       <c r="I535" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="536" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A536" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B536" s="3" t="s">
         <v>1039</v>
       </c>
-      <c r="B536" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C536" s="3">
-        <v>1483.24</v>
+        <v>581.22</v>
       </c>
       <c r="D536" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E536" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F536" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G536" s="3">
         <v>1</v>
       </c>
       <c r="H536" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I536" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="537" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A537" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B537" s="3" t="s">
         <v>1041</v>
       </c>
-      <c r="B537" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C537" s="3">
-        <v>1129.76</v>
+        <v>3449.74</v>
       </c>
       <c r="D537" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E537" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F537" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G537" s="3">
         <v>1</v>
       </c>
       <c r="H537" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I537" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="538" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A538" s="3" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B538" s="3" t="s">
         <v>1043</v>
       </c>
-      <c r="B538" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C538" s="3">
-        <v>2633.04</v>
+        <v>2677.8</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E538" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F538" s="3">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="G538" s="3">
         <v>1</v>
       </c>
       <c r="H538" s="3">
         <v>8</v>
       </c>
       <c r="I538" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A539" s="3" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B539" s="3" t="s">
         <v>1045</v>
       </c>
-      <c r="B539" s="3" t="s">
+      <c r="C539" s="3">
+        <v>3737.32</v>
+      </c>
+      <c r="D539" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E539" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F539" s="3">
+        <v>63</v>
+      </c>
+      <c r="G539" s="3">
+        <v>1</v>
+      </c>
+      <c r="H539" s="3">
+        <v>4</v>
+      </c>
+      <c r="I539" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="540" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A540" s="3" t="s">
         <v>1046</v>
       </c>
-      <c r="C539" s="3">
-[...22 lines deleted...]
-      <c r="A540" s="2" t="s">
+      <c r="B540" s="3" t="s">
         <v>1047</v>
       </c>
-      <c r="B540" s="2"/>
-[...6 lines deleted...]
-      <c r="I540" s="2"/>
+      <c r="C540" s="3">
+        <v>573.77</v>
+      </c>
+      <c r="D540" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E540" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F540" s="3">
+        <v>0</v>
+      </c>
+      <c r="G540" s="3">
+        <v>1</v>
+      </c>
+      <c r="H540" s="3">
+        <v>24</v>
+      </c>
+      <c r="I540" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="541" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A541" s="3" t="s">
         <v>1048</v>
       </c>
       <c r="B541" s="3" t="s">
         <v>1049</v>
       </c>
       <c r="C541" s="3">
-        <v>762.12</v>
+        <v>1867.94</v>
       </c>
       <c r="D541" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E541" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F541" s="3">
-        <v>187</v>
+        <v>0</v>
       </c>
       <c r="G541" s="3">
         <v>1</v>
       </c>
       <c r="H541" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I541" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="542" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A542" s="3" t="s">
         <v>1050</v>
       </c>
       <c r="B542" s="3" t="s">
         <v>1051</v>
       </c>
       <c r="C542" s="3">
-        <v>1271.14</v>
+        <v>1436.55</v>
       </c>
       <c r="D542" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E542" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F542" s="3">
-        <v>51</v>
+        <v>2</v>
       </c>
       <c r="G542" s="3">
         <v>1</v>
       </c>
       <c r="H542" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I542" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="543" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A543" s="3" t="s">
         <v>1052</v>
       </c>
       <c r="B543" s="3" t="s">
         <v>1053</v>
       </c>
       <c r="C543" s="3">
-        <v>846.96</v>
+        <v>1148.97</v>
       </c>
       <c r="D543" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E543" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F543" s="3">
-        <v>234</v>
+        <v>3</v>
       </c>
       <c r="G543" s="3">
         <v>1</v>
       </c>
       <c r="H543" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I543" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="544" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A544" s="3" t="s">
         <v>1054</v>
       </c>
       <c r="B544" s="3" t="s">
         <v>1055</v>
       </c>
       <c r="C544" s="3">
-        <v>634.87</v>
+        <v>1508.46</v>
       </c>
       <c r="D544" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E544" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F544" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G544" s="3">
         <v>1</v>
       </c>
       <c r="H544" s="3">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I544" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="545" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A545" s="3" t="s">
         <v>1056</v>
       </c>
       <c r="B545" s="3" t="s">
         <v>1057</v>
       </c>
       <c r="C545" s="3">
-        <v>2260.9</v>
+        <v>3737.32</v>
       </c>
       <c r="D545" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E545" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F545" s="3">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="G545" s="3">
         <v>1</v>
       </c>
       <c r="H545" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I545" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A546" s="2" t="s">
         <v>1058</v>
       </c>
       <c r="B546" s="2"/>
       <c r="C546" s="2"/>
       <c r="D546" s="2"/>
       <c r="E546" s="2"/>
       <c r="F546" s="2"/>
       <c r="G546" s="2"/>
       <c r="H546" s="2"/>
       <c r="I546" s="2"/>
     </row>
     <row r="547" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A547" s="3" t="s">
         <v>1059</v>
       </c>
       <c r="B547" s="3" t="s">
         <v>1060</v>
       </c>
       <c r="C547" s="3">
-        <v>799</v>
+        <v>812.58</v>
       </c>
       <c r="D547" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E547" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F547" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G547" s="3">
         <v>1</v>
       </c>
       <c r="H547" s="3">
         <v>108</v>
       </c>
       <c r="I547" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A548" s="3" t="s">
         <v>1061</v>
       </c>
       <c r="B548" s="3" t="s">
         <v>1062</v>
       </c>
       <c r="C548" s="3">
-        <v>1490</v>
+        <v>812.58</v>
       </c>
       <c r="D548" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E548" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F548" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G548" s="3">
         <v>1</v>
       </c>
       <c r="H548" s="3">
-        <v>48</v>
+        <v>108</v>
       </c>
       <c r="I548" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A549" s="3" t="s">
         <v>1063</v>
       </c>
       <c r="B549" s="3" t="s">
         <v>1064</v>
       </c>
       <c r="C549" s="3">
-        <v>799</v>
+        <v>812.58</v>
       </c>
       <c r="D549" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E549" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F549" s="3">
-        <v>0</v>
+        <v>212</v>
       </c>
       <c r="G549" s="3">
         <v>1</v>
       </c>
       <c r="H549" s="3">
         <v>108</v>
       </c>
       <c r="I549" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="550" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A550" s="3" t="s">
         <v>1065</v>
       </c>
       <c r="B550" s="3" t="s">
         <v>1066</v>
       </c>
       <c r="C550" s="3">
-        <v>999</v>
+        <v>1015.98</v>
       </c>
       <c r="D550" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E550" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F550" s="3">
-        <v>133</v>
+        <v>0</v>
       </c>
       <c r="G550" s="3">
         <v>1</v>
       </c>
       <c r="H550" s="3">
         <v>48</v>
       </c>
       <c r="I550" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="551" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A551" s="3" t="s">
         <v>1067</v>
       </c>
       <c r="B551" s="3" t="s">
         <v>1068</v>
       </c>
       <c r="C551" s="3">
-        <v>1490</v>
+        <v>1015.98</v>
       </c>
       <c r="D551" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E551" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F551" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G551" s="3">
         <v>1</v>
       </c>
       <c r="H551" s="3">
         <v>48</v>
       </c>
       <c r="I551" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="552" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A552" s="3" t="s">
         <v>1069</v>
       </c>
       <c r="B552" s="3" t="s">
         <v>1070</v>
       </c>
       <c r="C552" s="3">
-        <v>1490</v>
+        <v>1515.33</v>
       </c>
       <c r="D552" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E552" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F552" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G552" s="3">
         <v>1</v>
       </c>
       <c r="H552" s="3">
         <v>48</v>
       </c>
       <c r="I552" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="553" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A553" s="3" t="s">
         <v>1071</v>
       </c>
       <c r="B553" s="3" t="s">
         <v>1072</v>
       </c>
       <c r="C553" s="3">
-        <v>999</v>
+        <v>1515.33</v>
       </c>
       <c r="D553" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E553" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F553" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G553" s="3">
         <v>1</v>
       </c>
       <c r="H553" s="3">
         <v>48</v>
       </c>
       <c r="I553" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="554" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A554" s="3" t="s">
         <v>1073</v>
       </c>
       <c r="B554" s="3" t="s">
         <v>1074</v>
       </c>
       <c r="C554" s="3">
-        <v>999</v>
+        <v>1660.67</v>
       </c>
       <c r="D554" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E554" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F554" s="3">
-        <v>0</v>
+        <v>415</v>
       </c>
       <c r="G554" s="3">
         <v>1</v>
       </c>
       <c r="H554" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I554" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="555" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A555" s="3" t="s">
         <v>1075</v>
       </c>
       <c r="B555" s="3" t="s">
         <v>1076</v>
       </c>
       <c r="C555" s="3">
-        <v>999</v>
+        <v>812.58</v>
       </c>
       <c r="D555" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E555" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F555" s="3">
         <v>0</v>
       </c>
       <c r="G555" s="3">
         <v>1</v>
       </c>
       <c r="H555" s="3">
-        <v>48</v>
+        <v>108</v>
       </c>
       <c r="I555" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="556" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A556" s="3" t="s">
         <v>1077</v>
       </c>
       <c r="B556" s="3" t="s">
         <v>1078</v>
       </c>
       <c r="C556" s="3">
-        <v>799</v>
+        <v>1015.98</v>
       </c>
       <c r="D556" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E556" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F556" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G556" s="3">
         <v>1</v>
       </c>
       <c r="H556" s="3">
-        <v>108</v>
+        <v>48</v>
       </c>
       <c r="I556" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="557" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A557" s="3" t="s">
         <v>1079</v>
       </c>
       <c r="B557" s="3" t="s">
         <v>1080</v>
       </c>
       <c r="C557" s="3">
-        <v>799</v>
+        <v>1015.98</v>
       </c>
       <c r="D557" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E557" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F557" s="3">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="G557" s="3">
         <v>1</v>
       </c>
       <c r="H557" s="3">
-        <v>108</v>
+        <v>48</v>
       </c>
       <c r="I557" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="558" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A558" s="3" t="s">
         <v>1081</v>
       </c>
       <c r="B558" s="3" t="s">
         <v>1082</v>
       </c>
       <c r="C558" s="3">
-        <v>1490</v>
+        <v>1515.33</v>
       </c>
       <c r="D558" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E558" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F558" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G558" s="3">
         <v>1</v>
       </c>
       <c r="H558" s="3">
         <v>48</v>
       </c>
       <c r="I558" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="559" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A559" s="3" t="s">
         <v>1083</v>
       </c>
       <c r="B559" s="3" t="s">
         <v>1084</v>
       </c>
       <c r="C559" s="3">
-        <v>1632.91</v>
+        <v>1515.33</v>
       </c>
       <c r="D559" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E559" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F559" s="3">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="G559" s="3">
         <v>1</v>
       </c>
       <c r="H559" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I559" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="45">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A33:I33"/>
     <mergeCell ref="A70:I70"/>
     <mergeCell ref="A106:I106"/>
     <mergeCell ref="A112:I112"/>
     <mergeCell ref="A113:I113"/>
     <mergeCell ref="A118:I118"/>
     <mergeCell ref="A128:I128"/>
     <mergeCell ref="A133:I133"/>
     <mergeCell ref="A137:I137"/>
     <mergeCell ref="A147:I147"/>
     <mergeCell ref="A166:I166"/>
     <mergeCell ref="A174:I174"/>
     <mergeCell ref="A187:I187"/>
     <mergeCell ref="A188:I188"/>
     <mergeCell ref="A196:I196"/>
     <mergeCell ref="A204:I204"/>
     <mergeCell ref="A216:I216"/>
     <mergeCell ref="A225:I225"/>
     <mergeCell ref="A235:I235"/>
     <mergeCell ref="A243:I243"/>
     <mergeCell ref="A257:I257"/>
     <mergeCell ref="A261:I261"/>
     <mergeCell ref="A269:I269"/>
     <mergeCell ref="A273:I273"/>
     <mergeCell ref="A274:I274"/>
     <mergeCell ref="A299:I299"/>
     <mergeCell ref="A338:I338"/>
     <mergeCell ref="A363:I363"/>
     <mergeCell ref="A390:I390"/>
     <mergeCell ref="A404:I404"/>
     <mergeCell ref="A417:I417"/>
     <mergeCell ref="A454:I454"/>
     <mergeCell ref="A464:I464"/>
     <mergeCell ref="A475:I475"/>
     <mergeCell ref="A487:I487"/>
     <mergeCell ref="A491:I491"/>
     <mergeCell ref="A509:I509"/>
     <mergeCell ref="A515:I515"/>
     <mergeCell ref="A516:I516"/>
     <mergeCell ref="A527:I527"/>
-    <mergeCell ref="A540:I540"/>
+    <mergeCell ref="A533:I533"/>
     <mergeCell ref="A546:I546"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
@@ -19739,57 +19739,57 @@
     <hyperlink ref="D504" r:id="rId464"/>
     <hyperlink ref="D505" r:id="rId465"/>
     <hyperlink ref="D506" r:id="rId466"/>
     <hyperlink ref="D507" r:id="rId467"/>
     <hyperlink ref="D508" r:id="rId468"/>
     <hyperlink ref="D510" r:id="rId469"/>
     <hyperlink ref="D511" r:id="rId470"/>
     <hyperlink ref="D512" r:id="rId471"/>
     <hyperlink ref="D513" r:id="rId472"/>
     <hyperlink ref="D514" r:id="rId473"/>
     <hyperlink ref="D517" r:id="rId474"/>
     <hyperlink ref="D518" r:id="rId475"/>
     <hyperlink ref="D519" r:id="rId476"/>
     <hyperlink ref="D520" r:id="rId477"/>
     <hyperlink ref="D521" r:id="rId478"/>
     <hyperlink ref="D522" r:id="rId479"/>
     <hyperlink ref="D523" r:id="rId480"/>
     <hyperlink ref="D524" r:id="rId481"/>
     <hyperlink ref="D525" r:id="rId482"/>
     <hyperlink ref="D526" r:id="rId483"/>
     <hyperlink ref="D528" r:id="rId484"/>
     <hyperlink ref="D529" r:id="rId485"/>
     <hyperlink ref="D530" r:id="rId486"/>
     <hyperlink ref="D531" r:id="rId487"/>
     <hyperlink ref="D532" r:id="rId488"/>
-    <hyperlink ref="D533" r:id="rId489"/>
-[...5 lines deleted...]
-    <hyperlink ref="D539" r:id="rId495"/>
+    <hyperlink ref="D534" r:id="rId489"/>
+    <hyperlink ref="D535" r:id="rId490"/>
+    <hyperlink ref="D536" r:id="rId491"/>
+    <hyperlink ref="D537" r:id="rId492"/>
+    <hyperlink ref="D538" r:id="rId493"/>
+    <hyperlink ref="D539" r:id="rId494"/>
+    <hyperlink ref="D540" r:id="rId495"/>
     <hyperlink ref="D541" r:id="rId496"/>
     <hyperlink ref="D542" r:id="rId497"/>
     <hyperlink ref="D543" r:id="rId498"/>
     <hyperlink ref="D544" r:id="rId499"/>
     <hyperlink ref="D545" r:id="rId500"/>
     <hyperlink ref="D547" r:id="rId501"/>
     <hyperlink ref="D548" r:id="rId502"/>
     <hyperlink ref="D549" r:id="rId503"/>
     <hyperlink ref="D550" r:id="rId504"/>
     <hyperlink ref="D551" r:id="rId505"/>
     <hyperlink ref="D552" r:id="rId506"/>
     <hyperlink ref="D553" r:id="rId507"/>
     <hyperlink ref="D554" r:id="rId508"/>
     <hyperlink ref="D555" r:id="rId509"/>
     <hyperlink ref="D556" r:id="rId510"/>
     <hyperlink ref="D557" r:id="rId511"/>
     <hyperlink ref="D558" r:id="rId512"/>
     <hyperlink ref="D559" r:id="rId513"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>