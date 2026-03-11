--- v1 (2026-01-09)
+++ v2 (2026-03-11)
@@ -8,3307 +8,3229 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2106" uniqueCount="1085">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2054" uniqueCount="1059">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 HOME – Конечные потребители</t>
   </si>
   <si>
     <t>1.1 Гирлянды Декоративные</t>
   </si>
   <si>
     <t>1.1.1 Гирлянды с насадками</t>
   </si>
   <si>
+    <t>303-084</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 6м, темно-зеленый ПВХ, 30 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>303-066</t>
+  </si>
+  <si>
+    <t>Лофт-гирлянда светодиодная 5 м, черный ПВХ, 20 LED, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-069</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шишки 5 м, 30 LED, прозрачный ПВХ с контроллером, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-067</t>
+  </si>
+  <si>
+    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-068</t>
+  </si>
+  <si>
+    <t>Гирлянда Сосульки 1,5х0,25 м, прозрачный провод, белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-030</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звезды 1,5х0,6 м, прозрачный провод, теплый белый свет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-424</t>
+  </si>
+  <si>
+    <t>Удлинитель для домашних гирлянд 3 м прозрачный ПВХ</t>
+  </si>
+  <si>
+    <t>303-083</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 4м, темно-зеленый ПВХ, 20 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-085</t>
+  </si>
+  <si>
+    <t>Гирлянда Свечи 10м, темно-зеленый ПВХ, 50 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-032</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Прищепки 30 LED, 5 м, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-034</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездочки 20 LED КРАСНЫЕ 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-035</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кисточки 48 LED БЕЛЫЕ 5 метров</t>
+  </si>
+  <si>
+    <t>303-036</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки 20 LED БЕЛЫЕ 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-037</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Палочки с пузырьками 20 палочек, цвет: мультиколор, 2 метра</t>
+  </si>
+  <si>
+    <t>303-038</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Цветы Сакуры 50 LED РОЗОВЫЕ 7 метров с контроллером</t>
+  </si>
+  <si>
+    <t>303-060</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Цветные Шарики 20 LED МУЛЬТИКОЛОР 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-061</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кубики 20 LED МУЛЬТИКОЛОР 2,8 метра с контроллером</t>
+  </si>
+  <si>
+    <t>303-062</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Колокольчики 20 LED RGB 2,8 метра</t>
+  </si>
+  <si>
+    <t>303-064</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная с насадками (шарики, снежинки, елочки) 30 LED МУЛЬТИКОЛОР, 4,4 метра с контроллером</t>
+  </si>
+  <si>
+    <t>303-065</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки 30 LED МУЛЬТИКОЛОР 4,4 метра с контроллером</t>
+  </si>
+  <si>
+    <t>304-021</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-022</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), контроллер 8 режимов, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-023</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 5м, 20LED, IP20, зеленый провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-024</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки большие 5м, 20LED, IP20, прозрачный провод, свечение мульти (RG/RB), мигание, 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>255-075</t>
+  </si>
+  <si>
+    <t>Гирлянда Бахрома со снежинками 2,4х0,9м, 150LED БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
+  </si>
+  <si>
+    <t>255-076</t>
+  </si>
+  <si>
+    <t>Гирлянда Арка со звездами 2,5х1,2м, 136LED ТЕПЛЫЙ БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется, с контроллером 8 режимов</t>
+  </si>
+  <si>
+    <t>104-321</t>
+  </si>
+  <si>
+    <t>Присоска с крючком (10 шт)</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
     <t>303-024</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Свечи 20м, темно-зеленый ПВХ, 100 LED ТЕПЛЫЙ БЕЛЫЙ, не соединяется NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...169 lines deleted...]
-  <si>
     <t>1.1.2 Гирлянды на батарейках</t>
   </si>
   <si>
+    <t>303-073</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 10 LED, 1,2 метра, прозрачный ПВХ, теплое белое свечение, батарейки 2хАА NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-095</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Ретро-лампы 3 м, белое свечение, батарейки 3хАА NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-090</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездочки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения мультиколор, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-092</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шарики 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения мультиколор, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-074</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Мини-лампочки 1.5 м, 10 LED, прозрачный ПВХ, цвет свечения мультиколор, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-096</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Баночки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-077</t>
   </si>
   <si>
     <t>Тайские фонарики Пломбир 1.5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-078</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Перламутр 3.5 м, 20 LED, прозрачный ПВХ, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-091</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездочки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-093</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Сосульки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-094</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Сосульки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-097</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Жемчужинки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-098</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Шишки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-005</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Прищепки 10 LED, 1.5 м, прозрачный ПВХ, теплый белый цвет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-015</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Лампочки 10 LED, 1.5 м, прозрачный ПВХ, теплый белый цвет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>304-017</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Кристаллы черные 10 LED, 1,5 м, прозрачный ПВХ, теплый белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-073</t>
-[...62 lines deleted...]
-    <t>Гирлянда светодиодная Шишки 1,5 м, 10 LED, прозрачный ПВХ, цвет свечения теплый белый, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+    <t>304-019</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Кристаллы бронзовые 10 LED, 1,5 м, прозрачный ПВХ, теплый белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>304-004</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Звездопад бирюзовая 10 LED, 2,25 м, прозрачный ПВХ, белый цвет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>304-002</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Звездопад красная 10 LED, 2,25 м, прозрачный ПВХ, теплый белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>304-011</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мишура серебряная 10 LED 1,5 м, прозрачный ПВХ, белый свет свечения, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>304-012</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Мишура золотая 10 LED, 1,5 м, прозрачный ПВХ, теплое белое свечение, 2 х АА (батарейки не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-070</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная на солнечной батарее Звезды 12 LED ТЕПЛЫЙ БЕЛЫЙ 1,2 метра</t>
+  </si>
+  <si>
+    <t>303-071</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Восточные фонарики 10 LED ЖЕЛТЫЕ 1,5 метра, прозрачный ПВХ, питание 2xАА</t>
+  </si>
+  <si>
+    <t>303-076</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Ретро-лампы , 3 м, ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-079</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Ретро-лампы, 3 м, Мультиколор</t>
+  </si>
+  <si>
+    <t>303-086</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Северное сияние 3,5 м, прозрачный ПВХ, 20 LED, теплый белый</t>
+  </si>
+  <si>
+    <t>303-087</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Вельвет 3,5 м, прозрачный ПВХ, 20 LED, теплый белый</t>
+  </si>
+  <si>
+    <t>303-088</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Магия 3,5 м, прозрачный ПВХ, 20 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>303-089</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Пудра 1,5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>303-099</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Фейерверк 1,5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>303-081</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Новый год 1,5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
+    <t>303-082</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Карамельки 1.5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+  </si>
+  <si>
     <t>304-010</t>
   </si>
   <si>
     <t>Тайские фонарики Перламутр 5 м, 25 LED, прозрачный ПВХ, цвет свечения теплый белый, питание USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-089</t>
-[...16 lines deleted...]
-  <si>
     <t>304-001</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Карамельки 1,5 м, 10 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-091</t>
-[...32 lines deleted...]
-    <t>Гирлянда светодиодная Карамельки 1.5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+    <t>304-007</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Магия 3,5 м, 20 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
   </si>
   <si>
     <t>304-008</t>
   </si>
   <si>
     <t>Тайские фонарики Вельвет 3,5 м, 20 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-086</t>
-[...44 lines deleted...]
-    <t>Тайские фонарики Фейерверк 1,5 м, прозрачный ПВХ, 10 LED, теплый белый, питание 2 х АА (батарейки не в комплекте)</t>
+    <t>304-009</t>
+  </si>
+  <si>
+    <t>Тайские фонарики Фейерверк 5 м, 25 LED, прозрачный ПВХ, теплый белый, питание USB NEON-NIGHT</t>
   </si>
   <si>
     <t>1.1.3 Гирлянда Роса</t>
   </si>
   <si>
+    <t>315-959</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, RGB, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-015</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с прищепкой 3м, 30LED, БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-016</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с прищепкой 3м, 30LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-019</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с прищепкой 3м, 30LED, МУЛЬТИКОЛОР, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-025</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с пробкой 2м, 20LED, БЕЛЫЙ, IP20, 3хLR44 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-026</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с пробкой 2м, 20LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 3хLR44 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-029</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с пробкой 2м, 20LED,МУЛЬТИКОЛОР, IP20, 3хLR44 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-009-1</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20 LED, МУЛЬТИКОЛОР, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-006</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с крупными каплями 2м, 20LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-009</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с крупными каплями 2м, 20LED, МУЛЬТИКОЛОР, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-965</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 5 м, 50LED, БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-966</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 5 м, 50LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-975</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 10м, 100LED, БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-976</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 10м, 100LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>302-005</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с крупными каплями 2м, 20LED, БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-003</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, ГОЛУБОЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-007</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, РОЗОВЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-004</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, БИРЮЗОВЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-009</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса 2м, 20LED, RGB, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-010</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Снежинки, 2м, 20LED, БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
     <t>303-005</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса 2м, 20LED, БЕЛЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-959</t>
-[...2 lines deleted...]
-    <t>Гирлянда светодиодная Роса 2м, 20LED, RGB, IP20, USB NEON-NIGHT</t>
+    <t>303-006</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20 LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>303-001</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса 2м, 20LED, ЖЕЛТЫЙ, IP20, тонкий батарейный блок, 2хCR2032 в комплекте NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-004</t>
-[...50 lines deleted...]
-    <t>Гирлянда светодиодная Роса 10м, 100LED, БЕЛЫЙ, IP20, USB NEON-NIGHT</t>
+    <t>303-008</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, ЗЕЛЕНЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-002</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса 2м, 20LED, КРАСНЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-266</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 20м, 200LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
   </si>
   <si>
     <t>303-265</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса с контроллером 20м, 200LED, БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-008</t>
-[...56 lines deleted...]
-    <t>Гирлянда светодиодная Снежинки, 2м, 20LED, БЕЛЫЙ, IP20, 2хCR2032 в комплекте NEON-NIGHT</t>
+    <t>303-276</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 30м, 300LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-275</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 30м, 300LED, БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-286</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 50м, 500LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-285</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 50м, 500LED, БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-296</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса с контроллером 100м, 1000LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, 230В, зеленый провод NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-436</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса Фейерверк с контроллером 10м, 250LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, на катушке NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-446</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Роса Фейерверк с контроллером 20м, 500LED, ТЕПЛЫЙ БЕЛЫЙ, IP20, на катушке NEON-NIGHT</t>
   </si>
   <si>
     <t>303-496</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Роса Фейерверк с контроллером 40м 1000 LED ТЕПЛЫЙ БЕЛЫЙ IP20 на катушке, зеленый провод NEON-NIGHT</t>
   </si>
   <si>
-    <t>303-002</t>
-[...58 lines deleted...]
-  <si>
     <t>1.1.4 Гирлянда тающие сосульки</t>
   </si>
   <si>
+    <t>256-415</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Сосульки 230В, комплект 8 шт х 42 см, 36x8 LED, не соединяются</t>
+  </si>
+  <si>
+    <t>256-416</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки светодиодная, 8 шт х 50 см, шаг 50 см, 230 В, Теплые Белые светодиоды</t>
+  </si>
+  <si>
     <t>256-317-6</t>
   </si>
   <si>
     <t>Гирлянда Тающие сосульки светодиодная, 4шт х 20см, шаг 50см, 230В (с трансформатором) белые светодиоды</t>
   </si>
   <si>
+    <t>256-313-6</t>
+  </si>
+  <si>
+    <t>Гирлянда Тающие сосульки светодиодная, 8шт х 50см, шаг 50см, 230 В (с трансформатором) белые светодиоды</t>
+  </si>
+  <si>
     <t>256-319-6</t>
   </si>
   <si>
     <t>Гирлянда Тающие сосульки светодиодная, 8шт х 50см, шаг 50см, 230 В (с трансформатором) мульти светодиоды</t>
   </si>
   <si>
-    <t>256-313-6</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Гирлянда Занавес / дождь для дома</t>
   </si>
   <si>
     <t>1.2.1 Занавес 1,5х1 м</t>
   </si>
   <si>
     <t>235-025</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 1,5х1м, свечение с динамикой, прозрачный провод, 230 В, диоды БЕЛЫЕ</t>
   </si>
   <si>
     <t>235-023</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 1,5х1м, свечение с динамикой, прозрачный провод, 230 В, диоды СИНИЕ</t>
   </si>
   <si>
     <t>235-026</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 1,5х1м, свечение с динамикой, прозрачный провод, 230 В, диоды ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>235-029</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 1,5х1м, свечение с динамикой, прозрачный провод, 230 В, диоды МУЛЬТИКОЛОР</t>
   </si>
   <si>
     <t>1.2.2 Занавес 1,5х1,5 м</t>
   </si>
   <si>
+    <t>235-036</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 1.5x1.5 м, прозрачный ПВХ, 144 LED с контроллером, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-035</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 1.5х1.5 м 144 LED, прозрачный ПВХ, с контроллером, белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
     <t>235-033</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 1,5х1,5м, свечение с динамикой, прозрачный провод, 230 В, диоды СИНИЕ</t>
   </si>
   <si>
-    <t>235-035</t>
-[...10 lines deleted...]
-  <si>
     <t>235-039</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 1,5x1,5м, свечение с динамикой, прозрачный провод, 230 В, диоды МУЛЬТИКОЛОР</t>
   </si>
   <si>
+    <t>235-045</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 1,5х1,5 м, с насадками шарики, свечение с динамикой, прозрачный провод, 230 В, диоды Белый</t>
+  </si>
+  <si>
+    <t>235-049</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 1,5х1,5 м, с насадками шарики, свечение с динамикой, прозрачный провод, 230 В, диоды Мультиколор</t>
+  </si>
+  <si>
+    <t>235-015</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 1,5х1,5 м, свечение с динамикой, прозрачный провод, 230 В, диоды белые</t>
+  </si>
+  <si>
     <t>235-016</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 1,5х1,5 м, свечение с динамикой, прозрачный провод, 230 В, диоды цвет теплый белый</t>
   </si>
   <si>
-    <t>235-045</t>
-[...16 lines deleted...]
-  <si>
     <t>235-019</t>
   </si>
   <si>
     <t xml:space="preserve">Гирлянда Светодиодный Дождь 1,5х1,5 м, свечение с динамикой, прозрачный провод, 230 В, диоды мультиколор </t>
   </si>
   <si>
     <t>1.2.3 Занавес 2,5х2 м</t>
   </si>
   <si>
+    <t>235-053</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2,5x2 м, свечение с динамикой, прозрачный провод, 230 В, диоды СИНИЕ</t>
+  </si>
+  <si>
     <t>235-055</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 2,5x2м, свечение с динамикой, прозрачный провод, 230 В, диоды БЕЛЫЕ</t>
   </si>
   <si>
     <t>235-056</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 2,5x2 м, свечение с динамикой, прозрачный провод, 230 В, диоды ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>235-053</t>
-[...4 lines deleted...]
-  <si>
     <t>235-059</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 2,5x2 м, свечение с динамикой, прозрачный провод, 230 В, диоды МУЛЬТИКОЛОР</t>
   </si>
   <si>
     <t>1.2.4 Занавес 2х3 м</t>
   </si>
   <si>
+    <t>235-066</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2x3 м, свечение с динамикой, прозрачный провод, 230 В, цвет Теплый Белый</t>
+  </si>
+  <si>
+    <t>235-069</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 2x3 м, свечение с динамикой, прозрачный провод, 230 В, диоды Мультиколор</t>
+  </si>
+  <si>
     <t>235-065</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный дождь 2х3 м, свечение с динамикой, прозрачный провод, 230 В, цвет белый</t>
   </si>
   <si>
-    <t>235-066</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2.5 Занавес 3х2 м</t>
   </si>
   <si>
+    <t>235-092</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 3х2 м, свечение с динамикой, прозрачный провод, 230 В, цвет теплый белый</t>
+  </si>
+  <si>
     <t>235-091</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 3х2 м, свечение с динамикой, прозрачный провод, 230 В, цвет белый</t>
   </si>
   <si>
     <t>235-098</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 3х2 м, свечение с динамикой, прозрачный провод, 230 В, диоды мультиколор</t>
   </si>
   <si>
+    <t>235-005</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 3х2 м, эффект водопада, прозрачный провод, 230 В, диоды белые, 240 LED</t>
+  </si>
+  <si>
+    <t>235-006</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь 3х2 м, эффект водопада, прозрачный провод, 230 В, диоды теплые белые, 240 LED</t>
+  </si>
+  <si>
+    <t>235-096</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодная Дождь 3х2 м 240 LED, прозрачный ПВХ, с контроллером, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>235-095</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный Дождь 3х2 м, свечение с динамикой, прозрачный провод, 230 В, цвет белый, IP20</t>
+  </si>
+  <si>
     <t>235-099</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 3х2 м, свечение с динамикой, прозрачный провод ПВХ, 230 В, диоды мультиколор</t>
   </si>
   <si>
-    <t>235-092</t>
-[...28 lines deleted...]
-  <si>
     <t>235-097</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный Дождь 3х2 м, свечение с динамикой, прозрачный провод, 230 В, цвет розовый</t>
   </si>
   <si>
     <t>1.2.6 Занавес из росы</t>
   </si>
   <si>
     <t>315-987</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный дождь из росы 3х3 м, розовый, USB + пульт управления NEON-NIGHT</t>
   </si>
   <si>
+    <t>315-984</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь из росы 3х3 м, бирюзовый, USB + пульт управления NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-996</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь из росы 6х3 м, теплый белый, USB + пульт управления NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-995</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь из росы 6х3 м, белый, USB + пульт управления NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-986</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь из росы 3х3 м, теплый белый, USB + пульт управления NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-985</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь из росы 3х3 м, белый, USB + пульт управления NEON-NIGHT</t>
+  </si>
+  <si>
     <t>315-989</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный дождь из росы 3х3 м, мультиколор, USB + пульт управления NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-984</t>
-[...4 lines deleted...]
-  <si>
     <t>315-876</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный дождь из росы 3х2м, теплый белый, USB + пульт управления, с крючками для крепления NEON-NIGHT</t>
   </si>
   <si>
+    <t>315-875</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь из росы 3х2м, белый, USB + пульт управления, с крючками для крепления NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-886</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь из росы 3х3м, теплый белый, USB + пульт управления, с крючками для крепления NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-885</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный дождь из росы 3х3м, белый, USB + пульт управления, с крючками для крепления NEON-NIGHT</t>
+  </si>
+  <si>
     <t>315-879</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный дождь из росы 3х2м, мультиколор, USB + пульт управления, с крючками для крепления NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-885</t>
-[...8 lines deleted...]
-    <t>Гирлянда Светодиодный дождь из росы 6х3 м, белый, USB + пульт управления NEON-NIGHT</t>
+    <t>315-856</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный занавес из росы Фейерверк 3х2м 600 LED ТЕПЛЫЙ БЕЛЫЙ IP20 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-866</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный занавес из росы Фейерверк 3х3м 900 LED ТЕПЛЫЙ БЕЛЫЙ IP20 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-845</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный занавес из росы с фигурами Снежинок БЕЛЫЙ IP20 USB + пульт управления NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-846</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный занавес из росы с фигурами Звезд ТЕПЛЫЙ БЕЛЫЙ IP20 USB + пульт управления NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>315-849</t>
+  </si>
+  <si>
+    <t>Гирлянда Светодиодный занавес из росы с фигурами Звезд МУЛЬТИКОЛОР IP20 USB + пульт управления NEON-NIGHT</t>
   </si>
   <si>
     <t>315-889</t>
   </si>
   <si>
     <t>Гирлянда Светодиодный занавес из росы 3х3м 300 LED МУЛЬТИКОЛОР IP20 USB + пульт управления, с крючками для крепления NEON-NIGHT</t>
   </si>
   <si>
-    <t>315-845</t>
-[...58 lines deleted...]
-  <si>
     <t>1.3 Гирлянда Бахрома / айсикл для дома</t>
   </si>
   <si>
     <t>255-066</t>
   </si>
   <si>
     <t>Гирлянда светодиодная Бахрома 3х0,8 м, 200 LED, цвет теплый белый, прозрачный ПВХ</t>
   </si>
   <si>
+    <t>255-019</t>
+  </si>
+  <si>
+    <t>Гирлянда Бахрома (Айсикл), 1,8х0,5м, 48 LED МУЛЬТИКОЛОР, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется ТОП</t>
+  </si>
+  <si>
+    <t>255-009</t>
+  </si>
+  <si>
+    <t>Гирлянда Бахрома (Айсикл), 1,8х0,5м, 48 LED RGB, прозрачный ПВХ, IP20, быстрая смена цвета, 230В, не соединяется</t>
+  </si>
+  <si>
+    <t>255-065</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная Бахрома 3*0,8 м 200 LED БЕЛЫЕ, прозрачный ПВХ</t>
+  </si>
+  <si>
     <t>255-013</t>
   </si>
   <si>
     <t>Гирлянда Бахрома (Айсикл), 1,8х0,5м, 48 LED СИНИЕ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется</t>
   </si>
   <si>
-    <t>255-065</t>
-[...16 lines deleted...]
-  <si>
     <t>255-015</t>
   </si>
   <si>
     <t>Гирлянда Бахрома (Айсикл), 1,8х0,5м, 48 LED БЕЛЫЕ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется</t>
   </si>
   <si>
     <t>255-016</t>
   </si>
   <si>
     <t>Гирлянда Бахрома (Айсикл), 1,8х0,5м, 48 LED ТЕПЛЫЙ БЕЛЫЙ, прозрачный ПВХ, IP20, свечение с динамикой, 230В, не соединяется</t>
   </si>
   <si>
     <t>1.4 Гирлянда Сеть для дома</t>
   </si>
   <si>
+    <t>215-105</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 1,5х1,5м, прозрачный ПВХ, 96 LED Белый</t>
+  </si>
+  <si>
+    <t>215-106</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 1,5х1,5м, прозрачный ПВХ, 96 LED Теплый белый</t>
+  </si>
+  <si>
+    <t>215-109</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 1,5х1,5м, прозрачный ПВХ, 96 LED Мультиколор</t>
+  </si>
+  <si>
+    <t>215-135</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 1,8х1,5м, прозрачный ПВХ, 180 LED Белый</t>
+  </si>
+  <si>
     <t>215-139</t>
   </si>
   <si>
     <t>Гирлянда Сеть 1,8х1,5м, прозрачный ПВХ, 180 LED Мультиколор</t>
   </si>
   <si>
-    <t>215-106</t>
-[...8 lines deleted...]
-    <t>Гирлянда Сеть 1,5х1,5м, прозрачный ПВХ, 96 LED Мультиколор</t>
+    <t>215-125</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 1,5х1,5м, прозрачный ПВХ, 150 LED Белые</t>
   </si>
   <si>
     <t>215-129</t>
   </si>
   <si>
     <t>Гирлянда Сеть 1,5х1,5м, прозрачный ПВХ, 150 LED Мультиколор</t>
   </si>
   <si>
+    <t>215-123</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 1,5х1,5м, прозрачный ПВХ, 150 LED Синий</t>
+  </si>
+  <si>
     <t>215-126</t>
   </si>
   <si>
     <t>Гирлянда Сеть 1,5х1,5м, прозрачный ПВХ, 150 LED ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>215-105</t>
-[...16 lines deleted...]
-  <si>
     <t>215-133</t>
   </si>
   <si>
     <t>Гирлянда сеть 1,8х1,5м, прозрачный ПВХ, 180 LED, Синий</t>
   </si>
   <si>
+    <t>215-136</t>
+  </si>
+  <si>
+    <t>Гирлянда Сеть 1,8х1,5м, прозрачный ПВХ, 180 LED ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
     <t>215-119-6</t>
   </si>
   <si>
     <t>Гирлянда Сеть 1х1,5м, прозрачный ПВХ, 96 LED Мультиколор</t>
   </si>
   <si>
-    <t>215-136</t>
-[...10 lines deleted...]
-  <si>
     <t>1.5 Гирлянда Твинкл / нить / универсальная</t>
   </si>
   <si>
     <t>1.5.1 Твинкл 4 м</t>
   </si>
   <si>
     <t>303-165</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 4 м, 25 LED, прозрачный ПВХ, цвет свечения белый NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-015</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет белый</t>
+  </si>
+  <si>
     <t>303-016</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>303-015</t>
-[...4 lines deleted...]
-  <si>
     <t>303-019</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет мультиколор</t>
   </si>
   <si>
     <t>303-013</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, темно-зеленый ПВХ, 25 LED, цвет: Синий</t>
   </si>
   <si>
     <t>303-166</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, прозрачный ПВХ, 25 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>303-169</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 4 м, прозрачный ПВХ, 25 LED, цвет Мультиколор</t>
   </si>
   <si>
     <t>1.5.2 Твинкл 6 м</t>
   </si>
   <si>
+    <t>303-025</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет белый</t>
+  </si>
+  <si>
+    <t>303-026</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
     <t>303-029</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет мультиколор</t>
   </si>
   <si>
-    <t>303-025</t>
-[...10 lines deleted...]
-  <si>
     <t>303-023</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 6 м, темно-зеленый ПВХ, 40 LED, цвет: Синий</t>
   </si>
   <si>
     <t>303-175</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 6 м, прозрачный ПВХ, 40 LED, цвет Белый</t>
   </si>
   <si>
     <t>303-176</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 6 м, прозрачный ПВХ, 40 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>303-179</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 6 м, прозрачный ПВХ, 40 LED, цвет Мультиколор</t>
   </si>
   <si>
     <t>1.5.3 Твинкл 10 м</t>
   </si>
   <si>
+    <t>303-185</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 10 м, прозрачный ПВХ, 80 LED, белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>303-045</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет белый</t>
+  </si>
+  <si>
+    <t>303-046</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>303-049</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет мультиколор</t>
+  </si>
+  <si>
     <t>304-025</t>
   </si>
   <si>
     <t>Гирлянда светодиодная универсальная 100 LED БЕЛЫЙ 10 метров, прозрачный ПВХ, с контроллером</t>
   </si>
   <si>
     <t>304-029</t>
   </si>
   <si>
     <t>Гирлянда светодиодная универсальная 100 LED Мультиколор 10 метров, прозрачный ПВХ, с контроллером</t>
   </si>
   <si>
-    <t>303-185</t>
-[...22 lines deleted...]
-  <si>
     <t>303-043</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 10 м, темно-зеленый ПВХ, 80 LED, цвет: Синий</t>
   </si>
   <si>
     <t>303-105</t>
   </si>
   <si>
     <t>Гирлянда светодиодная универсальная 120 LED МУЛЬТИКОЛОР 12 метров с контроллером</t>
   </si>
   <si>
     <t>303-063</t>
   </si>
   <si>
     <t>Гирлянда светодиодная универсальная 100 LED ТЕПЛЫЙ БЕЛЫЙ 10 метров, прозрачный ПВХ, с контроллером</t>
   </si>
   <si>
     <t>303-186</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 10 м, прозрачный ПВХ, 80 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>303-189</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 10 м, прозрачный ПВХ, 80 LED, цвет Мультиколор</t>
   </si>
   <si>
     <t>1.5.4 Твинкл 15 м</t>
   </si>
   <si>
     <t>303-195</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 15 м, прозрачный ПВХ, 120 LED, белое свечение NEON-NIGHT</t>
   </si>
   <si>
+    <t>303-055</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет белый</t>
+  </si>
+  <si>
+    <t>303-056</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
     <t>303-059</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет мультиколор</t>
   </si>
   <si>
-    <t>303-056</t>
-[...8 lines deleted...]
-    <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет белый</t>
+    <t>303-053</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл Лайт 15 м, темно-зеленый ПВХ, 120 LED, цвет синий</t>
   </si>
   <si>
     <t>303-109</t>
   </si>
   <si>
     <t>Гирлянда светодиодная универсальная 300 LED МУЛЬТИКОЛОР 15 метров с контроллером</t>
   </si>
   <si>
-    <t>303-053</t>
-[...4 lines deleted...]
-  <si>
     <t>303-196</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 15 м, прозрачный ПВХ, 120 LED, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>303-199</t>
   </si>
   <si>
     <t>Гирлянда Твинкл Лайт 15 м, прозрачный ПВХ, 120 LED, цвет Мультиколор</t>
   </si>
   <si>
     <t>1.5.5 Твинкл 20 м</t>
   </si>
   <si>
+    <t>304-116</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 200 LED Теплый белый 20 метров, с контроллером</t>
+  </si>
+  <si>
     <t>304-119</t>
   </si>
   <si>
     <t>Гирлянда светодиодная универсальная 200 LED Мультиколор 20 метров, с контроллером</t>
   </si>
   <si>
+    <t>303-305</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет белый</t>
+  </si>
+  <si>
+    <t>303-306</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет теплый белый</t>
+  </si>
+  <si>
     <t>303-309</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет мультиколор</t>
   </si>
   <si>
-    <t>303-305</t>
-[...14 lines deleted...]
-    <t>Гирлянда Твинкл-Лайт 20 м, прозрачный ПВХ, 160 LED, цвет теплый белый</t>
+    <t>303-106</t>
+  </si>
+  <si>
+    <t>Гирлянда светодиодная универсальная 200 LED БЕЛЫЕ 20 метров, с контроллером</t>
+  </si>
+  <si>
+    <t>303-115</t>
+  </si>
+  <si>
+    <t>Гирлянда Твинкл-Лайт 20 м, темно-зеленый ПВХ, 160 LED, цвет белый</t>
   </si>
   <si>
     <t>303-116</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 20 м, темно-зеленый ПВХ, 160 LED, цвет теплый белый</t>
   </si>
   <si>
     <t>303-119</t>
   </si>
   <si>
     <t>Гирлянда Твинкл-Лайт 20 м, темно-зеленый ПВХ, 160 LED, цвет мультиколор</t>
   </si>
   <si>
-    <t>303-106</t>
-[...10 lines deleted...]
-  <si>
     <t>1.6 Гирлянда Елочная</t>
   </si>
   <si>
     <t>235-075</t>
   </si>
   <si>
     <t>Елочная гирлянда с кольцом, 7 нитей по 1,5 метра, цвет диодов белый, не соединяется</t>
   </si>
   <si>
+    <t>235-076</t>
+  </si>
+  <si>
+    <t>Елочная гирлянда с кольцом, 7 нитей по 1,5 метра, цвет диодов теплый белый, не соединяется</t>
+  </si>
+  <si>
     <t>235-079</t>
   </si>
   <si>
     <t>Елочная гирлянда с кольцом, 7 нитей по 1,5 метра, цвет диодов мультиколор, не соединяется</t>
   </si>
   <si>
     <t>235-085</t>
   </si>
   <si>
     <t>Елочная гирлянда с кольцом, 7 нитей по 1,8 метра, цвет диодов белый, не соединяется</t>
   </si>
   <si>
-    <t>235-076</t>
-[...4 lines deleted...]
-  <si>
     <t>235-086</t>
   </si>
   <si>
     <t>Елочная гирлянда с кольцом, 7 нитей по 1,8 метра, цвет диодов теплый белый, не соединяется</t>
   </si>
   <si>
+    <t>235-089</t>
+  </si>
+  <si>
+    <t>Елочная гирлянда с кольцом, 7 нитей по 1,8 метра, цвет диодов мультиколор, не соединяется</t>
+  </si>
+  <si>
     <t>315-896</t>
   </si>
   <si>
     <t>Гирлянда светодиодная из росы с макушкой на елку 9 нитей х 2м, 200LED, эффект водопада, теплый белый цвет, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>235-089</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7 Гирлянда Мишура</t>
   </si>
   <si>
+    <t>303-605</t>
+  </si>
+  <si>
+    <t>Гирлянда Мишура LED 3 м прозрачный ПВХ, 288 диодов, цвет белый</t>
+  </si>
+  <si>
+    <t>303-603</t>
+  </si>
+  <si>
+    <t>Гирлянда Мишура LED 3 м прозрачный ПВХ, 288 диодов, цвет синий</t>
+  </si>
+  <si>
+    <t>303-602</t>
+  </si>
+  <si>
+    <t>Гирлянда Мишура LED 3 м прозрачный ПВХ, 288 диодов, цвет красный</t>
+  </si>
+  <si>
+    <t>303-601</t>
+  </si>
+  <si>
+    <t>Гирлянда Мишура LED 3 м прозрачный ПВХ, 288 диодов, цвет желтый</t>
+  </si>
+  <si>
     <t>303-604</t>
   </si>
   <si>
     <t>Гирлянда Мишура LED 3 м прозрачный ПВХ, 288 диодов, цвет зеленый</t>
   </si>
   <si>
-    <t>303-605</t>
-[...10 lines deleted...]
-  <si>
     <t>303-607</t>
   </si>
   <si>
     <t>Гирлянда Мишура LED 3 м прозрачный ПВХ, 288 диодов, цвет розовый</t>
   </si>
   <si>
+    <t>303-615</t>
+  </si>
+  <si>
+    <t>Гирлянда Мишура LED 6 м прозрачный ПВХ, 576 диодов, цвет белый</t>
+  </si>
+  <si>
     <t>303-613</t>
   </si>
   <si>
     <t>Гирлянда Мишура LED 6 м прозрачный ПВХ, 576 диодов, цвет синий</t>
   </si>
   <si>
     <t>303-612</t>
   </si>
   <si>
     <t>Гирлянда Мишура LED 6 м прозрачный ПВХ, 576 диодов, цвет красный</t>
   </si>
   <si>
     <t>303-617</t>
   </si>
   <si>
     <t>Гирлянда Мишура LED 6 м прозрачный ПВХ, 576 диодов, цвет розовый</t>
   </si>
   <si>
-    <t>303-602</t>
-[...10 lines deleted...]
-  <si>
     <t>303-614</t>
   </si>
   <si>
     <t>Гирлянда Мишура LED 6 м прозрачный ПВХ, 576 диодов, цвет ЗЕЛЁНЫЙ</t>
   </si>
   <si>
     <t>303-606</t>
   </si>
   <si>
     <t>Гирлянда Мишура LED 3 м прозрачный ПВХ, 288 диодов, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
-    <t>303-615</t>
-[...4 lines deleted...]
-  <si>
     <t>303-608</t>
   </si>
   <si>
     <t>Гирлянда Мишура LED 3 м, темно-зеленый ПВХ, 288 диодов, цвет белый + теплый белый</t>
   </si>
   <si>
     <t>1.8 Гирлянда Кластер</t>
   </si>
   <si>
+    <t>303-625</t>
+  </si>
+  <si>
+    <t>Гирлянда Кластер LED 3 м, темно-зеленый ПВХ IP20, 288 диодов, цвет белый</t>
+  </si>
+  <si>
     <t>303-626</t>
   </si>
   <si>
     <t>Гирлянда Кластер LED 3 м, темно-зеленый ПВХ IP20, 288 диодов, цвет теплый белый</t>
   </si>
   <si>
-    <t>303-625</t>
-[...4 lines deleted...]
-  <si>
     <t>303-629</t>
   </si>
   <si>
     <t>Гирлянда Кластер LED 3 м, темно-зеленый ПВХ IP20, 288 диодов, цвет мультиколор</t>
   </si>
   <si>
     <t>1.9 Гирлянда Шарики</t>
   </si>
   <si>
     <t>303-539</t>
   </si>
   <si>
     <t>Гирлянда Шарики Ø15мм, 5м, темно-зеленый ПВХ, 30 диодов, цвет RGB</t>
   </si>
   <si>
+    <t>303-549</t>
+  </si>
+  <si>
+    <t>Гирлянда Шарики Ø18мм, 5м, темно-зеленый ПВХ, 30 диодов, цвет RGB</t>
+  </si>
+  <si>
+    <t>303-559</t>
+  </si>
+  <si>
+    <t>Гирлянда Шарики Ø25мм, 5м, темно-зеленый ПВХ, 25 диодов, цвет RGB</t>
+  </si>
+  <si>
+    <t>303-569</t>
+  </si>
+  <si>
+    <t>Гирлянда Шарики Ø30мм, 5м, темно-зеленый ПВХ, 25 диодов, цвет RGB</t>
+  </si>
+  <si>
+    <t>303-555</t>
+  </si>
+  <si>
+    <t>Гирлянда Шарики Ø25 мм, 5м, темно-зеленый ПВХ, 25 диодов, цвет Белый, Без контроллера</t>
+  </si>
+  <si>
+    <t>303-540</t>
+  </si>
+  <si>
+    <t>Гирлянда Шарики Ø18 мм, 5 м, темно-зеленый ПВХ, 30 диодов, цвет RGB</t>
+  </si>
+  <si>
     <t>303-550</t>
   </si>
   <si>
     <t>Гирлянда Шарики Ø25 мм, 5 м, темно-зеленый ПВХ, 25 диодов, цвет RGB</t>
   </si>
   <si>
-    <t>303-549</t>
-[...28 lines deleted...]
-  <si>
     <t>1.10 Гирлянды управляемые</t>
   </si>
   <si>
     <t>245-011</t>
   </si>
   <si>
     <t>Твинкл Wi-Fi 18 м, темно-зеленый ПВХ, 120 LED RGB, не соединяется</t>
   </si>
   <si>
     <t>245-001</t>
   </si>
   <si>
     <t>Дождь (занавес) Wi-Fi 3х3 м, прозрачный ПВХ, 180 LED RGB, не соединяется</t>
   </si>
   <si>
     <t>245-019</t>
   </si>
   <si>
     <t>Умная гирлянда Роса с крупными каплями 10м 100 LED RGB мягкий прозрачный провод IP20 USB NEON-NIGHT</t>
   </si>
   <si>
     <t>1.11 Фигуры интерьерные</t>
   </si>
   <si>
     <t>1.11.1 Фонари с эффектом снегопада и конфетти</t>
   </si>
   <si>
+    <t>501-174</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Балерина с конфетти, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-173</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Дельфины с конфетти, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-060</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Сияние с конфетти, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-068</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Колокольчик с эффектом снегопада NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-162</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Часы с эффектом снегопада NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-164</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Подсвечник с эффектом снегопада NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-163</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Картина с эффектом снегопада NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-184</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Фея с конфетти и мелодией, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-186</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Единорог с конфетти и мелодией, USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-161</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с эффектом снегопада и подсветкой Новый год</t>
+  </si>
+  <si>
+    <t>501-061</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с эффектом снегопада и подсветкой Снеговики, Белый</t>
+  </si>
+  <si>
     <t>501-062</t>
   </si>
   <si>
     <t>Декоративный LED-фонарь с эффектом снегопада и подсветкой Дед Мороз, теплое белое свечение NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-161</t>
-[...26 lines deleted...]
-    <t>Декоративный светильник Подсвечник с эффектом снегопада NEON-NIGHT</t>
+    <t>501-065</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с эффектом снегопада и подсветкой Рождество, белый</t>
+  </si>
+  <si>
+    <t>501-066</t>
+  </si>
+  <si>
+    <t>Декоративный LED-фонарь с эффектом снегопада и подсветкой Санта-Клаус USB, теплое белое свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-165</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с эффектом снегопада и подсветкой Рождественский лес, белый</t>
+  </si>
+  <si>
+    <t>501-166</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь Паровоз с эффектом снегопада и подсветкой</t>
+  </si>
+  <si>
+    <t>501-183</t>
+  </si>
+  <si>
+    <t>Светильник декоративный (фигура) Фонарик с эффектом снегопада и подсветкой NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-185</t>
+  </si>
+  <si>
+    <t>Светильник декоративный (фигура) Телефонная будка с эффектом снегопада и подсветкой NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-182</t>
+  </si>
+  <si>
+    <t>Светильник декоративный (фигура) Звезда с эффектом снегопада и подсветкой NEON-NIGHT</t>
   </si>
   <si>
     <t>501-160</t>
   </si>
   <si>
     <t>Светильник декоративный (фигура) Елочный шар с эффектом снегопада и подсветкой NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-185</t>
-[...10 lines deleted...]
-  <si>
     <t>501-169</t>
   </si>
   <si>
     <t>Светильник декоративный Машина с подсветкой и конфетти, питание от USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-061</t>
-[...40 lines deleted...]
-  <si>
     <t>501-180</t>
   </si>
   <si>
     <t>Светильник декоративный Новогодняя елка с подсветкой и конфетти, питание от USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-181</t>
-[...34 lines deleted...]
-  <si>
     <t>1.11.2 Фонари декоративные</t>
   </si>
   <si>
+    <t>513-061</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с шариками 12х12х20,6 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-062</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с шариками 12х12х20,6 см, белый корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-064</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 11х11х22,5 см, черный корпус, цвет свечения RGB с эффектом мерцания NEON-NIGHT</t>
+  </si>
+  <si>
     <t>513-047</t>
   </si>
   <si>
     <t>Декоративный фонарь со свечкой и шишкой, черный корпус, размер 10,7x10,7x23,5 см, цвет теплый белый</t>
   </si>
   <si>
     <t>513-048</t>
   </si>
   <si>
     <t>Декоративный фонарь с тремя свечками, бронзовый корпус, размер 14x14x27 см, цвет теплый белый</t>
   </si>
   <si>
     <t>513-050</t>
   </si>
   <si>
     <t>Декоративный фонарь с росой, белый корпус, размер 10,7х10,7х23,5 см, цвет теплый белый</t>
   </si>
   <si>
+    <t>513-052</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с лампочкой, белый корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-053</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с лампочкой, бронзовый корпус, размер 10,5х10,5х22,5 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-054</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, белый корпус, размер 10,5х10,5х22,35 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-042</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, белый корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-043</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, белый корпус со снежинкой, размер 12х12х18 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-065</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 11х11х22,5 см, черный корпус, теплый белый цвет свечения с эффектом мерцания NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-066</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 11х11х22,5 см, черный корпус, теплый белый цвет свечения с эффектом пламени свечи NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-067</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь 12х12х20,6 см, белый корпус, теплый белый цвет свечения с эффектом пламени свечи NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-045</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 14x14x29 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-046</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 14x14x29 см, белый корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-056</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечой 18x16,5x31 см, черный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-143</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь на солнечной батарее 20х20х22 см, черный плетеный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-145</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь на солнечной батарее 14х14х24 см, черный плетеный корпус, теплый белый цвет свечения NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-063</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с шариками, черный корпус, размер 14х14х27 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-057</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, плетеный корпус, белый, размер 14х14х16,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-049</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с тремя свечами, бронзовый корпус, размер 24х24х65см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-059</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, красный корпус, размер 10,5х10,5х24см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-075</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, корпус из дерева, размер 14х14х35cм, цвет теплый белый</t>
+  </si>
+  <si>
     <t>513-051</t>
   </si>
   <si>
     <t>Декоративный фонарь со свечкой, черный корпус, размер 10,5х10,5х24 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
+    <t>513-041</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, красный корпус, размер 13,5х13,5х30,5 см, цвет ТЕПЛЫЙ БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>513-055</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой, плетеный корпус, бронза, размер 14х14х16,5 см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-058</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь на подставке со свечкой, бронзовый корпус, размер 14,5х17х31см, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>513-071</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный (фигура) с тремя свечами, белый корпус, 24х24х40 см, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-069</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь со свечкой 9,5см, цвет корпуса белый/черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-076</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный (фигура) со свечкой 9х5х13см, цвет корпуса бронзовый, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-068</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный (фигура) со свечкой 5,5х5,5х12,5см, цвет корпуса белый/красный/ черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте</t>
+  </si>
+  <si>
+    <t>513-070</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный с Росой, черный корпус, 10,5х10,5х24см, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-073</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный со свечкой, корпус из дерева, бежевый, 15х15х38cм, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-074</t>
+  </si>
+  <si>
+    <t>Фонарь декоративный со свечкой, корпус из дерева, коричневый, 15х15х38cм, теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-040</t>
+  </si>
+  <si>
+    <t>Декоративный фонарь с машиной, черный корпус, размер 14х14х21 см, цвет теплый белый, питание 2хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>513-020</t>
   </si>
   <si>
     <t>Набор из 3 фонарей со свечкой 5,5х5,5х12,5 см, цвет корпуса белый, красный, черный, цвет свечения теплый белый, питание 3xLR1130 NEON-NIGHT</t>
   </si>
   <si>
     <t>наб.</t>
   </si>
   <si>
-    <t>513-065</t>
-[...94 lines deleted...]
-  <si>
     <t>513-021</t>
   </si>
   <si>
     <t>Набор из 3 фонарей со свечкой 9,5см, цвет корпуса белый/красный/черный, цвет свечения теплый белый, питание 3xLR1130 (в комплекте)</t>
   </si>
   <si>
-    <t>513-041</t>
-[...94 lines deleted...]
-  <si>
     <t>1.11.3 Камины светодиодные</t>
   </si>
   <si>
+    <t>511-038</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Фьюжн с эффектом живого огня 14,7x11,7x25 см, батарейки 2хС (не в комплекте) USB, бронзовый</t>
+  </si>
+  <si>
+    <t>511-039</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Фьюжн с эффектом живого огня 14,7x11,7x25 см, батарейки 2хС (не в комплекте) USB, черный</t>
+  </si>
+  <si>
+    <t>511-020</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Старинные часы с эффектом живого огня 14,7x11,7x25 см, черный, батарейки 2хС (не в комплекте) USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-021</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Старинные часы с эффектом живого огня 14,7x11,7x25 см, бронза, батарейки 2хС (не в комплекте) USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-038</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Лаунж с эффектом живого огня 35,3х12,4х33,7 см, с адаптером питания и батарейками 4 х АА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-022</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Винтаж мини с эффектом живого огня 24.8х12.7х30 см, батарейки 3хС (не в комплекте), с USB, черный</t>
+  </si>
+  <si>
+    <t>511-023</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Винтаж мини с эффектом живого огня 24.8х12.7х30 см, батарейки 3хС (не в комплекте), с USB, бронзовый</t>
+  </si>
+  <si>
+    <t>511-006</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Шале с эффектом живого огня 30х13х28 см, батарейки 3хС (не в комплекте) или от USB (в комплекте)</t>
+  </si>
+  <si>
+    <t>511-026</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Волшебный фонарь с эффектом живого огня 11х11х24,5 см, батарейки 3хАА (не в комплекте)</t>
+  </si>
+  <si>
+    <t>511-001</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Хайтек с эффектом живого огня 60х10х20 см, батарейки 3хС (не в комплекте) или от USB (в комплекте)</t>
+  </si>
+  <si>
+    <t>511-004</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Авангард с эффектом живого огня 30х13х30 см, батарейки 3хС (не в комплекте) или от USB (в комплекте)</t>
+  </si>
+  <si>
+    <t>511-030</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Классика с эффектом живого огня 33х12х24 см, батарейки 3хС (не в комплекте) или от USB (в комплекте)</t>
+  </si>
+  <si>
+    <t>511-031</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Кантри с эффектом живого огня 12х12х18,5 см, батарейки 3хАА (не в комплекте)</t>
+  </si>
+  <si>
+    <t>511-032</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Винтаж с эффектом живого огня 30х16х35,5 см, батарейки 3хС (не в комплекте) и USB (в комплекте)</t>
+  </si>
+  <si>
+    <t>511-033</t>
+  </si>
+  <si>
+    <t>Декоративный камин Сканди с эффектом живого огня 18х9х16 см, батарейки 3хС (не в комплекте)</t>
+  </si>
+  <si>
+    <t>511-034</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Лофт USB с эффектом живого огня 17х10х24.5 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-027</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Рождество с эффектом живого огня 15х14х26см, батарейки 2хС (не в комплекте) и USB, бронзовый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-036</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Лава Ø 10х16,5 см, батарейки 3хАА (не в комплекте)</t>
+  </si>
+  <si>
+    <t>511-037</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Лава Ø 15х21 см, батарейки 3хАА (не в комплекте)</t>
+  </si>
+  <si>
+    <t>511-024</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Гранд Шале с эффектом живого огня 45х18х56см, работает от батареек 3хС (в комплект не входят) или от USB (в комплекте), черный</t>
+  </si>
+  <si>
+    <t>511-029</t>
+  </si>
+  <si>
+    <t>Декоративный светильник Кубок 12,5х12,5х33см, работает от батареек 2хАА (в комплект не входят) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>511-002</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Ретро с эффектом живого огня 60,3х11х36,8см, работает от батареек 3хС (в комплект не входят) или от USB (в комплекте), бронзовый</t>
+  </si>
+  <si>
+    <t>511-028</t>
+  </si>
+  <si>
+    <t>Светодиодный камин Рустик с эффектом живого огня 14х14х28 см, питание 3хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>511-005</t>
   </si>
   <si>
     <t>Светодиодный камин Нуар с эффектом живого огня 16х14х29 см, питание 3хАА (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
-    <t>511-022</t>
-[...136 lines deleted...]
-  <si>
     <t>1.11.4 Деревянные фигурки</t>
   </si>
   <si>
+    <t>504-013</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Ель со снежинками 9,5x6x31 см</t>
+  </si>
+  <si>
+    <t>504-008</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Гномик-бородач 7x4,5x18 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-016</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Дед Мороз 18 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-017</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Снеговик 18 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-031</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Новогодняя ель 14,5x4,5x1,6 cм, 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-032</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Елочки 14,5x4,5x1,6 cм, 6 шт, розовые NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-033</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Звездочки 16x4,5x1,3 cм, бирюзовые 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-034</t>
+  </si>
+  <si>
+    <t>Деревянные прищепки Звездочки 16x4,5x1,3 cм, розовые, 6 шт, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-009</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Гном с носком 15х4х17 см NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-019</t>
+  </si>
+  <si>
+    <t>Деревянная фигура с подсветкой Домик Звездочета бирюзовая 26х7х25 см, NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>504-002</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка с оленем 12x6x21,5 см</t>
+  </si>
+  <si>
+    <t>504-012</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка 11,5x5x19 см</t>
+  </si>
+  <si>
     <t>504-023</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Волшебный фонарик 13,8x11x11 см</t>
   </si>
   <si>
-    <t>504-012</t>
-[...4 lines deleted...]
-  <si>
     <t>504-022</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Звездочка 24x13x3,6 см</t>
   </si>
   <si>
+    <t>504-021</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Рождественская сказка 44,5x6x24 см</t>
+  </si>
+  <si>
+    <t>504-024</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Домик в лесу 19х6х26 см</t>
+  </si>
+  <si>
+    <t>504-025</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елочка 20х6,5х29 см</t>
+  </si>
+  <si>
+    <t>504-004</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Гномик 17х4х15 см</t>
+  </si>
+  <si>
+    <t>504-005</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Рождественский Олень Синий 10,5x4x18 см</t>
+  </si>
+  <si>
+    <t>504-006</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка Рождественский Олень Розовый 10,5x4x18 см</t>
+  </si>
+  <si>
+    <t>504-007</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Рождественский олень 11х5х47 см</t>
+  </si>
+  <si>
+    <t>504-026</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Семейство оленей 30х5х15,7 см</t>
+  </si>
+  <si>
     <t>504-044</t>
   </si>
   <si>
     <t>Деревянная фигурка Игрушечный пони белый 25х5,5х26,5 см</t>
   </si>
   <si>
+    <t>504-028</t>
+  </si>
+  <si>
+    <t>Деревянная фигурка с подсветкой Елка на подставке 14,5х5х30 см</t>
+  </si>
+  <si>
     <t>504-027</t>
   </si>
   <si>
     <t>Деревянная фигура с подсветкой Звезда двойная 30х4х30 см</t>
   </si>
   <si>
-    <t>504-017</t>
-[...16 lines deleted...]
-  <si>
     <t>504-011</t>
   </si>
   <si>
     <t>Деревянная фигурка с подсветкой Елочка 9x5x19 см</t>
   </si>
   <si>
-    <t>504-024</t>
-[...100 lines deleted...]
-  <si>
     <t>1.11.5 Керамические фигурки</t>
   </si>
   <si>
-    <t>505-016</t>
-[...2 lines deleted...]
-    <t>Керамическая фигурка Свечка со снеговиком 10,5х9х17,6 см</t>
+    <t>505-019</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Автобус с елкой 19x9x16 см</t>
   </si>
   <si>
     <t>505-022</t>
   </si>
   <si>
     <t>Керамическая фигурка Домик 8x7x11 см</t>
   </si>
   <si>
     <t>505-023</t>
   </si>
   <si>
     <t>Керамическая фигурка Дед Мороз с подвесными ножками 6,3х5,4х10,4 см</t>
   </si>
   <si>
     <t>505-026</t>
   </si>
   <si>
     <t>Керамическая фигурка Красный домик 11,5х8,5х20,4 см</t>
   </si>
   <si>
     <t>505-029</t>
   </si>
   <si>
     <t>Керамическая фигурка Дед Мороз в санях 30,5х12,2х17,2 см</t>
   </si>
   <si>
+    <t>505-007</t>
+  </si>
+  <si>
+    <t>Керамическая фигурка Домик со снеговиком 26,2х9,5х23,3 см</t>
+  </si>
+  <si>
     <t>505-012</t>
   </si>
   <si>
     <t>Керамическая фигурка Дед Мороз на коне 35х15х39,8 см</t>
   </si>
   <si>
+    <t>501-070</t>
+  </si>
+  <si>
+    <t>Керамический подсвечник Паровоз 17,1х7,1х14,7 см</t>
+  </si>
+  <si>
+    <t>501-074</t>
+  </si>
+  <si>
+    <t>Керамический подсвечник Свечка 12,5х6х19,3 см</t>
+  </si>
+  <si>
     <t>505-011</t>
   </si>
   <si>
     <t>Керамическая фигурка Олененок с шарфом 7x6,5x21 см</t>
   </si>
   <si>
-    <t>505-007</t>
-[...10 lines deleted...]
-  <si>
     <t>505-025</t>
   </si>
   <si>
     <t>Керамическая фигурка Белый домик 15,7х11,7х28,4 см</t>
   </si>
   <si>
-    <t>501-070</t>
-[...16 lines deleted...]
-  <si>
     <t>1.11.6 Подвесные фигурки</t>
   </si>
   <si>
-    <t>501-606</t>
-[...22 lines deleted...]
-  <si>
     <t>501-056</t>
   </si>
   <si>
     <t>Светодиодная подвесная фигура Снежинка на металлическом каркасе, цвет теплый белый NEON-NIGHT</t>
   </si>
   <si>
     <t>501-057</t>
   </si>
   <si>
     <t>Светодиодная подвесная фигура Звезда на металлическом каркасе, цвет теплый белый NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-011</t>
-[...34 lines deleted...]
-  <si>
     <t>1.11.7 Настольные фигурки</t>
   </si>
   <si>
+    <t>513-023</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Елочка, 20 см, RGB</t>
+  </si>
+  <si>
+    <t>513-024</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Елочка, 25 см, RGB</t>
+  </si>
+  <si>
+    <t>513-019</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снеговик 10см, RGB</t>
+  </si>
+  <si>
+    <t>501-043</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Снеговик в шляпе 2D, RGB</t>
+  </si>
+  <si>
+    <t>501-048</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Елочка средняя, RGB</t>
+  </si>
+  <si>
+    <t>501-053</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Снеговик с шарфом 2D, RGB</t>
+  </si>
+  <si>
+    <t>513-018</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снеговик 17см, RGB</t>
+  </si>
+  <si>
+    <t>513-032</t>
+  </si>
+  <si>
+    <t>Фигура на подставке Елочка 25 см, RGB, питание 2хААА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-003</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная С НОВЫМ ГОДОМ 35 LED КРАСНЫЕ 42x19 см</t>
+  </si>
+  <si>
+    <t>513-011</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежок, RGB, 8 см</t>
+  </si>
+  <si>
+    <t>513-012</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежок, RGB, 10 см</t>
+  </si>
+  <si>
+    <t>513-014</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Снежок RGB, 14 см</t>
+  </si>
+  <si>
+    <t>501-004</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная С НОВЫМ ГОДОМ 35LED, цвет свечения МУЛЬТИКОЛОР (RG/RB), размер 42x19см</t>
+  </si>
+  <si>
     <t>513-022</t>
   </si>
   <si>
     <t>Фигура светодиодная Елочка, 15 см, RGB</t>
   </si>
   <si>
+    <t>501-040</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Санта Клаус, RGB</t>
+  </si>
+  <si>
+    <t>501-044</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Ангел 2D, RGB</t>
+  </si>
+  <si>
+    <t>501-045</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Елочка 2D, RGB</t>
+  </si>
+  <si>
+    <t>501-047</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Мишка 2D, RGB</t>
+  </si>
+  <si>
+    <t>501-051</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Ёлочка Кристалл, RGB</t>
+  </si>
+  <si>
+    <t>501-052</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Пингвин Кристалл, RGB</t>
+  </si>
+  <si>
+    <t>501-055</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Снежинка, RGB</t>
+  </si>
+  <si>
     <t>513-033</t>
   </si>
   <si>
     <t>Фигура на подставке Ель 51 см, белый, питание 3xААА (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>513-026</t>
   </si>
   <si>
     <t>Фигура на подставке Елочка со звездой 37 см, RGB, питание 4xААА и провод USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-051</t>
-[...26 lines deleted...]
-    <t>Фигура светодиодная на подставке Елочка 2D, RGB</t>
+    <t>501-049</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Новогодний подарок, RGB</t>
+  </si>
+  <si>
+    <t>513-027</t>
+  </si>
+  <si>
+    <t>Фигура на подставке Елочка со звездой 37 см, теплый белый, питание 4xААА и провод USB NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-706</t>
+  </si>
+  <si>
+    <t>Металлическая 3D-фигура Звезда 35см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-029</t>
+  </si>
+  <si>
+    <t>Металлическая 3D-фигура Елочка 45см, цвет свечения теплый белый, питание 3хАА (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-017</t>
+  </si>
+  <si>
+    <t>Гномик в новогоднем колпаке 20см, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-025</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная на подставке Новогодний поезд с мелодией 30,5см, RGB NEON-NIGHT</t>
   </si>
   <si>
     <t>513-016</t>
   </si>
   <si>
     <t>Набор из 4 Гномиков в новогодних колпаках 20 см, цвет свечения теплый белый, питание 3xLR1130 (в комплекте) NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-023</t>
-[...34 lines deleted...]
-  <si>
     <t>503-226</t>
   </si>
   <si>
     <t>Светодиодная фигура Олень 34см, цвет свечения теплый белый, питание 2хAA (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
+    <t>503-225</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Олень 21см, цвет свечения теплый белый, питание 2хAA (не в комплекте) NEON-NIGHT</t>
+  </si>
+  <si>
     <t>503-227</t>
   </si>
   <si>
     <t>Светодиодная фигура Олень 37см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>503-228</t>
   </si>
   <si>
     <t>Светодиодная фигура Олень 50см, цвет свечения теплый белый, питание 3хAA (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>503-325</t>
   </si>
   <si>
     <t>Светодиодные фигуры Подарки 15/20/25 см, цвет свечения теплый белый, питание 2хАА/3хAA/3хАА (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
     <t>комплект</t>
   </si>
   <si>
     <t>503-326</t>
   </si>
   <si>
     <t>Светодиодные фигуры Подарки в форме цилиндра 15/20/25 см, цвет свечения теплый белый, питание 2хАА/3хAA/3хАА (не в комплекте) NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-011</t>
-[...94 lines deleted...]
-  <si>
     <t>1.11.8 Диско-лампы</t>
   </si>
   <si>
     <t>601-251</t>
   </si>
   <si>
     <t>Диско-лампа светодиодная e27, подставка с цоколем e27 в комплекте, 230 В</t>
   </si>
   <si>
+    <t>601-252</t>
+  </si>
+  <si>
+    <t>Диско-лампа светодиодная в компактном корпусе, 230 В</t>
+  </si>
+  <si>
+    <t>601-253</t>
+  </si>
+  <si>
+    <t>Диско-лампа светодиодная e27, 230 В</t>
+  </si>
+  <si>
+    <t>601-257</t>
+  </si>
+  <si>
+    <t>Светодиодная система Диско-шар с пультом ДУ и Bluetooth, 230 В</t>
+  </si>
+  <si>
+    <t>601-250</t>
+  </si>
+  <si>
+    <t>Диско-лампа светодиодная двойная Е27, подставка с цоколем Е27 в комплекте, 230 В</t>
+  </si>
+  <si>
+    <t>601-256</t>
+  </si>
+  <si>
+    <t>Диско-лампа Летающая тарелка 36LED, 230 В</t>
+  </si>
+  <si>
+    <t>601-526</t>
+  </si>
+  <si>
+    <t>Диско-шар (ночник-проектор) светодиодный с дистанционным управлением, USB NEON-NIGHT</t>
+  </si>
+  <si>
     <t>601-259</t>
   </si>
   <si>
     <t>Диско-лампа светодиодная E27 с переходником в розетку, проекция звезды, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>601-252</t>
-[...22 lines deleted...]
-  <si>
     <t>601-260</t>
   </si>
   <si>
     <t>Диско-лампа Летающая тарелка 48 LED, черный корпус, 230В NEON-NIGHT</t>
   </si>
   <si>
-    <t>601-257</t>
-[...10 lines deleted...]
-  <si>
     <t>1.11.9 Проекторы</t>
   </si>
   <si>
+    <t>601-268</t>
+  </si>
+  <si>
+    <t>LED проектор Звезды 220 В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>601-267</t>
+  </si>
+  <si>
+    <t>LED проектор Звездное небо с пультом, 220 В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>601-525</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Светодиодный ночник-проектор Melony</t>
+  </si>
+  <si>
+    <t>601-262</t>
+  </si>
+  <si>
+    <t>LED проектор, 12 сменных слайдов, цвет RGBW, 12В</t>
+  </si>
+  <si>
+    <t>601-263</t>
+  </si>
+  <si>
+    <t>LED проектор, белые снежинки, 230В</t>
+  </si>
+  <si>
+    <t>601-291</t>
+  </si>
+  <si>
+    <t>Лазерный проектор Метеоритный дождь с пультом ДУ NEON-NIGHT</t>
+  </si>
+  <si>
     <t>601-261</t>
   </si>
   <si>
     <t>Лазерный проектор NEON-NIGHT с пультом управления, различные режимы проекции, 230 В, трансформатор на 3,6 В</t>
   </si>
   <si>
-    <t>601-268</t>
-[...10 lines deleted...]
-  <si>
     <t>601-264</t>
   </si>
   <si>
     <t>Лазерный проектор с эффектом Северное сияние с пультом ДУ, 220 В</t>
   </si>
   <si>
+    <t>601-527</t>
+  </si>
+  <si>
+    <t>Светодиодный ночник-проектор Звездное небо, 3 режима работы, USB NEON-NIGHT</t>
+  </si>
+  <si>
     <t>601-528</t>
   </si>
   <si>
     <t>Светодиодный ночник-проектор Звездное небо на подставке, цвет мультиколор, USB NEON-NIGHT</t>
   </si>
   <si>
-    <t>601-291</t>
-[...28 lines deleted...]
-  <si>
     <t>1.11.10 Ночники Neon-night</t>
   </si>
   <si>
+    <t>503-853</t>
+  </si>
+  <si>
+    <t>Светодиодный светильник Portal</t>
+  </si>
+  <si>
+    <t>503-004</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Лебедь NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-006</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Кошачья лапа бирюзовый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Силиконовый ночник Щенок </t>
+  </si>
+  <si>
+    <t>503-008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Силиконовый ночник Панда </t>
+  </si>
+  <si>
     <t>503-018</t>
   </si>
   <si>
     <t>Силиконовый ночник Шарк</t>
   </si>
   <si>
-    <t>503-853</t>
-[...16 lines deleted...]
-  <si>
     <t>503-009</t>
   </si>
   <si>
     <t>Силиконовый ночник Медведь</t>
   </si>
   <si>
     <t>503-059</t>
   </si>
   <si>
     <t>Интерьерный светильник Тукан, соединение по Bluetooth</t>
   </si>
   <si>
+    <t>503-001</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Котик USB с 3 режимами, RGB-свечение NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>503-002</t>
+  </si>
+  <si>
+    <t>Силиконовый ночник Медвежонок</t>
+  </si>
+  <si>
     <t>503-003</t>
   </si>
   <si>
     <t>Силиконовый ночник Единорог USB с 3 режимами, RGB-свечение NEON-NIGHT</t>
   </si>
   <si>
-    <t>503-007</t>
-[...22 lines deleted...]
-  <si>
     <t>1.11.11 Подсвечники и свечи</t>
   </si>
   <si>
     <t>501-081</t>
   </si>
   <si>
     <t>Новогодняя горка 7 свечек, цвет корпуса: Белый, цвет свечения: ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>501-082</t>
   </si>
   <si>
     <t>Новогодняя горка 7 свечек, цвет корпуса: Красный, цвет свечения: ТЕПЛЫЙ БЕЛЫЙ</t>
   </si>
   <si>
     <t>513-034</t>
   </si>
   <si>
     <t>Фигура на подставке Подсвечник со свечками 50 см</t>
   </si>
   <si>
     <t>1.11.12 Акриловые фигурки</t>
   </si>
   <si>
+    <t>513-322</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Елочка 15х15х22 см, 20 светодиодов, батарейки 2хAA (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-323</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Пингвиненок 19х14,5х25 см, 20 светодиодов, батарейки 2хAA (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-324</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Пряничный домик 26х15,5х20 см, 30 светодиодов, батарейки 3хАА (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-325</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Снеговик на лыжах 16х20х29 см, 30 светодиодов, батарейки 3хАА (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-314</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Олененок в шарфе 20х17х30 см, 24 светодиода, батарейки 2хAA (не входят в комплект) NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-316</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Лисенок 28х15х26 см, батарейки 2хAA (не входят в комплект), 30 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
     <t>513-401</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Овца 30см, 56 светодиодов, IP65, 24В NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-323</t>
-[...14 lines deleted...]
-    <t>Акриловая светодиодная фигура Лисенок 28х15х26 см, батарейки 2хAA (не входят в комплект), 30 светодиодов NEON-NIGHT</t>
+    <t>513-311</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Медвежонок 12х22х13 см, 4,5 В, 3 батарейки AA (не входят в комплект), 10 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-312</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Медвежонок 24х11х18 см, 4,5 В, 3 батарейки AA (не входят в комплект), 16 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-341</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Белка 17,5х12х18 см, 4,5 В, 3 батарейки AAA (не входят в комплект), 12 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-321</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Оленёнок 30х14х35 см, 4,5 В, 3 батарейки AA (не входят в комплект), 40 светодиодов NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-315</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Медведь 34,5х12х17 см, 4,5 В, 3 батарейки AA (не входят в комплект), 24 светодиода NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-270</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Северный олень 45 см, 100 светодиодов, IP65, понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-273</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Санта Клаус приветствует 30 см, 40 светодиодов, IP65 понижающий трансформатор в комплекте NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-275</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Снеговик с шарфом 30 см, 40 светодиодов, IP 65, понижающий трансформатор в комплекте NEON-NIGHT</t>
   </si>
   <si>
     <t>513-247</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Белый мишка 20 см, 4,5 В, 3 батарейки AA (не входят в комплект), 20 светодиодов NEON-NIGHT</t>
   </si>
   <si>
-    <t>513-341</t>
-[...64 lines deleted...]
-  <si>
     <t>513-252</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Белый мишка 15х25 см, 4,5 В, 3 батарейки AA (не входят в комплект), 20 светодиодов NEON-NIGHT</t>
   </si>
   <si>
     <t>1.11.13 Елочные фигурки и макушки</t>
   </si>
   <si>
+    <t>501-001</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Звезда на елку цвет: RGB, 31 LED, 22 см</t>
+  </si>
+  <si>
+    <t>501-002</t>
+  </si>
+  <si>
+    <t>Фигура светодиодная Звезда на елку цвет: RGB, 10 LED, 17 см</t>
+  </si>
+  <si>
+    <t>501-006</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура на елку Звезда 22см, цвет свечения теплый белый, постоянное свечение, 230В NEON-NIGHT</t>
+  </si>
+  <si>
     <t>501-007</t>
   </si>
   <si>
     <t>Светодиодная фигура на елку Звезда красная 15см, 10LED, постоянное свечение, 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>501-005</t>
   </si>
   <si>
     <t>Верхушка на елку Звезда 20см, цвет красный NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-006</t>
-[...16 lines deleted...]
-  <si>
     <t>1.12 Еловые изделия</t>
   </si>
   <si>
     <t>1.12.1 Шлейфы</t>
   </si>
   <si>
+    <t>307-113</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая с ягодами и подсветкой 1,8м, теплое белое свечение 30 LED, 31В, литая NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>307-122</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая заснеженная 2,7м, диаметр 26см, ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>307-116</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая 2,7м, диаметр 26см, теплое белое свечение 80 LED с эффектом мерцания NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>307-212</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая 2,7м, диаметр 30см, ветки литые + ПВХ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>307-115</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая 2,7м, диаметр 41см, теплое белое свечение 80 LED NEON-NIGHT</t>
+  </si>
+  <si>
     <t>307-221</t>
   </si>
   <si>
     <t>Гирлянда еловая с шишками 2,7м, диаметр 36см, ПВХ NEON-NIGHT</t>
   </si>
   <si>
+    <t>307-121</t>
+  </si>
+  <si>
+    <t>Гирлянда еловая белоснежная 2,7м, диаметр 36см NEON-NIGHT</t>
+  </si>
+  <si>
     <t>307-213</t>
   </si>
   <si>
     <t>Гирлянда еловая 2,7м, диаметр 30см, ветки литые NEON-NIGHT</t>
   </si>
   <si>
-    <t>307-116</t>
-[...10 lines deleted...]
-  <si>
     <t>307-211</t>
   </si>
   <si>
     <t>Гирлянда еловая 2,7м, диаметр 36см NEON-NIGHT</t>
   </si>
   <si>
     <t>307-214</t>
   </si>
   <si>
     <t>Гирлянда еловая 2,7м, диаметр 20см, ветки ПВХ NEON-NIGH</t>
   </si>
   <si>
-    <t>307-113</t>
-[...23 lines deleted...]
-    <t>1.12.2 Елки искусственные</t>
+    <t>1.12.2 Венки</t>
+  </si>
+  <si>
+    <t>307-146</t>
+  </si>
+  <si>
+    <t>Заснеженный еловый венок NEON-NIGHT Ø 30 см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-145</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 90 см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-147</t>
+  </si>
+  <si>
+    <t>Заснеженный еловый венок NEON-NIGHT Ø 45 см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-148</t>
+  </si>
+  <si>
+    <t>Заснеженный еловый венок NEON-NIGHT Ø 60 см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-151</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 30 см, леска</t>
+  </si>
+  <si>
+    <t>307-150</t>
+  </si>
+  <si>
+    <t>Еловый венок с ягодами и гирляндой NEON-NIGHT Ø 45 см, 20 LED, 2 х АА, литой, теплое белое свечение</t>
+  </si>
+  <si>
+    <t>307-141</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 30 см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-142</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 45см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-143</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 60см, ПВХ</t>
+  </si>
+  <si>
+    <t>307-149</t>
+  </si>
+  <si>
+    <t>Еловый венок с ягодами NEON-NIGHT Ø 45 см, литой</t>
+  </si>
+  <si>
+    <t>307-144</t>
+  </si>
+  <si>
+    <t>Еловый венок с шишками NEON-NIGHT Ø 45см, Литой</t>
+  </si>
+  <si>
+    <t>307-152</t>
+  </si>
+  <si>
+    <t>Еловый венок NEON-NIGHT Ø 45 см, леска</t>
+  </si>
+  <si>
+    <t>1.12.3 Елки искусственные</t>
+  </si>
+  <si>
+    <t>533-331</t>
+  </si>
+  <si>
+    <t>Елочка 30см в плетеном мешочке, ПВХ</t>
+  </si>
+  <si>
+    <t>533-332</t>
+  </si>
+  <si>
+    <t>Елочка 45см в плетеном мешочке, ПВХ</t>
+  </si>
+  <si>
+    <t>533-333</t>
+  </si>
+  <si>
+    <t>Елочка 60см в плетеном мешочке, ПВХ</t>
+  </si>
+  <si>
+    <t>533-334</t>
+  </si>
+  <si>
+    <t>Елочка 45см в пластиковом горшке, Литая</t>
   </si>
   <si>
     <t>533-325</t>
   </si>
   <si>
     <t>Елочка высота 30см, питание от USB, зеленая</t>
   </si>
   <si>
-    <t>533-334</t>
-[...97 lines deleted...]
-  <si>
     <t>1.13 Комплекты неона USB</t>
   </si>
   <si>
     <t>131-001-1</t>
   </si>
   <si>
     <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 90 LED, 0.75 м, желтый</t>
   </si>
   <si>
     <t>131-003-1</t>
   </si>
   <si>
     <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 90 LED, 0.75 м, синий</t>
   </si>
   <si>
+    <t>131-007-1</t>
+  </si>
+  <si>
+    <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 90 LED, 0.75 м, розовый</t>
+  </si>
+  <si>
     <t>131-004-1</t>
   </si>
   <si>
     <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 90 LED, 0.75 м, зеленый</t>
   </si>
   <si>
     <t>131-011-1</t>
   </si>
   <si>
     <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 120 LED, 1 м, желтый</t>
   </si>
   <si>
+    <t>131-013-1</t>
+  </si>
+  <si>
+    <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 120 LED, 1 м, синий</t>
+  </si>
+  <si>
     <t>131-017-1</t>
   </si>
   <si>
     <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 120 LED, 1 м, розовый</t>
   </si>
   <si>
+    <t>131-014-1</t>
+  </si>
+  <si>
+    <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 120 LED, 1 м, зеленый</t>
+  </si>
+  <si>
+    <t>131-021-1</t>
+  </si>
+  <si>
+    <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 180 LED, 1.5 м, желтый</t>
+  </si>
+  <si>
     <t>131-023-1</t>
   </si>
   <si>
     <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 180 LED, 1.5 м, синий</t>
   </si>
   <si>
+    <t>131-027-1</t>
+  </si>
+  <si>
+    <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 180 LED, 1.5 м, розовый</t>
+  </si>
+  <si>
     <t>131-024-1</t>
   </si>
   <si>
     <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 180 LED, 1.5 м, зеленый</t>
   </si>
   <si>
     <t>131-034-1</t>
   </si>
   <si>
     <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 240 LED, 2 м, цвет зеленый</t>
-  </si>
-[...28 lines deleted...]
-    <t>Набор для создания неоновых фигур NEON-NIGHT Креатив 180 LED, 1.5 м, розовый</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -3693,56 +3615,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-svechi-20m-temno-zelenyy-pvh-100-led-teplyy-belyy-ne-soedinyaetsya-neon-nigh" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-5-m-30-led-prozrachnyy-pvh-s-kontrollerom-tsvet-svecheniya-teplyy-be" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdy-1-5h0-6-m-prozrachnyy-provod-teplyy-belyy-svet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-kontroller-8" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-6m-temno-zelenyy-pvh-30-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-domashnih-girlyand-3-m-prozrachnyy-pvh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-10m-temno-zelenyy-pvh-50-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-so-snezhinkami-2-4h0-9m-150led-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-23" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-miganie-230v" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-4m-temno-zelenyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/loft-girlyanda-svetodiodnaya-5-m-chernyy-pvh-20-led-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kubiki-20-led-multikolor-2-8-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-s-kryuchkom-10-sht" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-30-led-5-m-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kistochki-48-led-belye-5-metrov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-palochki-s-puzyrkami-20-palochek-tsvet-multikolor-2-metra" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvety-sakury-50-led-rozovye-7-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvetnye-shariki-20-led-multikolor-2-8-metra" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kolokolchiki-20-led-rgb-2-8-metra" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-s-nasadkami-shariki-snezhinki-elochki-30-led-multikolor-4-4-me" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-30-led-multikolor-4-4-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-20-led-krasnye-2-8-metra" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-20-led-belye-2-8-metra" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-zelenyy-provod-svechenie-multi-rg-rb-miganie-230v-neon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-bolshie-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rg-rb-mig" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-arka-so-zvezdami-2-5h1-2m-136led-teplyy-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-plombir-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-batareyki" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristally-chernye-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniya" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-10-led-1-2-metra-prozrachnyy-pvh-teploe-beloe-svechenie-batare" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-beloe-svechenie-batareyki-3haa-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-lampochki-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-tsvet-svecheniya-2-h-aa" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h-aa-b" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h-aa-bata" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mini-lampochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-banochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-b" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-3-5-m-20-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-ba" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-belyy-2-h-aa-batareyki" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-ba" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-krasnaya-10-led-2-25-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-serebryanaya-10-led-1-5-m-prozrachnyy-pvh-belyy-svet-svecheniya-2-h" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-zolotaya-10-led-1-5-m-prozrachnyy-pvh-teploe-beloe-svechenie-2-h-aa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-5-m-25-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-pitanie-usb-neon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-pudra-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-kompl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-vostochnye-fonariki-10-led-zheltye-1-5-metra-prozrachnyy-pvh-pitanie-2xaa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-multikolor" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5-m-10-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zhemchuzhinki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prischepki-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-tsvet-svecheniya-2-h-aa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-biryuzovaya-10-led-2-25-m-prozrachnyy-pvh-belyy-tsvet-svecheniya-2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-komp" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5-m-20-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-severnoe-siyanie-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-novyy-god-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5-m-20-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-na-solnechnoy-bataree-zvezdy-12-led-teplyy-belyy-1-2-metra" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristally-bronzovye-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-teplyy-belyy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-feyerverk-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-k" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rgb-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-belyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-ni" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rgb-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-zheltyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-biryuzovyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-ne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prischepkoy-3m-30led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prischepkoy-3m-30led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neon-nigh" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-multikolor-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20-led-multikolor-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-n" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-multikolor-ip20-tonkiy-batareynyy-blok-2hc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-5-m-50led-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-5-m-50led-teplyy-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-10m-100led-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-20m-200led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-zelenyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-20m-200led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-ni" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prischepkoy-3m-30led-multikolor-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-teplyy-belyy-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-10m-100led-teplyy-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20-led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-goluboy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rozovyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-2m-20led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-40m-1000-led-teplyy-belyy-ip20-na-katushke-zel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-krasnyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-belyy-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-30m-300led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-ni" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-30m-300led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-50m-500led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-ni" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-50m-500led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-100m-1000led-teplyy-belyy-ip20-230v-zelenyy-provod-neon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-10m-250led-teplyy-belyy-ip20-na-katushke-neon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-20m-500led-teplyy-belyy-ip20-na-katushke-neon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-4sht-h-20sm-shag-50sm-230v-s-transformatorom-belye-svetodi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-multi-svetod" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-belye-svetod" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayuschie-sosulki-svetodiodnaya-8-sht-h-50-sm-shag-50-sm-230-v-teplye-belye-svetodiody" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-230v-komplekt-8-sht-h-42-sm-36x8-led-ne-soedinyayutsya" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-belye" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-sinie" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-teplyy-bely" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikolor" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-sinie" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-144-led-prozrachnyy-pvh-s-kontrollerom-beloe-svechenie-neon-n" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5x1-5-m-prozrachnyy-pvh-144-led-s-kontrollerom-teploe-beloe-svechenie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5x1-5m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikolo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-tsvet-te" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-s-nasadkami-shariki-svechenie-s-dinamikoy-prozrachnyy-provod" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-s-nasadkami-shariki-svechenie-s-dinamikoy-prozrachnyy-provod-2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-belye" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikol" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2-5x2m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-belye" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2-5x2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-teplyy-bel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2-5x2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-sinie" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2-5x2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikolor" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h3-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-belyy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2x3-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2x3-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikolor" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-belyy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikolor" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-pvh-230-v-diody-multikol" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-effekt-vodopada-prozrachnyy-provod-230-v-diody-belye-240-led" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-effekt-vodopada-prozrachnyy-provod-230-v-diody-teplye-belye-240-l" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dozhd-3h2-m-240-led-prozrachnyy-pvh-s-kontrollerom-teploe-beloe-svechenie-ne" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-belyy-ip20" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-rozovyy" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3-m-rozovyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3-m-multikolor-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3-m-biryuzovyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h2m-teplyy-belyy-usb-pult-upravleniya-s-kryuchkami-dlya-kreple" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h2m-multikolor-usb-pult-upravleniya-s-kryuchkami-dlya-krepleni" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3m-belyy-usb-pult-upravleniya-s-kryuchkami-dlya-krepleniya-ne" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-6h3-m-belyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-3h3m-300-led-multikolor-ip20-usb-pult-upravleniya-s-kryuchkam" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-s-figurami-snezhinok-belyy-ip20-usb-pult-upravleniya-neon-nig" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-s-figurami-zvezd-teplyy-belyy-ip20-usb-pult-upravleniya-neon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-s-figurami-zvezd-multikolor-ip20-usb-pult-upravleniya-neon-ni" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-feyerverk-3h3m-900-led-teplyy-belyy-ip20-230v-neon-night" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-feyerverk-3h2m-600-led-teplyy-belyy-ip20-230v-neon-night" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-6h3-m-teplyy-belyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3-m-teplyy-belyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3-m-belyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h2m-belyy-usb-pult-upravleniya-s-kryuchkami-dlya-krepleniya-ne" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3m-teplyy-belyy-usb-pult-upravleniya-s-kryuchkami-dlya-kreple" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-3h0-8-m-200-led-tsvet-teplyy-belyy-prozrachnyy-pvh" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-aysikl-1-8h0-5m-48-led-sinie-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230v-ne-so" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-3-0-8-m-200-led-belye-prozrachnyy-pvh" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-aysikl-1-8h0-5m-48-led-multikolor-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230v" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-aysikl-1-8h0-5m-48-led-rgb-prozrachnyy-pvh-ip20-bystraya-smena-tsveta-230v-ne-soed" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-aysikl-1-8h0-5m-48-led-belye-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230v-ne-so" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-aysikl-1-8h0-5m-48-led-teplyy-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-8h1-5m-prozrachnyy-pvh-180-led-multikolor" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-96-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-96-led-multikolor" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-150-led-multikolor" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-150-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-96-led-belyy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-8h1-5m-prozrachnyy-pvh-180-led-belyy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-150-led-belye" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-8h1-5m-prozrachnyy-pvh-180-led-siniy" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1h1-5m-prozrachnyy-pvh-96-led-multikolor" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-8h1-5m-prozrachnyy-pvh-180-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-150-led-siniy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-25-led-prozrachnyy-pvh-tsvet-svecheniya-belyy-neon-night" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachnyy-pvh-25-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachnyy-pvh-25-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-belyy-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-multikolor-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-120-led-multikolor-12-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-teplyy-belyy-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-300-led-multikolor-15-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-multikolor-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-teplyy-belyy-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-belye-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-5-metra-tsvet-diodov-belyy-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-5-metra-tsvet-diodov-multikolor-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-8-metra-tsvet-diodov-belyy-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-5-metra-tsvet-diodov-teplyy-belyy-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-8-metra-tsvet-diodov-teplyy-belyy-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-iz-rosy-s-makushkoy-na-elku-9-nitey-h-2m-200led-effekt-vodopada-teplyy-belyy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-8-metra-tsvet-diodov-multikolor-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-zelenyy" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-belyy" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-siniy" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-rozovyy" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachnyy-pvh-576-diodov-tsvet-siniy" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachnyy-pvh-576-diodov-tsvet-krasnyy" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachnyy-pvh-576-diodov-tsvet-rozovyy" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-krasnyy" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-zheltyy" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachnyy-pvh-576-diodov-tsvet-zelenyy" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachnyy-pvh-576-diodov-tsvet-belyy" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-temno-zelenyy-pvh-288-diodov-tsvet-belyy-teplyy-belyy" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-led-3-m-temno-zelenyy-pvh-ip20-288-diodov-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-led-3-m-temno-zelenyy-pvh-ip20-288-diodov-tsvet-belyy" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-led-3-m-temno-zelenyy-pvh-ip20-288-diodov-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-15mm-5m-temno-zelenyy-pvh-30-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-25-mm-5-m-temno-zelenyy-pvh-25-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-18mm-5m-temno-zelenyy-pvh-30-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-25mm-5m-temno-zelenyy-pvh-25-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-25-mm-5m-temno-zelenyy-pvh-25-diodov-tsvet-belyy-bez-kontrollera" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-30mm-5m-temno-zelenyy-pvh-25-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-18-mm-5-m-temno-zelenyy-pvh-30-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tvinkl-wi-fi-18-m-temno-zelenyy-pvh-120-led-rgb-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhd-zanaves-wi-fi-3h3-m-prozrachnyy-pvh-180-led-rgb-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-girlyanda-rosa-s-krupnymi-kaplyami-10m-100-led-rgb-myagkiy-prozrachnyy-provod-ip20-usb-neon-n" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-led-fonar-s-effektom-snegopada-i-podsvetkoy-ded-moroz-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-novyy-god" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-mayak-siniy-s-konfetti-i-podsvetkoy-usb-neon-night" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-balerina-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-delfiny-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-podsvechnik-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-elochnyy-shar-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-telefonnaya-budka-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-led-fonar-s-effektom-snegopada-i-podsvetkoy-santa-klaus-usb-teploe-beloe-svechenie-neon" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-mashina-s-podsvetkoy-i-konfetti-pitanie-ot-usb-neon-night" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-snegoviki-belyy" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-rozhdestvo-belyy" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-rozhdestvenskiy-les-belyy" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-siyanie-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-zvezda-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-parovoz-s-effektom-snegopada-i-podsvetkoy" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-fonarik-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-novogodnyaya-elka-s-podsvetkoy-i-konfetti-pitanie-ot-usb-neon-night" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-mayak-s-konfetti-i-melodiey-usb-neon-night" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-feya-s-konfetti-i-melodiey-usb-neon-night" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-edinorog-s-konfetti-i-melodiey-usb-neon-night" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kolokolchik-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-chasy-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kartina-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-i-shishkoy-chernyy-korpus-razmer-10-7x10-7x23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechkami-bronzovyy-korpus-razmer-14x14x27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-rosoy-belyy-korpus-razmer-10-7h10-7h23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-chernyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-5-5h5-5h12-5-sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-mertsaniya" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-tsvet-svecheniya-rgb-s-effektom-mertsaniya-neon-nigh" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-korpus-iz-dereva-razmer-14h14h35cm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-s-tremya-svechami-belyy-korpus-24h24h40-sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-9-5sm-tsvet-korpusa-belyy-chernyy-tsvet-svecheniya-teplyy-belyy-pitan" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-9h5h13sm-tsvet-korpusa-bronzovyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-s-rosoy-chernyy-korpus-10-5h10-5h24sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-bezhevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-korichnevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-sve" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-18x16-5x31-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-14h14h24-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svec" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-belyy-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-9-5sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya-teplyy-bel" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-13-5h13-5h30-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-chernyy-korpus-razmer-14h14h27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-bronza-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-podstavke-so-svechkoy-bronzovyy-korpus-razmer-14-5h17h31sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-10-5h10-5h24sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-svech" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-20h20h22-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svec" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechami-bronzovyy-korpus-razmer-24h24h65sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-so-snezhinkoy-razmer-12h12h18-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-bronzovyy-korpus-razmer-10-5h10-5h22-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h22-35-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-5-5h5-5h12-5sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svech" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-mashinoy-chernyy-korpus-razmer-14h14h21-sm-tsvet-teplyy-belyy-pitanie-2haa-ne-v" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-nuar-s-effektom-zhivogo-ognya-16h14h29-sm-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-mini-s-effektom-zhivogo-ognya-24-8h12-7h30-sm-batareyki-3hs-ne-v-komplekt" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-mini-s-effektom-zhivogo-ognya-24-8h12-7h30-sm-batareyki-3hs-ne-v-komplekt-2" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-fyuzhn-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-batareyki-2hs-ne-v-komplekte-usb-2" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-starinnye-chasy-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-bronza-batareyki-2hs-ne" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-shale-s-effektom-zhivogo-ognya-30h13h28-sm-batareyki-3hs-ne-v-komplekte-ili-ot-us" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-volshebnyy-fonar-s-effektom-zhivogo-ognya-11h11h24-5-sm-batareyki-3haa-ne-v-kompl" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-haytek-s-effektom-zhivogo-ognya-60h10h20-sm-batareyki-3hs-ne-v-komplekte-ili-ot-u" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-launzh-s-effektom-zhivogo-ognya-35-3h12-4h33-7-sm-s-adapterom-pitaniya-i-batareyk" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-kantri-s-effektom-zhivogo-ognya-12h12h18-5-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-retro-s-effektom-zhivogo-ognya-60-3h11h36-8sm-rabotaet-ot-batareek-3hs-v-komplekt" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-fyuzhn-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-batareyki-2hs-ne-v-komplekte-usb" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-starinnye-chasy-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-chernyy-batareyki-2hs-ne" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-rustik-s-effektom-zhivogo-ognya-14h14h28-sm-pitanie-3haa-ne-v-komplekte-neon-nigh" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-avangard-s-effektom-zhivogo-ognya-30h13h30-sm-batareyki-3hs-ne-v-komplekte-ili-ot" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-lava-15h21-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-rozhdestvo-s-effektom-zhivogo-ognya-15h14h26sm-batareyki-2hs-ne-v-komplekte-i-usb" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-grand-shale-s-effektom-zhivogo-ognya-45h18h56sm-rabotaet-ot-batareek-3hs-v-komple" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kubok-12-5h12-5h33sm-rabotaet-ot-batareek-2haa-v-komplekt-ne-vhodyat-neon-nig" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-kamin-skandi-s-effektom-zhivogo-ognya-18h9h16-sm-batareyki-3hs-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-lava-10h16-5-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-klassika-s-effektom-zhivogo-ognya-33h12h24-sm-batareyki-3hs-ne-v-komplekte-ili-ot" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-s-effektom-zhivogo-ognya-30h16h35-5-sm-batareyki-3hs-ne-v-komplekte-i-usb" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-loft-usb-s-effektom-zhivogo-ognya-17h10h24-5-sm-neon-night" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-volshebnyy-fonarik-13-8x11x11-sm" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-11-5x5x19-sm" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-zvezdochka-24x13x3-6-sm" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-igrushechnyy-poni-belyy-25h5-5h26-5-sm" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-zvezda-dvoynaya-30h4h30-sm" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-snegovik-18-sm-neon-night" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-zvezdochki-16x4-5x1-3-cm-rozovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-elochki-14-5x4-5x1-6-cm-6-sht-rozovye-neon-night" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-9x5x19-sm" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-domik-v-lesu-19h6h26-sm" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnom-s-noskom-15h4h17-sm-neon-night" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-20h6-5h29-sm" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-siniy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-zvezdochki-16x4-5x1-3-cm-biryuzovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-domik-zvezdocheta-biryuzovaya-26h7h25-sm-neon-night" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elka-na-podstavke-14-5h5h30-sm" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-17h4h15-sm" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prischepki-novogodnyaya-el-14-5x4-5x1-6-cm-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-rozovyy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-s-olenem-12x6x21-5-sm" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-semeystvo-oleney-30h5h15-7-sm" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-el-so-snezhinkami-9-5x6x31-sm" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskaya-skazka-44-5x6x24-sm" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskiy-olen-11h5h47-sm" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-borodach-7x4-5x18-sm-neon-night" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-ded-moroz-18-sm-neon-night" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-svechka-so-snegovikom-10-5h9h17-6-sm" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-domik-8x7x11-sm" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-s-podvesnymi-nozhkami-6-3h5-4h10-4-sm" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-krasnyy-domik-11-5h8-5h20-4-sm" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-v-sanyah-30-5h12-2h17-2-sm" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-na-kone-35h15h39-8-sm" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-olenenok-s-sharfom-7x6-5x21-sm" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-domik-so-snegovikom-26-2h9-5h23-3-sm" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-na-sanyah-13x9-5x14-sm" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-belyy-domik-15-7h11-7h28-4-sm" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskiy-podsvechnik-parovoz-17-1h7-1h14-7-sm" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-avtobus-s-elkoy-19x9x16-sm" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskiy-podsvechnik-svechka-12-5h6h19-3-sm" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-230v-diametr-20-sm-200-svetodiodov-tsvet-belyy" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-angelok-na-prisoske-s-podvesom-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhinka-na-prisoske-s-podvesom-tsvet-belyy" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-olenenok-na-prisoske-s-podvesom-tsvet-belyy" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-podvesnaya-figura-snezhinka-na-metallicheskom-karkase-tsvet-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-podvesnaya-figura-zvezda-na-metallicheskom-karkase-tsvet-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezdochka-na-prisoske-s-podvesom-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-na-prisoske-s-podvesom-tsvet-belyy" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-mesyats-na-prisoske-s-podvesom-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-santa-klaus-na-prisoske-s-podvesom-tsvet-belyy" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-na-prisoske-s-podvesom-tsvet-zelenyy" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-kolokolchik-na-prisoske-s-podvesom-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-15-sm-rgb" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-el-51-sm-belyy-pitanie-3xaaa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm-rgb-pitanie-4xaaa-i-provod-usb-neon-night" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-kristall-rgb" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-angel-2d-rgb" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-mishka-2d-rgb" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-10sm-rgb" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-2d-rgb" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-4-gnomikov-v-novogodnih-kolpakah-20-sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-kom" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-20-sm-rgb" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-25-sm-rgb" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-elochka-45sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neo" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-poezd-s-melodiey-30-5sm-rgb-neon-night" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-10-sm" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-pingvin-kristall-rgb" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-34sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-37sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-50sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-3haa-3haa-ne-v-ko" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-v-forme-tsilindra-15-20-25-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-8-sm" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-srednyaya-rgb" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-17sm-rgb" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnomik-v-novogodnem-kolpake-20sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-nig" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-14-sm" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-v-shlyape-2d-rgb" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm-teplyy-belyy-pitanie-4xaaa-i-provod-usb-neon-night" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-zvezda-35sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-podarok-rgb" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35-led-krasnye-42x19-sm" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-santa-klaus-rgb" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-s-sharfom-2d-rgb" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snezhinka-rgb" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-25-sm-rgb-pitanie-2haaa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-21sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35led-tsvet-svecheniya-multikolor-rg-rb-razmer-42x19sm" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-podstavka-s-tsokolem-e27-v-komplekte-230-v" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-s-perehodnikom-v-rozetku-proektsiya-zvezdy-230v-neon-night" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-v-kompaktnom-korpuse-230-v" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-230-v" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-dvoynaya-e27-podstavka-s-tsokolem-e27-v-komplekte-230-v" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-letayuschaya-tarelka-36led-230-v" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-letayuschaya-tarelka-48-led-chernyy-korpus-230v-neon-night" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-sistema-disko-shar-s-pultom-du-i-bluetooth-230-v" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-shar-nochnik-proektor-svetodiodnyy-s-distantsionnym-upravleniem-usb-neon-night" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-neon-night-s-pultom-upravleniya-razlichnye-rezhimy-proektsii-230-v-transformator-n" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-zvezdy-220-v-neon-night" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-zvezdnoe-nebo-s-pultom-220-v-neon-night" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-s-effektom-severnoe-siyanie-s-pultom-du-220-v" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-zvezdnoe-nebo-na-podstavke-tsvet-multikolor-usb-neon-night" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-meteoritnyy-dozhd-s-pultom-du-neon-night" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-melony" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-12-smennyh-slaydov-tsvet-rgbw-12v" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-belye-snezhinki-230v" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-zvezdnoe-nebo-3-rezhima-raboty-usb-neon-night" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-shark" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-svetilnik-portal" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-koshachya-lapa-biryuzovyy-neon-night" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-lebed-neon-night" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-medved" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/interernyy-svetilnik-tukan-soedinenie-po-bluetooth" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-edinorog-usb-s-3-rezhimami-rgb-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-schenok" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-kotik-usb-s-3-rezhimami-rgb-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-medvezhonok" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-panda" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/novogodnyaya-gorka-7-svechek-tsvet-korpusa-belyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/novogodnyaya-gorka-7-svechek-tsvet-korpusa-krasnyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-podsvechnik-so-svechkami-50-sm" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-ovtsa-30sm-56-svetodiodov-ip65-24v-neon-night" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pingvinenok-19h14-5h25-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-na-lyzhah-16h20h29-sm-30-svetodiodov-batareyki-3haa-ne-vhod" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-lisenok-28h15h26-sm-batareyki-2haa-ne-vhodyat-v-komplekt-30-svetodio" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belyy-mishka-20-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20-sve" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belka-17-5h12h18-sm-4-5-v-3-batareyki-aaa-ne-vhodyat-v-komplekt-12-s" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-elochka-15h15h22-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v-kompl" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pryanichnyy-domik-26h15-5h20-sm-30-svetodiodov-batareyki-3haa-ne-vho" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-v-sharfe-20h17h30-sm-24-svetodioda-batareyki-2haa-ne-vhodya" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-severnyy-olen-45-sm-100-svetodiodov-ip65-ponizhayuschiy-transformato" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-santa-klaus-privetstvuet-30-sm-40-svetodiodov-ip65-ponizhayuschiy-tr" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-s-sharfom-30-sm-40-svetodiodov-ip-65-ponizhayuschiy-transfo" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvezhonok-12h22h13-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvezhonok-24h11h18-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-30h14h35-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-40-s" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medved-34-5h12h17-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-24-s" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belyy-mishka-15h25-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-na-elku-zvezda-krasnaya-15sm-10led-postoyannoe-svechenie-230v-neon-night" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/verhushka-na-elku-zvezda-20sm-tsvet-krasnyy-neon-night" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-na-elku-zvezda-22sm-tsvet-svecheniya-teplyy-belyy-postoyannoe-svechenie-230v-ne" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezda-na-elku-tsvet-rgb-31-led-22-sm" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezda-na-elku-tsvet-rgb-10-led-17-sm" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-s-shishkami-2-7m-diametr-36sm-pvh-neon-night" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-30sm-vetki-litye-neon-night" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-26sm-teploe-beloe-svechenie-80-led-s-effektom-mertsaniya-neon-night" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-zasnezhennaya-2-7m-diametr-26sm-pvh-neon-night" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-36sm-neon-night" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-20sm-vetki-pvh-neon-nigh" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-s-yagodami-i-podsvetkoy-1-8m-teploe-beloe-svechenie-30-led-31v-litaya-neon-night" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-belosnezhnaya-2-7m-diametr-36sm-neon-night" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-30sm-vetki-litye-pvh-neon-night" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-41sm-teploe-beloe-svechenie-80-led-neon-night" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-vysota-30sm-pitanie-ot-usb-zelenaya" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-45sm-v-plastikovom-gorshke-litaya" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-30sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-60sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-45sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-30-sm-pvh" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-60-sm-pvh" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-30-sm-leska" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-yagodami-i-girlyandoy-neon-night-45-sm-20-led-2-h-aa-litoy-teploe-beloe-svechenie" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-yagodami-neon-night-45-sm-litoy" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-90-sm-pvh" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-30-sm-pvh" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-60sm-pvh" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-45-sm-leska" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-45sm-pvh" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-45-sm-pvh" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-shishkami-neon-night-45sm-litoy" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-90-led-0-75-m-zheltyy" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-90-led-0-75-m-siniy" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-90-led-0-75-m-zelenyy" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-120-led-1-m-zheltyy" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-120-led-1-m-rozovyy" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-180-led-1-5-m-siniy" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-180-led-1-5-m-zelenyy" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-240-led-2-m-tsvet-zelenyy" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-90-led-0-75-m-rozovyy" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-120-led-1-m-siniy" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-120-led-1-m-zelenyy" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-180-led-1-5-m-zheltyy" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-180-led-1-5-m-rozovyy" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-6m-temno-zelenyy-pvh-30-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/loft-girlyanda-svetodiodnaya-5-m-chernyy-pvh-20-led-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-5-m-30-led-prozrachnyy-pvh-s-kontrollerom-tsvet-svecheniya-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-sosulki-1-5h0-25-m-prozrachnyy-provod-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdy-1-5h0-6-m-prozrachnyy-provod-teplyy-belyy-svet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-dlya-domashnih-girlyand-3-m-prozrachnyy-pvh" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-4m-temno-zelenyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svechi-10m-temno-zelenyy-pvh-50-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prishchepki-30-led-5-m-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-20-led-krasnye-2-8-metra" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kistochki-48-led-belye-5-metrov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-20-led-belye-2-8-metra" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-palochki-s-puzyrkami-20-palochek-tsvet-multikolor-2-metra" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvety-sakury-50-led-rozovye-7-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-tsvetnye-shariki-20-led-multikolor-2-8-metra" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kubiki-20-led-multikolor-2-8-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kolokolchiki-20-led-rgb-2-8-metra" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-s-nasadkami-shariki-snezhinki-elochki-30-led-multikolor-4-4-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-30-led-multikolor-4-4-metra-s-kontrollerom" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rgrb-miganie-230v-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rgrb-kontroller-8-rezhimov-230v-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-5m-20led-ip20-zelenyy-provod-svechenie-multi-rgrb-miganie-230v-neon-night" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-bolshie-5m-20led-ip20-prozrachnyy-provod-svechenie-multi-rgrb-miganie-230v-neon-night" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-so-snezhinkami-2-4h0-9m-150led-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230v-ne-soedinyaetsya-s-kontrollerom-8-rezhimov" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-arka-so-zvezdami-2-5h1-2m-136led-teplyy-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230v-ne-soedinyaetsya-s-kontrollerom-8-rezhimov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/prisoska-s-kryuchkom-10-sht" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-svechi-20m-temno-zelenyy-pvh-100-led-teplyy-belyy-ne-soedinyaetsya-neon-night" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-10-led-1-2-metra-prozrachnyy-pvh-teploe-beloe-svechenie-batareyki-2haa-neon-night" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-beloe-svechenie-batareyki-3haa-neon-night" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shariki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mini-lampochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-multikolor-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-banochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-plombir-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-3-5-m-20-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdochki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-belyy-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zhemchuzhinki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-shishki-1-5-m-10-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-prishchepki-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-tsvet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-lampochki-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-tsvet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristally-chernye-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-kristally-bronzovye-10-led-1-5-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-biryuzovaya-10-led-2-25-m-prozrachnyy-pvh-belyy-tsvet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-zvezdopad-krasnaya-10-led-2-25-m-prozrachnyy-pvh-teplyy-belyy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-serebryanaya-10-led-1-5-m-prozrachnyy-pvh-belyy-svet-svecheniya-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-mishura-zolotaya-10-led-1-5-m-prozrachnyy-pvh-teploe-beloe-svechenie-2-h-aa-batareyki-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-na-solnechnoy-bataree-zvezdy-12-led-teplyy-belyy-1-2-metra" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-vostochnye-fonariki-10-led-zheltye-1-5-metra-prozrachnyy-pvh-pitanie-2xaa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-teplyy-belyy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-retro-lampy-3-m-multikolor" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-severnoe-siyanie-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5-m-prozrachnyy-pvh-20-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-pudra-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-feyerverk-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-novyy-god-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5-m-prozrachnyy-pvh-10-led-teplyy-belyy-pitanie-2-h-aa-batareyki-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-perlamutr-5-m-25-led-prozrachnyy-pvh-tsvet-svecheniya-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-karamelki-1-5-m-10-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-magiya-3-5-m-20-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-velvet-3-5-m-20-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tayskie-fonariki-feyerverk-5-m-25-led-prozrachnyy-pvh-teplyy-belyy-pitanie-usb-neon-night" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rgb-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prishchepkoy-3m-30led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prishchepkoy-3m-30led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-prishchepkoy-3m-30led-multikolor-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-belyy-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-teplyy-belyy-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-probkoy-2m-20led-multikolor-ip20-3hlr44-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20-led-multikolor-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-multikolor-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-5-m-50led-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-5-m-50led-teplyy-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-10m-100led-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-10m-100led-teplyy-belyy-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-krupnymi-kaplyami-2m-20led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-goluboy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rozovyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-biryuzovyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-rgb-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-snezhinki-2m-20led-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-belyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20-led-teplyy-belyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-zheltyy-ip20-tonkiy-batareynyy-blok-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-zelenyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-2m-20led-krasnyy-ip20-2hcr2032-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-20m-200led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-20m-200led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-30m-300led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-30m-300led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-50m-500led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-50m-500led-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-s-kontrollerom-100m-1000led-teplyy-belyy-ip20-230v-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-10m-250led-teplyy-belyy-ip20-na-katushke-neon-night" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-20m-500led-teplyy-belyy-ip20-na-katushke-neon-night" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-rosa-feyerverk-s-kontrollerom-40m-1000-led-teplyy-belyy-ip20-na-katushke-zelenyy-provod-neon-night" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-sosulki-230v-komplekt-8-sht-h-42-sm-36x8-led-ne-soedinyayutsya" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayushchie-sosulki-svetodiodnaya-8-sht-h-50-sm-shag-50-sm-230-v-teplye-belye-svetodiody" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayushchie-sosulki-svetodiodnaya-4sht-h-20sm-shag-50sm-230v-s-transformatorom-belye-svetodiody" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayushchie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-belye-svetodiody" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tayushchie-sosulki-svetodiodnaya-8sht-h-50sm-shag-50sm-230-v-s-transformatorom-multi-svetodiody" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-belye" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-sinie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-teplyy-belyy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikolor" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5x1-5-m-prozrachnyy-pvh-144-led-s-kontrollerom-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-144-led-prozrachnyy-pvh-s-kontrollerom-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-sinie" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5x1-5m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikolor" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-s-nasadkami-shariki-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-belyy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-s-nasadkami-shariki-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikolor" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-belye" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-1-5h1-5-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikolor" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2-5x2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-sinie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2-5x2m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-belye" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2-5x2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-teplyy-belyy" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2-5x2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikolor" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2x3-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2x3-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikolor" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-2h3-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-belyy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-belyy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-diody-multikolor" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-effekt-vodopada-prozrachnyy-provod-230-v-diody-belye-240-led" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-effekt-vodopada-prozrachnyy-provod-230-v-diody-teplye-belye-240-led" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-dozhd-3h2-m-240-led-prozrachnyy-pvh-s-kontrollerom-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-belyy-ip20" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-pvh-230-v-diody-multikolor" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-3h2-m-svechenie-s-dinamikoy-prozrachnyy-provod-230-v-tsvet-rozovyy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3-m-rozovyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3-m-biryuzovyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-6h3-m-teplyy-belyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-6h3-m-belyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3-m-teplyy-belyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3-m-belyy-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3-m-multikolor-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h2m-teplyy-belyy-usb-pult-upravleniya-s-kryuchkami-dlya-krepleniya-neon-night" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h2m-belyy-usb-pult-upravleniya-s-kryuchkami-dlya-krepleniya-neon-night" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3m-teplyy-belyy-usb-pult-upravleniya-s-kryuchkami-dlya-krepleniya-neon-night" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h3m-belyy-usb-pult-upravleniya-s-kryuchkami-dlya-krepleniya-neon-night" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-dozhd-iz-rosy-3h2m-multikolor-usb-pult-upravleniya-s-kryuchkami-dlya-krepleniya-neon-night" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-feyerverk-3h2m-600-led-teplyy-belyy-ip20-230v-neon-night" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-feyerverk-3h3m-900-led-teplyy-belyy-ip20-230v-neon-night" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-s-figurami-snezhinok-belyy-ip20-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-s-figurami-zvezd-teplyy-belyy-ip20-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-s-figurami-zvezd-multikolor-ip20-usb-pult-upravleniya-neon-night" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnyy-zanaves-iz-rosy-3h3m-300-led-multikolor-ip20-usb-pult-upravleniya-s-kryuchkami-dlya-krepleniya-neon-night" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-3h0-8-m-200-led-tsvet-teplyy-belyy-prozrachnyy-pvh" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-aysikl-1-8h0-5m-48-led-multikolor-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230v-ne-soedinyaetsya-top" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-aysikl-1-8h0-5m-48-led-rgb-prozrachnyy-pvh-ip20-bystraya-smena-tsveta-230v-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-bahroma-3-0-8-m-200-led-belye-prozrachnyy-pvh" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-aysikl-1-8h0-5m-48-led-sinie-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230v-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-aysikl-1-8h0-5m-48-led-belye-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230v-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-bahroma-aysikl-1-8h0-5m-48-led-teplyy-belyy-prozrachnyy-pvh-ip20-svechenie-s-dinamikoy-230v-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-96-led-belyy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-96-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-96-led-multikolor" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-8h1-5m-prozrachnyy-pvh-180-led-belyy" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-8h1-5m-prozrachnyy-pvh-180-led-multikolor" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-150-led-belye" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-150-led-multikolor" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-150-led-siniy" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-5h1-5m-prozrachnyy-pvh-150-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-8h1-5m-prozrachnyy-pvh-180-led-siniy" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1-8h1-5m-prozrachnyy-pvh-180-led-teplyy-belyy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-set-1h1-5m-prozrachnyy-pvh-96-led-multikolor" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-25-led-prozrachnyy-pvh-tsvet-svecheniya-belyy-neon-night" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-temno-zelenyy-pvh-25-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachnyy-pvh-25-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-4-m-prozrachnyy-pvh-25-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-temno-zelenyy-pvh-40-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-6-m-prozrachnyy-pvh-40-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-belyy-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-multikolor-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-temno-zelenyy-pvh-80-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-120-led-multikolor-12-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-100-led-teplyy-belyy-10-metrov-prozrachnyy-pvh-s-kontrollerom" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-10-m-prozrachnyy-pvh-80-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-temno-zelenyy-pvh-120-led-tsvet-siniy" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-300-led-multikolor-15-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-15-m-prozrachnyy-pvh-120-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-teplyy-belyy-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-multikolor-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-prozrachnyy-pvh-160-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-universalnaya-200-led-belye-20-metrov-s-kontrollerom" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-belyy" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-tvinkl-layt-20-m-temno-zelenyy-pvh-160-led-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-5-metra-tsvet-diodov-belyy-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-5-metra-tsvet-diodov-teplyy-belyy-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-5-metra-tsvet-diodov-multikolor-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-8-metra-tsvet-diodov-belyy-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-8-metra-tsvet-diodov-teplyy-belyy-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochnaya-girlyanda-s-koltsom-7-nitey-po-1-8-metra-tsvet-diodov-multikolor-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-svetodiodnaya-iz-rosy-s-makushkoy-na-elku-9-nitey-h-2m-200led-effekt-vodopada-teplyy-belyy-tsvet-230v-neon-night" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-belyy" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-siniy" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-krasnyy" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-zheltyy" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-zelenyy" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-rozovyy" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachnyy-pvh-576-diodov-tsvet-belyy" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachnyy-pvh-576-diodov-tsvet-siniy" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachnyy-pvh-576-diodov-tsvet-krasnyy" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachnyy-pvh-576-diodov-tsvet-rozovyy" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-6-m-prozrachnyy-pvh-576-diodov-tsvet-zelenyy" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-prozrachnyy-pvh-288-diodov-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-mishura-led-3-m-temno-zelenyy-pvh-288-diodov-tsvet-belyy-teplyy-belyy" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-led-3-m-temno-zelenyy-pvh-ip20-288-diodov-tsvet-belyy" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-led-3-m-temno-zelenyy-pvh-ip20-288-diodov-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-klaster-led-3-m-temno-zelenyy-pvh-ip20-288-diodov-tsvet-multikolor" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-15mm-5m-temno-zelenyy-pvh-30-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-18mm-5m-temno-zelenyy-pvh-30-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-25mm-5m-temno-zelenyy-pvh-25-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-30mm-5m-temno-zelenyy-pvh-25-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-25-mm-5m-temno-zelenyy-pvh-25-diodov-tsvet-belyy-bez-kontrollera" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-18-mm-5-m-temno-zelenyy-pvh-30-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-shariki-25-mm-5-m-temno-zelenyy-pvh-25-diodov-tsvet-rgb" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tvinkl-wi-fi-18-m-temno-zelenyy-pvh-120-led-rgb-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dozhd-zanaves-wi-fi-3h3-m-prozrachnyy-pvh-180-led-rgb-ne-soedinyaetsya" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/umnaya-girlyanda-rosa-s-krupnymi-kaplyami-10m-100-led-rgb-myagkiy-prozrachnyy-provod-ip20-usb-neon-night" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-balerina-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-delfiny-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-siyanie-s-konfetti-usb-neon-night" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kolokolchik-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-chasy-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-podsvechnik-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kartina-s-effektom-snegopada-neon-night" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-feya-s-konfetti-i-melodiey-usb-neon-night" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-edinorog-s-konfetti-i-melodiey-usb-neon-night" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-novyy-god" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-snegoviki-belyy" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-led-fonar-s-effektom-snegopada-i-podsvetkoy-ded-moroz-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-rozhdestvo-belyy" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-led-fonar-s-effektom-snegopada-i-podsvetkoy-santa-klaus-usb-teploe-beloe-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-effektom-snegopada-i-podsvetkoy-rozhdestvenskiy-les-belyy" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-parovoz-s-effektom-snegopada-i-podsvetkoy" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-fonarik-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-telefonnaya-budka-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-zvezda-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-figura-elochnyy-shar-s-effektom-snegopada-i-podsvetkoy-neon-night" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-mashina-s-podsvetkoy-i-konfetti-pitanie-ot-usb-neon-night" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-novogodnyaya-elka-s-podsvetkoy-i-konfetti-pitanie-ot-usb-neon-night" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-tsvet-svecheniya-rgb-s-effektom-mertsaniya-neon-night" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-i-shishkoy-chernyy-korpus-razmer-10-7x10-7x23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechkami-bronzovyy-korpus-razmer-14x14x27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-rosoy-belyy-korpus-razmer-10-7h10-7h23-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-lampochkoy-bronzovyy-korpus-razmer-10-5h10-5h22-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h22-35-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-belyy-korpus-so-snezhinkoy-razmer-12h12h18-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-mertsaniya-neon-night" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-11h11h22-5-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-svechi-neon-night" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-12h12h20-6-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-s-effektom-plameni-svechi-neon-night" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-14x14x29-sm-belyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechoy-18x16-5x31-sm-chernyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-20h20h22-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-solnechnoy-bataree-14h14h24-sm-chernyy-pletenyy-korpus-teplyy-belyy-tsvet-svecheniya-neon-night" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-sharikami-chernyy-korpus-razmer-14h14h27-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-belyy-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-tremya-svechami-bronzovyy-korpus-razmer-24h24h65sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-10-5h10-5h24sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-korpus-iz-dereva-razmer-14h14h35cm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-chernyy-korpus-razmer-10-5h10-5h24-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-krasnyy-korpus-razmer-13-5h13-5h30-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-pletenyy-korpus-bronza-razmer-14h14h16-5-sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-na-podstavke-so-svechkoy-bronzovyy-korpus-razmer-14-5h17h31sm-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-s-tremya-svechami-belyy-korpus-24h24h40-sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-so-svechkoy-9-5sm-tsvet-korpusa-belyychernyy-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-9h5h13sm-tsvet-korpusa-bronzovyy-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-figura-so-svechkoy-5-5h5-5h12-5sm-tsvet-korpusa-belyykrasnyy-chernyy-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-s-rosoy-chernyy-korpus-10-5h10-5h24sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-bezhevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fonar-dekorativnyy-so-svechkoy-korpus-iz-dereva-korichnevyy-15h15h38cm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-fonar-s-mashinoy-chernyy-korpus-razmer-14h14h21-sm-tsvet-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-5-5h5-5h12-5-sm-tsvet-korpusa-belyy-krasnyy-chernyy-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-neon-night" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-3-fonarey-so-svechkoy-9-5sm-tsvet-korpusa-belyykrasnyychernyy-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-fyuzhn-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-batareyki-2hs-ne-v-komplekte-usb-bronzovyy" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-fyuzhn-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-batareyki-2hs-ne-v-komplekte-usb-chernyy" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-starinnye-chasy-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-chernyy-batareyki-2hs-ne-v-komplekte-usb-neon-night" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-starinnye-chasy-s-effektom-zhivogo-ognya-14-7x11-7x25-sm-bronza-batareyki-2hs-ne-v-komplekte-usb-neon-night" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-launzh-s-effektom-zhivogo-ognya-35-3h12-4h33-7-sm-s-adapterom-pitaniya-i-batareykami-4-h-aa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-mini-s-effektom-zhivogo-ognya-24-8h12-7h30-sm-batareyki-3hs-ne-v-komplekte-s-usb-chernyy" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-mini-s-effektom-zhivogo-ognya-24-8h12-7h30-sm-batareyki-3hs-ne-v-komplekte-s-usb-bronzovyy" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-shale-s-effektom-zhivogo-ognya-30h13h28-sm-batareyki-3hs-ne-v-komplekte-ili-ot-usb-v-komplekte" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-volshebnyy-fonar-s-effektom-zhivogo-ognya-11h11h24-5-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-haytek-s-effektom-zhivogo-ognya-60h10h20-sm-batareyki-3hs-ne-v-komplekte-ili-ot-usb-v-komplekte" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-avangard-s-effektom-zhivogo-ognya-30h13h30-sm-batareyki-3hs-ne-v-komplekte-ili-ot-usb-v-komplekte" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-klassika-s-effektom-zhivogo-ognya-33h12h24-sm-batareyki-3hs-ne-v-komplekte-ili-ot-usb-v-komplekte" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-kantri-s-effektom-zhivogo-ognya-12h12h18-5-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-vintazh-s-effektom-zhivogo-ognya-30h16h35-5-sm-batareyki-3hs-ne-v-komplekte-i-usb-v-komplekte" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-kamin-skandi-s-effektom-zhivogo-ognya-18h9h16-sm-batareyki-3hs-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-loft-usb-s-effektom-zhivogo-ognya-17h10h24-5-sm-neon-night" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-rozhdestvo-s-effektom-zhivogo-ognya-15h14h26sm-batareyki-2hs-ne-v-komplekte-i-usb-bronzovyy-neon-night" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-lava-10h16-5-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-lava-15h21-sm-batareyki-3haa-ne-v-komplekte" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-grand-shale-s-effektom-zhivogo-ognya-45h18h56sm-rabotaet-ot-batareek-3hs-v-komplekt-ne-vhodyat-ili-ot-usb-v-komplekte-chernyy" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dekorativnyy-svetilnik-kubok-12-5h12-5h33sm-rabotaet-ot-batareek-2haa-v-komplekt-ne-vhodyat-neon-night" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-retro-s-effektom-zhivogo-ognya-60-3h11h36-8sm-rabotaet-ot-batareek-3hs-v-komplekt-ne-vhodyat-ili-ot-usb-v-komplekte-bronzovyy" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-rustik-s-effektom-zhivogo-ognya-14h14h28-sm-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-kamin-nuar-s-effektom-zhivogo-ognya-16h14h29-sm-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-el-so-snezhinkami-9-5x6x31-sm" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-borodach-7x4-5x18-sm-neon-night" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-ded-moroz-18-sm-neon-night" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-snegovik-18-sm-neon-night" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prishchepki-novogodnyaya-el-14-5x4-5x1-6-cm-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prishchepki-elochki-14-5x4-5x1-6-cm-6-sht-rozovye-neon-night" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prishchepki-zvezdochki-16x4-5x1-3-cm-biryuzovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannye-prishchepki-zvezdochki-16x4-5x1-3-cm-rozovye-6-sht-neon-night" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnom-s-noskom-15h4h17-sm-neon-night" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-domik-zvezdocheta-biryuzovaya-26h7h25-sm-neon-night" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-s-olenem-12x6x21-5-sm" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-11-5x5x19-sm" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-volshebnyy-fonarik-13-8x11x11-sm" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-zvezdochka-24x13x3-6-sm" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskaya-skazka-44-5x6x24-sm" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-domik-v-lesu-19h6h26-sm" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-20h6-5h29-sm" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-gnomik-17h4h15-sm" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-siniy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-rozhdestvenskiy-olen-rozovyy-10-5x4x18-sm" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-rozhdestvenskiy-olen-11h5h47-sm" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-semeystvo-oleney-30h5h15-7-sm" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-igrushechnyy-poni-belyy-25h5-5h26-5-sm" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elka-na-podstavke-14-5h5h30-sm" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figura-s-podsvetkoy-zvezda-dvoynaya-30h4h30-sm" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derevyannaya-figurka-s-podsvetkoy-elochka-9x5x19-sm" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-avtobus-s-elkoy-19x9x16-sm" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-domik-8x7x11-sm" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-s-podvesnymi-nozhkami-6-3h5-4h10-4-sm" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-krasnyy-domik-11-5h8-5h20-4-sm" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-v-sanyah-30-5h12-2h17-2-sm" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-domik-so-snegovikom-26-2h9-5h23-3-sm" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-ded-moroz-na-kone-35h15h39-8-sm" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskiy-podsvechnik-parovoz-17-1h7-1h14-7-sm" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskiy-podsvechnik-svechka-12-5h6h19-3-sm" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-olenenok-s-sharfom-7x6-5x21-sm" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/keramicheskaya-figurka-belyy-domik-15-7h11-7h28-4-sm" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-podvesnaya-figura-snezhinka-na-metallicheskom-karkase-tsvet-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-podvesnaya-figura-zvezda-na-metallicheskom-karkase-tsvet-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-20-sm-rgb" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-25-sm-rgb" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-10sm-rgb" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-v-shlyape-2d-rgb" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-srednyaya-rgb" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snegovik-s-sharfom-2d-rgb" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snegovik-17sm-rgb" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-25-sm-rgb-pitanie-2haaa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35-led-krasnye-42x19-sm" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-8-sm" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-10-sm" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-snezhok-rgb-14-sm" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-s-novym-godom-35led-tsvet-svecheniya-multikolor-rgrb-razmer-42x19sm" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-elochka-15-sm-rgb" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-santa-klaus-rgb" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-angel-2d-rgb" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-2d-rgb" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-mishka-2d-rgb" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-elochka-kristall-rgb" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-pingvin-kristall-rgb" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-snezhinka-rgb" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-el-51-sm-belyy-pitanie-3xaaa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm-rgb-pitanie-4xaaa-i-provod-usb-neon-night" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-podarok-rgb" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-elochka-so-zvezdoy-37-sm-teplyy-belyy-pitanie-4xaaa-i-provod-usb-neon-night" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-zvezda-35sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/metallicheskaya-3d-figura-elochka-45sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gnomik-v-novogodnem-kolpake-20sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-na-podstavke-novogodniy-poezd-s-melodiey-30-5sm-rgb-neon-night" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-iz-4-gnomikov-v-novogodnih-kolpakah-20-sm-tsvet-svecheniya-teplyy-belyy-pitanie-3xlr1130-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-34sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-21sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-37sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-olen-50sm-tsvet-svecheniya-teplyy-belyy-pitanie-3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-152025-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa3haa3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnye-figury-podarki-v-forme-tsilindra-152025-sm-tsvet-svecheniya-teplyy-belyy-pitanie-2haa3haa3haa-ne-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-podstavka-s-tsokolem-e27-v-komplekte-230-v" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-v-kompaktnom-korpuse-230-v" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-230-v" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-sistema-disko-shar-s-pultom-du-i-bluetooth-230-v" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-dvoynaya-e27-podstavka-s-tsokolem-e27-v-komplekte-230-v" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-letayushchaya-tarelka-36led-230-v" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-shar-nochnik-proektor-svetodiodnyy-s-distantsionnym-upravleniem-usb-neon-night" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-svetodiodnaya-e27-s-perehodnikom-v-rozetku-proektsiya-zvezdy-230v-neon-night" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/disko-lampa-letayushchaya-tarelka-48-led-chernyy-korpus-230v-neon-night" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-zvezdy-220-v-neon-night" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-zvezdnoe-nebo-s-pultom-220-v-neon-night" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-melony" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-12-smennyh-slaydov-tsvet-rgbw-12v" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-proektor-belye-snezhinki-230v" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-meteoritnyy-dozhd-s-pultom-du-neon-night" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-neon-night-s-pultom-upravleniya-razlichnye-rezhimy-proektsii-230-v-transformator-na-3-6-v" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-proektor-s-effektom-severnoe-siyanie-s-pultom-du-220-v" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-zvezdnoe-nebo-3-rezhima-raboty-usb-neon-night" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-nochnik-proektor-zvezdnoe-nebo-na-podstavke-tsvet-multikolor-usb-neon-night" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-svetilnik-portal" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-lebed-neon-night" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-koshachya-lapa-biryuzovyy-neon-night" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-shchenok" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-panda" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-shark" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-medved" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/interernyy-svetilnik-tukan-soedinenie-po-bluetooth" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-kotik-usb-s-3-rezhimami-rgb-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-medvezhonok" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovyy-nochnik-edinorog-usb-s-3-rezhimami-rgb-svechenie-neon-night" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/novogodnyaya-gorka-7-svechek-tsvet-korpusa-belyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/novogodnyaya-gorka-7-svechek-tsvet-korpusa-krasnyy-tsvet-svecheniya-teplyy-belyy" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-na-podstavke-podsvechnik-so-svechkami-50-sm" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-elochka-15h15h22-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v-komplekt-neon-night" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pingvinenok-19h14-5h25-sm-20-svetodiodov-batareyki-2haa-ne-vhodyat-v-komplekt-neon-night" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-pryanichnyy-domik-26h15-5h20-sm-30-svetodiodov-batareyki-3haa-ne-vhodyat-v-komplekt-neon-night" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-na-lyzhah-16h20h29-sm-30-svetodiodov-batareyki-3haa-ne-vhodyat-v-komplekt-neon-night" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-v-sharfe-20h17h30-sm-24-svetodioda-batareyki-2haa-ne-vhodyat-v-komplekt-neon-night" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-lisenok-28h15h26-sm-batareyki-2haa-ne-vhodyat-v-komplekt-30-svetodiodov-neon-night" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-ovtsa-30sm-56-svetodiodov-ip65-24v-neon-night" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvezhonok-12h22h13-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-10-svetodiodov-neon-night" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medvezhonok-24h11h18-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-16-svetodiodov-neon-night" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belka-17-5h12h18-sm-4-5-v-3-batareyki-aaa-ne-vhodyat-v-komplekt-12-svetodiodov-neon-night" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-olenenok-30h14h35-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-40-svetodiodov-neon-night" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-medved-34-5h12h17-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-24-svetodioda-neon-night" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-severnyy-olen-45-sm-100-svetodiodov-ip65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-santa-klaus-privetstvuet-30-sm-40-svetodiodov-ip65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-snegovik-s-sharfom-30-sm-40-svetodiodov-ip-65-ponizhayushchiy-transformator-v-komplekte-neon-night" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belyy-mishka-20-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20-svetodiodov-neon-night" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-belyy-mishka-15h25-sm-4-5-v-3-batareyki-aa-ne-vhodyat-v-komplekt-20-svetodiodov-neon-night" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezda-na-elku-tsvet-rgb-31-led-22-sm" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetodiodnaya-zvezda-na-elku-tsvet-rgb-10-led-17-sm" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-na-elku-zvezda-22sm-tsvet-svecheniya-teplyy-belyy-postoyannoe-svechenie-230v-neon-night" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-na-elku-zvezda-krasnaya-15sm-10led-postoyannoe-svechenie-230v-neon-night" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/verhushka-na-elku-zvezda-20sm-tsvet-krasnyy-neon-night" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-s-yagodami-i-podsvetkoy-1-8m-teploe-beloe-svechenie-30-led-31v-litaya-neon-night" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-zasnezhennaya-2-7m-diametr-26sm-pvh-neon-night" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-26sm-teploe-beloe-svechenie-80-led-s-effektom-mertsaniya-neon-night" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-30sm-vetki-litye-pvh-neon-night" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-41sm-teploe-beloe-svechenie-80-led-neon-night" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-s-shishkami-2-7m-diametr-36sm-pvh-neon-night" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-belosnezhnaya-2-7m-diametr-36sm-neon-night" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-30sm-vetki-litye-neon-night" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-36sm-neon-night" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/girlyanda-elovaya-2-7m-diametr-20sm-vetki-pvh-neon-nigh" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-30-sm-pvh" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-90-sm-pvh" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-45-sm-pvh" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zasnezhennyy-elovyy-venok-neon-night-60-sm-pvh" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-30-sm-leska" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-yagodami-i-girlyandoy-neon-night-45-sm-20-led-2-h-aa-litoy-teploe-beloe-svechenie" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-30-sm-pvh" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-45sm-pvh" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-60sm-pvh" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-yagodami-neon-night-45-sm-litoy" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-s-shishkami-neon-night-45sm-litoy" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elovyy-venok-neon-night-45-sm-leska" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-30sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-45sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-60sm-v-pletenom-meshochke-pvh" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-45sm-v-plastikovom-gorshke-litaya" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elochka-vysota-30sm-pitanie-ot-usb-zelenaya" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-90-led-0-75-m-zheltyy" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-90-led-0-75-m-siniy" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-90-led-0-75-m-rozovyy" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-90-led-0-75-m-zelenyy" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-120-led-1-m-zheltyy" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-120-led-1-m-siniy" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-120-led-1-m-rozovyy" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-120-led-1-m-zelenyy" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-180-led-1-5-m-zheltyy" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-180-led-1-5-m-siniy" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-180-led-1-5-m-rozovyy" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-180-led-1-5-m-zelenyy" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-sozdaniya-neonovyh-figur-neon-night-kreativ-240-led-2-m-tsvet-zelenyy" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I559"/>
+  <dimension ref="A1:I546"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -3787,15512 +3709,15135 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>4054.42</v>
+        <v>1058.95</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>697.92</v>
+        <v>1311.93</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>507.48</v>
+        <v>488.54</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>443.67</v>
+        <v>405.98</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>713</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>1015.98</v>
+        <v>354.94</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>507.48</v>
+        <v>711.19</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>507</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>1512.79</v>
+        <v>88.1</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>36</v>
+        <v>300</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>125.85</v>
+        <v>703</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>2584</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>300</v>
+        <v>48</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>1967.96</v>
+        <v>1377.57</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>24</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>1660.67</v>
+        <v>533.21</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>303</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>507.48</v>
+        <v>304.08</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>672</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>1004.29</v>
+        <v>355.24</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>1660.67</v>
+        <v>266.07</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>443.67</v>
+        <v>405.98</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>60</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>189.42</v>
+        <v>355.24</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>186</v>
+        <v>48</v>
       </c>
       <c r="I19" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>761.73</v>
+        <v>304.08</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>507.48</v>
+        <v>354.94</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>508</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>507.48</v>
+        <v>304.08</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>205</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>60</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>507.48</v>
+        <v>533.21</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>48</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>380.1</v>
+        <v>355.24</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>287</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>380.1</v>
+        <v>405.98</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>761.73</v>
+        <v>405.98</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>507.48</v>
+        <v>405.98</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>380.1</v>
+        <v>405.98</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>380.1</v>
+        <v>1311.93</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>507.48</v>
+        <v>1413.64</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>433</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B31" s="3" t="s">
+      <c r="C31" s="3">
+        <v>132.59</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="C31" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>72</v>
+        <v>186</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>1835.89</v>
+        <v>2838.09</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>342</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="2"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>634.35</v>
+        <v>151.53</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>48</v>
+        <v>120</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>634.35</v>
+        <v>900.24</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>178.27</v>
+        <v>208.54</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>1286.06</v>
+        <v>166.67</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
         <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>570.79</v>
+        <v>208.54</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>297.92</v>
+        <v>266.07</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>238.1</v>
+        <v>444.05</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>128</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>297.92</v>
+        <v>622.02</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
         <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>380.1</v>
+        <v>208.54</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>157</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>888.6</v>
+        <v>266.07</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>380.1</v>
+        <v>266.07</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>380.1</v>
+        <v>266.07</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>297.92</v>
+        <v>208.54</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
         <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>48</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>507.48</v>
+        <v>266.07</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>509</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>252.98</v>
+        <v>456.63</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>252.98</v>
+        <v>444.05</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>869</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>1157.32</v>
+        <v>444.05</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>144</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>634.35</v>
+        <v>444.05</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>47</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>507.48</v>
+        <v>355.24</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>1286.06</v>
+        <v>202.38</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>570.79</v>
+        <v>202.38</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>315</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I54" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C55" s="3">
-        <v>297.92</v>
+        <v>622.02</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>458</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C56" s="3">
-        <v>380.1</v>
+        <v>355.24</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>380.1</v>
+        <v>900.24</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>96</v>
+        <v>16</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C58" s="3">
-        <v>634.35</v>
+        <v>900.24</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C59" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>18</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C60" s="3">
-        <v>634.35</v>
+        <v>622.02</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C61" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>18</v>
       </c>
       <c r="I61" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C62" s="3">
-        <v>888.6</v>
+        <v>444.05</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C63" s="3">
-        <v>634.35</v>
+        <v>444.23</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
         <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C64" s="3">
-        <v>888.6</v>
+        <v>444.05</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I64" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C65" s="3">
-        <v>888.6</v>
+        <v>444.05</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>395</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C66" s="3">
-        <v>634.35</v>
+        <v>914.28</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C67" s="3">
-        <v>1286.06</v>
+        <v>456.63</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I67" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C68" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
         <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C69" s="3">
-        <v>634.61</v>
+        <v>622.02</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I69" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A70" s="2" t="s">
+      <c r="A70" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B70" s="2"/>
-[...6 lines deleted...]
-      <c r="I70" s="2"/>
+      <c r="B70" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C70" s="3">
+        <v>810.12</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F70" s="3">
+        <v>0</v>
+      </c>
+      <c r="G70" s="3">
+        <v>1</v>
+      </c>
+      <c r="H70" s="3">
+        <v>12</v>
+      </c>
+      <c r="I70" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A71" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B71" s="3" t="s">
+      <c r="A71" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="C71" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B71" s="2"/>
+      <c r="C71" s="2"/>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2"/>
+      <c r="F71" s="2"/>
+      <c r="G71" s="2"/>
+      <c r="H71" s="2"/>
+      <c r="I71" s="2"/>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>178.27</v>
+        <v>166.67</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
         <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>250</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>238.1</v>
+        <v>266.07</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>250</v>
+        <v>96</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>178.27</v>
+        <v>252.77</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>250</v>
+        <v>96</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>178.27</v>
+        <v>266.07</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
         <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>250</v>
+        <v>96</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>380.1</v>
+        <v>166.67</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>361.1</v>
+        <v>202.39</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
         <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>238.1</v>
+        <v>166.67</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>120</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>178.27</v>
+        <v>124.79</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
         <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>250</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>226.19</v>
+        <v>166.67</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>380.1</v>
+        <v>158.33</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
         <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>160</v>
+        <v>250</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C82" s="3">
-        <v>380.1</v>
+        <v>266.07</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>116</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>160</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C83" s="3">
-        <v>507.48</v>
+        <v>266.07</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>125</v>
+        <v>160</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C84" s="3">
-        <v>697.92</v>
+        <v>355.24</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>48</v>
+        <v>125</v>
       </c>
       <c r="I84" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C85" s="3">
-        <v>178.27</v>
+        <v>355.24</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>387</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>250</v>
+        <v>125</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C86" s="3">
-        <v>697.92</v>
+        <v>166.67</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>48</v>
+        <v>250</v>
       </c>
       <c r="I86" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C87" s="3">
-        <v>380.1</v>
+        <v>124.79</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>96</v>
+        <v>250</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C88" s="3">
-        <v>238.1</v>
+        <v>124.79</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
         <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C89" s="3">
-        <v>238.1</v>
+        <v>124.79</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C90" s="3">
-        <v>507.48</v>
+        <v>208.54</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
         <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>125</v>
+        <v>250</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>178.27</v>
+        <v>124.79</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
         <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>250</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>178.27</v>
+        <v>124.79</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
         <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>250</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>178.27</v>
+        <v>124.79</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>1221</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>250</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>178.27</v>
+        <v>124.79</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>250</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>4054.42</v>
+        <v>124.79</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>211</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="I95" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>178.27</v>
+        <v>124.79</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>1777</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>250</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>238.1</v>
+        <v>558.34</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I97" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>238.1</v>
+        <v>558.34</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
         <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="I98" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>48</v>
       </c>
       <c r="I99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>48</v>
       </c>
       <c r="I100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C101" s="3">
-        <v>1270.23</v>
+        <v>1016.18</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
         <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>48</v>
       </c>
       <c r="I101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C102" s="3">
-        <v>1270.23</v>
+        <v>1016.18</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>48</v>
       </c>
       <c r="I102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C103" s="3">
-        <v>3051</v>
+        <v>2227.23</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
         <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>50</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C104" s="3">
-        <v>1286.06</v>
+        <v>1015.99</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>48</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C105" s="3">
-        <v>1967.96</v>
+        <v>1515.33</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>48</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A106" s="2" t="s">
+      <c r="A106" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="B106" s="2"/>
-[...6 lines deleted...]
-      <c r="I106" s="2"/>
+      <c r="B106" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="C106" s="3">
+        <v>3040.82</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F106" s="3">
+        <v>0</v>
+      </c>
+      <c r="G106" s="3">
+        <v>1</v>
+      </c>
+      <c r="H106" s="3">
+        <v>48</v>
+      </c>
+      <c r="I106" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A107" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B107" s="3" t="s">
+      <c r="A107" s="2" t="s">
         <v>217</v>
       </c>
-      <c r="C107" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B107" s="2"/>
+      <c r="C107" s="2"/>
+      <c r="D107" s="2"/>
+      <c r="E107" s="2"/>
+      <c r="F107" s="2"/>
+      <c r="G107" s="2"/>
+      <c r="H107" s="2"/>
+      <c r="I107" s="2"/>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C108" s="3">
-        <v>1967.96</v>
+        <v>1515.33</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
         <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C109" s="3">
-        <v>1967.96</v>
+        <v>1515.33</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>10</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C110" s="3">
-        <v>1967.96</v>
+        <v>914.39</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C111" s="3">
-        <v>1967.96</v>
+        <v>1515.33</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
         <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A112" s="2" t="s">
+      <c r="A112" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B112" s="2"/>
-[...6 lines deleted...]
-      <c r="I112" s="2"/>
+      <c r="B112" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="C112" s="3">
+        <v>1515.33</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F112" s="3">
+        <v>0</v>
+      </c>
+      <c r="G112" s="3">
+        <v>1</v>
+      </c>
+      <c r="H112" s="3">
+        <v>10</v>
+      </c>
+      <c r="I112" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="2"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
       <c r="I113" s="2"/>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A114" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B114" s="3" t="s">
+      <c r="A114" s="2" t="s">
         <v>229</v>
       </c>
-      <c r="C114" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B114" s="2"/>
+      <c r="C114" s="2"/>
+      <c r="D114" s="2"/>
+      <c r="E114" s="2"/>
+      <c r="F114" s="2"/>
+      <c r="G114" s="2"/>
+      <c r="H114" s="2"/>
+      <c r="I114" s="2"/>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C115" s="3">
-        <v>507.48</v>
+        <v>405.98</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
         <v>48</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C116" s="3">
-        <v>507.48</v>
+        <v>405.98</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
         <v>0</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>48</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C117" s="3">
-        <v>507.48</v>
+        <v>405.98</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
         <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
         <v>48</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A118" s="2" t="s">
+      <c r="A118" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="B118" s="2"/>
-[...6 lines deleted...]
-      <c r="I118" s="2"/>
+      <c r="B118" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="C118" s="3">
+        <v>405.98</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F118" s="3">
+        <v>0</v>
+      </c>
+      <c r="G118" s="3">
+        <v>1</v>
+      </c>
+      <c r="H118" s="3">
+        <v>48</v>
+      </c>
+      <c r="I118" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A119" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B119" s="3" t="s">
+      <c r="A119" s="2" t="s">
         <v>238</v>
       </c>
-      <c r="C119" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B119" s="2"/>
+      <c r="C119" s="2"/>
+      <c r="D119" s="2"/>
+      <c r="E119" s="2"/>
+      <c r="F119" s="2"/>
+      <c r="G119" s="2"/>
+      <c r="H119" s="2"/>
+      <c r="I119" s="2"/>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C120" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>48</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C121" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
         <v>0</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>48</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C122" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
         <v>0</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>48</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C123" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
         <v>0</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>48</v>
       </c>
       <c r="I123" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C124" s="3">
-        <v>1286.06</v>
+        <v>1015.99</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>24</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C125" s="3">
-        <v>1286.06</v>
+        <v>1015.99</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>24</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C126" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
         <v>0</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>48</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C127" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
         <v>0</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>48</v>
       </c>
       <c r="I127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A128" s="2" t="s">
+      <c r="A128" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="B128" s="2"/>
-[...6 lines deleted...]
-      <c r="I128" s="2"/>
+      <c r="B128" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="C128" s="3">
+        <v>507.48</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F128" s="3">
+        <v>0</v>
+      </c>
+      <c r="G128" s="3">
+        <v>1</v>
+      </c>
+      <c r="H128" s="3">
+        <v>48</v>
+      </c>
+      <c r="I128" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A129" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B129" s="3" t="s">
+      <c r="A129" s="2" t="s">
         <v>257</v>
       </c>
-      <c r="C129" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B129" s="2"/>
+      <c r="C129" s="2"/>
+      <c r="D129" s="2"/>
+      <c r="E129" s="2"/>
+      <c r="F129" s="2"/>
+      <c r="G129" s="2"/>
+      <c r="H129" s="2"/>
+      <c r="I129" s="2"/>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C130" s="3">
-        <v>1286.06</v>
+        <v>1015.99</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
         <v>0</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>24</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C131" s="3">
-        <v>1286.06</v>
+        <v>1015.99</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
         <v>24</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C132" s="3">
-        <v>1286.06</v>
+        <v>1015.99</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
         <v>0</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
         <v>24</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A133" s="2" t="s">
+      <c r="A133" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="B133" s="2"/>
-[...6 lines deleted...]
-      <c r="I133" s="2"/>
+      <c r="B133" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="C133" s="3">
+        <v>1015.99</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F133" s="3">
+        <v>0</v>
+      </c>
+      <c r="G133" s="3">
+        <v>1</v>
+      </c>
+      <c r="H133" s="3">
+        <v>24</v>
+      </c>
+      <c r="I133" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A134" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B134" s="3" t="s">
+      <c r="A134" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="C134" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B134" s="2"/>
+      <c r="C134" s="2"/>
+      <c r="D134" s="2"/>
+      <c r="E134" s="2"/>
+      <c r="F134" s="2"/>
+      <c r="G134" s="2"/>
+      <c r="H134" s="2"/>
+      <c r="I134" s="2"/>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C135" s="3">
-        <v>1286.06</v>
+        <v>1015.99</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
         <v>48</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C136" s="3">
-        <v>1286.06</v>
+        <v>900.24</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
         <v>36</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A137" s="2" t="s">
+      <c r="A137" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="B137" s="2"/>
-[...6 lines deleted...]
-      <c r="I137" s="2"/>
+      <c r="B137" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="C137" s="3">
+        <v>1015.99</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F137" s="3">
+        <v>0</v>
+      </c>
+      <c r="G137" s="3">
+        <v>1</v>
+      </c>
+      <c r="H137" s="3">
+        <v>48</v>
+      </c>
+      <c r="I137" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A138" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B138" s="3" t="s">
+      <c r="A138" s="2" t="s">
         <v>273</v>
       </c>
-      <c r="C138" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B138" s="2"/>
+      <c r="C138" s="2"/>
+      <c r="D138" s="2"/>
+      <c r="E138" s="2"/>
+      <c r="F138" s="2"/>
+      <c r="G138" s="2"/>
+      <c r="H138" s="2"/>
+      <c r="I138" s="2"/>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C139" s="3">
-        <v>1286.06</v>
+        <v>1015.99</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
         <v>0</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C140" s="3">
-        <v>1286.06</v>
+        <v>1015.99</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I140" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C141" s="3">
-        <v>1286.06</v>
+        <v>1015.99</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
         <v>0</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C142" s="3">
-        <v>1979.84</v>
+        <v>1524.48</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
         <v>0</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>48</v>
       </c>
       <c r="I142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C143" s="3">
-        <v>1979.84</v>
+        <v>1524.48</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
         <v>0</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
         <v>48</v>
       </c>
       <c r="I143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C144" s="3">
-        <v>1286.06</v>
+        <v>1015.99</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
         <v>0</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
         <v>48</v>
       </c>
       <c r="I144" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C145" s="3">
-        <v>1286.06</v>
+        <v>1015.99</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
         <v>0</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
         <v>48</v>
       </c>
       <c r="I145" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C146" s="3">
-        <v>1286.06</v>
+        <v>1015.99</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
         <v>0</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>48</v>
       </c>
       <c r="I146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A147" s="2" t="s">
+      <c r="A147" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="B147" s="2"/>
-[...6 lines deleted...]
-      <c r="I147" s="2"/>
+      <c r="B147" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="C147" s="3">
+        <v>1015.99</v>
+      </c>
+      <c r="D147" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F147" s="3">
+        <v>0</v>
+      </c>
+      <c r="G147" s="3">
+        <v>1</v>
+      </c>
+      <c r="H147" s="3">
+        <v>48</v>
+      </c>
+      <c r="I147" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A148" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B148" s="3" t="s">
+      <c r="A148" s="2" t="s">
         <v>292</v>
       </c>
-      <c r="C148" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B148" s="2"/>
+      <c r="C148" s="2"/>
+      <c r="D148" s="2"/>
+      <c r="E148" s="2"/>
+      <c r="F148" s="2"/>
+      <c r="G148" s="2"/>
+      <c r="H148" s="2"/>
+      <c r="I148" s="2"/>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C149" s="3">
-        <v>888.6</v>
+        <v>711.19</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
         <v>48</v>
       </c>
       <c r="I149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C150" s="3">
-        <v>1015.98</v>
+        <v>711.19</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
         <v>0</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>48</v>
       </c>
       <c r="I150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C151" s="3">
-        <v>825.04</v>
+        <v>1829.58</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>1262</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
         <v>48</v>
       </c>
       <c r="I151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C152" s="3">
-        <v>825.04</v>
+        <v>1829.58</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>193</v>
+        <v>0</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>48</v>
       </c>
       <c r="I152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C153" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>131</v>
+        <v>0</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
         <v>48</v>
       </c>
       <c r="I153" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C154" s="3">
-        <v>2376.08</v>
+        <v>622.02</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>622</v>
+        <v>0</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>48</v>
       </c>
       <c r="I154" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C155" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
         <v>0</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
         <v>48</v>
       </c>
       <c r="I155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C156" s="3">
-        <v>1543.52</v>
+        <v>660.03</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
         <v>0</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C157" s="3">
-        <v>1286.06</v>
+        <v>660.03</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
         <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C158" s="3">
-        <v>1286.06</v>
+        <v>710.88</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
         <v>0</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C159" s="3">
-        <v>4165.52</v>
+        <v>710.88</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>342</v>
+        <v>0</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C160" s="3">
-        <v>2892.5</v>
+        <v>660.03</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>126</v>
+        <v>0</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
         <v>48</v>
       </c>
       <c r="I160" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C161" s="3">
-        <v>2376.08</v>
+        <v>2227.23</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>175</v>
+        <v>0</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
         <v>48</v>
       </c>
       <c r="I161" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C162" s="3">
-        <v>888.6</v>
+        <v>3040.83</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
         <v>0</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I162" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C163" s="3">
-        <v>888.6</v>
+        <v>1219.38</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
         <v>0</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I163" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>323</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>324</v>
       </c>
       <c r="C164" s="3">
-        <v>825.04</v>
+        <v>1015.99</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>1256</v>
+        <v>0</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>325</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>326</v>
       </c>
       <c r="C165" s="3">
-        <v>888.6</v>
+        <v>1015.99</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>1029</v>
+        <v>0</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
+        <v>6</v>
+      </c>
+      <c r="I165" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A166" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="B166" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="C166" s="3">
+        <v>710.88</v>
+      </c>
+      <c r="D166" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F166" s="3">
+        <v>0</v>
+      </c>
+      <c r="G166" s="3">
+        <v>1</v>
+      </c>
+      <c r="H166" s="3">
         <v>48</v>
       </c>
-      <c r="I165" s="3">
-[...14 lines deleted...]
-      <c r="I166" s="2"/>
+      <c r="I166" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A167" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B167" s="3" t="s">
+      <c r="A167" s="2" t="s">
         <v>329</v>
       </c>
-      <c r="C167" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B167" s="2"/>
+      <c r="C167" s="2"/>
+      <c r="D167" s="2"/>
+      <c r="E167" s="2"/>
+      <c r="F167" s="2"/>
+      <c r="G167" s="2"/>
+      <c r="H167" s="2"/>
+      <c r="I167" s="2"/>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C168" s="3">
-        <v>507.48</v>
+        <v>810.22</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>147</v>
+        <v>0</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C169" s="3">
-        <v>1157.45</v>
+        <v>405.98</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C170" s="3">
         <v>507.48</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
         <v>96</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C171" s="3">
-        <v>634.35</v>
+        <v>810.22</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C172" s="3">
-        <v>507.48</v>
+        <v>405.98</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C173" s="3">
-        <v>507.48</v>
+        <v>405.98</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
         <v>0</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
+        <v>60</v>
+      </c>
+      <c r="I173" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A174" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="B174" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="C174" s="3">
+        <v>355.24</v>
+      </c>
+      <c r="D174" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F174" s="3">
+        <v>0</v>
+      </c>
+      <c r="G174" s="3">
+        <v>1</v>
+      </c>
+      <c r="H174" s="3">
         <v>96</v>
       </c>
-      <c r="I173" s="3">
-[...14 lines deleted...]
-      <c r="I174" s="2"/>
+      <c r="I174" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A175" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B175" s="3" t="s">
+      <c r="A175" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="C175" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B175" s="2"/>
+      <c r="C175" s="2"/>
+      <c r="D175" s="2"/>
+      <c r="E175" s="2"/>
+      <c r="F175" s="2"/>
+      <c r="G175" s="2"/>
+      <c r="H175" s="2"/>
+      <c r="I175" s="2"/>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>345</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>346</v>
       </c>
       <c r="C176" s="3">
-        <v>1157.32</v>
+        <v>914.28</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
         <v>0</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
         <v>48</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>347</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>348</v>
       </c>
       <c r="C177" s="3">
-        <v>1157.32</v>
+        <v>810.12</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
         <v>0</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
         <v>48</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>349</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C178" s="3">
-        <v>1286.06</v>
+        <v>914.28</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
         <v>0</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
         <v>48</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C179" s="3">
-        <v>1286.06</v>
+        <v>1210.23</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
         <v>0</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
         <v>48</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C180" s="3">
-        <v>1157.32</v>
+        <v>1210.23</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
         <v>48</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>355</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C181" s="3">
-        <v>1531.94</v>
+        <v>1015.99</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>247</v>
+        <v>0</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
         <v>48</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>357</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C182" s="3">
-        <v>1286.06</v>
+        <v>1015.99</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>129</v>
+        <v>0</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
         <v>48</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C183" s="3">
-        <v>1531.94</v>
+        <v>1015.99</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
         <v>48</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C184" s="3">
-        <v>1015.98</v>
+        <v>900.24</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
         <v>48</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C185" s="3">
-        <v>1531.94</v>
+        <v>1210.23</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
         <v>0</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
         <v>48</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>365</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C186" s="3">
-        <v>1286.06</v>
+        <v>1210.23</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>83</v>
+        <v>0</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
         <v>48</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A187" s="2" t="s">
+      <c r="A187" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="B187" s="2"/>
-[...6 lines deleted...]
-      <c r="I187" s="2"/>
+      <c r="B187" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C187" s="3">
+        <v>711.19</v>
+      </c>
+      <c r="D187" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F187" s="3">
+        <v>0</v>
+      </c>
+      <c r="G187" s="3">
+        <v>1</v>
+      </c>
+      <c r="H187" s="3">
+        <v>48</v>
+      </c>
+      <c r="I187" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="2" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B188" s="2"/>
       <c r="C188" s="2"/>
       <c r="D188" s="2"/>
       <c r="E188" s="2"/>
       <c r="F188" s="2"/>
       <c r="G188" s="2"/>
       <c r="H188" s="2"/>
       <c r="I188" s="2"/>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A189" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B189" s="3" t="s">
+      <c r="A189" s="2" t="s">
         <v>370</v>
       </c>
-      <c r="C189" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B189" s="2"/>
+      <c r="C189" s="2"/>
+      <c r="D189" s="2"/>
+      <c r="E189" s="2"/>
+      <c r="F189" s="2"/>
+      <c r="G189" s="2"/>
+      <c r="H189" s="2"/>
+      <c r="I189" s="2"/>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C190" s="3">
-        <v>380.1</v>
+        <v>304.08</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
         <v>100</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C191" s="3">
-        <v>380.1</v>
+        <v>266.07</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
         <v>100</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C192" s="3">
-        <v>380.1</v>
+        <v>304.08</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>348</v>
+        <v>0</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
         <v>100</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C193" s="3">
-        <v>380.1</v>
+        <v>304.08</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>293</v>
+        <v>0</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
         <v>100</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C194" s="3">
-        <v>380.1</v>
+        <v>304.08</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
         <v>0</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
         <v>100</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C195" s="3">
-        <v>380.1</v>
+        <v>304.08</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
         <v>100</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A196" s="2" t="s">
+      <c r="A196" s="3" t="s">
         <v>383</v>
       </c>
-      <c r="B196" s="2"/>
-[...6 lines deleted...]
-      <c r="I196" s="2"/>
+      <c r="B196" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="C196" s="3">
+        <v>304.08</v>
+      </c>
+      <c r="D196" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F196" s="3">
+        <v>0</v>
+      </c>
+      <c r="G196" s="3">
+        <v>1</v>
+      </c>
+      <c r="H196" s="3">
+        <v>100</v>
+      </c>
+      <c r="I196" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A197" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B197" s="3" t="s">
+      <c r="A197" s="2" t="s">
         <v>385</v>
       </c>
-      <c r="C197" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B197" s="2"/>
+      <c r="C197" s="2"/>
+      <c r="D197" s="2"/>
+      <c r="E197" s="2"/>
+      <c r="F197" s="2"/>
+      <c r="G197" s="2"/>
+      <c r="H197" s="2"/>
+      <c r="I197" s="2"/>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>386</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>387</v>
       </c>
       <c r="C198" s="3">
-        <v>443.67</v>
+        <v>354.94</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>518</v>
+        <v>0</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
         <v>100</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>388</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>389</v>
       </c>
       <c r="C199" s="3">
-        <v>443.67</v>
+        <v>310.57</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
         <v>100</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>390</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>391</v>
       </c>
       <c r="C200" s="3">
-        <v>443.67</v>
+        <v>310.57</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>678</v>
+        <v>0</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
         <v>100</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>392</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>393</v>
       </c>
       <c r="C201" s="3">
-        <v>443.67</v>
+        <v>354.94</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>246</v>
+        <v>0</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
         <v>100</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>394</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>395</v>
       </c>
       <c r="C202" s="3">
-        <v>443.67</v>
+        <v>354.94</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
         <v>0</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
         <v>100</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>396</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>397</v>
       </c>
       <c r="C203" s="3">
-        <v>443.67</v>
+        <v>354.94</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
         <v>0</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
         <v>100</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A204" s="2" t="s">
+      <c r="A204" s="3" t="s">
         <v>398</v>
       </c>
-      <c r="B204" s="2"/>
-[...6 lines deleted...]
-      <c r="I204" s="2"/>
+      <c r="B204" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="C204" s="3">
+        <v>310.57</v>
+      </c>
+      <c r="D204" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F204" s="3">
+        <v>0</v>
+      </c>
+      <c r="G204" s="3">
+        <v>1</v>
+      </c>
+      <c r="H204" s="3">
+        <v>100</v>
+      </c>
+      <c r="I204" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A205" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B205" s="3" t="s">
+      <c r="A205" s="2" t="s">
         <v>400</v>
       </c>
-      <c r="C205" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B205" s="2"/>
+      <c r="C205" s="2"/>
+      <c r="D205" s="2"/>
+      <c r="E205" s="2"/>
+      <c r="F205" s="2"/>
+      <c r="G205" s="2"/>
+      <c r="H205" s="2"/>
+      <c r="I205" s="2"/>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>401</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C206" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
         <v>0</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
         <v>60</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C207" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>382</v>
+        <v>0</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
         <v>60</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C208" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>221</v>
+        <v>0</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
         <v>60</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>407</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>408</v>
       </c>
       <c r="C209" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>66</v>
+        <v>0</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
         <v>60</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>409</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C210" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
         <v>0</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
         <v>60</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>412</v>
       </c>
       <c r="C211" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>413</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>414</v>
       </c>
       <c r="C212" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>415</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C213" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F213" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
         <v>100</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>417</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>418</v>
       </c>
       <c r="C214" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
         <v>0</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>419</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>420</v>
       </c>
       <c r="C215" s="3">
-        <v>634.35</v>
+        <v>507.48</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="3">
         <v>0</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
         <v>60</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A216" s="2" t="s">
+      <c r="A216" s="3" t="s">
         <v>421</v>
       </c>
-      <c r="B216" s="2"/>
-[...6 lines deleted...]
-      <c r="I216" s="2"/>
+      <c r="B216" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="C216" s="3">
+        <v>507.48</v>
+      </c>
+      <c r="D216" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F216" s="3">
+        <v>0</v>
+      </c>
+      <c r="G216" s="3">
+        <v>1</v>
+      </c>
+      <c r="H216" s="3">
+        <v>60</v>
+      </c>
+      <c r="I216" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A217" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B217" s="3" t="s">
+      <c r="A217" s="2" t="s">
         <v>423</v>
       </c>
-      <c r="C217" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B217" s="2"/>
+      <c r="C217" s="2"/>
+      <c r="D217" s="2"/>
+      <c r="E217" s="2"/>
+      <c r="F217" s="2"/>
+      <c r="G217" s="2"/>
+      <c r="H217" s="2"/>
+      <c r="I217" s="2"/>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>424</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>425</v>
       </c>
       <c r="C218" s="3">
-        <v>761.73</v>
+        <v>609.38</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="3">
         <v>0</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
         <v>60</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
         <v>426</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>427</v>
       </c>
       <c r="C219" s="3">
-        <v>761.73</v>
+        <v>609.38</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
         <v>0</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
         <v>60</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>429</v>
       </c>
       <c r="C220" s="3">
-        <v>761.73</v>
+        <v>609.38</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F220" s="3">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
         <v>60</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>430</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>431</v>
       </c>
       <c r="C221" s="3">
-        <v>1286.06</v>
+        <v>609.38</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F221" s="3">
         <v>0</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>432</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C222" s="3">
-        <v>761.73</v>
+        <v>609.38</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
         <v>60</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>434</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C223" s="3">
-        <v>761.73</v>
+        <v>1015.99</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F223" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>436</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>437</v>
       </c>
       <c r="C224" s="3">
-        <v>761.73</v>
+        <v>609.38</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>88</v>
+        <v>0</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
         <v>60</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A225" s="2" t="s">
+      <c r="A225" s="3" t="s">
         <v>438</v>
       </c>
-      <c r="B225" s="2"/>
-[...6 lines deleted...]
-      <c r="I225" s="2"/>
+      <c r="B225" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="C225" s="3">
+        <v>609.38</v>
+      </c>
+      <c r="D225" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E225" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F225" s="3">
+        <v>0</v>
+      </c>
+      <c r="G225" s="3">
+        <v>1</v>
+      </c>
+      <c r="H225" s="3">
+        <v>60</v>
+      </c>
+      <c r="I225" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A226" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B226" s="3" t="s">
+      <c r="A226" s="2" t="s">
         <v>440</v>
       </c>
-      <c r="C226" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B226" s="2"/>
+      <c r="C226" s="2"/>
+      <c r="D226" s="2"/>
+      <c r="E226" s="2"/>
+      <c r="F226" s="2"/>
+      <c r="G226" s="2"/>
+      <c r="H226" s="2"/>
+      <c r="I226" s="2"/>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>441</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>442</v>
       </c>
       <c r="C227" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="3">
         <v>0</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
         <v>443</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>444</v>
       </c>
       <c r="C228" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
         <v>445</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>446</v>
       </c>
       <c r="C229" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
         <v>0</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
         <v>447</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>448</v>
       </c>
       <c r="C230" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="3">
         <v>0</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
         <v>36</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>450</v>
       </c>
       <c r="C231" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
         <v>451</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>452</v>
       </c>
       <c r="C232" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>281</v>
+        <v>0</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
         <v>453</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>454</v>
       </c>
       <c r="C233" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I233" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
         <v>455</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>456</v>
       </c>
       <c r="C234" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
         <v>48</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A235" s="2" t="s">
+      <c r="A235" s="3" t="s">
         <v>457</v>
       </c>
-      <c r="B235" s="2"/>
-[...6 lines deleted...]
-      <c r="I235" s="2"/>
+      <c r="B235" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="C235" s="3">
+        <v>812.78</v>
+      </c>
+      <c r="D235" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F235" s="3">
+        <v>0</v>
+      </c>
+      <c r="G235" s="3">
+        <v>1</v>
+      </c>
+      <c r="H235" s="3">
+        <v>36</v>
+      </c>
+      <c r="I235" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A236" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B236" s="3" t="s">
+      <c r="A236" s="2" t="s">
         <v>459</v>
       </c>
-      <c r="C236" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B236" s="2"/>
+      <c r="C236" s="2"/>
+      <c r="D236" s="2"/>
+      <c r="E236" s="2"/>
+      <c r="F236" s="2"/>
+      <c r="G236" s="2"/>
+      <c r="H236" s="2"/>
+      <c r="I236" s="2"/>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
         <v>460</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>461</v>
       </c>
       <c r="C237" s="3">
-        <v>1286.06</v>
+        <v>1015.99</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F237" s="3">
         <v>0</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
         <v>462</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>463</v>
       </c>
       <c r="C238" s="3">
-        <v>1531.94</v>
+        <v>1015.99</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>89</v>
+        <v>0</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
         <v>48</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
         <v>464</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>465</v>
       </c>
       <c r="C239" s="3">
-        <v>1286.06</v>
+        <v>1015.99</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>466</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>467</v>
       </c>
       <c r="C240" s="3">
-        <v>1531.94</v>
+        <v>1210.23</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
         <v>48</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>468</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>469</v>
       </c>
       <c r="C241" s="3">
-        <v>1639.91</v>
+        <v>1210.23</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>213</v>
+        <v>0</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I241" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>470</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>471</v>
       </c>
       <c r="C242" s="3">
-        <v>1531.94</v>
+        <v>1072.36</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>180</v>
+        <v>0</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
         <v>48</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A243" s="2" t="s">
+      <c r="A243" s="3" t="s">
         <v>472</v>
       </c>
-      <c r="B243" s="2"/>
-[...6 lines deleted...]
-      <c r="I243" s="2"/>
+      <c r="B243" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="C243" s="3">
+        <v>1311.93</v>
+      </c>
+      <c r="D243" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E243" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F243" s="3">
+        <v>0</v>
+      </c>
+      <c r="G243" s="3">
+        <v>1</v>
+      </c>
+      <c r="H243" s="3">
+        <v>36</v>
+      </c>
+      <c r="I243" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A244" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B244" s="3" t="s">
+      <c r="A244" s="2" t="s">
         <v>474</v>
       </c>
-      <c r="C244" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B244" s="2"/>
+      <c r="C244" s="2"/>
+      <c r="D244" s="2"/>
+      <c r="E244" s="2"/>
+      <c r="F244" s="2"/>
+      <c r="G244" s="2"/>
+      <c r="H244" s="2"/>
+      <c r="I244" s="2"/>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
         <v>475</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>476</v>
       </c>
       <c r="C245" s="3">
-        <v>1967.96</v>
+        <v>1515.33</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
         <v>24</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
         <v>477</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>478</v>
       </c>
       <c r="C246" s="3">
-        <v>1967.96</v>
+        <v>1515.33</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F246" s="3">
         <v>0</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
         <v>10</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>479</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>480</v>
       </c>
       <c r="C247" s="3">
-        <v>1781.73</v>
+        <v>1184.86</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>481</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>482</v>
       </c>
       <c r="C248" s="3">
-        <v>4165.52</v>
+        <v>1371.93</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F248" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>5</v>
+        <v>24</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C249" s="3">
-        <v>3045.1</v>
+        <v>1247.21</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C250" s="3">
-        <v>3561.52</v>
+        <v>1247.21</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>5</v>
+        <v>24</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
         <v>487</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C251" s="3">
-        <v>1692.65</v>
+        <v>3040.83</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F251" s="3">
-        <v>179</v>
+        <v>0</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I251" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
         <v>489</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>490</v>
       </c>
       <c r="C252" s="3">
-        <v>1781.73</v>
+        <v>2915.86</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F252" s="3">
-        <v>297</v>
+        <v>0</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>24</v>
+        <v>5</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
         <v>491</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>492</v>
       </c>
       <c r="C253" s="3">
-        <v>4165.52</v>
+        <v>2131.57</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
         <v>5</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
         <v>493</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>494</v>
       </c>
       <c r="C254" s="3">
-        <v>1967.96</v>
+        <v>2493.06</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F254" s="3">
         <v>0</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>24</v>
+        <v>5</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
         <v>495</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>496</v>
       </c>
       <c r="C255" s="3">
-        <v>4165.52</v>
+        <v>2915.86</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="I255" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
         <v>497</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>498</v>
       </c>
       <c r="C256" s="3">
-        <v>2232.11</v>
+        <v>1515.33</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F256" s="3">
         <v>0</v>
       </c>
       <c r="G256" s="3">
         <v>1</v>
       </c>
       <c r="H256" s="3">
         <v>24</v>
       </c>
       <c r="I256" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A257" s="2" t="s">
+      <c r="A257" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="B257" s="2"/>
-[...6 lines deleted...]
-      <c r="I257" s="2"/>
+      <c r="B257" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="C257" s="3">
+        <v>1718.72</v>
+      </c>
+      <c r="D257" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F257" s="3">
+        <v>0</v>
+      </c>
+      <c r="G257" s="3">
+        <v>1</v>
+      </c>
+      <c r="H257" s="3">
+        <v>24</v>
+      </c>
+      <c r="I257" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A258" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B258" s="3" t="s">
+      <c r="A258" s="2" t="s">
         <v>501</v>
       </c>
-      <c r="C258" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B258" s="2"/>
+      <c r="C258" s="2"/>
+      <c r="D258" s="2"/>
+      <c r="E258" s="2"/>
+      <c r="F258" s="2"/>
+      <c r="G258" s="2"/>
+      <c r="H258" s="2"/>
+      <c r="I258" s="2"/>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
         <v>502</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>503</v>
       </c>
       <c r="C259" s="3">
-        <v>1967.96</v>
+        <v>1515.33</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F259" s="3">
-        <v>135</v>
+        <v>0</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
         <v>24</v>
       </c>
       <c r="I259" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
         <v>504</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>505</v>
       </c>
       <c r="C260" s="3">
-        <v>1967.96</v>
+        <v>1515.33</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
         <v>24</v>
       </c>
       <c r="I260" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A261" s="2" t="s">
+      <c r="A261" s="3" t="s">
         <v>506</v>
       </c>
-      <c r="B261" s="2"/>
-[...6 lines deleted...]
-      <c r="I261" s="2"/>
+      <c r="B261" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C261" s="3">
+        <v>1515.33</v>
+      </c>
+      <c r="D261" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F261" s="3">
+        <v>0</v>
+      </c>
+      <c r="G261" s="3">
+        <v>1</v>
+      </c>
+      <c r="H261" s="3">
+        <v>24</v>
+      </c>
+      <c r="I261" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A262" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B262" s="3" t="s">
+      <c r="A262" s="2" t="s">
         <v>508</v>
       </c>
-      <c r="C262" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B262" s="2"/>
+      <c r="C262" s="2"/>
+      <c r="D262" s="2"/>
+      <c r="E262" s="2"/>
+      <c r="F262" s="2"/>
+      <c r="G262" s="2"/>
+      <c r="H262" s="2"/>
+      <c r="I262" s="2"/>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>510</v>
       </c>
       <c r="C263" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F263" s="3">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I263" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
         <v>511</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>512</v>
       </c>
       <c r="C264" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F264" s="3">
-        <v>256</v>
+        <v>0</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
         <v>24</v>
       </c>
       <c r="I264" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>514</v>
       </c>
       <c r="C265" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F265" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
         <v>24</v>
       </c>
       <c r="I265" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
         <v>515</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>516</v>
       </c>
       <c r="C266" s="3">
-        <v>1015.98</v>
+        <v>711.19</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F266" s="3">
-        <v>220</v>
+        <v>0</v>
       </c>
       <c r="G266" s="3">
         <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I266" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
         <v>517</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>518</v>
       </c>
       <c r="C267" s="3">
-        <v>1015.98</v>
+        <v>812.78</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F267" s="3">
         <v>0</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I267" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
         <v>519</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>520</v>
       </c>
       <c r="C268" s="3">
-        <v>1015.98</v>
+        <v>711.19</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F268" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
         <v>24</v>
       </c>
       <c r="I268" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A269" s="2" t="s">
+      <c r="A269" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="B269" s="2"/>
-[...6 lines deleted...]
-      <c r="I269" s="2"/>
+      <c r="B269" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="C269" s="3">
+        <v>812.78</v>
+      </c>
+      <c r="D269" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E269" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F269" s="3">
+        <v>0</v>
+      </c>
+      <c r="G269" s="3">
+        <v>1</v>
+      </c>
+      <c r="H269" s="3">
+        <v>24</v>
+      </c>
+      <c r="I269" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A270" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B270" s="3" t="s">
+      <c r="A270" s="2" t="s">
         <v>523</v>
       </c>
-      <c r="C270" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B270" s="2"/>
+      <c r="C270" s="2"/>
+      <c r="D270" s="2"/>
+      <c r="E270" s="2"/>
+      <c r="F270" s="2"/>
+      <c r="G270" s="2"/>
+      <c r="H270" s="2"/>
+      <c r="I270" s="2"/>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
         <v>524</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>525</v>
       </c>
       <c r="C271" s="3">
-        <v>9738.12</v>
+        <v>5583.33</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F271" s="3">
         <v>0</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
         <v>30</v>
       </c>
       <c r="I271" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
         <v>526</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>527</v>
       </c>
       <c r="C272" s="3">
-        <v>1286.06</v>
+        <v>6816.68</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F272" s="3">
-        <v>157</v>
+        <v>0</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
+        <v>30</v>
+      </c>
+      <c r="I272" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="273" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A273" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="B273" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="C273" s="3">
+        <v>1015.99</v>
+      </c>
+      <c r="D273" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E273" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F273" s="3">
+        <v>0</v>
+      </c>
+      <c r="G273" s="3">
+        <v>1</v>
+      </c>
+      <c r="H273" s="3">
         <v>60</v>
       </c>
-      <c r="I272" s="3">
-[...14 lines deleted...]
-      <c r="I273" s="2"/>
+      <c r="I273" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="2" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B274" s="2"/>
       <c r="C274" s="2"/>
       <c r="D274" s="2"/>
       <c r="E274" s="2"/>
       <c r="F274" s="2"/>
       <c r="G274" s="2"/>
       <c r="H274" s="2"/>
       <c r="I274" s="2"/>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A275" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B275" s="3" t="s">
+      <c r="A275" s="2" t="s">
         <v>531</v>
       </c>
-      <c r="C275" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B275" s="2"/>
+      <c r="C275" s="2"/>
+      <c r="D275" s="2"/>
+      <c r="E275" s="2"/>
+      <c r="F275" s="2"/>
+      <c r="G275" s="2"/>
+      <c r="H275" s="2"/>
+      <c r="I275" s="2"/>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
         <v>532</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>533</v>
       </c>
       <c r="C276" s="3">
-        <v>2698.44</v>
+        <v>1562.48</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F276" s="3">
         <v>0</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
         <v>6</v>
       </c>
       <c r="I276" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
         <v>534</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>535</v>
       </c>
       <c r="C277" s="3">
-        <v>3468.95</v>
+        <v>1562.48</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F277" s="3">
         <v>0</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
         <v>6</v>
       </c>
       <c r="I277" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
         <v>536</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>537</v>
       </c>
       <c r="C278" s="3">
-        <v>2232.11</v>
+        <v>1747.39</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F278" s="3">
         <v>0</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
         <v>6</v>
       </c>
       <c r="I278" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
         <v>538</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>539</v>
       </c>
       <c r="C279" s="3">
-        <v>2232.11</v>
+        <v>1888.91</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F279" s="3">
         <v>0</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C280" s="3">
-        <v>4165.52</v>
+        <v>1888.91</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="3">
         <v>0</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
         <v>542</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>543</v>
       </c>
       <c r="C281" s="3">
-        <v>1015.98</v>
+        <v>2915.86</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F281" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>36</v>
+        <v>4</v>
       </c>
       <c r="I281" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C282" s="3">
-        <v>761.73</v>
+        <v>2428.27</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>304</v>
+        <v>0</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I282" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
         <v>546</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>547</v>
       </c>
       <c r="C283" s="3">
-        <v>2698.44</v>
+        <v>2915.86</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F283" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
         <v>6</v>
       </c>
       <c r="I283" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C284" s="3">
-        <v>3468.95</v>
+        <v>2915.86</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F284" s="3">
-        <v>539</v>
+        <v>0</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
         <v>6</v>
       </c>
       <c r="I284" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
         <v>550</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>551</v>
       </c>
       <c r="C285" s="3">
-        <v>2496.27</v>
+        <v>2023.83</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I285" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C286" s="3">
-        <v>2698.44</v>
+        <v>1747.39</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F286" s="3">
         <v>0</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I286" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
         <v>554</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>555</v>
       </c>
       <c r="C287" s="3">
-        <v>4165.52</v>
+        <v>1888.91</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F287" s="3">
         <v>0</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I287" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C288" s="3">
-        <v>2496.27</v>
+        <v>1888.91</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F288" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
         <v>6</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
         <v>558</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>559</v>
       </c>
       <c r="C289" s="3">
-        <v>1157.32</v>
+        <v>1888.91</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F289" s="3">
-        <v>1320</v>
+        <v>0</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I289" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
         <v>560</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C290" s="3">
-        <v>2892.5</v>
+        <v>3040.83</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F290" s="3">
         <v>0</v>
       </c>
       <c r="G290" s="3">
         <v>1</v>
       </c>
       <c r="H290" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I290" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
         <v>562</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>563</v>
       </c>
       <c r="C291" s="3">
-        <v>1015.98</v>
+        <v>2024.75</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F291" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G291" s="3">
         <v>1</v>
       </c>
       <c r="H291" s="3">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="I291" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
         <v>564</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>565</v>
       </c>
       <c r="C292" s="3">
-        <v>3156.65</v>
+        <v>812.78</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F292" s="3">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>6</v>
+        <v>36</v>
       </c>
       <c r="I292" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
         <v>566</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>567</v>
       </c>
       <c r="C293" s="3">
-        <v>3374.07</v>
+        <v>609.38</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F293" s="3">
         <v>0</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I293" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
         <v>568</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>569</v>
       </c>
       <c r="C294" s="3">
-        <v>4165.52</v>
+        <v>914.28</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F294" s="3">
         <v>0</v>
       </c>
       <c r="G294" s="3">
         <v>1</v>
       </c>
       <c r="H294" s="3">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I294" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
         <v>570</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>571</v>
       </c>
       <c r="C295" s="3">
-        <v>4165.52</v>
+        <v>812.78</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F295" s="3">
         <v>0</v>
       </c>
       <c r="G295" s="3">
         <v>1</v>
       </c>
       <c r="H295" s="3">
-        <v>6</v>
+        <v>36</v>
       </c>
       <c r="I295" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
         <v>572</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>573</v>
       </c>
       <c r="C296" s="3">
-        <v>2698.44</v>
+        <v>2532.33</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F296" s="3">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="G296" s="3">
         <v>1</v>
       </c>
       <c r="H296" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I296" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
         <v>574</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>575</v>
       </c>
       <c r="C297" s="3">
-        <v>2698.44</v>
+        <v>2304.35</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F297" s="3">
         <v>0</v>
       </c>
       <c r="G297" s="3">
         <v>1</v>
       </c>
       <c r="H297" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I297" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A298" s="3" t="s">
+      <c r="A298" s="2" t="s">
         <v>576</v>
       </c>
-      <c r="B298" s="3" t="s">
+      <c r="B298" s="2"/>
+      <c r="C298" s="2"/>
+      <c r="D298" s="2"/>
+      <c r="E298" s="2"/>
+      <c r="F298" s="2"/>
+      <c r="G298" s="2"/>
+      <c r="H298" s="2"/>
+      <c r="I298" s="2"/>
+    </row>
+    <row r="299" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A299" s="3" t="s">
         <v>577</v>
       </c>
-      <c r="C298" s="3">
-[...22 lines deleted...]
-      <c r="A299" s="2" t="s">
+      <c r="B299" s="3" t="s">
         <v>578</v>
       </c>
-      <c r="B299" s="2"/>
-[...6 lines deleted...]
-      <c r="I299" s="2"/>
+      <c r="C299" s="3">
+        <v>622.02</v>
+      </c>
+      <c r="D299" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E299" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F299" s="3">
+        <v>0</v>
+      </c>
+      <c r="G299" s="3">
+        <v>1</v>
+      </c>
+      <c r="H299" s="3">
+        <v>12</v>
+      </c>
+      <c r="I299" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
         <v>579</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>580</v>
       </c>
       <c r="C300" s="3">
-        <v>1286.06</v>
+        <v>622.02</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F300" s="3">
         <v>0</v>
       </c>
       <c r="G300" s="3">
         <v>1</v>
       </c>
       <c r="H300" s="3">
         <v>12</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
         <v>581</v>
       </c>
       <c r="B301" s="3" t="s">
         <v>582</v>
       </c>
       <c r="C301" s="3">
-        <v>1660.67</v>
+        <v>622.02</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F301" s="3">
         <v>0</v>
       </c>
       <c r="G301" s="3">
         <v>1</v>
       </c>
       <c r="H301" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
         <v>583</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>584</v>
       </c>
       <c r="C302" s="3">
-        <v>888.6</v>
+        <v>900.24</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F302" s="3">
         <v>0</v>
       </c>
       <c r="G302" s="3">
         <v>1</v>
       </c>
       <c r="H302" s="3">
         <v>12</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
         <v>585</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>586</v>
       </c>
       <c r="C303" s="3">
-        <v>710.88</v>
+        <v>1162.47</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F303" s="3">
         <v>0</v>
       </c>
       <c r="G303" s="3">
         <v>1</v>
       </c>
       <c r="H303" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I303" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
         <v>587</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>588</v>
       </c>
       <c r="C304" s="3">
-        <v>863.43</v>
+        <v>622.02</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>589</v>
+        <v>15</v>
       </c>
       <c r="F304" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G304" s="3">
         <v>1</v>
       </c>
       <c r="H304" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I304" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="B305" s="3" t="s">
         <v>590</v>
       </c>
-      <c r="B305" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C305" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F305" s="3">
         <v>0</v>
       </c>
       <c r="G305" s="3">
         <v>1</v>
       </c>
       <c r="H305" s="3">
         <v>12</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="B306" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="B306" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C306" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F306" s="3">
-        <v>324</v>
+        <v>0</v>
       </c>
       <c r="G306" s="3">
         <v>1</v>
       </c>
       <c r="H306" s="3">
         <v>12</v>
       </c>
       <c r="I306" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="B307" s="3" t="s">
         <v>594</v>
       </c>
-      <c r="B307" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C307" s="3">
-        <v>888.6</v>
+        <v>710.88</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F307" s="3">
-        <v>721</v>
+        <v>0</v>
       </c>
       <c r="G307" s="3">
         <v>1</v>
       </c>
       <c r="H307" s="3">
         <v>12</v>
       </c>
       <c r="I307" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="B308" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="B308" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C308" s="3">
-        <v>3468.95</v>
+        <v>810.12</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F308" s="3">
-        <v>446</v>
+        <v>0</v>
       </c>
       <c r="G308" s="3">
         <v>1</v>
       </c>
       <c r="H308" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I308" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="B309" s="3" t="s">
         <v>598</v>
       </c>
-      <c r="B309" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C309" s="3">
-        <v>1157.32</v>
+        <v>711.19</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F309" s="3">
         <v>0</v>
       </c>
       <c r="G309" s="3">
         <v>1</v>
       </c>
       <c r="H309" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I309" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="B310" s="3" t="s">
         <v>600</v>
       </c>
-      <c r="B310" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C310" s="3">
-        <v>888.6</v>
+        <v>622.02</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F310" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G310" s="3">
         <v>1</v>
       </c>
       <c r="H310" s="3">
         <v>12</v>
       </c>
       <c r="I310" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="B311" s="3" t="s">
         <v>602</v>
       </c>
-      <c r="B311" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C311" s="3">
-        <v>3468.95</v>
+        <v>711.19</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F311" s="3">
         <v>0</v>
       </c>
       <c r="G311" s="3">
         <v>1</v>
       </c>
       <c r="H311" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I311" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="B312" s="3" t="s">
         <v>604</v>
       </c>
-      <c r="B312" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C312" s="3">
-        <v>252.98</v>
+        <v>711.19</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F312" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G312" s="3">
+        <v>1</v>
+      </c>
+      <c r="H312" s="3">
         <v>12</v>
       </c>
-      <c r="H312" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I312" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="B313" s="3" t="s">
         <v>606</v>
       </c>
-      <c r="B313" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C313" s="3">
-        <v>609.18</v>
+        <v>810.12</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F313" s="3">
         <v>0</v>
       </c>
       <c r="G313" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H313" s="3">
-        <v>240</v>
+        <v>6</v>
       </c>
       <c r="I313" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="B314" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="B314" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C314" s="3">
-        <v>1258.54</v>
+        <v>810.12</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F314" s="3">
         <v>0</v>
       </c>
       <c r="G314" s="3">
         <v>1</v>
       </c>
       <c r="H314" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I314" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="B315" s="3" t="s">
         <v>610</v>
       </c>
-      <c r="B315" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C315" s="3">
-        <v>3468.95</v>
+        <v>965.13</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F315" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G315" s="3">
         <v>1</v>
       </c>
       <c r="H315" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I315" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="B316" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="B316" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C316" s="3">
-        <v>3468.95</v>
+        <v>900.24</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F316" s="3">
         <v>0</v>
       </c>
       <c r="G316" s="3">
         <v>1</v>
       </c>
       <c r="H316" s="3">
         <v>4</v>
       </c>
       <c r="I316" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="B317" s="3" t="s">
         <v>614</v>
       </c>
-      <c r="B317" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C317" s="3">
-        <v>1015.98</v>
+        <v>900.24</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F317" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G317" s="3">
         <v>1</v>
       </c>
       <c r="H317" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I317" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="B318" s="3" t="s">
         <v>616</v>
       </c>
-      <c r="B318" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C318" s="3">
-        <v>1378.75</v>
+        <v>900.24</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F318" s="3">
         <v>0</v>
       </c>
       <c r="G318" s="3">
         <v>1</v>
       </c>
       <c r="H318" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="B319" s="3" t="s">
         <v>618</v>
       </c>
-      <c r="B319" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C319" s="3">
-        <v>1286.06</v>
+        <v>622.02</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F319" s="3">
-        <v>118</v>
+        <v>0</v>
       </c>
       <c r="G319" s="3">
         <v>1</v>
       </c>
       <c r="H319" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="B320" s="3" t="s">
         <v>620</v>
       </c>
-      <c r="B320" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C320" s="3">
-        <v>888.6</v>
+        <v>6091.83</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F320" s="3">
-        <v>196</v>
+        <v>0</v>
       </c>
       <c r="G320" s="3">
         <v>1</v>
       </c>
       <c r="H320" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I320" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="B321" s="3" t="s">
         <v>622</v>
       </c>
-      <c r="B321" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C321" s="3">
-        <v>761.48</v>
+        <v>609.38</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F321" s="3">
         <v>0</v>
       </c>
       <c r="G321" s="3">
         <v>1</v>
       </c>
       <c r="H321" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I321" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="B322" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="B322" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C322" s="3">
-        <v>1531.94</v>
+        <v>2532.33</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F322" s="3">
         <v>0</v>
       </c>
       <c r="G322" s="3">
         <v>1</v>
       </c>
       <c r="H322" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I322" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="B323" s="3" t="s">
         <v>626</v>
       </c>
-      <c r="B323" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C323" s="3">
-        <v>1286.06</v>
+        <v>568.7</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F323" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G323" s="3">
         <v>1</v>
       </c>
       <c r="H323" s="3">
         <v>12</v>
       </c>
       <c r="I323" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="B324" s="3" t="s">
         <v>628</v>
       </c>
-      <c r="B324" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C324" s="3">
-        <v>888.6</v>
+        <v>1072.36</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F324" s="3">
         <v>0</v>
       </c>
       <c r="G324" s="3">
         <v>1</v>
       </c>
       <c r="H324" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I324" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="B325" s="3" t="s">
         <v>630</v>
       </c>
-      <c r="B325" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C325" s="3">
-        <v>1286.06</v>
+        <v>622.02</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E325" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F325" s="3">
         <v>0</v>
       </c>
       <c r="G325" s="3">
         <v>1</v>
       </c>
       <c r="H325" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I325" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="B326" s="3" t="s">
         <v>632</v>
       </c>
-      <c r="B326" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C326" s="3">
-        <v>761.73</v>
+        <v>1015.99</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F326" s="3">
-        <v>196</v>
+        <v>0</v>
       </c>
       <c r="G326" s="3">
         <v>1</v>
       </c>
       <c r="H326" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I326" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="B327" s="3" t="s">
         <v>634</v>
       </c>
-      <c r="B327" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C327" s="3">
-        <v>1015.98</v>
+        <v>2532.33</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F327" s="3">
         <v>0</v>
       </c>
       <c r="G327" s="3">
         <v>1</v>
       </c>
       <c r="H327" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I327" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="B328" s="3" t="s">
         <v>636</v>
       </c>
-      <c r="B328" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C328" s="3">
-        <v>1157.32</v>
+        <v>202.38</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E328" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F328" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G328" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H328" s="3">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="I328" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="B329" s="3" t="s">
         <v>638</v>
       </c>
-      <c r="B329" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C329" s="3">
-        <v>1286.06</v>
+        <v>487.34</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E329" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F329" s="3">
-        <v>190</v>
+        <v>0</v>
       </c>
       <c r="G329" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H329" s="3">
-        <v>4</v>
+        <v>240</v>
       </c>
       <c r="I329" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="B330" s="3" t="s">
         <v>640</v>
       </c>
-      <c r="B330" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C330" s="3">
-        <v>8344.97</v>
+        <v>258.47</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F330" s="3">
         <v>0</v>
       </c>
       <c r="G330" s="3">
         <v>1</v>
       </c>
       <c r="H330" s="3">
-        <v>2</v>
+        <v>240</v>
       </c>
       <c r="I330" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="B331" s="3" t="s">
         <v>642</v>
       </c>
-      <c r="B331" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C331" s="3">
-        <v>1015.98</v>
+        <v>880.98</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E331" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F331" s="3">
-        <v>517</v>
+        <v>0</v>
       </c>
       <c r="G331" s="3">
         <v>1</v>
       </c>
       <c r="H331" s="3">
         <v>12</v>
       </c>
       <c r="I331" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="B332" s="3" t="s">
         <v>644</v>
       </c>
-      <c r="B332" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C332" s="3">
-        <v>888.6</v>
+        <v>2428.27</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F332" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G332" s="3">
         <v>1</v>
       </c>
       <c r="H332" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I332" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="B333" s="3" t="s">
         <v>646</v>
       </c>
-      <c r="B333" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C333" s="3">
-        <v>888.6</v>
+        <v>2428.27</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E333" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F333" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G333" s="3">
         <v>1</v>
       </c>
       <c r="H333" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I333" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="B334" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="B334" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C334" s="3">
-        <v>888.6</v>
+        <v>1325.91</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E334" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F334" s="3">
         <v>0</v>
       </c>
       <c r="G334" s="3">
         <v>1</v>
       </c>
       <c r="H334" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I334" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="B335" s="3" t="s">
         <v>650</v>
       </c>
-      <c r="B335" s="3" t="s">
+      <c r="C335" s="3">
+        <v>604.4</v>
+      </c>
+      <c r="D335" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E335" s="3" t="s">
         <v>651</v>
       </c>
-      <c r="C335" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F335" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G335" s="3">
         <v>1</v>
       </c>
       <c r="H335" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I335" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336" s="3" t="s">
         <v>652</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>653</v>
       </c>
       <c r="C336" s="3">
-        <v>304.08</v>
+        <v>533.04</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E336" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F336" s="3">
-        <v>129</v>
+        <v>0</v>
       </c>
       <c r="G336" s="3">
         <v>1</v>
       </c>
       <c r="H336" s="3">
-        <v>240</v>
+        <v>40</v>
       </c>
       <c r="I336" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A337" s="3" t="s">
+      <c r="A337" s="2" t="s">
         <v>654</v>
       </c>
-      <c r="B337" s="3" t="s">
+      <c r="B337" s="2"/>
+      <c r="C337" s="2"/>
+      <c r="D337" s="2"/>
+      <c r="E337" s="2"/>
+      <c r="F337" s="2"/>
+      <c r="G337" s="2"/>
+      <c r="H337" s="2"/>
+      <c r="I337" s="2"/>
+    </row>
+    <row r="338" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A338" s="3" t="s">
         <v>655</v>
       </c>
-      <c r="C337" s="3">
-[...14 lines deleted...]
-      <c r="H337" s="3">
+      <c r="B338" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="C338" s="3">
+        <v>1515.33</v>
+      </c>
+      <c r="D338" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E338" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F338" s="3">
+        <v>0</v>
+      </c>
+      <c r="G338" s="3">
+        <v>1</v>
+      </c>
+      <c r="H338" s="3">
         <v>6</v>
       </c>
-      <c r="I337" s="3">
-[...14 lines deleted...]
-      <c r="I338" s="2"/>
+      <c r="I338" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
         <v>657</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>658</v>
       </c>
       <c r="C339" s="3">
-        <v>1258.54</v>
+        <v>1377.57</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F339" s="3">
         <v>0</v>
       </c>
       <c r="G339" s="3">
         <v>1</v>
       </c>
       <c r="H339" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I339" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
         <v>659</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>660</v>
       </c>
       <c r="C340" s="3">
-        <v>2496.27</v>
+        <v>1922.13</v>
       </c>
       <c r="D340" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E340" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F340" s="3">
         <v>0</v>
       </c>
       <c r="G340" s="3">
         <v>1</v>
       </c>
       <c r="H340" s="3">
         <v>6</v>
       </c>
       <c r="I340" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
         <v>661</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>662</v>
       </c>
       <c r="C341" s="3">
-        <v>2628.34</v>
+        <v>1922.13</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F341" s="3">
         <v>0</v>
       </c>
       <c r="G341" s="3">
         <v>1</v>
       </c>
       <c r="H341" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I341" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="3" t="s">
         <v>663</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>664</v>
       </c>
       <c r="C342" s="3">
-        <v>1967.96</v>
+        <v>2915.86</v>
       </c>
       <c r="D342" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E342" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F342" s="3">
         <v>0</v>
       </c>
       <c r="G342" s="3">
         <v>1</v>
       </c>
       <c r="H342" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I342" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
         <v>665</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>666</v>
       </c>
       <c r="C343" s="3">
-        <v>2496.27</v>
+        <v>1747.39</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F343" s="3">
         <v>0</v>
       </c>
       <c r="G343" s="3">
         <v>1</v>
       </c>
       <c r="H343" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I343" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
         <v>667</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>668</v>
       </c>
       <c r="C344" s="3">
-        <v>3190.31</v>
+        <v>1839.84</v>
       </c>
       <c r="D344" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E344" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F344" s="3">
         <v>0</v>
       </c>
       <c r="G344" s="3">
         <v>1</v>
       </c>
       <c r="H344" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I344" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
         <v>669</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>670</v>
       </c>
       <c r="C345" s="3">
-        <v>1015.98</v>
+        <v>2233.22</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E345" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F345" s="3">
         <v>0</v>
       </c>
       <c r="G345" s="3">
         <v>1</v>
       </c>
       <c r="H345" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I345" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="3" t="s">
         <v>671</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>672</v>
       </c>
       <c r="C346" s="3">
-        <v>5558.67</v>
+        <v>711.19</v>
       </c>
       <c r="D346" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E346" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F346" s="3">
         <v>0</v>
       </c>
       <c r="G346" s="3">
         <v>1</v>
       </c>
       <c r="H346" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I346" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
         <v>673</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>674</v>
       </c>
       <c r="C347" s="3">
-        <v>4165.52</v>
+        <v>3891.07</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E347" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F347" s="3">
         <v>0</v>
       </c>
       <c r="G347" s="3">
         <v>1</v>
       </c>
       <c r="H347" s="3">
         <v>4</v>
       </c>
       <c r="I347" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
         <v>675</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>676</v>
       </c>
       <c r="C348" s="3">
-        <v>1286.06</v>
+        <v>2428.27</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E348" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F348" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G348" s="3">
         <v>1</v>
       </c>
       <c r="H348" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I348" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
         <v>677</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>678</v>
       </c>
       <c r="C349" s="3">
-        <v>6952.84</v>
+        <v>2024.75</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E349" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F349" s="3">
         <v>0</v>
       </c>
       <c r="G349" s="3">
         <v>1</v>
       </c>
       <c r="H349" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I349" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
         <v>679</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>680</v>
       </c>
       <c r="C350" s="3">
-        <v>1967.96</v>
+        <v>900.24</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E350" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F350" s="3">
         <v>0</v>
       </c>
       <c r="G350" s="3">
         <v>1</v>
       </c>
       <c r="H350" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I350" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
         <v>681</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>682</v>
       </c>
       <c r="C351" s="3">
-        <v>2496.27</v>
+        <v>3403.46</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E351" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F351" s="3">
         <v>0</v>
       </c>
       <c r="G351" s="3">
         <v>1</v>
       </c>
       <c r="H351" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I351" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
         <v>683</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>684</v>
       </c>
       <c r="C352" s="3">
-        <v>1894.16</v>
+        <v>1072.36</v>
       </c>
       <c r="D352" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E352" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F352" s="3">
         <v>0</v>
       </c>
       <c r="G352" s="3">
         <v>1</v>
       </c>
       <c r="H352" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I352" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
         <v>685</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>686</v>
       </c>
       <c r="C353" s="3">
-        <v>3468.95</v>
+        <v>1820.43</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E353" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F353" s="3">
         <v>0</v>
       </c>
       <c r="G353" s="3">
         <v>1</v>
       </c>
       <c r="H353" s="3">
         <v>6</v>
       </c>
       <c r="I353" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A354" s="3" t="s">
         <v>687</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>688</v>
       </c>
       <c r="C354" s="3">
-        <v>1967.96</v>
+        <v>1311.93</v>
       </c>
       <c r="D354" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E354" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F354" s="3">
         <v>0</v>
       </c>
       <c r="G354" s="3">
         <v>1</v>
       </c>
       <c r="H354" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I354" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
         <v>689</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>690</v>
       </c>
       <c r="C355" s="3">
-        <v>1660.67</v>
+        <v>900.24</v>
       </c>
       <c r="D355" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E355" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F355" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G355" s="3">
         <v>1</v>
       </c>
       <c r="H355" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I355" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
         <v>691</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>692</v>
       </c>
       <c r="C356" s="3">
-        <v>9041.55</v>
+        <v>1515.33</v>
       </c>
       <c r="D356" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E356" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F356" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G356" s="3">
         <v>1</v>
       </c>
       <c r="H356" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I356" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
         <v>693</v>
       </c>
       <c r="B357" s="3" t="s">
         <v>694</v>
       </c>
       <c r="C357" s="3">
-        <v>1660.67</v>
+        <v>6329.09</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E357" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F357" s="3">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="G357" s="3">
         <v>1</v>
       </c>
       <c r="H357" s="3">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="I357" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
         <v>695</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>696</v>
       </c>
       <c r="C358" s="3">
-        <v>1531.94</v>
+        <v>1311.93</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F358" s="3">
         <v>0</v>
       </c>
       <c r="G358" s="3">
         <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I358" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
         <v>697</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>698</v>
       </c>
       <c r="C359" s="3">
-        <v>1286.06</v>
+        <v>4866.99</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F359" s="3">
         <v>0</v>
       </c>
       <c r="G359" s="3">
         <v>1</v>
       </c>
       <c r="H359" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I359" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360" s="3" t="s">
         <v>699</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>700</v>
       </c>
       <c r="C360" s="3">
-        <v>2892.5</v>
+        <v>1325.91</v>
       </c>
       <c r="D360" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E360" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F360" s="3">
         <v>0</v>
       </c>
       <c r="G360" s="3">
         <v>1</v>
       </c>
       <c r="H360" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I360" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
         <v>701</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>702</v>
       </c>
       <c r="C361" s="3">
-        <v>4862.09</v>
+        <v>880.98</v>
       </c>
       <c r="D361" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E361" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F361" s="3">
         <v>0</v>
       </c>
       <c r="G361" s="3">
         <v>1</v>
       </c>
       <c r="H361" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I361" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A362" s="3" t="s">
+      <c r="A362" s="2" t="s">
         <v>703</v>
       </c>
-      <c r="B362" s="3" t="s">
+      <c r="B362" s="2"/>
+      <c r="C362" s="2"/>
+      <c r="D362" s="2"/>
+      <c r="E362" s="2"/>
+      <c r="F362" s="2"/>
+      <c r="G362" s="2"/>
+      <c r="H362" s="2"/>
+      <c r="I362" s="2"/>
+    </row>
+    <row r="363" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A363" s="3" t="s">
         <v>704</v>
       </c>
-      <c r="C362" s="3">
-[...22 lines deleted...]
-      <c r="A363" s="2" t="s">
+      <c r="B363" s="3" t="s">
         <v>705</v>
       </c>
-      <c r="B363" s="2"/>
-[...6 lines deleted...]
-      <c r="I363" s="2"/>
+      <c r="C363" s="3">
+        <v>884.79</v>
+      </c>
+      <c r="D363" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E363" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F363" s="3">
+        <v>0</v>
+      </c>
+      <c r="G363" s="3">
+        <v>1</v>
+      </c>
+      <c r="H363" s="3">
+        <v>24</v>
+      </c>
+      <c r="I363" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>707</v>
       </c>
       <c r="C364" s="3">
-        <v>761.73</v>
+        <v>304.08</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E364" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F364" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G364" s="3">
         <v>1</v>
       </c>
       <c r="H364" s="3">
-        <v>36</v>
+        <v>192</v>
       </c>
       <c r="I364" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
         <v>708</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>709</v>
       </c>
       <c r="C365" s="3">
-        <v>710.88</v>
+        <v>507.48</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E365" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F365" s="3">
         <v>0</v>
       </c>
       <c r="G365" s="3">
         <v>1</v>
       </c>
       <c r="H365" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I365" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
         <v>710</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>711</v>
       </c>
       <c r="C366" s="3">
-        <v>761.73</v>
+        <v>507.48</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E366" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F366" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G366" s="3">
         <v>1</v>
       </c>
       <c r="H366" s="3">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="I366" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
         <v>712</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>713</v>
       </c>
       <c r="C367" s="3">
-        <v>1531.94</v>
+        <v>124.79</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E367" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F367" s="3">
         <v>0</v>
       </c>
       <c r="G367" s="3">
         <v>1</v>
       </c>
       <c r="H367" s="3">
-        <v>8</v>
+        <v>300</v>
       </c>
       <c r="I367" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
         <v>714</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>715</v>
       </c>
       <c r="C368" s="3">
-        <v>1531.94</v>
+        <v>151.53</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E368" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F368" s="3">
         <v>0</v>
       </c>
       <c r="G368" s="3">
         <v>1</v>
       </c>
       <c r="H368" s="3">
-        <v>12</v>
+        <v>300</v>
       </c>
       <c r="I368" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="3" t="s">
         <v>716</v>
       </c>
       <c r="B369" s="3" t="s">
         <v>717</v>
       </c>
       <c r="C369" s="3">
-        <v>634.35</v>
+        <v>124.79</v>
       </c>
       <c r="D369" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E369" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F369" s="3">
-        <v>362</v>
+        <v>0</v>
       </c>
       <c r="G369" s="3">
         <v>1</v>
       </c>
       <c r="H369" s="3">
-        <v>96</v>
+        <v>300</v>
       </c>
       <c r="I369" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="3" t="s">
         <v>718</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>719</v>
       </c>
       <c r="C370" s="3">
-        <v>178.27</v>
+        <v>151.53</v>
       </c>
       <c r="D370" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E370" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F370" s="3">
-        <v>275</v>
+        <v>0</v>
       </c>
       <c r="G370" s="3">
         <v>1</v>
       </c>
       <c r="H370" s="3">
         <v>300</v>
       </c>
       <c r="I370" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
         <v>720</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>721</v>
       </c>
       <c r="C371" s="3">
-        <v>178.27</v>
+        <v>304.08</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E371" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F371" s="3">
-        <v>169</v>
+        <v>0</v>
       </c>
       <c r="G371" s="3">
         <v>1</v>
       </c>
       <c r="H371" s="3">
-        <v>300</v>
+        <v>24</v>
       </c>
       <c r="I371" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
         <v>722</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>723</v>
       </c>
       <c r="C372" s="3">
-        <v>738.88</v>
+        <v>900.24</v>
       </c>
       <c r="D372" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E372" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F372" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G372" s="3">
         <v>1</v>
       </c>
       <c r="H372" s="3">
-        <v>72</v>
+        <v>16</v>
       </c>
       <c r="I372" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373" s="3" t="s">
         <v>724</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>725</v>
       </c>
       <c r="C373" s="3">
-        <v>1531.94</v>
+        <v>497.62</v>
       </c>
       <c r="D373" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E373" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F373" s="3">
         <v>0</v>
       </c>
       <c r="G373" s="3">
         <v>1</v>
       </c>
       <c r="H373" s="3">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I373" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
         <v>726</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>727</v>
       </c>
       <c r="C374" s="3">
-        <v>380.1</v>
+        <v>497.62</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E374" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F374" s="3">
-        <v>244</v>
+        <v>0</v>
       </c>
       <c r="G374" s="3">
         <v>1</v>
       </c>
       <c r="H374" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I374" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
         <v>728</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>729</v>
       </c>
       <c r="C375" s="3">
-        <v>1967.96</v>
+        <v>533.21</v>
       </c>
       <c r="D375" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E375" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F375" s="3">
         <v>0</v>
       </c>
       <c r="G375" s="3">
         <v>1</v>
       </c>
       <c r="H375" s="3">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I375" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
         <v>730</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>731</v>
       </c>
       <c r="C376" s="3">
-        <v>507.48</v>
+        <v>609.38</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E376" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F376" s="3">
         <v>0</v>
       </c>
       <c r="G376" s="3">
         <v>1</v>
       </c>
       <c r="H376" s="3">
-        <v>48</v>
+        <v>128</v>
       </c>
       <c r="I376" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
         <v>732</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>733</v>
       </c>
       <c r="C377" s="3">
-        <v>178.27</v>
+        <v>1377.57</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E377" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F377" s="3">
+        <v>0</v>
+      </c>
+      <c r="G377" s="3">
+        <v>1</v>
+      </c>
+      <c r="H377" s="3">
         <v>6</v>
-      </c>
-[...4 lines deleted...]
-        <v>300</v>
       </c>
       <c r="I377" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
         <v>734</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>735</v>
       </c>
       <c r="C378" s="3">
-        <v>1286.06</v>
+        <v>1072.36</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E378" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F378" s="3">
         <v>0</v>
       </c>
       <c r="G378" s="3">
         <v>1</v>
       </c>
       <c r="H378" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I378" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
         <v>736</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>737</v>
       </c>
       <c r="C379" s="3">
-        <v>1531.94</v>
+        <v>1377.57</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E379" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F379" s="3">
         <v>0</v>
       </c>
       <c r="G379" s="3">
         <v>1</v>
       </c>
       <c r="H379" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I379" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="3" t="s">
         <v>738</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>739</v>
       </c>
       <c r="C380" s="3">
-        <v>507.48</v>
+        <v>355.24</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E380" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F380" s="3">
         <v>0</v>
       </c>
       <c r="G380" s="3">
         <v>1</v>
       </c>
       <c r="H380" s="3">
         <v>48</v>
       </c>
       <c r="I380" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="3" t="s">
         <v>740</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>741</v>
       </c>
       <c r="C381" s="3">
-        <v>178.27</v>
+        <v>355.24</v>
       </c>
       <c r="D381" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E381" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F381" s="3">
         <v>0</v>
       </c>
       <c r="G381" s="3">
         <v>1</v>
       </c>
       <c r="H381" s="3">
-        <v>300</v>
+        <v>48</v>
       </c>
       <c r="I381" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
         <v>742</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>743</v>
       </c>
       <c r="C382" s="3">
-        <v>507.48</v>
+        <v>355.24</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E382" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F382" s="3">
         <v>0</v>
       </c>
       <c r="G382" s="3">
         <v>1</v>
       </c>
       <c r="H382" s="3">
         <v>48</v>
       </c>
       <c r="I382" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
         <v>744</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>745</v>
       </c>
       <c r="C383" s="3">
-        <v>710.88</v>
+        <v>900.24</v>
       </c>
       <c r="D383" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E383" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F383" s="3">
         <v>0</v>
       </c>
       <c r="G383" s="3">
         <v>1</v>
       </c>
       <c r="H383" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I383" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
         <v>746</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>747</v>
       </c>
       <c r="C384" s="3">
-        <v>1531.94</v>
+        <v>1072.36</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E384" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F384" s="3">
         <v>0</v>
       </c>
       <c r="G384" s="3">
         <v>1</v>
       </c>
       <c r="H384" s="3">
         <v>12</v>
       </c>
       <c r="I384" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
         <v>748</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>749</v>
       </c>
       <c r="C385" s="3">
-        <v>1263.99</v>
+        <v>1072.36</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E385" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F385" s="3">
         <v>0</v>
       </c>
       <c r="G385" s="3">
         <v>1</v>
       </c>
       <c r="H385" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I385" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
         <v>750</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>751</v>
       </c>
       <c r="C386" s="3">
-        <v>1967.96</v>
+        <v>1072.36</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E386" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F386" s="3">
         <v>0</v>
       </c>
       <c r="G386" s="3">
         <v>1</v>
       </c>
       <c r="H386" s="3">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I386" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
         <v>752</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>753</v>
       </c>
       <c r="C387" s="3">
-        <v>1286.06</v>
+        <v>1072.36</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E387" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F387" s="3">
         <v>0</v>
       </c>
       <c r="G387" s="3">
         <v>1</v>
       </c>
       <c r="H387" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I387" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
         <v>754</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>755</v>
       </c>
       <c r="C388" s="3">
-        <v>380.1</v>
+        <v>517.22</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E388" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F388" s="3">
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="G388" s="3">
         <v>1</v>
       </c>
       <c r="H388" s="3">
-        <v>192</v>
+        <v>72</v>
       </c>
       <c r="I388" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A389" s="3" t="s">
+      <c r="A389" s="2" t="s">
         <v>756</v>
       </c>
-      <c r="B389" s="3" t="s">
+      <c r="B389" s="2"/>
+      <c r="C389" s="2"/>
+      <c r="D389" s="2"/>
+      <c r="E389" s="2"/>
+      <c r="F389" s="2"/>
+      <c r="G389" s="2"/>
+      <c r="H389" s="2"/>
+      <c r="I389" s="2"/>
+    </row>
+    <row r="390" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A390" s="3" t="s">
         <v>757</v>
       </c>
-      <c r="C389" s="3">
-[...22 lines deleted...]
-      <c r="A390" s="2" t="s">
+      <c r="B390" s="3" t="s">
         <v>758</v>
       </c>
-      <c r="B390" s="2"/>
-[...6 lines deleted...]
-      <c r="I390" s="2"/>
+      <c r="C390" s="3">
+        <v>292.79</v>
+      </c>
+      <c r="D390" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E390" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F390" s="3">
+        <v>0</v>
+      </c>
+      <c r="G390" s="3">
+        <v>1</v>
+      </c>
+      <c r="H390" s="3">
+        <v>16</v>
+      </c>
+      <c r="I390" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>760</v>
       </c>
       <c r="C391" s="3">
-        <v>483.15</v>
+        <v>266.07</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E391" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F391" s="3">
         <v>0</v>
       </c>
       <c r="G391" s="3">
         <v>1</v>
       </c>
       <c r="H391" s="3">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="I391" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
         <v>761</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>762</v>
       </c>
       <c r="C392" s="3">
-        <v>380.1</v>
+        <v>230.48</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E392" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F392" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G392" s="3">
         <v>1</v>
       </c>
       <c r="H392" s="3">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="I392" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="3" t="s">
         <v>763</v>
       </c>
       <c r="B393" s="3" t="s">
         <v>764</v>
       </c>
       <c r="C393" s="3">
-        <v>329.26</v>
+        <v>953.21</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E393" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F393" s="3">
         <v>0</v>
       </c>
       <c r="G393" s="3">
         <v>1</v>
       </c>
       <c r="H393" s="3">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="I393" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
         <v>765</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>766</v>
       </c>
       <c r="C394" s="3">
-        <v>1361.73</v>
+        <v>1076.39</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E394" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F394" s="3">
         <v>0</v>
       </c>
       <c r="G394" s="3">
         <v>1</v>
       </c>
       <c r="H394" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I394" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395" s="3" t="s">
         <v>767</v>
       </c>
       <c r="B395" s="3" t="s">
         <v>768</v>
       </c>
       <c r="C395" s="3">
-        <v>1537.7</v>
+        <v>1162.47</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E395" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F395" s="3">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G395" s="3">
         <v>1</v>
       </c>
       <c r="H395" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I395" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396" s="3" t="s">
         <v>769</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>770</v>
       </c>
       <c r="C396" s="3">
-        <v>4506.72</v>
+        <v>3154.7</v>
       </c>
       <c r="D396" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E396" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F396" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G396" s="3">
         <v>2</v>
       </c>
       <c r="H396" s="3">
         <v>2</v>
       </c>
       <c r="I396" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="3" t="s">
         <v>771</v>
       </c>
       <c r="B397" s="3" t="s">
         <v>772</v>
       </c>
       <c r="C397" s="3">
-        <v>411.06</v>
+        <v>381.5</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E397" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F397" s="3">
         <v>0</v>
       </c>
       <c r="G397" s="3">
         <v>1</v>
       </c>
       <c r="H397" s="3">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="I397" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A398" s="3" t="s">
         <v>773</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>774</v>
       </c>
       <c r="C398" s="3">
-        <v>1660.67</v>
+        <v>381.5</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E398" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F398" s="3">
         <v>0</v>
       </c>
       <c r="G398" s="3">
         <v>1</v>
       </c>
       <c r="H398" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I398" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="3" t="s">
         <v>775</v>
       </c>
       <c r="B399" s="3" t="s">
         <v>776</v>
       </c>
       <c r="C399" s="3">
-        <v>638.4</v>
+        <v>287.74</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E399" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F399" s="3">
         <v>0</v>
       </c>
       <c r="G399" s="3">
         <v>1</v>
       </c>
       <c r="H399" s="3">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="I399" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="3" t="s">
         <v>777</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>778</v>
       </c>
       <c r="C400" s="3">
-        <v>1414.26</v>
+        <v>989.98</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E400" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F400" s="3">
         <v>0</v>
       </c>
       <c r="G400" s="3">
         <v>1</v>
       </c>
       <c r="H400" s="3">
         <v>8</v>
       </c>
       <c r="I400" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A401" s="3" t="s">
+      <c r="A401" s="2" t="s">
         <v>779</v>
       </c>
-      <c r="B401" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B401" s="2"/>
+      <c r="C401" s="2"/>
+      <c r="D401" s="2"/>
+      <c r="E401" s="2"/>
+      <c r="F401" s="2"/>
+      <c r="G401" s="2"/>
+      <c r="H401" s="2"/>
+      <c r="I401" s="2"/>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="3" t="s">
+        <v>780</v>
+      </c>
+      <c r="B402" s="3" t="s">
         <v>781</v>
       </c>
-      <c r="B402" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C402" s="3">
-        <v>418.27</v>
+        <v>914.28</v>
       </c>
       <c r="D402" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E402" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F402" s="3">
         <v>0</v>
       </c>
       <c r="G402" s="3">
         <v>1</v>
       </c>
       <c r="H402" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I402" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="3" t="s">
+        <v>782</v>
+      </c>
+      <c r="B403" s="3" t="s">
         <v>783</v>
       </c>
-      <c r="B403" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C403" s="3">
-        <v>545</v>
+        <v>405.98</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E403" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F403" s="3">
         <v>0</v>
       </c>
       <c r="G403" s="3">
         <v>1</v>
       </c>
       <c r="H403" s="3">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="I403" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404" s="2" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="B404" s="2"/>
       <c r="C404" s="2"/>
       <c r="D404" s="2"/>
       <c r="E404" s="2"/>
       <c r="F404" s="2"/>
       <c r="G404" s="2"/>
       <c r="H404" s="2"/>
       <c r="I404" s="2"/>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405" s="3" t="s">
+        <v>785</v>
+      </c>
+      <c r="B405" s="3" t="s">
         <v>786</v>
       </c>
-      <c r="B405" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C405" s="3">
-        <v>2023.83</v>
+        <v>405.98</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E405" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F405" s="3">
         <v>0</v>
       </c>
       <c r="G405" s="3">
         <v>1</v>
       </c>
       <c r="H405" s="3">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="I405" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A406" s="3" t="s">
+        <v>787</v>
+      </c>
+      <c r="B406" s="3" t="s">
         <v>788</v>
       </c>
-      <c r="B406" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C406" s="3">
-        <v>769.33</v>
+        <v>533.21</v>
       </c>
       <c r="D406" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E406" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F406" s="3">
         <v>0</v>
       </c>
       <c r="G406" s="3">
         <v>1</v>
       </c>
       <c r="H406" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I406" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="B407" s="3" t="s">
         <v>790</v>
       </c>
-      <c r="B407" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C407" s="3">
-        <v>769.33</v>
+        <v>230.51</v>
       </c>
       <c r="D407" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E407" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F407" s="3">
         <v>0</v>
       </c>
       <c r="G407" s="3">
         <v>1</v>
       </c>
       <c r="H407" s="3">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="I407" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408" s="3" t="s">
+        <v>791</v>
+      </c>
+      <c r="B408" s="3" t="s">
         <v>792</v>
       </c>
-      <c r="B408" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C408" s="3">
-        <v>769.33</v>
+        <v>167.77</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E408" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F408" s="3">
         <v>0</v>
       </c>
       <c r="G408" s="3">
         <v>1</v>
       </c>
       <c r="H408" s="3">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="I408" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409" s="3" t="s">
+        <v>793</v>
+      </c>
+      <c r="B409" s="3" t="s">
         <v>794</v>
       </c>
-      <c r="B409" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C409" s="3">
-        <v>1157.32</v>
+        <v>167.77</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E409" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F409" s="3">
-        <v>134</v>
+        <v>0</v>
       </c>
       <c r="G409" s="3">
         <v>1</v>
       </c>
       <c r="H409" s="3">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="I409" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="3" t="s">
+        <v>795</v>
+      </c>
+      <c r="B410" s="3" t="s">
         <v>796</v>
       </c>
-      <c r="B410" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C410" s="3">
-        <v>507.48</v>
+        <v>167.77</v>
       </c>
       <c r="D410" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E410" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F410" s="3">
-        <v>1729</v>
+        <v>0</v>
       </c>
       <c r="G410" s="3">
         <v>1</v>
       </c>
       <c r="H410" s="3">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="I410" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="B411" s="3" t="s">
         <v>798</v>
       </c>
-      <c r="B411" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C411" s="3">
-        <v>769.33</v>
+        <v>332.47</v>
       </c>
       <c r="D411" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E411" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F411" s="3">
         <v>0</v>
       </c>
       <c r="G411" s="3">
         <v>1</v>
       </c>
       <c r="H411" s="3">
         <v>24</v>
       </c>
       <c r="I411" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412" s="3" t="s">
+        <v>799</v>
+      </c>
+      <c r="B412" s="3" t="s">
         <v>800</v>
       </c>
-      <c r="B412" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C412" s="3">
-        <v>769.33</v>
+        <v>355.24</v>
       </c>
       <c r="D412" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E412" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F412" s="3">
         <v>0</v>
       </c>
       <c r="G412" s="3">
         <v>1</v>
       </c>
       <c r="H412" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I412" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="3" t="s">
+        <v>801</v>
+      </c>
+      <c r="B413" s="3" t="s">
         <v>802</v>
       </c>
-      <c r="B413" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C413" s="3">
-        <v>769.33</v>
+        <v>803.12</v>
       </c>
       <c r="D413" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E413" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F413" s="3">
         <v>0</v>
       </c>
       <c r="G413" s="3">
         <v>1</v>
       </c>
       <c r="H413" s="3">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I413" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A414" s="3" t="s">
+        <v>803</v>
+      </c>
+      <c r="B414" s="3" t="s">
         <v>804</v>
       </c>
-      <c r="B414" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C414" s="3">
-        <v>769.33</v>
+        <v>230.51</v>
       </c>
       <c r="D414" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E414" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F414" s="3">
         <v>0</v>
       </c>
       <c r="G414" s="3">
         <v>1</v>
       </c>
       <c r="H414" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I414" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A415" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="B415" s="3" t="s">
         <v>806</v>
       </c>
-      <c r="B415" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C415" s="3">
-        <v>769.33</v>
+        <v>290.91</v>
       </c>
       <c r="D415" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E415" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F415" s="3">
         <v>0</v>
       </c>
       <c r="G415" s="3">
         <v>1</v>
       </c>
       <c r="H415" s="3">
         <v>24</v>
       </c>
       <c r="I415" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="B416" s="3" t="s">
         <v>808</v>
       </c>
-      <c r="B416" s="3" t="s">
+      <c r="C416" s="3">
+        <v>542.56</v>
+      </c>
+      <c r="D416" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E416" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F416" s="3">
+        <v>0</v>
+      </c>
+      <c r="G416" s="3">
+        <v>1</v>
+      </c>
+      <c r="H416" s="3">
+        <v>12</v>
+      </c>
+      <c r="I416" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="417" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A417" s="3" t="s">
         <v>809</v>
       </c>
-      <c r="C416" s="3">
-[...22 lines deleted...]
-      <c r="A417" s="2" t="s">
+      <c r="B417" s="3" t="s">
         <v>810</v>
       </c>
-      <c r="B417" s="2"/>
-[...6 lines deleted...]
-      <c r="I417" s="2"/>
+      <c r="C417" s="3">
+        <v>803.12</v>
+      </c>
+      <c r="D417" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E417" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F417" s="3">
+        <v>0</v>
+      </c>
+      <c r="G417" s="3">
+        <v>1</v>
+      </c>
+      <c r="H417" s="3">
+        <v>40</v>
+      </c>
+      <c r="I417" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A418" s="3" t="s">
         <v>811</v>
       </c>
       <c r="B418" s="3" t="s">
         <v>812</v>
       </c>
       <c r="C418" s="3">
-        <v>297.92</v>
+        <v>208.54</v>
       </c>
       <c r="D418" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E418" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F418" s="3">
-        <v>2016</v>
+        <v>0</v>
       </c>
       <c r="G418" s="3">
         <v>1</v>
       </c>
       <c r="H418" s="3">
         <v>72</v>
       </c>
       <c r="I418" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="3" t="s">
         <v>813</v>
       </c>
       <c r="B419" s="3" t="s">
         <v>814</v>
       </c>
       <c r="C419" s="3">
-        <v>3468.95</v>
+        <v>166.73</v>
       </c>
       <c r="D419" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E419" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F419" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G419" s="3">
         <v>1</v>
       </c>
       <c r="H419" s="3">
-        <v>3</v>
+        <v>96</v>
       </c>
       <c r="I419" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A420" s="3" t="s">
         <v>815</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>816</v>
       </c>
       <c r="C420" s="3">
-        <v>1967.96</v>
+        <v>167.77</v>
       </c>
       <c r="D420" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E420" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F420" s="3">
         <v>0</v>
       </c>
       <c r="G420" s="3">
         <v>1</v>
       </c>
       <c r="H420" s="3">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="I420" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A421" s="3" t="s">
         <v>817</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>818</v>
       </c>
       <c r="C421" s="3">
-        <v>239.67</v>
+        <v>167.77</v>
       </c>
       <c r="D421" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E421" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F421" s="3">
         <v>0</v>
       </c>
       <c r="G421" s="3">
         <v>1</v>
       </c>
       <c r="H421" s="3">
         <v>96</v>
       </c>
       <c r="I421" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A422" s="3" t="s">
         <v>819</v>
       </c>
       <c r="B422" s="3" t="s">
         <v>820</v>
       </c>
       <c r="C422" s="3">
-        <v>239.67</v>
+        <v>167.77</v>
       </c>
       <c r="D422" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E422" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F422" s="3">
         <v>0</v>
       </c>
       <c r="G422" s="3">
         <v>1</v>
       </c>
       <c r="H422" s="3">
         <v>96</v>
       </c>
       <c r="I422" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A423" s="3" t="s">
         <v>821</v>
       </c>
       <c r="B423" s="3" t="s">
         <v>822</v>
       </c>
       <c r="C423" s="3">
-        <v>239.67</v>
+        <v>167.77</v>
       </c>
       <c r="D423" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E423" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F423" s="3">
-        <v>385</v>
+        <v>0</v>
       </c>
       <c r="G423" s="3">
         <v>1</v>
       </c>
       <c r="H423" s="3">
         <v>96</v>
       </c>
       <c r="I423" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="3" t="s">
         <v>823</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>824</v>
       </c>
       <c r="C424" s="3">
-        <v>329.3</v>
+        <v>136.28</v>
       </c>
       <c r="D424" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E424" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F424" s="3">
         <v>0</v>
       </c>
       <c r="G424" s="3">
         <v>1</v>
       </c>
       <c r="H424" s="3">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="I424" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A425" s="3" t="s">
         <v>825</v>
       </c>
       <c r="B425" s="3" t="s">
         <v>826</v>
       </c>
       <c r="C425" s="3">
-        <v>239.67</v>
+        <v>167.77</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E425" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F425" s="3">
         <v>0</v>
       </c>
       <c r="G425" s="3">
         <v>1</v>
       </c>
       <c r="H425" s="3">
         <v>96</v>
       </c>
       <c r="I425" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426" s="3" t="s">
         <v>827</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>828</v>
       </c>
       <c r="C426" s="3">
-        <v>1258.03</v>
+        <v>2428.27</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>589</v>
+        <v>15</v>
       </c>
       <c r="F426" s="3">
         <v>0</v>
       </c>
       <c r="G426" s="3">
         <v>1</v>
       </c>
       <c r="H426" s="3">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="I426" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A427" s="3" t="s">
         <v>829</v>
       </c>
       <c r="B427" s="3" t="s">
         <v>830</v>
       </c>
       <c r="C427" s="3">
-        <v>507.48</v>
+        <v>1377.57</v>
       </c>
       <c r="D427" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E427" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F427" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G427" s="3">
         <v>1</v>
       </c>
       <c r="H427" s="3">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="I427" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A428" s="3" t="s">
         <v>831</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>832</v>
       </c>
       <c r="C428" s="3">
-        <v>761.73</v>
+        <v>150.99</v>
       </c>
       <c r="D428" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E428" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F428" s="3">
         <v>0</v>
       </c>
       <c r="G428" s="3">
         <v>1</v>
       </c>
       <c r="H428" s="3">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="I428" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A429" s="3" t="s">
         <v>833</v>
       </c>
       <c r="B429" s="3" t="s">
         <v>834</v>
       </c>
       <c r="C429" s="3">
-        <v>1639.91</v>
+        <v>1515.33</v>
       </c>
       <c r="D429" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E429" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F429" s="3">
+        <v>0</v>
+      </c>
+      <c r="G429" s="3">
+        <v>1</v>
+      </c>
+      <c r="H429" s="3">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>4</v>
       </c>
       <c r="I429" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430" s="3" t="s">
         <v>835</v>
       </c>
       <c r="B430" s="3" t="s">
         <v>836</v>
       </c>
       <c r="C430" s="3">
-        <v>3376.44</v>
+        <v>2023.82</v>
       </c>
       <c r="D430" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E430" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F430" s="3">
-        <v>491</v>
+        <v>0</v>
       </c>
       <c r="G430" s="3">
         <v>1</v>
       </c>
       <c r="H430" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I430" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A431" s="3" t="s">
         <v>837</v>
       </c>
       <c r="B431" s="3" t="s">
         <v>838</v>
       </c>
       <c r="C431" s="3">
-        <v>415.59</v>
+        <v>1147.94</v>
       </c>
       <c r="D431" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E431" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F431" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G431" s="3">
         <v>1</v>
       </c>
       <c r="H431" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I431" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="3" t="s">
         <v>839</v>
       </c>
       <c r="B432" s="3" t="s">
         <v>840</v>
       </c>
       <c r="C432" s="3">
-        <v>194.68</v>
+        <v>304.29</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E432" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F432" s="3">
-        <v>374</v>
+        <v>0</v>
       </c>
       <c r="G432" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H432" s="3">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="I432" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A433" s="3" t="s">
         <v>841</v>
       </c>
       <c r="B433" s="3" t="s">
         <v>842</v>
       </c>
       <c r="C433" s="3">
-        <v>1311.93</v>
+        <v>2532.33</v>
       </c>
       <c r="D433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E433" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F433" s="3">
         <v>0</v>
       </c>
       <c r="G433" s="3">
         <v>1</v>
       </c>
       <c r="H433" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I433" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="434" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A434" s="3" t="s">
         <v>843</v>
       </c>
       <c r="B434" s="3" t="s">
         <v>844</v>
       </c>
       <c r="C434" s="3">
-        <v>1515.33</v>
+        <v>880.62</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>15</v>
+        <v>651</v>
       </c>
       <c r="F434" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G434" s="3">
         <v>1</v>
       </c>
       <c r="H434" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="I434" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A435" s="3" t="s">
         <v>845</v>
       </c>
       <c r="B435" s="3" t="s">
         <v>846</v>
       </c>
       <c r="C435" s="3">
-        <v>3051</v>
+        <v>1049.54</v>
       </c>
       <c r="D435" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E435" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F435" s="3">
         <v>0</v>
       </c>
       <c r="G435" s="3">
         <v>1</v>
       </c>
       <c r="H435" s="3">
         <v>4</v>
       </c>
       <c r="I435" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A436" s="3" t="s">
         <v>847</v>
       </c>
       <c r="B436" s="3" t="s">
         <v>848</v>
       </c>
       <c r="C436" s="3">
-        <v>6600.33</v>
+        <v>704.78</v>
       </c>
       <c r="D436" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>849</v>
+        <v>15</v>
       </c>
       <c r="F436" s="3">
         <v>0</v>
       </c>
       <c r="G436" s="3">
         <v>1</v>
       </c>
       <c r="H436" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I436" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A437" s="3" t="s">
+        <v>849</v>
+      </c>
+      <c r="B437" s="3" t="s">
         <v>850</v>
       </c>
-      <c r="B437" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C437" s="3">
-        <v>6600.33</v>
+        <v>1212.26</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>849</v>
+        <v>15</v>
       </c>
       <c r="F437" s="3">
         <v>0</v>
       </c>
       <c r="G437" s="3">
         <v>1</v>
       </c>
       <c r="H437" s="3">
         <v>4</v>
       </c>
       <c r="I437" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A438" s="3" t="s">
+        <v>851</v>
+      </c>
+      <c r="B438" s="3" t="s">
         <v>852</v>
       </c>
-      <c r="B438" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C438" s="3">
-        <v>329.3</v>
+        <v>2135.7</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E438" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F438" s="3">
         <v>0</v>
       </c>
       <c r="G438" s="3">
         <v>1</v>
       </c>
       <c r="H438" s="3">
-        <v>48</v>
+        <v>4</v>
       </c>
       <c r="I438" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="439" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A439" s="3" t="s">
+        <v>853</v>
+      </c>
+      <c r="B439" s="3" t="s">
         <v>854</v>
       </c>
-      <c r="B439" s="3" t="s">
+      <c r="C439" s="3">
+        <v>4620.23</v>
+      </c>
+      <c r="D439" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E439" s="3" t="s">
         <v>855</v>
       </c>
-      <c r="C439" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F439" s="3">
         <v>0</v>
       </c>
       <c r="G439" s="3">
         <v>1</v>
       </c>
       <c r="H439" s="3">
-        <v>96</v>
+        <v>4</v>
       </c>
       <c r="I439" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="440" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A440" s="3" t="s">
         <v>856</v>
       </c>
       <c r="B440" s="3" t="s">
         <v>857</v>
       </c>
       <c r="C440" s="3">
-        <v>415.59</v>
+        <v>4620.23</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>15</v>
+        <v>855</v>
       </c>
       <c r="F440" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G440" s="3">
         <v>1</v>
       </c>
       <c r="H440" s="3">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I440" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A441" s="3" t="s">
+      <c r="A441" s="2" t="s">
         <v>858</v>
       </c>
-      <c r="B441" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B441" s="2"/>
+      <c r="C441" s="2"/>
+      <c r="D441" s="2"/>
+      <c r="E441" s="2"/>
+      <c r="F441" s="2"/>
+      <c r="G441" s="2"/>
+      <c r="H441" s="2"/>
+      <c r="I441" s="2"/>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A442" s="3" t="s">
+        <v>859</v>
+      </c>
+      <c r="B442" s="3" t="s">
         <v>860</v>
       </c>
-      <c r="B442" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C442" s="3">
-        <v>775.08</v>
+        <v>405.98</v>
       </c>
       <c r="D442" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E442" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F442" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G442" s="3">
         <v>1</v>
       </c>
       <c r="H442" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I442" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A443" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="B443" s="3" t="s">
         <v>862</v>
       </c>
-      <c r="B443" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C443" s="3">
-        <v>239.67</v>
+        <v>355.24</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E443" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F443" s="3">
         <v>0</v>
       </c>
       <c r="G443" s="3">
         <v>1</v>
       </c>
       <c r="H443" s="3">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="I443" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A444" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="B444" s="3" t="s">
         <v>864</v>
       </c>
-      <c r="B444" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C444" s="3">
-        <v>1967.96</v>
+        <v>258.47</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E444" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F444" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G444" s="3">
         <v>1</v>
       </c>
       <c r="H444" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I444" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A445" s="3" t="s">
+        <v>865</v>
+      </c>
+      <c r="B445" s="3" t="s">
         <v>866</v>
       </c>
-      <c r="B445" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C445" s="3">
-        <v>2628.34</v>
+        <v>711.19</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E445" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F445" s="3">
-        <v>478</v>
+        <v>0</v>
       </c>
       <c r="G445" s="3">
         <v>1</v>
       </c>
       <c r="H445" s="3">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="I445" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="B446" s="3" t="s">
         <v>868</v>
       </c>
-      <c r="B446" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C446" s="3">
-        <v>215.7</v>
+        <v>497.62</v>
       </c>
       <c r="D446" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E446" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F446" s="3">
         <v>0</v>
       </c>
       <c r="G446" s="3">
         <v>1</v>
       </c>
       <c r="H446" s="3">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="I446" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A447" s="3" t="s">
+        <v>869</v>
+      </c>
+      <c r="B447" s="3" t="s">
         <v>870</v>
       </c>
-      <c r="B447" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C447" s="3">
-        <v>1003.9</v>
+        <v>711.19</v>
       </c>
       <c r="D447" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E447" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F447" s="3">
-        <v>158</v>
+        <v>0</v>
       </c>
       <c r="G447" s="3">
         <v>1</v>
       </c>
       <c r="H447" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I447" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="448" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A448" s="3" t="s">
+        <v>871</v>
+      </c>
+      <c r="B448" s="3" t="s">
         <v>872</v>
       </c>
-      <c r="B448" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C448" s="3">
-        <v>238.18</v>
+        <v>609.38</v>
       </c>
       <c r="D448" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E448" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F448" s="3">
+        <v>0</v>
+      </c>
+      <c r="G448" s="3">
+        <v>1</v>
+      </c>
+      <c r="H448" s="3">
         <v>100</v>
       </c>
-      <c r="G448" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I448" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A449" s="3" t="s">
+        <v>873</v>
+      </c>
+      <c r="B449" s="3" t="s">
         <v>874</v>
       </c>
-      <c r="B449" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C449" s="3">
-        <v>239.67</v>
+        <v>212.86</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E449" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F449" s="3">
         <v>0</v>
       </c>
       <c r="G449" s="3">
         <v>1</v>
       </c>
       <c r="H449" s="3">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="I449" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="B450" s="3" t="s">
         <v>876</v>
       </c>
-      <c r="B450" s="3" t="s">
+      <c r="C450" s="3">
+        <v>355.06</v>
+      </c>
+      <c r="D450" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E450" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F450" s="3">
+        <v>0</v>
+      </c>
+      <c r="G450" s="3">
+        <v>1</v>
+      </c>
+      <c r="H450" s="3">
+        <v>100</v>
+      </c>
+      <c r="I450" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="451" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A451" s="2" t="s">
         <v>877</v>
       </c>
-      <c r="C450" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B451" s="2"/>
+      <c r="C451" s="2"/>
+      <c r="D451" s="2"/>
+      <c r="E451" s="2"/>
+      <c r="F451" s="2"/>
+      <c r="G451" s="2"/>
+      <c r="H451" s="2"/>
+      <c r="I451" s="2"/>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A452" s="3" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="B452" s="3" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="C452" s="3">
-        <v>1006.83</v>
+        <v>1772.63</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E452" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F452" s="3">
         <v>0</v>
       </c>
       <c r="G452" s="3">
         <v>1</v>
       </c>
       <c r="H452" s="3">
         <v>16</v>
       </c>
       <c r="I452" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="B453" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="C453" s="3">
+        <v>2064.51</v>
+      </c>
+      <c r="D453" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E453" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F453" s="3">
+        <v>0</v>
+      </c>
+      <c r="G453" s="3">
+        <v>1</v>
+      </c>
+      <c r="H453" s="3">
+        <v>18</v>
+      </c>
+      <c r="I453" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="454" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A454" s="3" t="s">
         <v>882</v>
       </c>
-      <c r="B453" s="3" t="s">
+      <c r="B454" s="3" t="s">
         <v>883</v>
       </c>
-      <c r="C453" s="3">
-[...14 lines deleted...]
-      <c r="H453" s="3">
+      <c r="C454" s="3">
+        <v>2057.39</v>
+      </c>
+      <c r="D454" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E454" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F454" s="3">
+        <v>0</v>
+      </c>
+      <c r="G454" s="3">
+        <v>1</v>
+      </c>
+      <c r="H454" s="3">
         <v>40</v>
       </c>
-      <c r="I453" s="3">
-[...14 lines deleted...]
-      <c r="I454" s="2"/>
+      <c r="I454" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A455" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="B455" s="3" t="s">
         <v>885</v>
       </c>
-      <c r="B455" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C455" s="3">
-        <v>507.48</v>
+        <v>2368.29</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E455" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F455" s="3">
-        <v>169</v>
+        <v>0</v>
       </c>
       <c r="G455" s="3">
         <v>1</v>
       </c>
       <c r="H455" s="3">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="I455" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A456" s="3" t="s">
+        <v>886</v>
+      </c>
+      <c r="B456" s="3" t="s">
         <v>887</v>
       </c>
-      <c r="B456" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C456" s="3">
-        <v>304.08</v>
+        <v>1714.97</v>
       </c>
       <c r="D456" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E456" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F456" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G456" s="3">
         <v>1</v>
       </c>
       <c r="H456" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I456" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A457" s="3" t="s">
+        <v>888</v>
+      </c>
+      <c r="B457" s="3" t="s">
         <v>889</v>
       </c>
-      <c r="B457" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C457" s="3">
-        <v>507.48</v>
+        <v>2962.22</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E457" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F457" s="3">
         <v>0</v>
       </c>
       <c r="G457" s="3">
         <v>1</v>
       </c>
       <c r="H457" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I457" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A458" s="3" t="s">
+        <v>890</v>
+      </c>
+      <c r="B458" s="3" t="s">
         <v>891</v>
       </c>
-      <c r="B458" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C458" s="3">
-        <v>304.08</v>
+        <v>2840.48</v>
       </c>
       <c r="D458" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E458" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F458" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G458" s="3">
         <v>1</v>
       </c>
       <c r="H458" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I458" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A459" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="B459" s="3" t="s">
         <v>893</v>
       </c>
-      <c r="B459" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C459" s="3">
-        <v>710.88</v>
+        <v>2342.15</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E459" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F459" s="3">
         <v>0</v>
       </c>
       <c r="G459" s="3">
         <v>1</v>
       </c>
       <c r="H459" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I459" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A460" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="B460" s="3" t="s">
         <v>895</v>
       </c>
-      <c r="B460" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C460" s="3">
-        <v>1015.98</v>
+        <v>444.05</v>
       </c>
       <c r="D460" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E460" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F460" s="3">
         <v>0</v>
       </c>
       <c r="G460" s="3">
         <v>1</v>
       </c>
       <c r="H460" s="3">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I460" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A461" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="B461" s="3" t="s">
         <v>897</v>
       </c>
-      <c r="B461" s="3" t="s">
+      <c r="C461" s="3">
+        <v>533.04</v>
+      </c>
+      <c r="D461" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E461" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F461" s="3">
+        <v>0</v>
+      </c>
+      <c r="G461" s="3">
+        <v>1</v>
+      </c>
+      <c r="H461" s="3">
+        <v>50</v>
+      </c>
+      <c r="I461" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="462" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A462" s="2" t="s">
         <v>898</v>
       </c>
-      <c r="C461" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B462" s="2"/>
+      <c r="C462" s="2"/>
+      <c r="D462" s="2"/>
+      <c r="E462" s="2"/>
+      <c r="F462" s="2"/>
+      <c r="G462" s="2"/>
+      <c r="H462" s="2"/>
+      <c r="I462" s="2"/>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A463" s="3" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="B463" s="3" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="C463" s="3">
-        <v>761.73</v>
+        <v>533.21</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E463" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F463" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G463" s="3">
         <v>1</v>
       </c>
       <c r="H463" s="3">
         <v>100</v>
       </c>
       <c r="I463" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A464" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I464" s="2"/>
+      <c r="A464" s="3" t="s">
+        <v>901</v>
+      </c>
+      <c r="B464" s="3" t="s">
+        <v>902</v>
+      </c>
+      <c r="C464" s="3">
+        <v>900.24</v>
+      </c>
+      <c r="D464" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E464" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F464" s="3">
+        <v>0</v>
+      </c>
+      <c r="G464" s="3">
+        <v>1</v>
+      </c>
+      <c r="H464" s="3">
+        <v>60</v>
+      </c>
+      <c r="I464" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A465" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="B465" s="3" t="s">
         <v>904</v>
       </c>
-      <c r="B465" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C465" s="3">
-        <v>4057.83</v>
+        <v>900.24</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E465" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F465" s="3">
-        <v>73</v>
+        <v>0</v>
       </c>
       <c r="G465" s="3">
         <v>1</v>
       </c>
       <c r="H465" s="3">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="I465" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A466" s="3" t="s">
+        <v>905</v>
+      </c>
+      <c r="B466" s="3" t="s">
         <v>906</v>
       </c>
-      <c r="B466" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C466" s="3">
-        <v>2532.33</v>
+        <v>900.24</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E466" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F466" s="3">
         <v>0</v>
       </c>
       <c r="G466" s="3">
         <v>1</v>
       </c>
       <c r="H466" s="3">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="I466" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A467" s="3" t="s">
+        <v>907</v>
+      </c>
+      <c r="B467" s="3" t="s">
         <v>908</v>
       </c>
-      <c r="B467" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C467" s="3">
-        <v>2949.3</v>
+        <v>900.24</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E467" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F467" s="3">
         <v>0</v>
       </c>
       <c r="G467" s="3">
         <v>1</v>
       </c>
       <c r="H467" s="3">
-        <v>18</v>
+        <v>60</v>
       </c>
       <c r="I467" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A468" s="3" t="s">
+        <v>909</v>
+      </c>
+      <c r="B468" s="3" t="s">
         <v>910</v>
       </c>
-      <c r="B468" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C468" s="3">
-        <v>3345.93</v>
+        <v>900.24</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E468" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F468" s="3">
         <v>0</v>
       </c>
       <c r="G468" s="3">
         <v>1</v>
       </c>
       <c r="H468" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I468" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="469" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A469" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="B469" s="3" t="s">
         <v>912</v>
       </c>
-      <c r="B469" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C469" s="3">
-        <v>761.48</v>
+        <v>900.24</v>
       </c>
       <c r="D469" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E469" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F469" s="3">
         <v>0</v>
       </c>
       <c r="G469" s="3">
         <v>1</v>
       </c>
       <c r="H469" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I469" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A470" s="3" t="s">
+        <v>913</v>
+      </c>
+      <c r="B470" s="3" t="s">
         <v>914</v>
       </c>
-      <c r="B470" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C470" s="3">
-        <v>4057.83</v>
+        <v>2128.58</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E470" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F470" s="3">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="G470" s="3">
         <v>1</v>
       </c>
       <c r="H470" s="3">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="I470" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A471" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="B471" s="3" t="s">
         <v>916</v>
       </c>
-      <c r="B471" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C471" s="3">
-        <v>2939.13</v>
+        <v>900.24</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E471" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F471" s="3">
-        <v>1072</v>
+        <v>0</v>
       </c>
       <c r="G471" s="3">
         <v>1</v>
       </c>
       <c r="H471" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I471" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="472" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A472" s="3" t="s">
+        <v>917</v>
+      </c>
+      <c r="B472" s="3" t="s">
         <v>918</v>
       </c>
-      <c r="B472" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C472" s="3">
-        <v>3244.23</v>
+        <v>533.21</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E472" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F472" s="3">
-        <v>119</v>
+        <v>0</v>
       </c>
       <c r="G472" s="3">
         <v>1</v>
       </c>
       <c r="H472" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I472" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A473" s="3" t="s">
+        <v>919</v>
+      </c>
+      <c r="B473" s="3" t="s">
         <v>920</v>
       </c>
-      <c r="B473" s="3" t="s">
+      <c r="C473" s="3">
+        <v>900.24</v>
+      </c>
+      <c r="D473" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E473" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F473" s="3">
+        <v>0</v>
+      </c>
+      <c r="G473" s="3">
+        <v>1</v>
+      </c>
+      <c r="H473" s="3">
+        <v>48</v>
+      </c>
+      <c r="I473" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="474" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A474" s="2" t="s">
         <v>921</v>
       </c>
-      <c r="C473" s="3">
-[...22 lines deleted...]
-      <c r="A474" s="3" t="s">
+      <c r="B474" s="2"/>
+      <c r="C474" s="2"/>
+      <c r="D474" s="2"/>
+      <c r="E474" s="2"/>
+      <c r="F474" s="2"/>
+      <c r="G474" s="2"/>
+      <c r="H474" s="2"/>
+      <c r="I474" s="2"/>
+    </row>
+    <row r="475" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A475" s="3" t="s">
         <v>922</v>
       </c>
-      <c r="B474" s="3" t="s">
+      <c r="B475" s="3" t="s">
         <v>923</v>
       </c>
-      <c r="C474" s="3">
-[...32 lines deleted...]
-      <c r="I475" s="2"/>
+      <c r="C475" s="3">
+        <v>1162.47</v>
+      </c>
+      <c r="D475" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E475" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F475" s="3">
+        <v>0</v>
+      </c>
+      <c r="G475" s="3">
+        <v>1</v>
+      </c>
+      <c r="H475" s="3">
+        <v>10</v>
+      </c>
+      <c r="I475" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="476" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A476" s="3" t="s">
+        <v>924</v>
+      </c>
+      <c r="B476" s="3" t="s">
         <v>925</v>
       </c>
-      <c r="B476" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C476" s="3">
-        <v>1286.06</v>
+        <v>1311.93</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E476" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F476" s="3">
         <v>0</v>
       </c>
       <c r="G476" s="3">
         <v>1</v>
       </c>
       <c r="H476" s="3">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="I476" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="477" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A477" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="B477" s="3" t="s">
         <v>927</v>
       </c>
-      <c r="B477" s="3" t="s">
+      <c r="C477" s="3">
+        <v>1839.84</v>
+      </c>
+      <c r="D477" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E477" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F477" s="3">
+        <v>0</v>
+      </c>
+      <c r="G477" s="3">
+        <v>1</v>
+      </c>
+      <c r="H477" s="3">
+        <v>6</v>
+      </c>
+      <c r="I477" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="478" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A478" s="2" t="s">
         <v>928</v>
       </c>
-      <c r="C477" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B478" s="2"/>
+      <c r="C478" s="2"/>
+      <c r="D478" s="2"/>
+      <c r="E478" s="2"/>
+      <c r="F478" s="2"/>
+      <c r="G478" s="2"/>
+      <c r="H478" s="2"/>
+      <c r="I478" s="2"/>
     </row>
     <row r="479" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A479" s="3" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
       <c r="B479" s="3" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="C479" s="3">
-        <v>1286.06</v>
+        <v>1408.23</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E479" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F479" s="3">
         <v>0</v>
       </c>
       <c r="G479" s="3">
         <v>1</v>
       </c>
       <c r="H479" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I479" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="480" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A480" s="3" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="B480" s="3" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="C480" s="3">
-        <v>1286.06</v>
+        <v>1839.84</v>
       </c>
       <c r="D480" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E480" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F480" s="3">
         <v>0</v>
       </c>
       <c r="G480" s="3">
         <v>1</v>
       </c>
       <c r="H480" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I480" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="481" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A481" s="3" t="s">
-        <v>935</v>
+        <v>933</v>
       </c>
       <c r="B481" s="3" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
       <c r="C481" s="3">
-        <v>3040.83</v>
+        <v>2475.76</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E481" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F481" s="3">
+        <v>0</v>
+      </c>
+      <c r="G481" s="3">
+        <v>1</v>
+      </c>
+      <c r="H481" s="3">
         <v>4</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="I481" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="482" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A482" s="3" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
       <c r="B482" s="3" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="C482" s="3">
-        <v>1286.06</v>
+        <v>2606.07</v>
       </c>
       <c r="D482" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E482" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F482" s="3">
         <v>0</v>
       </c>
       <c r="G482" s="3">
         <v>1</v>
       </c>
       <c r="H482" s="3">
-        <v>48</v>
+        <v>4</v>
       </c>
       <c r="I482" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="483" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A483" s="3" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="B483" s="3" t="s">
-        <v>940</v>
+        <v>938</v>
       </c>
       <c r="C483" s="3">
-        <v>1286.06</v>
+        <v>1655.86</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E483" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F483" s="3">
         <v>0</v>
       </c>
       <c r="G483" s="3">
         <v>1</v>
       </c>
       <c r="H483" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I483" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="484" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A484" s="3" t="s">
-        <v>941</v>
+        <v>939</v>
       </c>
       <c r="B484" s="3" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
       <c r="C484" s="3">
-        <v>1286.06</v>
+        <v>1839.84</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E484" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F484" s="3">
         <v>0</v>
       </c>
       <c r="G484" s="3">
         <v>1</v>
       </c>
       <c r="H484" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I484" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="485" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A485" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="B485" s="3" t="s">
-        <v>944</v>
+        <v>942</v>
       </c>
       <c r="C485" s="3">
-        <v>761.73</v>
+        <v>1655.86</v>
       </c>
       <c r="D485" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E485" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F485" s="3">
         <v>0</v>
       </c>
       <c r="G485" s="3">
         <v>1</v>
       </c>
       <c r="H485" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I485" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="486" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A486" s="3" t="s">
+        <v>943</v>
+      </c>
+      <c r="B486" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="C486" s="3">
+        <v>1162.47</v>
+      </c>
+      <c r="D486" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E486" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F486" s="3">
+        <v>0</v>
+      </c>
+      <c r="G486" s="3">
+        <v>1</v>
+      </c>
+      <c r="H486" s="3">
+        <v>4</v>
+      </c>
+      <c r="I486" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="487" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A487" s="3" t="s">
         <v>945</v>
       </c>
-      <c r="B486" s="3" t="s">
+      <c r="B487" s="3" t="s">
         <v>946</v>
       </c>
-      <c r="C486" s="3">
-[...32 lines deleted...]
-      <c r="I487" s="2"/>
+      <c r="C487" s="3">
+        <v>1307.56</v>
+      </c>
+      <c r="D487" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E487" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F487" s="3">
+        <v>0</v>
+      </c>
+      <c r="G487" s="3">
+        <v>1</v>
+      </c>
+      <c r="H487" s="3">
+        <v>4</v>
+      </c>
+      <c r="I487" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="488" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A488" s="3" t="s">
+        <v>947</v>
+      </c>
+      <c r="B488" s="3" t="s">
         <v>948</v>
       </c>
-      <c r="B488" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C488" s="3">
-        <v>1660.67</v>
+        <v>1046.22</v>
       </c>
       <c r="D488" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E488" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F488" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G488" s="3">
         <v>1</v>
       </c>
       <c r="H488" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I488" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A489" s="3" t="s">
+        <v>949</v>
+      </c>
+      <c r="B489" s="3" t="s">
         <v>950</v>
       </c>
-      <c r="B489" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C489" s="3">
-        <v>1660.67</v>
+        <v>2606.07</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E489" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F489" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G489" s="3">
         <v>1</v>
       </c>
       <c r="H489" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I489" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A490" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="B490" s="3" t="s">
         <v>952</v>
       </c>
-      <c r="B490" s="3" t="s">
+      <c r="C490" s="3">
+        <v>1839.84</v>
+      </c>
+      <c r="D490" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E490" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F490" s="3">
+        <v>0</v>
+      </c>
+      <c r="G490" s="3">
+        <v>1</v>
+      </c>
+      <c r="H490" s="3">
+        <v>4</v>
+      </c>
+      <c r="I490" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="491" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A491" s="3" t="s">
         <v>953</v>
       </c>
-      <c r="C490" s="3">
-[...22 lines deleted...]
-      <c r="A491" s="2" t="s">
+      <c r="B491" s="3" t="s">
         <v>954</v>
       </c>
-      <c r="B491" s="2"/>
-[...6 lines deleted...]
-      <c r="I491" s="2"/>
+      <c r="C491" s="3">
+        <v>5688.08</v>
+      </c>
+      <c r="D491" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E491" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F491" s="3">
+        <v>0</v>
+      </c>
+      <c r="G491" s="3">
+        <v>1</v>
+      </c>
+      <c r="H491" s="3">
+        <v>4</v>
+      </c>
+      <c r="I491" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="492" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A492" s="3" t="s">
         <v>955</v>
       </c>
       <c r="B492" s="3" t="s">
         <v>956</v>
       </c>
       <c r="C492" s="3">
-        <v>2365.51</v>
+        <v>3712.25</v>
       </c>
       <c r="D492" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E492" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F492" s="3">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="G492" s="3">
         <v>1</v>
       </c>
       <c r="H492" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I492" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A493" s="3" t="s">
         <v>957</v>
       </c>
       <c r="B493" s="3" t="s">
         <v>958</v>
       </c>
       <c r="C493" s="3">
-        <v>2628.34</v>
+        <v>3089.8</v>
       </c>
       <c r="D493" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E493" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F493" s="3">
         <v>0</v>
       </c>
       <c r="G493" s="3">
         <v>1</v>
       </c>
       <c r="H493" s="3">
         <v>12</v>
       </c>
       <c r="I493" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="494" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A494" s="3" t="s">
         <v>959</v>
       </c>
       <c r="B494" s="3" t="s">
         <v>960</v>
       </c>
       <c r="C494" s="3">
-        <v>3722.95</v>
+        <v>1162.47</v>
       </c>
       <c r="D494" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E494" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F494" s="3">
         <v>0</v>
       </c>
       <c r="G494" s="3">
         <v>1</v>
       </c>
       <c r="H494" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I494" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="495" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A495" s="3" t="s">
         <v>961</v>
       </c>
       <c r="B495" s="3" t="s">
         <v>962</v>
       </c>
       <c r="C495" s="3">
-        <v>2628.34</v>
+        <v>513.01</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E495" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F495" s="3">
         <v>0</v>
       </c>
       <c r="G495" s="3">
         <v>1</v>
       </c>
       <c r="H495" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I495" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="496" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A496" s="3" t="s">
+      <c r="A496" s="2" t="s">
         <v>963</v>
       </c>
-      <c r="B496" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B496" s="2"/>
+      <c r="C496" s="2"/>
+      <c r="D496" s="2"/>
+      <c r="E496" s="2"/>
+      <c r="F496" s="2"/>
+      <c r="G496" s="2"/>
+      <c r="H496" s="2"/>
+      <c r="I496" s="2"/>
     </row>
     <row r="497" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A497" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="B497" s="3" t="s">
         <v>965</v>
       </c>
-      <c r="B497" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C497" s="3">
-        <v>1494.6</v>
+        <v>533.21</v>
       </c>
       <c r="D497" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E497" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F497" s="3">
         <v>0</v>
       </c>
       <c r="G497" s="3">
         <v>1</v>
       </c>
       <c r="H497" s="3">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="I497" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="498" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A498" s="3" t="s">
+        <v>966</v>
+      </c>
+      <c r="B498" s="3" t="s">
         <v>967</v>
       </c>
-      <c r="B498" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C498" s="3">
-        <v>2011.76</v>
+        <v>208.47</v>
       </c>
       <c r="D498" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E498" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F498" s="3">
         <v>0</v>
       </c>
       <c r="G498" s="3">
         <v>1</v>
       </c>
       <c r="H498" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I498" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="499" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A499" s="3" t="s">
+        <v>968</v>
+      </c>
+      <c r="B499" s="3" t="s">
         <v>969</v>
       </c>
-      <c r="B499" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C499" s="3">
-        <v>3536.8</v>
+        <v>405.98</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E499" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F499" s="3">
         <v>0</v>
       </c>
       <c r="G499" s="3">
         <v>1</v>
       </c>
       <c r="H499" s="3">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="I499" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="500" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A500" s="3" t="s">
+        <v>970</v>
+      </c>
+      <c r="B500" s="3" t="s">
         <v>971</v>
       </c>
-      <c r="B500" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C500" s="3">
-        <v>2365.51</v>
+        <v>253.25</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E500" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F500" s="3">
         <v>0</v>
       </c>
       <c r="G500" s="3">
         <v>1</v>
       </c>
       <c r="H500" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I500" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="501" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A501" s="3" t="s">
+        <v>972</v>
+      </c>
+      <c r="B501" s="3" t="s">
         <v>973</v>
       </c>
-      <c r="B501" s="3" t="s">
+      <c r="C501" s="3">
+        <v>111.95</v>
+      </c>
+      <c r="D501" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E501" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F501" s="3">
+        <v>0</v>
+      </c>
+      <c r="G501" s="3">
+        <v>1</v>
+      </c>
+      <c r="H501" s="3">
+        <v>600</v>
+      </c>
+      <c r="I501" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="502" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A502" s="2" t="s">
         <v>974</v>
       </c>
-      <c r="C501" s="3">
-[...22 lines deleted...]
-      <c r="A502" s="3" t="s">
+      <c r="B502" s="2"/>
+      <c r="C502" s="2"/>
+      <c r="D502" s="2"/>
+      <c r="E502" s="2"/>
+      <c r="F502" s="2"/>
+      <c r="G502" s="2"/>
+      <c r="H502" s="2"/>
+      <c r="I502" s="2"/>
+    </row>
+    <row r="503" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A503" s="2" t="s">
         <v>975</v>
       </c>
-      <c r="B502" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B503" s="2"/>
+      <c r="C503" s="2"/>
+      <c r="D503" s="2"/>
+      <c r="E503" s="2"/>
+      <c r="F503" s="2"/>
+      <c r="G503" s="2"/>
+      <c r="H503" s="2"/>
+      <c r="I503" s="2"/>
     </row>
     <row r="504" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A504" s="3" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="B504" s="3" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="C504" s="3">
-        <v>1660.67</v>
+        <v>3117.34</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E504" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F504" s="3">
         <v>0</v>
       </c>
       <c r="G504" s="3">
         <v>1</v>
       </c>
       <c r="H504" s="3">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="I504" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="505" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A505" s="3" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
       <c r="B505" s="3" t="s">
-        <v>982</v>
+        <v>979</v>
       </c>
       <c r="C505" s="3">
-        <v>1867.94</v>
+        <v>2054.79</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E505" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F505" s="3">
         <v>0</v>
       </c>
       <c r="G505" s="3">
         <v>1</v>
       </c>
       <c r="H505" s="3">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="I505" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="506" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A506" s="3" t="s">
-        <v>983</v>
+        <v>980</v>
       </c>
       <c r="B506" s="3" t="s">
-        <v>984</v>
+        <v>981</v>
       </c>
       <c r="C506" s="3">
-        <v>3722.95</v>
+        <v>4512.8</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E506" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F506" s="3">
         <v>0</v>
       </c>
       <c r="G506" s="3">
         <v>1</v>
       </c>
       <c r="H506" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I506" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="507" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A507" s="3" t="s">
-        <v>985</v>
+        <v>982</v>
       </c>
       <c r="B507" s="3" t="s">
-        <v>986</v>
+        <v>983</v>
       </c>
       <c r="C507" s="3">
-        <v>2628.34</v>
+        <v>2727.58</v>
       </c>
       <c r="D507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E507" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F507" s="3">
         <v>0</v>
       </c>
       <c r="G507" s="3">
         <v>1</v>
       </c>
       <c r="H507" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I507" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="508" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A508" s="3" t="s">
+        <v>984</v>
+      </c>
+      <c r="B508" s="3" t="s">
+        <v>985</v>
+      </c>
+      <c r="C508" s="3">
+        <v>4407.81</v>
+      </c>
+      <c r="D508" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E508" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F508" s="3">
+        <v>0</v>
+      </c>
+      <c r="G508" s="3">
+        <v>1</v>
+      </c>
+      <c r="H508" s="3">
+        <v>12</v>
+      </c>
+      <c r="I508" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="509" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A509" s="3" t="s">
+        <v>986</v>
+      </c>
+      <c r="B509" s="3" t="s">
         <v>987</v>
       </c>
-      <c r="B508" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I509" s="2"/>
+      <c r="C509" s="3">
+        <v>2054.79</v>
+      </c>
+      <c r="D509" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E509" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F509" s="3">
+        <v>0</v>
+      </c>
+      <c r="G509" s="3">
+        <v>1</v>
+      </c>
+      <c r="H509" s="3">
+        <v>16</v>
+      </c>
+      <c r="I509" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="510" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A510" s="3" t="s">
-        <v>990</v>
+        <v>988</v>
       </c>
       <c r="B510" s="3" t="s">
-        <v>991</v>
+        <v>989</v>
       </c>
       <c r="C510" s="3">
-        <v>297.94</v>
+        <v>2054.79</v>
       </c>
       <c r="D510" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E510" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F510" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G510" s="3">
         <v>1</v>
       </c>
       <c r="H510" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="I510" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="511" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A511" s="3" t="s">
-        <v>992</v>
+        <v>990</v>
       </c>
       <c r="B511" s="3" t="s">
-        <v>993</v>
+        <v>991</v>
       </c>
       <c r="C511" s="3">
-        <v>131.7</v>
+        <v>3896.87</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E511" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F511" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G511" s="3">
         <v>1</v>
       </c>
       <c r="H511" s="3">
-        <v>600</v>
+        <v>6</v>
       </c>
       <c r="I511" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="512" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A512" s="3" t="s">
-        <v>994</v>
+        <v>992</v>
       </c>
       <c r="B512" s="3" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="C512" s="3">
-        <v>507.48</v>
+        <v>1433.28</v>
       </c>
       <c r="D512" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E512" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F512" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G512" s="3">
         <v>1</v>
       </c>
       <c r="H512" s="3">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="I512" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="513" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A513" s="3" t="s">
+        <v>994</v>
+      </c>
+      <c r="B513" s="3" t="s">
+        <v>995</v>
+      </c>
+      <c r="C513" s="3">
+        <v>1015.99</v>
+      </c>
+      <c r="D513" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E513" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F513" s="3">
+        <v>0</v>
+      </c>
+      <c r="G513" s="3">
+        <v>1</v>
+      </c>
+      <c r="H513" s="3">
+        <v>12</v>
+      </c>
+      <c r="I513" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="514" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A514" s="2" t="s">
         <v>996</v>
       </c>
-      <c r="B513" s="3" t="s">
+      <c r="B514" s="2"/>
+      <c r="C514" s="2"/>
+      <c r="D514" s="2"/>
+      <c r="E514" s="2"/>
+      <c r="F514" s="2"/>
+      <c r="G514" s="2"/>
+      <c r="H514" s="2"/>
+      <c r="I514" s="2"/>
+    </row>
+    <row r="515" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A515" s="3" t="s">
         <v>997</v>
       </c>
-      <c r="C513" s="3">
-[...22 lines deleted...]
-      <c r="A514" s="3" t="s">
+      <c r="B515" s="3" t="s">
         <v>998</v>
       </c>
-      <c r="B514" s="3" t="s">
+      <c r="C515" s="3">
+        <v>689.09</v>
+      </c>
+      <c r="D515" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E515" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F515" s="3">
+        <v>0</v>
+      </c>
+      <c r="G515" s="3">
+        <v>1</v>
+      </c>
+      <c r="H515" s="3">
+        <v>24</v>
+      </c>
+      <c r="I515" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="516" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A516" s="3" t="s">
         <v>999</v>
       </c>
-      <c r="C514" s="3">
-[...22 lines deleted...]
-      <c r="A515" s="2" t="s">
+      <c r="B516" s="3" t="s">
         <v>1000</v>
       </c>
-      <c r="B515" s="2"/>
-[...19 lines deleted...]
-      <c r="I516" s="2"/>
+      <c r="C516" s="3">
+        <v>2616.12</v>
+      </c>
+      <c r="D516" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E516" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F516" s="3">
+        <v>0</v>
+      </c>
+      <c r="G516" s="3">
+        <v>1</v>
+      </c>
+      <c r="H516" s="3">
+        <v>4</v>
+      </c>
+      <c r="I516" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="517" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A517" s="3" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B517" s="3" t="s">
         <v>1002</v>
       </c>
-      <c r="B517" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C517" s="3">
-        <v>2668.56</v>
+        <v>1055.92</v>
       </c>
       <c r="D517" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E517" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F517" s="3">
-        <v>108</v>
+        <v>0</v>
       </c>
       <c r="G517" s="3">
         <v>1</v>
       </c>
       <c r="H517" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I517" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="518" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A518" s="3" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B518" s="3" t="s">
         <v>1004</v>
       </c>
-      <c r="B518" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C518" s="3">
-        <v>5338.18</v>
+        <v>1659.77</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F518" s="3">
         <v>0</v>
       </c>
       <c r="G518" s="3">
         <v>1</v>
       </c>
       <c r="H518" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I518" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="519" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A519" s="3" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B519" s="3" t="s">
         <v>1006</v>
       </c>
-      <c r="B519" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C519" s="3">
-        <v>6181.92</v>
+        <v>406.85</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E519" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F519" s="3">
         <v>0</v>
       </c>
       <c r="G519" s="3">
         <v>1</v>
       </c>
       <c r="H519" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I519" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="520" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A520" s="3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B520" s="3" t="s">
         <v>1008</v>
       </c>
-      <c r="B520" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C520" s="3">
-        <v>2668.56</v>
+        <v>2414.82</v>
       </c>
       <c r="D520" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E520" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F520" s="3">
         <v>0</v>
       </c>
       <c r="G520" s="3">
         <v>1</v>
       </c>
       <c r="H520" s="3">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="I520" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="521" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A521" s="3" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B521" s="3" t="s">
         <v>1010</v>
       </c>
-      <c r="B521" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C521" s="3">
-        <v>1814.28</v>
+        <v>401.64</v>
       </c>
       <c r="D521" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E521" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F521" s="3">
         <v>0</v>
       </c>
       <c r="G521" s="3">
         <v>1</v>
       </c>
       <c r="H521" s="3">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I521" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="522" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A522" s="3" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B522" s="3" t="s">
         <v>1012</v>
       </c>
-      <c r="B522" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C522" s="3">
-        <v>1286.06</v>
+        <v>804.28</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E522" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F522" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G522" s="3">
         <v>1</v>
       </c>
       <c r="H522" s="3">
         <v>12</v>
       </c>
       <c r="I522" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="523" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A523" s="3" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B523" s="3" t="s">
         <v>1014</v>
       </c>
-      <c r="B523" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C523" s="3">
-        <v>4270.33</v>
+        <v>1438.31</v>
       </c>
       <c r="D523" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E523" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F523" s="3">
         <v>0</v>
       </c>
       <c r="G523" s="3">
         <v>1</v>
       </c>
       <c r="H523" s="3">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="I523" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="524" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A524" s="3" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B524" s="3" t="s">
         <v>1016</v>
       </c>
-      <c r="B524" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C524" s="3">
-        <v>2668.56</v>
+        <v>1874.46</v>
       </c>
       <c r="D524" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E524" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F524" s="3">
-        <v>122</v>
+        <v>0</v>
       </c>
       <c r="G524" s="3">
         <v>1</v>
       </c>
       <c r="H524" s="3">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="I524" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="525" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A525" s="3" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B525" s="3" t="s">
         <v>1018</v>
       </c>
-      <c r="B525" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C525" s="3">
-        <v>3736.41</v>
+        <v>2616.12</v>
       </c>
       <c r="D525" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E525" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F525" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G525" s="3">
         <v>1</v>
       </c>
       <c r="H525" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I525" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="526" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A526" s="3" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B526" s="3" t="s">
         <v>1020</v>
       </c>
-      <c r="B526" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C526" s="3">
-        <v>6038.1</v>
+        <v>1005.59</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E526" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F526" s="3">
-        <v>148</v>
+        <v>0</v>
       </c>
       <c r="G526" s="3">
         <v>1</v>
       </c>
       <c r="H526" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I526" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="527" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A527" s="2" t="s">
-        <v>1022</v>
+        <v>1021</v>
       </c>
       <c r="B527" s="2"/>
       <c r="C527" s="2"/>
       <c r="D527" s="2"/>
       <c r="E527" s="2"/>
       <c r="F527" s="2"/>
       <c r="G527" s="2"/>
       <c r="H527" s="2"/>
       <c r="I527" s="2"/>
     </row>
     <row r="528" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A528" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B528" s="3" t="s">
         <v>1023</v>
       </c>
-      <c r="B528" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C528" s="3">
-        <v>775.08</v>
+        <v>516.53</v>
       </c>
       <c r="D528" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E528" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F528" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G528" s="3">
         <v>1</v>
       </c>
       <c r="H528" s="3">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="I528" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="529" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A529" s="3" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B529" s="3" t="s">
         <v>1025</v>
       </c>
-      <c r="B529" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C529" s="3">
-        <v>2299.34</v>
+        <v>689.09</v>
       </c>
       <c r="D529" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E529" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F529" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G529" s="3">
         <v>1</v>
       </c>
       <c r="H529" s="3">
         <v>24</v>
       </c>
       <c r="I529" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="530" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A530" s="3" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B530" s="3" t="s">
         <v>1027</v>
       </c>
-      <c r="B530" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C530" s="3">
-        <v>645.66</v>
+        <v>1021.27</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E530" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F530" s="3">
         <v>0</v>
       </c>
       <c r="G530" s="3">
         <v>1</v>
       </c>
       <c r="H530" s="3">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I530" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="531" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A531" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B531" s="3" t="s">
         <v>1029</v>
       </c>
-      <c r="B531" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C531" s="3">
-        <v>1292.75</v>
+        <v>1609.54</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E531" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F531" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G531" s="3">
         <v>1</v>
       </c>
       <c r="H531" s="3">
         <v>24</v>
       </c>
       <c r="I531" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="532" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A532" s="3" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B532" s="3" t="s">
         <v>1031</v>
       </c>
-      <c r="B532" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C532" s="3">
-        <v>861.36</v>
+        <v>542.56</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E532" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F532" s="3">
-        <v>157</v>
+        <v>0</v>
       </c>
       <c r="G532" s="3">
         <v>1</v>
       </c>
       <c r="H532" s="3">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I532" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="533" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A533" s="2" t="s">
-        <v>1033</v>
+        <v>1032</v>
       </c>
       <c r="B533" s="2"/>
       <c r="C533" s="2"/>
       <c r="D533" s="2"/>
       <c r="E533" s="2"/>
       <c r="F533" s="2"/>
       <c r="G533" s="2"/>
       <c r="H533" s="2"/>
       <c r="I533" s="2"/>
     </row>
     <row r="534" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A534" s="3" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B534" s="3" t="s">
         <v>1034</v>
       </c>
-      <c r="B534" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C534" s="3">
-        <v>861.36</v>
+        <v>568.81</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E534" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F534" s="3">
         <v>0</v>
       </c>
       <c r="G534" s="3">
         <v>1</v>
       </c>
       <c r="H534" s="3">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="I534" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A535" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B535" s="3" t="s">
         <v>1036</v>
       </c>
-      <c r="B535" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C535" s="3">
-        <v>2155.55</v>
+        <v>650.06</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E535" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F535" s="3">
         <v>0</v>
       </c>
       <c r="G535" s="3">
         <v>1</v>
       </c>
       <c r="H535" s="3">
-        <v>10</v>
+        <v>108</v>
       </c>
       <c r="I535" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="536" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A536" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B536" s="3" t="s">
         <v>1038</v>
       </c>
-      <c r="B536" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C536" s="3">
-        <v>581.22</v>
+        <v>568.81</v>
       </c>
       <c r="D536" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E536" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F536" s="3">
         <v>0</v>
       </c>
       <c r="G536" s="3">
         <v>1</v>
       </c>
       <c r="H536" s="3">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="I536" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="537" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A537" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B537" s="3" t="s">
         <v>1040</v>
       </c>
-      <c r="B537" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C537" s="3">
-        <v>3449.74</v>
+        <v>650.06</v>
       </c>
       <c r="D537" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E537" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F537" s="3">
         <v>0</v>
       </c>
       <c r="G537" s="3">
         <v>1</v>
       </c>
       <c r="H537" s="3">
-        <v>8</v>
+        <v>108</v>
       </c>
       <c r="I537" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="538" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A538" s="3" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B538" s="3" t="s">
         <v>1042</v>
       </c>
-      <c r="B538" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C538" s="3">
-        <v>2677.8</v>
+        <v>711.19</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E538" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F538" s="3">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="G538" s="3">
         <v>1</v>
       </c>
       <c r="H538" s="3">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="I538" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A539" s="3" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B539" s="3" t="s">
         <v>1044</v>
       </c>
-      <c r="B539" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C539" s="3">
-        <v>3737.32</v>
+        <v>711.19</v>
       </c>
       <c r="D539" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E539" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F539" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G539" s="3">
         <v>1</v>
       </c>
       <c r="H539" s="3">
-        <v>4</v>
+        <v>48</v>
       </c>
       <c r="I539" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="540" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A540" s="3" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B540" s="3" t="s">
         <v>1046</v>
       </c>
-      <c r="B540" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C540" s="3">
-        <v>573.77</v>
+        <v>711.19</v>
       </c>
       <c r="D540" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E540" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F540" s="3">
         <v>0</v>
       </c>
       <c r="G540" s="3">
         <v>1</v>
       </c>
       <c r="H540" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I540" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="541" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A541" s="3" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B541" s="3" t="s">
         <v>1048</v>
       </c>
-      <c r="B541" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C541" s="3">
-        <v>1867.94</v>
+        <v>812.78</v>
       </c>
       <c r="D541" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E541" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F541" s="3">
         <v>0</v>
       </c>
       <c r="G541" s="3">
         <v>1</v>
       </c>
       <c r="H541" s="3">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="I541" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="542" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A542" s="3" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B542" s="3" t="s">
         <v>1050</v>
       </c>
-      <c r="B542" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C542" s="3">
-        <v>1436.55</v>
+        <v>1060.73</v>
       </c>
       <c r="D542" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E542" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F542" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G542" s="3">
         <v>1</v>
       </c>
       <c r="H542" s="3">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="I542" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="543" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A543" s="3" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B543" s="3" t="s">
         <v>1052</v>
       </c>
-      <c r="B543" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C543" s="3">
-        <v>1148.97</v>
+        <v>1060.73</v>
       </c>
       <c r="D543" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E543" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F543" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G543" s="3">
         <v>1</v>
       </c>
       <c r="H543" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I543" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="544" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A544" s="3" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B544" s="3" t="s">
         <v>1054</v>
       </c>
-      <c r="B544" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C544" s="3">
-        <v>1508.46</v>
+        <v>1060.73</v>
       </c>
       <c r="D544" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E544" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F544" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G544" s="3">
         <v>1</v>
       </c>
       <c r="H544" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I544" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="545" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A545" s="3" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B545" s="3" t="s">
         <v>1056</v>
       </c>
-      <c r="B545" s="3" t="s">
+      <c r="C545" s="3">
+        <v>1060.73</v>
+      </c>
+      <c r="D545" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E545" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F545" s="3">
+        <v>0</v>
+      </c>
+      <c r="G545" s="3">
+        <v>1</v>
+      </c>
+      <c r="H545" s="3">
+        <v>48</v>
+      </c>
+      <c r="I545" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="546" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A546" s="3" t="s">
         <v>1057</v>
       </c>
-      <c r="C545" s="3">
-[...22 lines deleted...]
-      <c r="A546" s="2" t="s">
+      <c r="B546" s="3" t="s">
         <v>1058</v>
       </c>
-      <c r="B546" s="2"/>
-[...233 lines deleted...]
-      <c r="H554" s="3">
+      <c r="C546" s="3">
+        <v>1311.93</v>
+      </c>
+      <c r="D546" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E546" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F546" s="3">
+        <v>0</v>
+      </c>
+      <c r="G546" s="3">
+        <v>1</v>
+      </c>
+      <c r="H546" s="3">
         <v>36</v>
       </c>
-      <c r="I554" s="3">
-[...144 lines deleted...]
-      <c r="I559" s="3">
+      <c r="I546" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="45">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A33:I33"/>
-    <mergeCell ref="A70:I70"/>
-[...1 lines deleted...]
-    <mergeCell ref="A112:I112"/>
+    <mergeCell ref="A71:I71"/>
+    <mergeCell ref="A107:I107"/>
     <mergeCell ref="A113:I113"/>
-    <mergeCell ref="A118:I118"/>
-[...6 lines deleted...]
-    <mergeCell ref="A187:I187"/>
+    <mergeCell ref="A114:I114"/>
+    <mergeCell ref="A119:I119"/>
+    <mergeCell ref="A129:I129"/>
+    <mergeCell ref="A134:I134"/>
+    <mergeCell ref="A138:I138"/>
+    <mergeCell ref="A148:I148"/>
+    <mergeCell ref="A167:I167"/>
+    <mergeCell ref="A175:I175"/>
     <mergeCell ref="A188:I188"/>
-    <mergeCell ref="A196:I196"/>
-[...8 lines deleted...]
-    <mergeCell ref="A273:I273"/>
+    <mergeCell ref="A189:I189"/>
+    <mergeCell ref="A197:I197"/>
+    <mergeCell ref="A205:I205"/>
+    <mergeCell ref="A217:I217"/>
+    <mergeCell ref="A226:I226"/>
+    <mergeCell ref="A236:I236"/>
+    <mergeCell ref="A244:I244"/>
+    <mergeCell ref="A258:I258"/>
+    <mergeCell ref="A262:I262"/>
+    <mergeCell ref="A270:I270"/>
     <mergeCell ref="A274:I274"/>
-    <mergeCell ref="A299:I299"/>
-[...2 lines deleted...]
-    <mergeCell ref="A390:I390"/>
+    <mergeCell ref="A275:I275"/>
+    <mergeCell ref="A298:I298"/>
+    <mergeCell ref="A337:I337"/>
+    <mergeCell ref="A362:I362"/>
+    <mergeCell ref="A389:I389"/>
+    <mergeCell ref="A401:I401"/>
     <mergeCell ref="A404:I404"/>
-    <mergeCell ref="A417:I417"/>
-[...7 lines deleted...]
-    <mergeCell ref="A516:I516"/>
+    <mergeCell ref="A441:I441"/>
+    <mergeCell ref="A451:I451"/>
+    <mergeCell ref="A462:I462"/>
+    <mergeCell ref="A474:I474"/>
+    <mergeCell ref="A478:I478"/>
+    <mergeCell ref="A496:I496"/>
+    <mergeCell ref="A502:I502"/>
+    <mergeCell ref="A503:I503"/>
+    <mergeCell ref="A514:I514"/>
     <mergeCell ref="A527:I527"/>
     <mergeCell ref="A533:I533"/>
-    <mergeCell ref="A546:I546"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
@@ -19315,499 +18860,486 @@
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
     <hyperlink ref="D51" r:id="rId46"/>
     <hyperlink ref="D52" r:id="rId47"/>
     <hyperlink ref="D53" r:id="rId48"/>
     <hyperlink ref="D54" r:id="rId49"/>
     <hyperlink ref="D55" r:id="rId50"/>
     <hyperlink ref="D56" r:id="rId51"/>
     <hyperlink ref="D57" r:id="rId52"/>
     <hyperlink ref="D58" r:id="rId53"/>
     <hyperlink ref="D59" r:id="rId54"/>
     <hyperlink ref="D60" r:id="rId55"/>
     <hyperlink ref="D61" r:id="rId56"/>
     <hyperlink ref="D62" r:id="rId57"/>
     <hyperlink ref="D63" r:id="rId58"/>
     <hyperlink ref="D64" r:id="rId59"/>
     <hyperlink ref="D65" r:id="rId60"/>
     <hyperlink ref="D66" r:id="rId61"/>
     <hyperlink ref="D67" r:id="rId62"/>
     <hyperlink ref="D68" r:id="rId63"/>
     <hyperlink ref="D69" r:id="rId64"/>
-    <hyperlink ref="D71" r:id="rId65"/>
+    <hyperlink ref="D70" r:id="rId65"/>
     <hyperlink ref="D72" r:id="rId66"/>
     <hyperlink ref="D73" r:id="rId67"/>
     <hyperlink ref="D74" r:id="rId68"/>
     <hyperlink ref="D75" r:id="rId69"/>
     <hyperlink ref="D76" r:id="rId70"/>
     <hyperlink ref="D77" r:id="rId71"/>
     <hyperlink ref="D78" r:id="rId72"/>
     <hyperlink ref="D79" r:id="rId73"/>
     <hyperlink ref="D80" r:id="rId74"/>
     <hyperlink ref="D81" r:id="rId75"/>
     <hyperlink ref="D82" r:id="rId76"/>
     <hyperlink ref="D83" r:id="rId77"/>
     <hyperlink ref="D84" r:id="rId78"/>
     <hyperlink ref="D85" r:id="rId79"/>
     <hyperlink ref="D86" r:id="rId80"/>
     <hyperlink ref="D87" r:id="rId81"/>
     <hyperlink ref="D88" r:id="rId82"/>
     <hyperlink ref="D89" r:id="rId83"/>
     <hyperlink ref="D90" r:id="rId84"/>
     <hyperlink ref="D91" r:id="rId85"/>
     <hyperlink ref="D92" r:id="rId86"/>
     <hyperlink ref="D93" r:id="rId87"/>
     <hyperlink ref="D94" r:id="rId88"/>
     <hyperlink ref="D95" r:id="rId89"/>
     <hyperlink ref="D96" r:id="rId90"/>
     <hyperlink ref="D97" r:id="rId91"/>
     <hyperlink ref="D98" r:id="rId92"/>
     <hyperlink ref="D99" r:id="rId93"/>
     <hyperlink ref="D100" r:id="rId94"/>
     <hyperlink ref="D101" r:id="rId95"/>
     <hyperlink ref="D102" r:id="rId96"/>
     <hyperlink ref="D103" r:id="rId97"/>
     <hyperlink ref="D104" r:id="rId98"/>
     <hyperlink ref="D105" r:id="rId99"/>
-    <hyperlink ref="D107" r:id="rId100"/>
+    <hyperlink ref="D106" r:id="rId100"/>
     <hyperlink ref="D108" r:id="rId101"/>
     <hyperlink ref="D109" r:id="rId102"/>
     <hyperlink ref="D110" r:id="rId103"/>
     <hyperlink ref="D111" r:id="rId104"/>
-    <hyperlink ref="D114" r:id="rId105"/>
+    <hyperlink ref="D112" r:id="rId105"/>
     <hyperlink ref="D115" r:id="rId106"/>
     <hyperlink ref="D116" r:id="rId107"/>
     <hyperlink ref="D117" r:id="rId108"/>
-    <hyperlink ref="D119" r:id="rId109"/>
+    <hyperlink ref="D118" r:id="rId109"/>
     <hyperlink ref="D120" r:id="rId110"/>
     <hyperlink ref="D121" r:id="rId111"/>
     <hyperlink ref="D122" r:id="rId112"/>
     <hyperlink ref="D123" r:id="rId113"/>
     <hyperlink ref="D124" r:id="rId114"/>
     <hyperlink ref="D125" r:id="rId115"/>
     <hyperlink ref="D126" r:id="rId116"/>
     <hyperlink ref="D127" r:id="rId117"/>
-    <hyperlink ref="D129" r:id="rId118"/>
+    <hyperlink ref="D128" r:id="rId118"/>
     <hyperlink ref="D130" r:id="rId119"/>
     <hyperlink ref="D131" r:id="rId120"/>
     <hyperlink ref="D132" r:id="rId121"/>
-    <hyperlink ref="D134" r:id="rId122"/>
+    <hyperlink ref="D133" r:id="rId122"/>
     <hyperlink ref="D135" r:id="rId123"/>
     <hyperlink ref="D136" r:id="rId124"/>
-    <hyperlink ref="D138" r:id="rId125"/>
+    <hyperlink ref="D137" r:id="rId125"/>
     <hyperlink ref="D139" r:id="rId126"/>
     <hyperlink ref="D140" r:id="rId127"/>
     <hyperlink ref="D141" r:id="rId128"/>
     <hyperlink ref="D142" r:id="rId129"/>
     <hyperlink ref="D143" r:id="rId130"/>
     <hyperlink ref="D144" r:id="rId131"/>
     <hyperlink ref="D145" r:id="rId132"/>
     <hyperlink ref="D146" r:id="rId133"/>
-    <hyperlink ref="D148" r:id="rId134"/>
+    <hyperlink ref="D147" r:id="rId134"/>
     <hyperlink ref="D149" r:id="rId135"/>
     <hyperlink ref="D150" r:id="rId136"/>
     <hyperlink ref="D151" r:id="rId137"/>
     <hyperlink ref="D152" r:id="rId138"/>
     <hyperlink ref="D153" r:id="rId139"/>
     <hyperlink ref="D154" r:id="rId140"/>
     <hyperlink ref="D155" r:id="rId141"/>
     <hyperlink ref="D156" r:id="rId142"/>
     <hyperlink ref="D157" r:id="rId143"/>
     <hyperlink ref="D158" r:id="rId144"/>
     <hyperlink ref="D159" r:id="rId145"/>
     <hyperlink ref="D160" r:id="rId146"/>
     <hyperlink ref="D161" r:id="rId147"/>
     <hyperlink ref="D162" r:id="rId148"/>
     <hyperlink ref="D163" r:id="rId149"/>
     <hyperlink ref="D164" r:id="rId150"/>
     <hyperlink ref="D165" r:id="rId151"/>
-    <hyperlink ref="D167" r:id="rId152"/>
+    <hyperlink ref="D166" r:id="rId152"/>
     <hyperlink ref="D168" r:id="rId153"/>
     <hyperlink ref="D169" r:id="rId154"/>
     <hyperlink ref="D170" r:id="rId155"/>
     <hyperlink ref="D171" r:id="rId156"/>
     <hyperlink ref="D172" r:id="rId157"/>
     <hyperlink ref="D173" r:id="rId158"/>
-    <hyperlink ref="D175" r:id="rId159"/>
+    <hyperlink ref="D174" r:id="rId159"/>
     <hyperlink ref="D176" r:id="rId160"/>
     <hyperlink ref="D177" r:id="rId161"/>
     <hyperlink ref="D178" r:id="rId162"/>
     <hyperlink ref="D179" r:id="rId163"/>
     <hyperlink ref="D180" r:id="rId164"/>
     <hyperlink ref="D181" r:id="rId165"/>
     <hyperlink ref="D182" r:id="rId166"/>
     <hyperlink ref="D183" r:id="rId167"/>
     <hyperlink ref="D184" r:id="rId168"/>
     <hyperlink ref="D185" r:id="rId169"/>
     <hyperlink ref="D186" r:id="rId170"/>
-    <hyperlink ref="D189" r:id="rId171"/>
+    <hyperlink ref="D187" r:id="rId171"/>
     <hyperlink ref="D190" r:id="rId172"/>
     <hyperlink ref="D191" r:id="rId173"/>
     <hyperlink ref="D192" r:id="rId174"/>
     <hyperlink ref="D193" r:id="rId175"/>
     <hyperlink ref="D194" r:id="rId176"/>
     <hyperlink ref="D195" r:id="rId177"/>
-    <hyperlink ref="D197" r:id="rId178"/>
+    <hyperlink ref="D196" r:id="rId178"/>
     <hyperlink ref="D198" r:id="rId179"/>
     <hyperlink ref="D199" r:id="rId180"/>
     <hyperlink ref="D200" r:id="rId181"/>
     <hyperlink ref="D201" r:id="rId182"/>
     <hyperlink ref="D202" r:id="rId183"/>
     <hyperlink ref="D203" r:id="rId184"/>
-    <hyperlink ref="D205" r:id="rId185"/>
+    <hyperlink ref="D204" r:id="rId185"/>
     <hyperlink ref="D206" r:id="rId186"/>
     <hyperlink ref="D207" r:id="rId187"/>
     <hyperlink ref="D208" r:id="rId188"/>
     <hyperlink ref="D209" r:id="rId189"/>
     <hyperlink ref="D210" r:id="rId190"/>
     <hyperlink ref="D211" r:id="rId191"/>
     <hyperlink ref="D212" r:id="rId192"/>
     <hyperlink ref="D213" r:id="rId193"/>
     <hyperlink ref="D214" r:id="rId194"/>
     <hyperlink ref="D215" r:id="rId195"/>
-    <hyperlink ref="D217" r:id="rId196"/>
+    <hyperlink ref="D216" r:id="rId196"/>
     <hyperlink ref="D218" r:id="rId197"/>
     <hyperlink ref="D219" r:id="rId198"/>
     <hyperlink ref="D220" r:id="rId199"/>
     <hyperlink ref="D221" r:id="rId200"/>
     <hyperlink ref="D222" r:id="rId201"/>
     <hyperlink ref="D223" r:id="rId202"/>
     <hyperlink ref="D224" r:id="rId203"/>
-    <hyperlink ref="D226" r:id="rId204"/>
+    <hyperlink ref="D225" r:id="rId204"/>
     <hyperlink ref="D227" r:id="rId205"/>
     <hyperlink ref="D228" r:id="rId206"/>
     <hyperlink ref="D229" r:id="rId207"/>
     <hyperlink ref="D230" r:id="rId208"/>
     <hyperlink ref="D231" r:id="rId209"/>
     <hyperlink ref="D232" r:id="rId210"/>
     <hyperlink ref="D233" r:id="rId211"/>
     <hyperlink ref="D234" r:id="rId212"/>
-    <hyperlink ref="D236" r:id="rId213"/>
+    <hyperlink ref="D235" r:id="rId213"/>
     <hyperlink ref="D237" r:id="rId214"/>
     <hyperlink ref="D238" r:id="rId215"/>
     <hyperlink ref="D239" r:id="rId216"/>
     <hyperlink ref="D240" r:id="rId217"/>
     <hyperlink ref="D241" r:id="rId218"/>
     <hyperlink ref="D242" r:id="rId219"/>
-    <hyperlink ref="D244" r:id="rId220"/>
+    <hyperlink ref="D243" r:id="rId220"/>
     <hyperlink ref="D245" r:id="rId221"/>
     <hyperlink ref="D246" r:id="rId222"/>
     <hyperlink ref="D247" r:id="rId223"/>
     <hyperlink ref="D248" r:id="rId224"/>
     <hyperlink ref="D249" r:id="rId225"/>
     <hyperlink ref="D250" r:id="rId226"/>
     <hyperlink ref="D251" r:id="rId227"/>
     <hyperlink ref="D252" r:id="rId228"/>
     <hyperlink ref="D253" r:id="rId229"/>
     <hyperlink ref="D254" r:id="rId230"/>
     <hyperlink ref="D255" r:id="rId231"/>
     <hyperlink ref="D256" r:id="rId232"/>
-    <hyperlink ref="D258" r:id="rId233"/>
+    <hyperlink ref="D257" r:id="rId233"/>
     <hyperlink ref="D259" r:id="rId234"/>
     <hyperlink ref="D260" r:id="rId235"/>
-    <hyperlink ref="D262" r:id="rId236"/>
+    <hyperlink ref="D261" r:id="rId236"/>
     <hyperlink ref="D263" r:id="rId237"/>
     <hyperlink ref="D264" r:id="rId238"/>
     <hyperlink ref="D265" r:id="rId239"/>
     <hyperlink ref="D266" r:id="rId240"/>
     <hyperlink ref="D267" r:id="rId241"/>
     <hyperlink ref="D268" r:id="rId242"/>
-    <hyperlink ref="D270" r:id="rId243"/>
+    <hyperlink ref="D269" r:id="rId243"/>
     <hyperlink ref="D271" r:id="rId244"/>
     <hyperlink ref="D272" r:id="rId245"/>
-    <hyperlink ref="D275" r:id="rId246"/>
+    <hyperlink ref="D273" r:id="rId246"/>
     <hyperlink ref="D276" r:id="rId247"/>
     <hyperlink ref="D277" r:id="rId248"/>
     <hyperlink ref="D278" r:id="rId249"/>
     <hyperlink ref="D279" r:id="rId250"/>
     <hyperlink ref="D280" r:id="rId251"/>
     <hyperlink ref="D281" r:id="rId252"/>
     <hyperlink ref="D282" r:id="rId253"/>
     <hyperlink ref="D283" r:id="rId254"/>
     <hyperlink ref="D284" r:id="rId255"/>
     <hyperlink ref="D285" r:id="rId256"/>
     <hyperlink ref="D286" r:id="rId257"/>
     <hyperlink ref="D287" r:id="rId258"/>
     <hyperlink ref="D288" r:id="rId259"/>
     <hyperlink ref="D289" r:id="rId260"/>
     <hyperlink ref="D290" r:id="rId261"/>
     <hyperlink ref="D291" r:id="rId262"/>
     <hyperlink ref="D292" r:id="rId263"/>
     <hyperlink ref="D293" r:id="rId264"/>
     <hyperlink ref="D294" r:id="rId265"/>
     <hyperlink ref="D295" r:id="rId266"/>
     <hyperlink ref="D296" r:id="rId267"/>
     <hyperlink ref="D297" r:id="rId268"/>
-    <hyperlink ref="D298" r:id="rId269"/>
+    <hyperlink ref="D299" r:id="rId269"/>
     <hyperlink ref="D300" r:id="rId270"/>
     <hyperlink ref="D301" r:id="rId271"/>
     <hyperlink ref="D302" r:id="rId272"/>
     <hyperlink ref="D303" r:id="rId273"/>
     <hyperlink ref="D304" r:id="rId274"/>
     <hyperlink ref="D305" r:id="rId275"/>
     <hyperlink ref="D306" r:id="rId276"/>
     <hyperlink ref="D307" r:id="rId277"/>
     <hyperlink ref="D308" r:id="rId278"/>
     <hyperlink ref="D309" r:id="rId279"/>
     <hyperlink ref="D310" r:id="rId280"/>
     <hyperlink ref="D311" r:id="rId281"/>
     <hyperlink ref="D312" r:id="rId282"/>
     <hyperlink ref="D313" r:id="rId283"/>
     <hyperlink ref="D314" r:id="rId284"/>
     <hyperlink ref="D315" r:id="rId285"/>
     <hyperlink ref="D316" r:id="rId286"/>
     <hyperlink ref="D317" r:id="rId287"/>
     <hyperlink ref="D318" r:id="rId288"/>
     <hyperlink ref="D319" r:id="rId289"/>
     <hyperlink ref="D320" r:id="rId290"/>
     <hyperlink ref="D321" r:id="rId291"/>
     <hyperlink ref="D322" r:id="rId292"/>
     <hyperlink ref="D323" r:id="rId293"/>
     <hyperlink ref="D324" r:id="rId294"/>
     <hyperlink ref="D325" r:id="rId295"/>
     <hyperlink ref="D326" r:id="rId296"/>
     <hyperlink ref="D327" r:id="rId297"/>
     <hyperlink ref="D328" r:id="rId298"/>
     <hyperlink ref="D329" r:id="rId299"/>
     <hyperlink ref="D330" r:id="rId300"/>
     <hyperlink ref="D331" r:id="rId301"/>
     <hyperlink ref="D332" r:id="rId302"/>
     <hyperlink ref="D333" r:id="rId303"/>
     <hyperlink ref="D334" r:id="rId304"/>
     <hyperlink ref="D335" r:id="rId305"/>
     <hyperlink ref="D336" r:id="rId306"/>
-    <hyperlink ref="D337" r:id="rId307"/>
+    <hyperlink ref="D338" r:id="rId307"/>
     <hyperlink ref="D339" r:id="rId308"/>
     <hyperlink ref="D340" r:id="rId309"/>
     <hyperlink ref="D341" r:id="rId310"/>
     <hyperlink ref="D342" r:id="rId311"/>
     <hyperlink ref="D343" r:id="rId312"/>
     <hyperlink ref="D344" r:id="rId313"/>
     <hyperlink ref="D345" r:id="rId314"/>
     <hyperlink ref="D346" r:id="rId315"/>
     <hyperlink ref="D347" r:id="rId316"/>
     <hyperlink ref="D348" r:id="rId317"/>
     <hyperlink ref="D349" r:id="rId318"/>
     <hyperlink ref="D350" r:id="rId319"/>
     <hyperlink ref="D351" r:id="rId320"/>
     <hyperlink ref="D352" r:id="rId321"/>
     <hyperlink ref="D353" r:id="rId322"/>
     <hyperlink ref="D354" r:id="rId323"/>
     <hyperlink ref="D355" r:id="rId324"/>
     <hyperlink ref="D356" r:id="rId325"/>
     <hyperlink ref="D357" r:id="rId326"/>
     <hyperlink ref="D358" r:id="rId327"/>
     <hyperlink ref="D359" r:id="rId328"/>
     <hyperlink ref="D360" r:id="rId329"/>
     <hyperlink ref="D361" r:id="rId330"/>
-    <hyperlink ref="D362" r:id="rId331"/>
+    <hyperlink ref="D363" r:id="rId331"/>
     <hyperlink ref="D364" r:id="rId332"/>
     <hyperlink ref="D365" r:id="rId333"/>
     <hyperlink ref="D366" r:id="rId334"/>
     <hyperlink ref="D367" r:id="rId335"/>
     <hyperlink ref="D368" r:id="rId336"/>
     <hyperlink ref="D369" r:id="rId337"/>
     <hyperlink ref="D370" r:id="rId338"/>
     <hyperlink ref="D371" r:id="rId339"/>
     <hyperlink ref="D372" r:id="rId340"/>
     <hyperlink ref="D373" r:id="rId341"/>
     <hyperlink ref="D374" r:id="rId342"/>
     <hyperlink ref="D375" r:id="rId343"/>
     <hyperlink ref="D376" r:id="rId344"/>
     <hyperlink ref="D377" r:id="rId345"/>
     <hyperlink ref="D378" r:id="rId346"/>
     <hyperlink ref="D379" r:id="rId347"/>
     <hyperlink ref="D380" r:id="rId348"/>
     <hyperlink ref="D381" r:id="rId349"/>
     <hyperlink ref="D382" r:id="rId350"/>
     <hyperlink ref="D383" r:id="rId351"/>
     <hyperlink ref="D384" r:id="rId352"/>
     <hyperlink ref="D385" r:id="rId353"/>
     <hyperlink ref="D386" r:id="rId354"/>
     <hyperlink ref="D387" r:id="rId355"/>
     <hyperlink ref="D388" r:id="rId356"/>
-    <hyperlink ref="D389" r:id="rId357"/>
+    <hyperlink ref="D390" r:id="rId357"/>
     <hyperlink ref="D391" r:id="rId358"/>
     <hyperlink ref="D392" r:id="rId359"/>
     <hyperlink ref="D393" r:id="rId360"/>
     <hyperlink ref="D394" r:id="rId361"/>
     <hyperlink ref="D395" r:id="rId362"/>
     <hyperlink ref="D396" r:id="rId363"/>
     <hyperlink ref="D397" r:id="rId364"/>
     <hyperlink ref="D398" r:id="rId365"/>
     <hyperlink ref="D399" r:id="rId366"/>
     <hyperlink ref="D400" r:id="rId367"/>
-    <hyperlink ref="D401" r:id="rId368"/>
-[...13 lines deleted...]
-    <hyperlink ref="D416" r:id="rId382"/>
+    <hyperlink ref="D402" r:id="rId368"/>
+    <hyperlink ref="D403" r:id="rId369"/>
+    <hyperlink ref="D405" r:id="rId370"/>
+    <hyperlink ref="D406" r:id="rId371"/>
+    <hyperlink ref="D407" r:id="rId372"/>
+    <hyperlink ref="D408" r:id="rId373"/>
+    <hyperlink ref="D409" r:id="rId374"/>
+    <hyperlink ref="D410" r:id="rId375"/>
+    <hyperlink ref="D411" r:id="rId376"/>
+    <hyperlink ref="D412" r:id="rId377"/>
+    <hyperlink ref="D413" r:id="rId378"/>
+    <hyperlink ref="D414" r:id="rId379"/>
+    <hyperlink ref="D415" r:id="rId380"/>
+    <hyperlink ref="D416" r:id="rId381"/>
+    <hyperlink ref="D417" r:id="rId382"/>
     <hyperlink ref="D418" r:id="rId383"/>
     <hyperlink ref="D419" r:id="rId384"/>
     <hyperlink ref="D420" r:id="rId385"/>
     <hyperlink ref="D421" r:id="rId386"/>
     <hyperlink ref="D422" r:id="rId387"/>
     <hyperlink ref="D423" r:id="rId388"/>
     <hyperlink ref="D424" r:id="rId389"/>
     <hyperlink ref="D425" r:id="rId390"/>
     <hyperlink ref="D426" r:id="rId391"/>
     <hyperlink ref="D427" r:id="rId392"/>
     <hyperlink ref="D428" r:id="rId393"/>
     <hyperlink ref="D429" r:id="rId394"/>
     <hyperlink ref="D430" r:id="rId395"/>
     <hyperlink ref="D431" r:id="rId396"/>
     <hyperlink ref="D432" r:id="rId397"/>
     <hyperlink ref="D433" r:id="rId398"/>
     <hyperlink ref="D434" r:id="rId399"/>
     <hyperlink ref="D435" r:id="rId400"/>
     <hyperlink ref="D436" r:id="rId401"/>
     <hyperlink ref="D437" r:id="rId402"/>
     <hyperlink ref="D438" r:id="rId403"/>
     <hyperlink ref="D439" r:id="rId404"/>
     <hyperlink ref="D440" r:id="rId405"/>
-    <hyperlink ref="D441" r:id="rId406"/>
-[...44 lines deleted...]
-    <hyperlink ref="D490" r:id="rId451"/>
+    <hyperlink ref="D442" r:id="rId406"/>
+    <hyperlink ref="D443" r:id="rId407"/>
+    <hyperlink ref="D444" r:id="rId408"/>
+    <hyperlink ref="D445" r:id="rId409"/>
+    <hyperlink ref="D446" r:id="rId410"/>
+    <hyperlink ref="D447" r:id="rId411"/>
+    <hyperlink ref="D448" r:id="rId412"/>
+    <hyperlink ref="D449" r:id="rId413"/>
+    <hyperlink ref="D450" r:id="rId414"/>
+    <hyperlink ref="D452" r:id="rId415"/>
+    <hyperlink ref="D453" r:id="rId416"/>
+    <hyperlink ref="D454" r:id="rId417"/>
+    <hyperlink ref="D455" r:id="rId418"/>
+    <hyperlink ref="D456" r:id="rId419"/>
+    <hyperlink ref="D457" r:id="rId420"/>
+    <hyperlink ref="D458" r:id="rId421"/>
+    <hyperlink ref="D459" r:id="rId422"/>
+    <hyperlink ref="D460" r:id="rId423"/>
+    <hyperlink ref="D461" r:id="rId424"/>
+    <hyperlink ref="D463" r:id="rId425"/>
+    <hyperlink ref="D464" r:id="rId426"/>
+    <hyperlink ref="D465" r:id="rId427"/>
+    <hyperlink ref="D466" r:id="rId428"/>
+    <hyperlink ref="D467" r:id="rId429"/>
+    <hyperlink ref="D468" r:id="rId430"/>
+    <hyperlink ref="D469" r:id="rId431"/>
+    <hyperlink ref="D470" r:id="rId432"/>
+    <hyperlink ref="D471" r:id="rId433"/>
+    <hyperlink ref="D472" r:id="rId434"/>
+    <hyperlink ref="D473" r:id="rId435"/>
+    <hyperlink ref="D475" r:id="rId436"/>
+    <hyperlink ref="D476" r:id="rId437"/>
+    <hyperlink ref="D477" r:id="rId438"/>
+    <hyperlink ref="D479" r:id="rId439"/>
+    <hyperlink ref="D480" r:id="rId440"/>
+    <hyperlink ref="D481" r:id="rId441"/>
+    <hyperlink ref="D482" r:id="rId442"/>
+    <hyperlink ref="D483" r:id="rId443"/>
+    <hyperlink ref="D484" r:id="rId444"/>
+    <hyperlink ref="D485" r:id="rId445"/>
+    <hyperlink ref="D486" r:id="rId446"/>
+    <hyperlink ref="D487" r:id="rId447"/>
+    <hyperlink ref="D488" r:id="rId448"/>
+    <hyperlink ref="D489" r:id="rId449"/>
+    <hyperlink ref="D490" r:id="rId450"/>
+    <hyperlink ref="D491" r:id="rId451"/>
     <hyperlink ref="D492" r:id="rId452"/>
     <hyperlink ref="D493" r:id="rId453"/>
     <hyperlink ref="D494" r:id="rId454"/>
     <hyperlink ref="D495" r:id="rId455"/>
-    <hyperlink ref="D496" r:id="rId456"/>
-[...56 lines deleted...]
-    <hyperlink ref="D559" r:id="rId513"/>
+    <hyperlink ref="D497" r:id="rId456"/>
+    <hyperlink ref="D498" r:id="rId457"/>
+    <hyperlink ref="D499" r:id="rId458"/>
+    <hyperlink ref="D500" r:id="rId459"/>
+    <hyperlink ref="D501" r:id="rId460"/>
+    <hyperlink ref="D504" r:id="rId461"/>
+    <hyperlink ref="D505" r:id="rId462"/>
+    <hyperlink ref="D506" r:id="rId463"/>
+    <hyperlink ref="D507" r:id="rId464"/>
+    <hyperlink ref="D508" r:id="rId465"/>
+    <hyperlink ref="D509" r:id="rId466"/>
+    <hyperlink ref="D510" r:id="rId467"/>
+    <hyperlink ref="D511" r:id="rId468"/>
+    <hyperlink ref="D512" r:id="rId469"/>
+    <hyperlink ref="D513" r:id="rId470"/>
+    <hyperlink ref="D515" r:id="rId471"/>
+    <hyperlink ref="D516" r:id="rId472"/>
+    <hyperlink ref="D517" r:id="rId473"/>
+    <hyperlink ref="D518" r:id="rId474"/>
+    <hyperlink ref="D519" r:id="rId475"/>
+    <hyperlink ref="D520" r:id="rId476"/>
+    <hyperlink ref="D521" r:id="rId477"/>
+    <hyperlink ref="D522" r:id="rId478"/>
+    <hyperlink ref="D523" r:id="rId479"/>
+    <hyperlink ref="D524" r:id="rId480"/>
+    <hyperlink ref="D525" r:id="rId481"/>
+    <hyperlink ref="D526" r:id="rId482"/>
+    <hyperlink ref="D528" r:id="rId483"/>
+    <hyperlink ref="D529" r:id="rId484"/>
+    <hyperlink ref="D530" r:id="rId485"/>
+    <hyperlink ref="D531" r:id="rId486"/>
+    <hyperlink ref="D532" r:id="rId487"/>
+    <hyperlink ref="D534" r:id="rId488"/>
+    <hyperlink ref="D535" r:id="rId489"/>
+    <hyperlink ref="D536" r:id="rId490"/>
+    <hyperlink ref="D537" r:id="rId491"/>
+    <hyperlink ref="D538" r:id="rId492"/>
+    <hyperlink ref="D539" r:id="rId493"/>
+    <hyperlink ref="D540" r:id="rId494"/>
+    <hyperlink ref="D541" r:id="rId495"/>
+    <hyperlink ref="D542" r:id="rId496"/>
+    <hyperlink ref="D543" r:id="rId497"/>
+    <hyperlink ref="D544" r:id="rId498"/>
+    <hyperlink ref="D545" r:id="rId499"/>
+    <hyperlink ref="D546" r:id="rId500"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>