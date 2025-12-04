--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -42,144 +42,144 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Хомуты силовые</t>
   </si>
   <si>
+    <t>07-0856</t>
+  </si>
+  <si>
+    <t>Хомут силовой 56-59-1,2мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-0886</t>
+  </si>
+  <si>
+    <t>Хомут силовой 86-91-1,5мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0826</t>
+  </si>
+  <si>
+    <t>Хомут силовой 26-28-0,8мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0848</t>
+  </si>
+  <si>
+    <t>Хомут силовой 48-51-1,2мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0864</t>
+  </si>
+  <si>
+    <t>Хомут силовой 64-67-1,2мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0868</t>
+  </si>
+  <si>
+    <t>Хомут силовой 68-73-1,5мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0892</t>
+  </si>
+  <si>
+    <t>Хомут силовой 92-97-1,5мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0817</t>
+  </si>
+  <si>
+    <t>Хомут силовой 17-19-0,8мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0823</t>
+  </si>
+  <si>
+    <t>Хомут силовой 23-25-0,8мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0836</t>
+  </si>
+  <si>
+    <t>Хомут силовой 36-39-0,8мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0840</t>
+  </si>
+  <si>
+    <t>Хомут силовой 40-43-0,8мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-0844</t>
   </si>
   <si>
     <t>Хомут силовой 44-47-1,2мм, (10 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...26 lines deleted...]
-    <t>Хомут силовой 86-91-1,5мм, (10 шт/уп) REXANT</t>
+    <t>07-0874</t>
+  </si>
+  <si>
+    <t>Хомут силовой 74-79-1,5мм, (10 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0813</t>
   </si>
   <si>
     <t>Хомут силовой 113-121-1,5мм, (10 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-0864</t>
-[...22 lines deleted...]
-  <si>
     <t>07-0829</t>
   </si>
   <si>
     <t>Хомут силовой 29-31-0,8мм, (10 шт/уп) REXANT</t>
-  </si>
-[...22 lines deleted...]
-    <t>Хомут силовой 40-43-0,8мм, (10 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -564,51 +564,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-44-47-1-2mm-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-48-51-1-2mm-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-56-59-1-2mm-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-68-73-1-5mm-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-86-91-1-5mm-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-113-121-1-5mm-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-64-67-1-2mm-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-92-97-1-5mm-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-23-25-0-8mm-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-17-19-0-8mm-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-29-31-0-8mm-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-36-39-0-8mm-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-26-28-0-8mm-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-74-79-1-5mm-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-40-43-0-8mm-10-sht-up-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-56-59-1-2mm-10-sht-up-rexant-28908" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-86-91-1-5mm-10-sht-up-rexant-29111" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-26-28-0-8mm-10-sht-up-rexant-29106" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-48-51-1-2mm-10-sht-up-rexant-28907" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-64-67-1-2mm-10-sht-up-rexant-28909" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-68-73-1-5mm-10-sht-up-rexant-28910" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-92-97-1-5mm-10-sht-up-rexant-28911" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-17-19-0-8mm-10-sht-up-rexant-29103" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-23-25-0-8mm-10-sht-up-rexant-29105" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-36-39-0-8mm-10-sht-up-rexant-28904" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-40-43-0-8mm-10-sht-up-rexant-28905" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-44-47-1-2mm-10-sht-up-rexant-28906" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-74-79-1-5mm-10-sht-up-rexant-29287" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-113-121-1-5mm-10-sht-up-rexant-29114" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-29-31-0-8mm-10-sht-up-rexant-29107" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I17"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -632,457 +632,457 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>101.14</v>
+        <v>120.8</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
         <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>109.26</v>
+        <v>161.69</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>120.8</v>
+        <v>60.16</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>150.67</v>
+        <v>109.26</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>161.69</v>
+        <v>131.66</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>187.57</v>
+        <v>150.67</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>131.66</v>
+        <v>167.13</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>167.13</v>
+        <v>54.1</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
         <v>59.19</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
         <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>54.1</v>
+        <v>73.59</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
         <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>72.17</v>
+        <v>86.01</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>200</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>73.59</v>
+        <v>101.14</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>60.16</v>
+        <v>153.86</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
         <v>20</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>153.86</v>
+        <v>187.57</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>86.01</v>
+        <v>72.17</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
         <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>