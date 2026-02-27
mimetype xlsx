--- v1 (2025-12-04)
+++ v2 (2026-02-27)
@@ -8,178 +8,148 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="32">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Хомуты силовые</t>
   </si>
   <si>
+    <t>07-0826</t>
+  </si>
+  <si>
+    <t>Хомут силовой 26-28-0,8мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-0874</t>
+  </si>
+  <si>
+    <t>Хомут силовой 74-79-1,5мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-0856</t>
   </si>
   <si>
     <t>Хомут силовой 56-59-1,2мм, (10 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Хомут силовой 26-28-0,8мм, (10 шт/уп) REXANT</t>
+    <t>07-0844</t>
+  </si>
+  <si>
+    <t>Хомут силовой 44-47-1,2мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0836</t>
+  </si>
+  <si>
+    <t>Хомут силовой 36-39-0,8мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0817</t>
+  </si>
+  <si>
+    <t>Хомут силовой 17-19-0,8мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0840</t>
+  </si>
+  <si>
+    <t>Хомут силовой 40-43-0,8мм, (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-0829</t>
+  </si>
+  <si>
+    <t>Хомут силовой 29-31-0,8мм, (10 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-0848</t>
   </si>
   <si>
     <t>Хомут силовой 48-51-1,2мм, (10 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-0864</t>
-[...22 lines deleted...]
-  <si>
     <t>07-0823</t>
   </si>
   <si>
     <t>Хомут силовой 23-25-0,8мм, (10 шт/уп) REXANT</t>
-  </si>
-[...34 lines deleted...]
-    <t>Хомут силовой 29-31-0,8мм, (10 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -564,56 +534,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-56-59-1-2mm-10-sht-up-rexant-28908" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-86-91-1-5mm-10-sht-up-rexant-29111" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-26-28-0-8mm-10-sht-up-rexant-29106" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-48-51-1-2mm-10-sht-up-rexant-28907" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-64-67-1-2mm-10-sht-up-rexant-28909" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-68-73-1-5mm-10-sht-up-rexant-28910" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-92-97-1-5mm-10-sht-up-rexant-28911" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-17-19-0-8mm-10-sht-up-rexant-29103" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-23-25-0-8mm-10-sht-up-rexant-29105" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-36-39-0-8mm-10-sht-up-rexant-28904" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-40-43-0-8mm-10-sht-up-rexant-28905" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-44-47-1-2mm-10-sht-up-rexant-28906" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-74-79-1-5mm-10-sht-up-rexant-29287" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-113-121-1-5mm-10-sht-up-rexant-29114" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-29-31-0-8mm-10-sht-up-rexant-29107" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-26-28-0-8mm-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-74-79-1-5mm-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-56-59-1-2mm-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-44-47-1-2mm-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-36-39-0-8mm-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-17-19-0-8mm-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-40-43-0-8mm-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-29-31-0-8mm-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-48-51-1-2mm-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-silovoy-23-25-0-8mm-10-shtup-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I17"/>
+  <dimension ref="A1:I12"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -632,497 +602,347 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>120.8</v>
+        <v>61.18</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
         <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>161.69</v>
+        <v>156.48</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>60.16</v>
+        <v>122.85</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>109.26</v>
+        <v>102.86</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>131.66</v>
+        <v>74.84</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>150.67</v>
+        <v>55.02</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>167.13</v>
+        <v>87.47</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>54.1</v>
+        <v>73.4</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>59.19</v>
+        <v>111.12</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>73.59</v>
+        <v>60.2</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
         <v>200</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
-[...143 lines deleted...]
-      <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
-    <hyperlink ref="D13" r:id="rId11"/>
-[...3 lines deleted...]
-    <hyperlink ref="D17" r:id="rId15"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>