--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -42,78 +42,78 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Хомуты стяжные mini</t>
   </si>
   <si>
+    <t>07-1110</t>
+  </si>
+  <si>
+    <t>Хомут стяжной mini 10-12-0,5мм, (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-1112</t>
+  </si>
+  <si>
+    <t>Хомут стяжной mini 12-14-0,5мм, (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-1108</t>
+  </si>
+  <si>
+    <t>Хомут стяжной mini 8-10-0,5мм, (20 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-1208</t>
   </si>
   <si>
     <t>Хомут стяжной mini 8-10-0,5мм, нержавеющая сталь W2 (20 шт/уп) REXANT</t>
-  </si>
-[...22 lines deleted...]
-    <t>Хомут стяжной mini 10-12-0,5мм, (20 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-1210</t>
   </si>
   <si>
     <t>Хомут стяжной mini 10-12-0,5мм, нержавеющая сталь W2 (20 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-1212</t>
   </si>
   <si>
     <t>Хомут стяжной mini 12-14-0,5мм, нержавеющая сталь W2 (20 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -510,51 +510,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styazhnoy-mini-8-10-0-5mm-nerzhaveyuschaya-stal-w2-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styazhnoy-mini-12-14-0-5mm-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styazhnoy-mini-8-10-0-5mm-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styazhnoy-mini-10-12-0-5mm-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styazhnoy-mini-10-12-0-5mm-nerzhaveyuschaya-stal-w2-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styazhnoy-mini-12-14-0-5mm-nerzhaveyuschaya-stal-w2-20-sht-up-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-10-12-0-5mm-20-sht-up-rexant-29289" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-12-14-0-5mm-20-sht-up-rexant-28912" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-8-10-0-5mm-20-sht-up-rexant-29288" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-8-10-0-5mm-nerjaveyuschaya-stal-w2-20-sht-up-rexant-28913" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-10-12-0-5mm-nerjaveyuschaya-stal-w2-20-sht-up-rexant-28914" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-12-14-0-5mm-nerjaveyuschaya-stal-w2-20-sht-up-rexant-28915" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I8"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -578,60 +578,60 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>31.28</v>
+        <v>20.97</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>20</v>
       </c>
       <c r="H3" s="3">
         <v>2000</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
         <v>24.46</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
@@ -665,51 +665,51 @@
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>20</v>
       </c>
       <c r="H5" s="3">
         <v>2000</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>20.97</v>
+        <v>31.28</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>20</v>
       </c>
       <c r="H6" s="3">
         <v>2000</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">