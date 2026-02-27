--- v1 (2025-12-04)
+++ v2 (2026-02-27)
@@ -8,124 +8,100 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="16">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Хомуты стяжные mini</t>
   </si>
   <si>
     <t>07-1110</t>
   </si>
   <si>
     <t>Хомут стяжной mini 10-12-0,5мм, (20 шт/уп) REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
-    <t>07-1112</t>
-[...4 lines deleted...]
-  <si>
     <t>07-1108</t>
   </si>
   <si>
     <t>Хомут стяжной mini 8-10-0,5мм, (20 шт/уп) REXANT</t>
-  </si>
-[...16 lines deleted...]
-    <t>Хомут стяжной mini 12-14-0,5мм, нержавеющая сталь W2 (20 шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -510,56 +486,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-10-12-0-5mm-20-sht-up-rexant-29289" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-12-14-0-5mm-20-sht-up-rexant-28912" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-8-10-0-5mm-20-sht-up-rexant-29288" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-8-10-0-5mm-nerjaveyuschaya-stal-w2-20-sht-up-rexant-28913" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-10-12-0-5mm-nerjaveyuschaya-stal-w2-20-sht-up-rexant-28914" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styajnoy-mini-12-14-0-5mm-nerjaveyuschaya-stal-w2-20-sht-up-rexant-28915" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styazhnoy-mini-10-12-0-5mm-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/homut-styazhnoy-mini-8-10-0-5mm-20-shtup-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I8"/>
+  <dimension ref="A1:I4"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -578,227 +554,107 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>20.97</v>
+        <v>21.33</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
         <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>20</v>
       </c>
       <c r="H3" s="3">
         <v>2000</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>24.46</v>
+        <v>20.03</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>20</v>
       </c>
       <c r="H4" s="3">
         <v>2000</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
-[...114 lines deleted...]
-      <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
-    <hyperlink ref="D5" r:id="rId3"/>
-[...2 lines deleted...]
-    <hyperlink ref="D8" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>